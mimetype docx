--- v0 (2025-10-14)
+++ v1 (2025-12-17)
@@ -1,93 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7D7CD5BF" w14:textId="18ABD4F1" w:rsidR="00401CB0" w:rsidRDefault="00401CB0" w:rsidP="00401CB0">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Reviewers:  Delete section 2.1 if drainage system does not include scuppers and grates, and renumber paragraphs accordingly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B40567" w14:textId="77777777" w:rsidR="00401CB0" w:rsidRDefault="00401CB0"/>
-    <w:p w14:paraId="16CDEB30" w14:textId="52AB4B09" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+    <w:p w14:paraId="16CDEB30" w14:textId="2466D4DC" w:rsidR="00EF3422" w:rsidRDefault="00767451">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>DRAINAGE SYSTEM</w:t>
+        <w:t>DRAINAGE SYSTE</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0AFD">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>M (ON STRUCTURE)</w:t>
       </w:r>
       <w:r w:rsidR="00992EE7">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00992EE7">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="0085623D">
-[...11 lines deleted...]
-        <w:t>/21</w:t>
+      <w:r w:rsidR="00085C7D">
+        <w:t>12/</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6AE5">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00085C7D">
+        <w:t>/25</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C44DF3" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00EF3422"/>
     <w:p w14:paraId="29EF685A" w14:textId="2679C9E7" w:rsidR="00EF3422" w:rsidRDefault="00767451">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1.0 </w:t>
       </w:r>
       <w:r w:rsidR="00401CB0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -108,60 +116,77 @@
         <w:t xml:space="preserve">1.1  </w:t>
       </w:r>
       <w:r>
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="008635EA">
         <w:t>is</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> work </w:t>
       </w:r>
       <w:r w:rsidR="008635EA">
         <w:t>shall consist of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> furnishing, fabricating and installing the drainage items necessary to complete the entire drainage system as shown on the </w:t>
       </w:r>
       <w:r w:rsidR="008635EA">
         <w:t xml:space="preserve">contract </w:t>
       </w:r>
       <w:r>
         <w:t>plans.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4653A22F" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00EF3422"/>
-    <w:p w14:paraId="1181B21B" w14:textId="15576E8E" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+    <w:p w14:paraId="1181B21B" w14:textId="2FA74D3E" w:rsidR="00EF3422" w:rsidRDefault="00767451">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1.2 </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Detailed shop drawings of the drainage system shall be prepared and submitted to the engineer.  Shop drawings shall be in accordance with </w:t>
+        <w:t xml:space="preserve"> Detailed shop drawings of the drainage system shall be prepared and submitted to</w:t>
+      </w:r>
+      <w:r w:rsidR="00750DF2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00DD3901" w:rsidRPr="00241E96">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Fabrication@modot.mo.gov</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DD3901">
+        <w:t xml:space="preserve"> for approval</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.  Shop drawings shall be in accordance with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>Sec 1080</w:t>
       </w:r>
       <w:r>
         <w:t>.  Catalog data may be furnished for components that are standard manufactured items in lieu of detailed drawings, provid</w:t>
       </w:r>
       <w:r w:rsidR="00401CB0">
         <w:t>ed that</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> governing dimensions are given.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="379A5ECC" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00EF3422"/>
     <w:p w14:paraId="3833794C" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
@@ -277,384 +302,398 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54B32DA3" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.1  </w:t>
       </w:r>
       <w:r>
         <w:t>All connections shown on the plans to facilitate future removal for maintenance cleanout or flushing shall be made with a threaded gasket coupler system, bolted gasket flange system or a female to male threaded PVC plug.  Adhesive bonded joints will be permitted for runs of pipe between such connections.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78EAB003" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00EF3422"/>
     <w:p w14:paraId="5E6F4F36" w14:textId="309DBF21" w:rsidR="00EF3422" w:rsidRDefault="00767451">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.2 </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Runs of pipe shall be supported at a spacing of not greater than the lesser of those as recommended by the manufacturer of the pipe or as shown on the bridge plans.  Supports that have point contact or narrow supporting areas shall be avoided.  Standard sling, clamp, clevis hangers and shoe supports designed for use with steel pipe may be used.  Minimum hanger thickness shall be 3/16 inch with the minimum strap width for the pipe sizes shown in the table below.  Straps shall have 120 degree minimum contact with the pipe.  Pipe supported on a surface with less than 120 degrees of contact shall have a split fiberglass pipe protective sleeve bonded in place with adhesive.</w:t>
+        <w:t xml:space="preserve"> Runs of pipe shall be supported at a spacing of not greater than the lesser of those as recommended by the manufacturer of the pipe or as shown on the bridge plans.  Supports that have point contact or narrow supporting areas shall be avoided.  Standard sling, clamp, clevis hangers and shoe supports designed for use with steel pipe may be used.  Minimum hanger thickness shall be 3/16 inch with the minimum strap width for the pipe sizes shown in the table below.  Straps shall have 120 degree minimum contact with the pipe.  Pipe supported on a surface with less than 120 degrees of contact shall have a split fiberglass pipe protective sleeve bonded </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>in place with adhesive.</w:t>
       </w:r>
       <w:r w:rsidR="00E127CE">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">All new steel, hangers and miscellaneous hardware for </w:t>
-[...3 lines deleted...]
-        <w:t>drainage system shall be ASTM A 709 Grade 36 steel except as noted on the bridge plans.  All new steel, hangers and miscellaneous hardware for drainage system shall be galvanized in accordance with ASTM A 153 except as noted on the bridge plans.</w:t>
+        <w:t>All new steel, hangers and miscellaneous hardware for drainage system shall be ASTM A 709 Grade 36 steel except as noted on the bridge plans.  All new steel, hangers and miscellaneous hardware for drainage system shall be galvanized in accordance with ASTM A 153 except as noted on the bridge plans.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F3EA8A6" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00EF3422"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1554"/>
         <w:gridCol w:w="2682"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EF3422" w14:paraId="349D647D" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51D8E6EF" w14:textId="2EBA1ECB" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="51D8E6EF" w14:textId="221AC6E6" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Pipe Size</w:t>
             </w:r>
+            <w:r w:rsidR="003D63F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="092037C5" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="092037C5" w14:textId="3E55376F" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>inches (mm)</w:t>
+              <w:t>inches</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="340824FC" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="340824FC" w14:textId="784D180E" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Minimum Strap Width</w:t>
             </w:r>
+            <w:r w:rsidR="003D63F6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="377F95AA" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="377F95AA" w14:textId="453F690E" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>inches (mm)</w:t>
+              <w:t>inches</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3422" w14:paraId="615BAEFE" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1524DF10" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="1524DF10" w14:textId="0AD0C45E" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>3 (76.2)</w:t>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="428E1F83" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="428E1F83" w14:textId="5AE70D8B" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>1.25 (32)</w:t>
+              <w:t>1.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3422" w14:paraId="5EFF59FA" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="15552E47" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="15552E47" w14:textId="6B893C07" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>4 (101.6)</w:t>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDD11C3" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="7FDD11C3" w14:textId="0415C4BC" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>1.25 (32)</w:t>
+              <w:t>1.25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3422" w14:paraId="218234F4" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="052BBAA5" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="052BBAA5" w14:textId="342ADDBC" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:br w:type="page"/>
-              <w:t>6 (152.4)</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79A3F1DA" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="79A3F1DA" w14:textId="6C3CED3A" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>1.50 (38)</w:t>
+              <w:t>1.50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3422" w14:paraId="546A0628" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3638C1" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="1B3638C1" w14:textId="107002DF" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>8 (203.2)</w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A2BFBDD" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="0A2BFBDD" w14:textId="022CF0C4" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>1.75 (45)</w:t>
+              <w:t>1.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3422" w14:paraId="7F072602" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="027B0134" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="027B0134" w14:textId="5CCBC5CC" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>10 (254.0)</w:t>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43E9E51B" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="43E9E51B" w14:textId="1F3E5BF8" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>1.75 (45)</w:t>
+              <w:t>1.75</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3422" w14:paraId="30675296" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504A0C78" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="504A0C78" w14:textId="618C41F9" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>12 (304.8)</w:t>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43CD273E" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="43CD273E" w14:textId="77BDE01C" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>2.00 (51)</w:t>
+              <w:t>2.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF3422" w14:paraId="51AAE922" w14:textId="77777777">
         <w:trPr>
           <w:cantSplit/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1554" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D80EE6" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="06D80EE6" w14:textId="5606C075" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>14 (355.6)</w:t>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2682" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29C04F32" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
+          <w:p w14:paraId="29C04F32" w14:textId="0F9CAD1B" w:rsidR="00EF3422" w:rsidRDefault="00767451">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:t>2.00 (51)</w:t>
+              <w:t>2.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="24BEB17E" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00EF3422"/>
     <w:p w14:paraId="42ABF714" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00767451">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.3  </w:t>
       </w:r>
       <w:r>
         <w:t>The RTRP system shall be handled and installed in accordance with guidelines and procedures as recommended by the manufacturer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A329EF8" w14:textId="77777777" w:rsidR="00DC4473" w:rsidRDefault="00DC4473"/>
     <w:p w14:paraId="63096EBA" w14:textId="6107D9DE" w:rsidR="00DC4473" w:rsidRPr="00DC4473" w:rsidRDefault="00DC4473">
       <w:r w:rsidRPr="00DC4473">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">3.4  </w:t>
@@ -718,207 +757,297 @@
     <w:p w14:paraId="77301251" w14:textId="77777777" w:rsidR="00EF3422" w:rsidRDefault="00EF3422"/>
     <w:p w14:paraId="0A3BAB4F" w14:textId="45C51FF5" w:rsidR="00EF3422" w:rsidRDefault="00767451">
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">5.0  Basis of Payment.  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Payment for the above described work, including all material, equipment, labor and any other incidental work necessary </w:t>
       </w:r>
       <w:r w:rsidR="00E127CE">
         <w:t xml:space="preserve">to complete this item </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">will be considered completely covered </w:t>
       </w:r>
       <w:r w:rsidR="00E127CE">
         <w:t>by</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the contract lump sum price for Drainage System (On Structure).</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00EF3422" w:rsidSect="005F4D74">
+    <w:sectPr w:rsidR="00EF3422" w:rsidSect="00085C7D">
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="432" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A29D4F5" w14:textId="77777777" w:rsidR="00F60660" w:rsidRDefault="00F60660">
+    <w:p w14:paraId="32DB55F5" w14:textId="77777777" w:rsidR="00E36412" w:rsidRDefault="00E36412">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E042A00" w14:textId="77777777" w:rsidR="00F60660" w:rsidRDefault="00F60660">
+    <w:p w14:paraId="1B15A4B8" w14:textId="77777777" w:rsidR="00E36412" w:rsidRDefault="00E36412">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="448F0283" w14:textId="77777777" w:rsidR="008E4C69" w:rsidRDefault="008E4C69">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2CEEE5A7" w14:textId="77777777" w:rsidR="008E4C69" w:rsidRDefault="008E4C69">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3E53AE7F" w14:textId="77777777" w:rsidR="008E4C69" w:rsidRDefault="008E4C69">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E27AF2C" w14:textId="77777777" w:rsidR="00F60660" w:rsidRDefault="00F60660">
+    <w:p w14:paraId="542CFCF1" w14:textId="77777777" w:rsidR="00E36412" w:rsidRDefault="00E36412">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6A72B175" w14:textId="77777777" w:rsidR="00F60660" w:rsidRDefault="00F60660">
+    <w:p w14:paraId="15FDF630" w14:textId="77777777" w:rsidR="00E36412" w:rsidRDefault="00E36412">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6514C66B" w14:textId="77777777" w:rsidR="008E4C69" w:rsidRDefault="008E4C69">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3130286C" w14:textId="77777777" w:rsidR="008E4C69" w:rsidRDefault="008E4C69">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="196672A9" w14:textId="77777777" w:rsidR="008E4C69" w:rsidRDefault="008E4C69">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:mirrorMargins/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00767451"/>
+    <w:rsid w:val="00085C7D"/>
+    <w:rsid w:val="00113006"/>
     <w:rsid w:val="001867C8"/>
+    <w:rsid w:val="001D79D4"/>
     <w:rsid w:val="002B06D1"/>
+    <w:rsid w:val="002E3A3F"/>
+    <w:rsid w:val="003D63F6"/>
     <w:rsid w:val="00401CB0"/>
+    <w:rsid w:val="00420415"/>
     <w:rsid w:val="0043759E"/>
     <w:rsid w:val="00570EC6"/>
     <w:rsid w:val="00593BA4"/>
     <w:rsid w:val="005F4D74"/>
+    <w:rsid w:val="006A7A94"/>
     <w:rsid w:val="007171FE"/>
+    <w:rsid w:val="00750DF2"/>
     <w:rsid w:val="00767451"/>
     <w:rsid w:val="00793E46"/>
+    <w:rsid w:val="00813F38"/>
     <w:rsid w:val="0085623D"/>
     <w:rsid w:val="008635EA"/>
+    <w:rsid w:val="008E4C69"/>
     <w:rsid w:val="00992EE7"/>
+    <w:rsid w:val="00993F70"/>
+    <w:rsid w:val="009C4C82"/>
+    <w:rsid w:val="00AF0AFD"/>
+    <w:rsid w:val="00BD6AE5"/>
+    <w:rsid w:val="00C158F9"/>
     <w:rsid w:val="00DC4473"/>
+    <w:rsid w:val="00DD3901"/>
     <w:rsid w:val="00E127CE"/>
+    <w:rsid w:val="00E36412"/>
     <w:rsid w:val="00EB0667"/>
     <w:rsid w:val="00EF3422"/>
     <w:rsid w:val="00F60660"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4E4135C9"/>
   <w15:docId w15:val="{E2B86995-B8DB-4C1D-857D-7D71B466E855}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1592,61 +1721,95 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HTMLCode1">
     <w:name w:val="HTML Code1"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rsid w:val="00EF3422"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="720"/>
         <w:tab w:val="clear" w:pos="1440"/>
         <w:tab w:val="clear" w:pos="2160"/>
         <w:tab w:val="clear" w:pos="2880"/>
         <w:tab w:val="clear" w:pos="3600"/>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="5040"/>
         <w:tab w:val="clear" w:pos="5760"/>
         <w:tab w:val="clear" w:pos="6480"/>
         <w:tab w:val="clear" w:pos="7200"/>
         <w:tab w:val="clear" w:pos="7920"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00750DF2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD3901"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DD3901"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Fabrication@modot.mo.gov" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1893,66 +2056,173 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>685</Words>
-  <Characters>3905</Characters>
+  <Words>720</Words>
+  <Characters>3860</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>94</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>MoDOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4581</CharactersWithSpaces>
+  <CharactersWithSpaces>4539</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>frankd</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>