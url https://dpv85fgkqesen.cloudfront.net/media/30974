--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,58 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="11FDE177" w14:textId="12C4F353" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="00332737" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk211938326"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Reviewers:  Use this BSP </w:t>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">when bridge deck </w:t>
       </w:r>
       <w:r w:rsidR="002E680E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="00E82B7E">
@@ -125,51 +135,51 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>iller</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53BF4BB3" w14:textId="77777777" w:rsidR="008D0EBD" w:rsidRDefault="008D0EBD" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CC7F814" w14:textId="7F7975ED" w:rsidR="008D0EBD" w:rsidRPr="00AB03E5" w:rsidRDefault="00502DDF" w:rsidP="008D0EBD">
+    <w:p w14:paraId="6CC7F814" w14:textId="575FDD09" w:rsidR="008D0EBD" w:rsidRPr="00AB03E5" w:rsidRDefault="00502DDF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>CONCRETE CRACK FILLER</w:t>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -182,107 +192,161 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AB03E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B56B4F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>11/13/24</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A820C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A820C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B56B4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>1/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A820C5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E85003D" w14:textId="77777777" w:rsidR="00502DDF" w:rsidRDefault="00502DDF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F67106E" w14:textId="77777777" w:rsidR="008D0EBD" w:rsidRPr="008D0EBD" w:rsidRDefault="008D0EBD" w:rsidP="008D0EBD">
+    <w:p w14:paraId="5F67106E" w14:textId="2F0FD152" w:rsidR="008D0EBD" w:rsidRPr="008D0EBD" w:rsidRDefault="008D0EBD" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1.0 </w:t>
       </w:r>
       <w:r w:rsidR="009F7817">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Description.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">This work shall consist of preparing and treating the concrete bridge deck cracks with a high molecular weight methacrylate (HMWM) or methyl methacrylate (MMA) crack filler material.  This type of surface treatment </w:t>
+        <w:t xml:space="preserve">This work shall consist of preparing and treating the concrete bridge deck </w:t>
+      </w:r>
+      <w:r w:rsidR="00F07505">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>surface with</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a high molecular weight methacrylate (HMWM) or methyl methacrylate (MMA) crack filler material.  This type of surface treatment </w:t>
       </w:r>
       <w:r w:rsidR="009F7817">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>shall be in accordance with this job special provision, the standard specifications and the manufacturer’s recommendations.  The objective of this treatment is to seal all concrete deck cracks in order to preserve and extend the life span of the deck.</w:t>
+        <w:t xml:space="preserve">shall be in accordance with this job special provision, the standard specifications and the manufacturer’s recommendations.  The objective of this treatment is to seal all concrete deck cracks </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF3197">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7817">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> preserve and extend the life span of the deck.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FEE37DC" w14:textId="77777777" w:rsidR="008D0EBD" w:rsidRDefault="008D0EBD" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40E1BBFA" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -613,484 +677,604 @@
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ication of</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the treatment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D52E7E" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B6554B2" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="4ADDDBEC" w14:textId="680D6463" w:rsidR="00761E35" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.2 </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Cleaning, Surface Preparation and Sealing. </w:t>
       </w:r>
       <w:r w:rsidR="009F7817">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D0EBD">
-[...90 lines deleted...]
-    <w:p w14:paraId="496ED7A0" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
+      <w:r w:rsidR="00761E35" w:rsidRPr="00502DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00761E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">entire </w:t>
+      </w:r>
+      <w:r w:rsidR="00761E35" w:rsidRPr="00502DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>deck</w:t>
+      </w:r>
+      <w:r w:rsidR="00761E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> surface</w:t>
+      </w:r>
+      <w:r w:rsidR="00761E35" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="00761E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>shot blasted.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The c</w:t>
+      </w:r>
+      <w:r w:rsidR="00761E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>ontractor may submit an alternate cleaning and surface preparation plan subject to review and approval by the engineer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29A20D0F" w14:textId="77777777" w:rsidR="00761E35" w:rsidRDefault="00761E35" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C530059" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="0B6554B2" w14:textId="64D10FDE" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="007C4748" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D0EBD">
-[...19 lines deleted...]
-        <w:t>At a minimum, the surface shall be thoroughly cleaned to remove dust, dirt, oil, wax,</w:t>
+      <w:r w:rsidRPr="009B3892">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3.2.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Surfaces which are to be treated shall meet</w:t>
       </w:r>
       <w:r w:rsidR="006322AF" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D0EBD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">curing components, efflorescence, laitance, coatings and other foreign materials. </w:t>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the approved product's requirements for surface condition. </w:t>
       </w:r>
       <w:r w:rsidR="009F7817">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D0EBD">
-[...3 lines deleted...]
-        <w:t>The</w:t>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The contractor shall furnish written instructions for the surface preparation requirements</w:t>
+      </w:r>
+      <w:r w:rsidR="00A559EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the engineer for approval</w:t>
+      </w:r>
+      <w:r w:rsidR="009F7817">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and a representative</w:t>
       </w:r>
       <w:r w:rsidR="006322AF" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D0EBD">
-[...3 lines deleted...]
-        <w:t>manufacturer or manufacturer's representative shall approve the use of chemicals and other</w:t>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the manufacturer shall be present to </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7817">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>en</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sure that the surface conditions meet the</w:t>
       </w:r>
       <w:r w:rsidR="006322AF" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D0EBD">
-[...30 lines deleted...]
-    <w:p w14:paraId="57412D66" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>manufacturer's requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496ED7A0" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7A777E70" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C530059" w14:textId="5B608B5C" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">3.2.2 </w:t>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Cleaning equipment shall be fitted with suitable traps, filters, drip pans and other devices</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="553A8D77" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
+        <w:t>At a minimum, the surface shall be thoroughly cleaned to remove dust, dirt, oil, wax,</w:t>
+      </w:r>
+      <w:r w:rsidR="006322AF" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">curing components, efflorescence, laitance, coatings and other foreign materials. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7817">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7069">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The prepared surface shall have a visibly cleaner look across its entire area</w:t>
+      </w:r>
+      <w:r w:rsidR="00844896">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="006322AF" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>manufacturer or manufacturer's representative shall approve the use of chemicals and other</w:t>
+      </w:r>
+      <w:r w:rsidR="006322AF" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cleaning compounds to facilitate the removal of these foreign materials before use. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7817">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="006322AF" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>treatment shall be applied within 48 hours following surface preparation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57412D66" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4251F4F5" w14:textId="00FEC272" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="7A777E70" w14:textId="21CF40FC" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">3.2.3 </w:t>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C4748">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00502DDF" w:rsidRPr="00502DDF">
-[...27 lines deleted...]
-        <w:t>water blasted to clean out cracks and allowed to dry prior to sealing.</w:t>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Cleaning equipment shall be fitted with suitable traps, filters, drip pans and other devices</w:t>
+      </w:r>
+      <w:r w:rsidR="00502DDF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to prevent oil and other foreign material from being deposited on the surface.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D2F35F7" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77363233" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="1048D3F4" w14:textId="2621736C" w:rsidR="00DD56DB" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="00DD56DB">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.4 </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Before starting sealing operations, all cracks shall be blown out with dry </w:t>
       </w:r>
       <w:r w:rsidR="001D79B3" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>high-pressure</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> air.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F222AC" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>air</w:t>
+      </w:r>
+      <w:r w:rsidR="00F222AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE3AE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> t</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD56DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he engineer will verify </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD56DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>contractor has cleaned the entire deck surface to meet this</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> job</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD56DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> special provision and </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD56DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>manufacturer’s requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7530B6D3" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68E2B6DC" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="5C8DF9A6" w14:textId="435A92B0" w:rsidR="006322AF" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.5 </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF" w:rsidRPr="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The c</w:t>
       </w:r>
       <w:r w:rsidR="001B1183" w:rsidRPr="00502DDF">
@@ -1158,75 +1342,76 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00502DDF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The c</w:t>
       </w:r>
       <w:r w:rsidR="00237479" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ontractor shall take measures to treat these areas to prevent loss of material intended to seal the deck.</w:t>
       </w:r>
       <w:r w:rsidR="00237479" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8DF9A6" w14:textId="77777777" w:rsidR="006322AF" w:rsidRPr="008D0EBD" w:rsidRDefault="006322AF" w:rsidP="008D0EBD">
+    <w:p w14:paraId="7703AF44" w14:textId="77777777" w:rsidR="001E7EBE" w:rsidRPr="008D0EBD" w:rsidRDefault="001E7EBE" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4DAF4C71" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3.2.6</w:t>
       </w:r>
       <w:r w:rsidR="00AE701C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE701C" w:rsidRPr="00AE701C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The c</w:t>
       </w:r>
       <w:r w:rsidR="00857828" w:rsidRPr="00AE701C">
@@ -1287,535 +1472,1167 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ffects of the deck sealer to prevent leakage of deck sealer through the bridge deck.</w:t>
       </w:r>
       <w:r w:rsidR="00857828" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59145D8C" w14:textId="77777777" w:rsidR="00AE701C" w:rsidRDefault="00AE701C" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D559D2C" w14:textId="333B29E5" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="0F75069B" w14:textId="77777777" w:rsidR="001E7EBE" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00B50839" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AE701C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00B50839" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Application.</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE701C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D0EBD">
-[...84 lines deleted...]
-    <w:p w14:paraId="587B8E9A" w14:textId="77777777" w:rsidR="001B1183" w:rsidRPr="008D0EBD" w:rsidRDefault="001B1183" w:rsidP="008D0EBD">
+    </w:p>
+    <w:p w14:paraId="512E233D" w14:textId="77777777" w:rsidR="001E7EBE" w:rsidRDefault="001E7EBE" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="171AA043" w14:textId="28A44119" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+    <w:p w14:paraId="7D559D2C" w14:textId="6BBE11EF" w:rsidR="008A7855" w:rsidRDefault="001E7EBE" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D0EBD">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.1  </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">After </w:t>
+      </w:r>
+      <w:r w:rsidR="00857828" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>leakage prevention measures are completed</w:t>
       </w:r>
       <w:r w:rsidR="00AE701C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Opening to Traffic. </w:t>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a flood application </w:t>
+      </w:r>
+      <w:r w:rsidR="00857828" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidR="00AE701C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> treated area is visibly</w:t>
+        </w:rPr>
+        <w:t>performed on</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00857828" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008D0EBD">
-[...18 lines deleted...]
-    <w:p w14:paraId="7382D68B" w14:textId="77777777" w:rsidR="001B1183" w:rsidRPr="008D0EBD" w:rsidRDefault="001B1183" w:rsidP="008D0EBD">
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>entire deck surface to fill all cracks</w:t>
+      </w:r>
+      <w:r w:rsidR="00B50839" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.  Flood application and broadcast aggregate shall be placed</w:t>
+      </w:r>
+      <w:r w:rsidR="00857828" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the manufacturer’s application rates</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7855" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00721CF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  The crack filler material shall not be permitted to run into drains.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C572BDF" w14:textId="77777777" w:rsidR="002773E0" w:rsidRDefault="002773E0" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7D6D9924" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D660288" w14:textId="77F54F93" w:rsidR="00A820C5" w:rsidRDefault="002E4FA0" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008D0EBD">
-[...182 lines deleted...]
-    <w:p w14:paraId="7098E3A6" w14:textId="77777777" w:rsidR="001B1183" w:rsidRPr="008D0EBD" w:rsidRDefault="001B1183" w:rsidP="008D0EBD">
+      <w:r w:rsidRPr="001E7EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7EBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="003168E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> broadcast aggregate shall be a crushed river sand</w:t>
+      </w:r>
+      <w:r w:rsidR="009F4023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> th</w:t>
+      </w:r>
+      <w:r w:rsidR="009C413A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at meets the following </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009C413A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>gradation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009C413A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requirements:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57500EB2" w14:textId="77777777" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...4 lines deleted...]
-    <w:p w14:paraId="346254F6" w14:textId="77777777" w:rsidR="001E09E5" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2615"/>
+        <w:gridCol w:w="2150"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A820C5" w14:paraId="71287365" w14:textId="77777777" w:rsidTr="00A820C5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D62785" w14:textId="3D27B0F7" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Sieve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B6E2D2" w14:textId="656C3BF4" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Percent by Weight</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A820C5" w14:paraId="0B9163CA" w14:textId="77777777" w:rsidTr="00A820C5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37DFD31E" w14:textId="167E6634" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Passing No. 8 sieve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B2EF41" w14:textId="6AC992B7" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A820C5" w14:paraId="4D2F810E" w14:textId="77777777" w:rsidTr="00A820C5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDF54C4" w14:textId="1223BEAC" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Passing No. 16 sieve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C3BCD2" w14:textId="2ED99B8A" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>45 – 90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A820C5" w14:paraId="47A2123E" w14:textId="77777777" w:rsidTr="00A820C5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E98EC3" w14:textId="4A01B7E7" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Passing No. 30 sieve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0916B81E" w14:textId="6D30BE3E" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>15 – 65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A820C5" w14:paraId="20619847" w14:textId="77777777" w:rsidTr="00A820C5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8722BC" w14:textId="531D6100" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Passing No. 50 sieve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="244C5B91" w14:textId="01FF4ACF" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5 – 30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A820C5" w14:paraId="18B86E8B" w14:textId="77777777" w:rsidTr="00A820C5">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2615" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160F2C82" w14:textId="42F56191" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Passing No. 100 sieve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2150" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F2B3C62" w14:textId="39E5AB76" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="00A820C5">
+            <w:pPr>
+              <w:pStyle w:val="HTMLCite1"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="8640"/>
+                <w:tab w:val="left" w:pos="720"/>
+                <w:tab w:val="left" w:pos="1440"/>
+                <w:tab w:val="left" w:pos="2160"/>
+                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="left" w:pos="3600"/>
+                <w:tab w:val="left" w:pos="4320"/>
+                <w:tab w:val="left" w:pos="5040"/>
+                <w:tab w:val="left" w:pos="5760"/>
+                <w:tab w:val="left" w:pos="6480"/>
+                <w:tab w:val="left" w:pos="7200"/>
+                <w:tab w:val="left" w:pos="7920"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0 – 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="68A7361B" w14:textId="77777777" w:rsidR="00A820C5" w:rsidRDefault="00A820C5" w:rsidP="008D0EBD">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="171AA043" w14:textId="694E66D0" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E680E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Opening to Traffic. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Traffic shall be allowed on </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deck only after </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> treated area is visibly</w:t>
+      </w:r>
+      <w:r w:rsidR="00857828" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>dry</w:t>
+      </w:r>
+      <w:r w:rsidR="00692189">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008763CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3448">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acceptable aggregate coverage</w:t>
+      </w:r>
+      <w:r w:rsidR="008763CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> adhered to the driving surface</w:t>
+      </w:r>
+      <w:r w:rsidR="009A3448">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide skid resistance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Dried coating shall not leave residue on glass, painted metal or automobiles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7382D68B" w14:textId="77777777" w:rsidR="001B1183" w:rsidRPr="008D0EBD" w:rsidRDefault="001B1183" w:rsidP="008D0EBD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D6D9924" w14:textId="77777777" w:rsidR="008A7855" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.0 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Method of Measurement. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Measurement will be made to the nearest square yard</w:t>
+      </w:r>
+      <w:r w:rsidR="007647DC" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">measured </w:t>
+      </w:r>
+      <w:r w:rsidR="007647DC" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ongitudinally from end of </w:t>
+      </w:r>
+      <w:r w:rsidR="00252FFE" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bridge </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approach slab </w:t>
+      </w:r>
+      <w:r w:rsidR="00252FFE" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to end of bridge approach slab </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and transversely from roadway face of curb to roadway face of curb. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00992BE8" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional areas to be sealed will be identified on the plans. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="007647DC" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>deduction will be made for gaps to avoid raised pavement markers, manholes or other</w:t>
+      </w:r>
+      <w:r w:rsidR="007647DC" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">obstructions. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Final measurement will not be made except for authorized changes during</w:t>
+      </w:r>
+      <w:r w:rsidR="007647DC" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">construction or where appreciable errors are found in the contract quantity. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE701C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The revision or</w:t>
+      </w:r>
+      <w:r w:rsidR="007647DC" w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0EBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>correction will be computed and added to or deducted from the contract quantity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7098E3A6" w14:textId="77777777" w:rsidR="001B1183" w:rsidRPr="008D0EBD" w:rsidRDefault="001B1183" w:rsidP="008D0EBD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="346254F6" w14:textId="77777777" w:rsidR="001E09E5" w:rsidRPr="008D0EBD" w:rsidRDefault="008A7855" w:rsidP="008D0EBD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">5.0 </w:t>
       </w:r>
       <w:r w:rsidR="00AE701C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Basis of Payment. </w:t>
       </w:r>
       <w:r w:rsidR="00AE701C">
@@ -1858,176 +2675,376 @@
       </w:r>
       <w:r w:rsidR="00252FFE" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Concrete</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Crack </w:t>
       </w:r>
       <w:r w:rsidR="00252FFE" w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Filler</w:t>
       </w:r>
       <w:r w:rsidRPr="008D0EBD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:sectPr w:rsidR="001E09E5" w:rsidRPr="008D0EBD" w:rsidSect="008D0EBD">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="001E09E5" w:rsidRPr="008D0EBD" w:rsidSect="009B3892">
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="2F06D81B" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892" w:rsidP="009B3892">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="45F1F943" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892" w:rsidP="009B3892">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2DB44730" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D93C380" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="20CFB0BF" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="7528101C" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892" w:rsidP="009B3892">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7A0FC1A9" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892" w:rsidP="009B3892">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2E140219" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58AEF121" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45B3C996" w14:textId="77777777" w:rsidR="009B3892" w:rsidRDefault="009B3892">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:mirrorMargins/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A7855"/>
+    <w:rsid w:val="0004598C"/>
+    <w:rsid w:val="000C692E"/>
+    <w:rsid w:val="00134383"/>
+    <w:rsid w:val="00175B91"/>
     <w:rsid w:val="001B1183"/>
     <w:rsid w:val="001D79B3"/>
     <w:rsid w:val="001E09E5"/>
+    <w:rsid w:val="001E7069"/>
+    <w:rsid w:val="001E7EBE"/>
     <w:rsid w:val="00237479"/>
     <w:rsid w:val="00252FFE"/>
+    <w:rsid w:val="002773E0"/>
+    <w:rsid w:val="002E4FA0"/>
     <w:rsid w:val="002E680E"/>
+    <w:rsid w:val="002F19B3"/>
+    <w:rsid w:val="003168E9"/>
+    <w:rsid w:val="00320AEC"/>
     <w:rsid w:val="00332737"/>
+    <w:rsid w:val="00337EB5"/>
+    <w:rsid w:val="00350FE6"/>
     <w:rsid w:val="00382131"/>
+    <w:rsid w:val="0038400D"/>
+    <w:rsid w:val="003C707A"/>
+    <w:rsid w:val="003D0D95"/>
+    <w:rsid w:val="003F795A"/>
+    <w:rsid w:val="004521BC"/>
     <w:rsid w:val="0047180D"/>
+    <w:rsid w:val="00475661"/>
+    <w:rsid w:val="004914DB"/>
     <w:rsid w:val="004B38AC"/>
+    <w:rsid w:val="004F046E"/>
     <w:rsid w:val="00502DDF"/>
+    <w:rsid w:val="005260BF"/>
+    <w:rsid w:val="00542C49"/>
     <w:rsid w:val="005F6051"/>
     <w:rsid w:val="00617809"/>
+    <w:rsid w:val="006274E4"/>
     <w:rsid w:val="006322AF"/>
+    <w:rsid w:val="006464FF"/>
+    <w:rsid w:val="00692189"/>
+    <w:rsid w:val="006A20CD"/>
+    <w:rsid w:val="006A379A"/>
     <w:rsid w:val="00721CF7"/>
+    <w:rsid w:val="00741BE1"/>
+    <w:rsid w:val="00761E35"/>
+    <w:rsid w:val="00764785"/>
     <w:rsid w:val="007647DC"/>
+    <w:rsid w:val="00790F50"/>
+    <w:rsid w:val="007C4748"/>
+    <w:rsid w:val="008042D4"/>
+    <w:rsid w:val="00827A2F"/>
+    <w:rsid w:val="00834343"/>
+    <w:rsid w:val="00841B75"/>
+    <w:rsid w:val="00844896"/>
     <w:rsid w:val="00857828"/>
+    <w:rsid w:val="00862CC7"/>
+    <w:rsid w:val="008763CC"/>
     <w:rsid w:val="00883288"/>
     <w:rsid w:val="008A7855"/>
+    <w:rsid w:val="008B267C"/>
     <w:rsid w:val="008D0EBD"/>
+    <w:rsid w:val="009008E1"/>
+    <w:rsid w:val="00980AA2"/>
     <w:rsid w:val="00992BE8"/>
+    <w:rsid w:val="009A01F2"/>
+    <w:rsid w:val="009A3448"/>
+    <w:rsid w:val="009B3892"/>
+    <w:rsid w:val="009C413A"/>
+    <w:rsid w:val="009D6E64"/>
+    <w:rsid w:val="009F4023"/>
     <w:rsid w:val="009F7817"/>
+    <w:rsid w:val="00A559EF"/>
+    <w:rsid w:val="00A820C5"/>
+    <w:rsid w:val="00A91F4F"/>
+    <w:rsid w:val="00A926AF"/>
     <w:rsid w:val="00AB03E5"/>
+    <w:rsid w:val="00AC2D4D"/>
     <w:rsid w:val="00AE701C"/>
     <w:rsid w:val="00B50839"/>
     <w:rsid w:val="00B56B4F"/>
+    <w:rsid w:val="00B971A2"/>
+    <w:rsid w:val="00BE1FF7"/>
+    <w:rsid w:val="00C70435"/>
+    <w:rsid w:val="00CF5A66"/>
+    <w:rsid w:val="00D22B93"/>
+    <w:rsid w:val="00D267EA"/>
+    <w:rsid w:val="00DA0770"/>
+    <w:rsid w:val="00DD56DB"/>
+    <w:rsid w:val="00DE2C53"/>
+    <w:rsid w:val="00DE3AE7"/>
+    <w:rsid w:val="00DF3197"/>
+    <w:rsid w:val="00DF4B7D"/>
+    <w:rsid w:val="00E13B75"/>
+    <w:rsid w:val="00E176B8"/>
+    <w:rsid w:val="00E363C4"/>
     <w:rsid w:val="00E82B7E"/>
+    <w:rsid w:val="00F07505"/>
+    <w:rsid w:val="00F10864"/>
+    <w:rsid w:val="00F222AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="404D0B88"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CAE47BC0-7AF0-48C0-92FE-599CC144464A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2438,62 +3455,153 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00883288"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00883288"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00827A2F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00834343"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B3892"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009B3892"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009B3892"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="009B3892"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HTMLCite1">
+    <w:name w:val="HTML Cite1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A820C5"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2752,69 +3860,176 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>648</Words>
-  <Characters>3698</Characters>
+  <Words>777</Words>
+  <Characters>4259</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>92</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Missouri Department of Transportation </Company>
+  <Company>Missouri Department of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4338</CharactersWithSpaces>
+  <CharactersWithSpaces>5001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>JOSEPH J MOLINARO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>