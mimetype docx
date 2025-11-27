--- v0 (2025-10-14)
+++ v1 (2025-11-27)
@@ -1,156 +1,175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="65CDFB96" w14:textId="17BFF090" w:rsidR="00970EC6" w:rsidRPr="00970EC6" w:rsidRDefault="00970EC6" w:rsidP="00E77B29">
+    <w:p w14:paraId="65CDFB96" w14:textId="4C7FE545" w:rsidR="00970EC6" w:rsidRPr="00970EC6" w:rsidRDefault="00970EC6" w:rsidP="00E77B29">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970EC6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Reviewer</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00970EC6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">:  Accept all revision marks if fence is mounted on </w:t>
       </w:r>
       <w:r w:rsidR="00060110">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>flat base plates</w:t>
       </w:r>
       <w:r w:rsidRPr="00970EC6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">.  Reject all revision marks if fence is mounted on </w:t>
       </w:r>
       <w:r w:rsidR="00060110">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>bent connection</w:t>
+        <w:t>connection</w:t>
       </w:r>
       <w:r w:rsidR="00060110" w:rsidRPr="00970EC6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> plates</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00970EC6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06341">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>angles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00970EC6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA3E338" w14:textId="77777777" w:rsidR="00970EC6" w:rsidRDefault="00970EC6" w:rsidP="00E77B29">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="153F62C6" w14:textId="3BEA825C" w:rsidR="00E77B29" w:rsidRDefault="00E45FFB" w:rsidP="00E77B29">
+    <w:p w14:paraId="153F62C6" w14:textId="577707BA" w:rsidR="00E77B29" w:rsidRDefault="00E45FFB" w:rsidP="00E77B29">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000C0596">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> DECORATIVE PEDESTRIAN FENCE</w:t>
       </w:r>
       <w:r w:rsidR="00190F08" w:rsidRPr="00AB5111">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB5111" w:rsidRPr="00AB5111">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="009322C1">
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00970EC6">
-        <w:t>11/20/24</w:t>
+        <w:t>11/</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06341">
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00970EC6">
+        <w:t>/2</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06341">
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009322C1">
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="00AB5111" w:rsidRPr="00AB5111">
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153F62C7" w14:textId="77777777" w:rsidR="00E77B29" w:rsidRDefault="00E77B29" w:rsidP="00E77B29"/>
     <w:p w14:paraId="153F62CD" w14:textId="2DE7C2BE" w:rsidR="00E97987" w:rsidRPr="002C3B9C" w:rsidRDefault="00E77B29" w:rsidP="00486D09">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">1.0  Description.  </w:t>
       </w:r>
       <w:r w:rsidR="003C4BF6">
         <w:rPr>
@@ -491,51 +510,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to which it is mounted.</w:t>
       </w:r>
       <w:r w:rsidR="003C4BF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153F62D9" w14:textId="77777777" w:rsidR="00E97987" w:rsidRDefault="00E97987" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="153F62DA" w14:textId="68F66A14" w:rsidR="00E97987" w:rsidRPr="00C873D4" w:rsidRDefault="003704B2" w:rsidP="00E97987">
+    <w:p w14:paraId="153F62DA" w14:textId="25B65BE3" w:rsidR="00E97987" w:rsidRPr="00C873D4" w:rsidRDefault="003704B2" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="001C2AF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -564,165 +583,153 @@
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:ins w:id="0" w:author="Daniel M. Smith" w:date="2024-11-20T12:54:00Z">
         <w:r w:rsidR="00060110">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>Base plate</w:t>
         </w:r>
       </w:ins>
       <w:ins w:id="1" w:author="Daniel M. Smith" w:date="2024-11-20T12:59:00Z">
         <w:r w:rsidR="00976DE9">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
       </w:ins>
-      <w:ins w:id="2" w:author="Daniel M. Smith" w:date="2024-11-20T12:54:00Z">
-        <w:r w:rsidR="00060110">
+      <w:del w:id="2" w:author="Daniel M. Smith" w:date="2025-11-17T11:27:00Z" w16du:dateUtc="2025-11-17T17:27:00Z">
+        <w:r w:rsidR="00B06341" w:rsidDel="00B06341">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-          <w:delText>Bent connection plate</w:delText>
+          <w:delText>Connection angles</w:delText>
         </w:r>
       </w:del>
-      <w:del w:id="4" w:author="Daniel M. Smith" w:date="2024-11-20T13:00:00Z">
-[...16 lines deleted...]
-      </w:del>
+      <w:r w:rsidR="00B06341">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00D96217">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall be furnished </w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for mounti</w:t>
       </w:r>
       <w:r w:rsidR="002F7D29">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ng posts to top of concrete</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
-      <w:ins w:id="6" w:author="Daniel M. Smith" w:date="2024-11-20T12:55:00Z">
+      <w:ins w:id="3" w:author="Daniel M. Smith" w:date="2024-11-20T12:55:00Z">
         <w:r w:rsidR="00060110">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t xml:space="preserve">Base plate </w:t>
+          <w:t>Base plate</w:t>
         </w:r>
       </w:ins>
-      <w:del w:id="7" w:author="Daniel M. Smith" w:date="2024-11-20T12:56:00Z">
-        <w:r w:rsidR="00060110" w:rsidDel="00060110">
+      <w:del w:id="4" w:author="Daniel M. Smith" w:date="2025-11-17T11:28:00Z" w16du:dateUtc="2025-11-17T17:28:00Z">
+        <w:r w:rsidR="00B06341" w:rsidDel="00B06341">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:delText xml:space="preserve">Bent connection plate </w:delText>
+          <w:delText>Connection angle</w:delText>
         </w:r>
       </w:del>
+      <w:r w:rsidR="00B06341">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="0047121C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">anchors </w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall be </w:t>
       </w:r>
-      <w:ins w:id="8" w:author="Daniel M. Smith" w:date="2024-11-20T12:56:00Z">
+      <w:ins w:id="5" w:author="Daniel M. Smith" w:date="2024-11-20T12:56:00Z">
         <w:r w:rsidR="00060110">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t xml:space="preserve">cast </w:t>
         </w:r>
       </w:ins>
-      <w:del w:id="9" w:author="Daniel M. Smith" w:date="2024-11-20T12:56:00Z">
+      <w:del w:id="6" w:author="Daniel M. Smith" w:date="2024-11-20T12:56:00Z">
         <w:r w:rsidR="00060110" w:rsidDel="00060110">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:bCs/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:delText xml:space="preserve">resin anchored </w:delText>
         </w:r>
       </w:del>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>into</w:t>
       </w:r>
       <w:r w:rsidR="001963A8">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
@@ -1489,67 +1496,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C2AF6">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E97987">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Delivery, storage, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and installation methods shall be per fence manufacturer’s recommendations.</w:t>
+        <w:t>Delivery, storage, handling and installation methods shall be per fence manufacturer’s recommendations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153F62FE" w14:textId="77777777" w:rsidR="00E97987" w:rsidRDefault="00E97987" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="153F62FF" w14:textId="54DC91B6" w:rsidR="00E97987" w:rsidRDefault="003704B2" w:rsidP="00E97987">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4680"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2155,268 +2146,301 @@
       </w:r>
       <w:r w:rsidR="00BE7B56">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Structures)</w:t>
       </w:r>
       <w:r w:rsidR="00E97987" w:rsidRPr="00B94B59">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153F6308" w14:textId="77777777" w:rsidR="003C76CC" w:rsidRDefault="003C76CC" w:rsidP="00E77B29">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003C76CC" w:rsidSect="00AB5111">
-      <w:headerReference w:type="default" r:id="rId11"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="576" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4C7EB530" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6" w:rsidP="00E64638">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0F63E562" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6" w:rsidP="00E64638">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="384271C3" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRoman,Bold">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="153F6314" w14:textId="77777777" w:rsidR="00C9521F" w:rsidRDefault="00C9521F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="64DB54F5" w14:textId="77777777" w:rsidR="0025456B" w:rsidRDefault="0025456B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-      <w:jc w:val="center"/>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="153F6314" w14:textId="77777777" w:rsidR="00C9521F" w:rsidRDefault="00C9521F">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="153F6315" w14:textId="77777777" w:rsidR="00C9521F" w:rsidRDefault="00C9521F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="765FDBF7" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6" w:rsidP="00E64638">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7FBD7AD0" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6" w:rsidP="00E64638">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="3BB6CDD0" w14:textId="77777777" w:rsidR="005010A6" w:rsidRDefault="005010A6"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6BE4B156" w14:textId="77777777" w:rsidR="0025456B" w:rsidRDefault="0025456B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="153F6313" w14:textId="77777777" w:rsidR="00C9521F" w:rsidRDefault="00C9521F" w:rsidP="0018733A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5220"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2564DEFD" w14:textId="77777777" w:rsidR="0025456B" w:rsidRDefault="0025456B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01624399"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="33CEE666"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.0"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="420"/>
         </w:tabs>
         <w:ind w:left="420" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -6519,59 +6543,59 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="436407060">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1863274838">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Daniel M. Smith">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::Daniel.M.Smith@modot.mo.gov::25fa5273-c330-42e3-a985-a27ef7108a1d"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
@@ -6639,100 +6663,102 @@
     <w:rsid w:val="00192578"/>
     <w:rsid w:val="001963A8"/>
     <w:rsid w:val="001A07A4"/>
     <w:rsid w:val="001A4F6C"/>
     <w:rsid w:val="001A6B7C"/>
     <w:rsid w:val="001B074C"/>
     <w:rsid w:val="001C1EFA"/>
     <w:rsid w:val="001C2AF6"/>
     <w:rsid w:val="001C4450"/>
     <w:rsid w:val="001C49FA"/>
     <w:rsid w:val="001D12B3"/>
     <w:rsid w:val="001E098C"/>
     <w:rsid w:val="001E124B"/>
     <w:rsid w:val="001E2EF9"/>
     <w:rsid w:val="001F1638"/>
     <w:rsid w:val="001F775D"/>
     <w:rsid w:val="0020510A"/>
     <w:rsid w:val="002121AD"/>
     <w:rsid w:val="00213367"/>
     <w:rsid w:val="002205CD"/>
     <w:rsid w:val="00223D61"/>
     <w:rsid w:val="00226689"/>
     <w:rsid w:val="00232A51"/>
     <w:rsid w:val="0024043D"/>
     <w:rsid w:val="00252D52"/>
+    <w:rsid w:val="0025456B"/>
     <w:rsid w:val="002604E3"/>
     <w:rsid w:val="00265BD0"/>
     <w:rsid w:val="00266671"/>
     <w:rsid w:val="00274AF8"/>
     <w:rsid w:val="00275162"/>
     <w:rsid w:val="0027532A"/>
     <w:rsid w:val="00277093"/>
     <w:rsid w:val="00282F95"/>
     <w:rsid w:val="00292851"/>
     <w:rsid w:val="00296735"/>
     <w:rsid w:val="00296FC6"/>
     <w:rsid w:val="00297DD6"/>
     <w:rsid w:val="002A3385"/>
     <w:rsid w:val="002A3C2A"/>
     <w:rsid w:val="002A5E55"/>
     <w:rsid w:val="002A69A7"/>
     <w:rsid w:val="002B1559"/>
     <w:rsid w:val="002B2578"/>
     <w:rsid w:val="002B4216"/>
     <w:rsid w:val="002C0E90"/>
     <w:rsid w:val="002C496D"/>
     <w:rsid w:val="002D073D"/>
     <w:rsid w:val="002D07E8"/>
     <w:rsid w:val="002D0CC6"/>
     <w:rsid w:val="002D104A"/>
     <w:rsid w:val="002D1313"/>
     <w:rsid w:val="002F0122"/>
     <w:rsid w:val="002F1022"/>
     <w:rsid w:val="002F1D05"/>
     <w:rsid w:val="002F34F2"/>
     <w:rsid w:val="002F7185"/>
     <w:rsid w:val="002F7D29"/>
     <w:rsid w:val="003006C0"/>
     <w:rsid w:val="00301268"/>
     <w:rsid w:val="00301896"/>
     <w:rsid w:val="0030594E"/>
     <w:rsid w:val="00310B61"/>
     <w:rsid w:val="00311A8A"/>
     <w:rsid w:val="00317952"/>
     <w:rsid w:val="00326EBE"/>
     <w:rsid w:val="00327634"/>
     <w:rsid w:val="00327F37"/>
     <w:rsid w:val="003302C1"/>
     <w:rsid w:val="00331160"/>
     <w:rsid w:val="003336CA"/>
     <w:rsid w:val="00335E8C"/>
     <w:rsid w:val="003376D4"/>
     <w:rsid w:val="0033795C"/>
     <w:rsid w:val="00341BF3"/>
     <w:rsid w:val="003704B2"/>
+    <w:rsid w:val="0037341D"/>
     <w:rsid w:val="00375603"/>
     <w:rsid w:val="0037777B"/>
     <w:rsid w:val="00383C72"/>
     <w:rsid w:val="0039483C"/>
     <w:rsid w:val="003971EE"/>
     <w:rsid w:val="003A0E76"/>
     <w:rsid w:val="003A4800"/>
     <w:rsid w:val="003C3856"/>
     <w:rsid w:val="003C42D3"/>
     <w:rsid w:val="003C4BF6"/>
     <w:rsid w:val="003C7323"/>
     <w:rsid w:val="003C76CC"/>
     <w:rsid w:val="003D2CF4"/>
     <w:rsid w:val="003D3298"/>
     <w:rsid w:val="003E063F"/>
     <w:rsid w:val="003E5ECE"/>
     <w:rsid w:val="003F254A"/>
     <w:rsid w:val="004306C9"/>
     <w:rsid w:val="004308A6"/>
     <w:rsid w:val="004346F4"/>
     <w:rsid w:val="004364AC"/>
     <w:rsid w:val="004371D4"/>
     <w:rsid w:val="00445CBB"/>
     <w:rsid w:val="00470506"/>
     <w:rsid w:val="0047121C"/>
@@ -6930,50 +6956,51 @@
     <w:rsid w:val="00A63F73"/>
     <w:rsid w:val="00A712EC"/>
     <w:rsid w:val="00A85FD9"/>
     <w:rsid w:val="00A9019A"/>
     <w:rsid w:val="00A97920"/>
     <w:rsid w:val="00AA088C"/>
     <w:rsid w:val="00AA19D4"/>
     <w:rsid w:val="00AA3D77"/>
     <w:rsid w:val="00AA5119"/>
     <w:rsid w:val="00AB0BD6"/>
     <w:rsid w:val="00AB5111"/>
     <w:rsid w:val="00AB72CB"/>
     <w:rsid w:val="00AB78DA"/>
     <w:rsid w:val="00AC69CE"/>
     <w:rsid w:val="00AC7AF3"/>
     <w:rsid w:val="00AD32E2"/>
     <w:rsid w:val="00AD63C0"/>
     <w:rsid w:val="00AF0690"/>
     <w:rsid w:val="00AF1558"/>
     <w:rsid w:val="00AF55BA"/>
     <w:rsid w:val="00AF646E"/>
     <w:rsid w:val="00AF79B3"/>
     <w:rsid w:val="00AF7C59"/>
     <w:rsid w:val="00B0061D"/>
     <w:rsid w:val="00B03B3E"/>
+    <w:rsid w:val="00B06341"/>
     <w:rsid w:val="00B06F0A"/>
     <w:rsid w:val="00B108CC"/>
     <w:rsid w:val="00B143A5"/>
     <w:rsid w:val="00B15828"/>
     <w:rsid w:val="00B167AF"/>
     <w:rsid w:val="00B167E8"/>
     <w:rsid w:val="00B452A7"/>
     <w:rsid w:val="00B4754E"/>
     <w:rsid w:val="00B540D1"/>
     <w:rsid w:val="00B659E3"/>
     <w:rsid w:val="00B710F2"/>
     <w:rsid w:val="00B71E0B"/>
     <w:rsid w:val="00B77E47"/>
     <w:rsid w:val="00B84E86"/>
     <w:rsid w:val="00B905AC"/>
     <w:rsid w:val="00B925F4"/>
     <w:rsid w:val="00B92CC5"/>
     <w:rsid w:val="00B962B3"/>
     <w:rsid w:val="00BA432D"/>
     <w:rsid w:val="00BB3B8D"/>
     <w:rsid w:val="00BB67B9"/>
     <w:rsid w:val="00BC3206"/>
     <w:rsid w:val="00BC5987"/>
     <w:rsid w:val="00BD1013"/>
     <w:rsid w:val="00BD2C51"/>
@@ -7126,51 +7153,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="153F62C5"/>
   <w15:docId w15:val="{8FD87BF4-4FEB-4F2A-B5A9-321430819039}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8194,51 +8221,51 @@
     <w:semiHidden/>
     <w:rsid w:val="00FA6768"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:snapToGrid w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C50F67"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="27141712">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="357045530">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8295,51 +8322,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1143159491">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8598,50 +8625,59 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001AE1C67F7445AE48A5DE32D2FF51F959" ma:contentTypeVersion="37" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7c4535c9779e07f408a02a7bf9d05ca4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6" xmlns:ns4="c8cd12a9-992c-44be-890c-b39a35887eb2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f52b7acb569e7d62a770142c4714c45" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6"/>
     <xsd:import namespace="c8cd12a9-992c-44be-890c-b39a35887eb2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns3:Send_x0020_to_x0020_EPG" minOccurs="0"/>
                 <xsd:element ref="ns3:Who" minOccurs="0"/>
                 <xsd:element ref="ns3:Description0" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
@@ -8876,164 +8912,155 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Send_x0020_to_x0020_EPG xmlns="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6">false</Send_x0020_to_x0020_EPG>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <Description0 xmlns="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <Who xmlns="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </Who>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E70D5CA8-77DE-4466-91B1-9D7052098379}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42BA1900-7815-4669-AE77-DBEAE49EC2A9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6"/>
     <ds:schemaRef ds:uri="c8cd12a9-992c-44be-890c-b39a35887eb2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{935C38FB-0F8B-42B5-98A9-35B455B3C6CD}">
-[...6 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A9F2075-360F-48F1-99FF-D3408D6D3164}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="dcfe60c1-8e54-49f1-8dbd-4d07c75a78d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{935C38FB-0F8B-42B5-98A9-35B455B3C6CD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>531</Words>
-  <Characters>3099</Characters>
+  <Words>530</Words>
+  <Characters>3083</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>67</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>BSP-DecorativeFence</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HNTB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3623</CharactersWithSpaces>
+  <CharactersWithSpaces>3593</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>5046280</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.gilpininc.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6094874</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -9080,27 +9107,129 @@
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>BSP-DecorativeFence</dc:title>
   <dc:creator>James L Jones</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001AE1C67F7445AE48A5DE32D2FF51F959</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="TaxCatchAll">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Order">
     <vt:r8>4027800</vt:r8>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>