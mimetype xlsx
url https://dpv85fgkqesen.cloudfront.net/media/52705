--- v2 (2026-01-05)
+++ v3 (2026-02-14)
@@ -1,96 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="123820"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://modotgov.sharepoint.com/sites/tp/Shared Documents/Statewide Programming/Shared Documents/STIP Ran in Excel and Posted to Web/SFY2026/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://modotgov.sharepoint.com/sites/CO_TP/Shared Documents/General/Statewide Programming/Amendments Library/2026 SFY/8 February/Post to Website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="39" documentId="8_{44863571-D0E2-43E9-943D-71A77B23DEED}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{DEF2BE98-23D6-4902-9E45-619ECF7AA77B}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F5813911-4852-4AD8-A479-0D0A021A40A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-9315" yWindow="-15825" windowWidth="55395" windowHeight="14400" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="12-03-2025" sheetId="1" r:id="rId1"/>
+    <sheet name="02-04-2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
   <webPublishing codePage="1252"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5076" uniqueCount="1847">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6594" uniqueCount="1868">
   <si>
     <t>STATE</t>
   </si>
   <si>
     <t>ANDREW</t>
   </si>
   <si>
     <t>RT O E</t>
   </si>
   <si>
     <t>NW0080</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements in Andrew County (Rte. O and Rte. W), Buchanan County (Rte. FF, Rte. O and Rte. W), Caldwell County (Rte. 116) and Clinton County (Rte. 116, Rte. 69). </t>
   </si>
   <si>
     <t>Adv. CN</t>
   </si>
   <si>
     <t>AC-STBG</t>
   </si>
   <si>
     <t>10,001 - 15,000</t>
   </si>
   <si>
+    <t>ONEDOT APPROVED</t>
+  </si>
+  <si>
+    <t>Y</t>
+  </si>
+  <si>
     <t>ATCHISON</t>
   </si>
   <si>
     <t>US 136 E</t>
   </si>
   <si>
     <t>NW0066</t>
   </si>
   <si>
     <t>Scoping for bridge improvements in Atchison County on Rte. 136 over I-29, Rte. 136 over Rock Creek, Rte. C over West Tarkio Creek, Rte. W over I-29 and in Holt County on Rte. A over Nodaway River. Project involves bridges A2379, A2545, A2758, A2704 and A1252.</t>
   </si>
   <si>
     <t>Federal</t>
   </si>
   <si>
     <t>NHPP</t>
   </si>
   <si>
     <t>5,001 - 10,000</t>
   </si>
   <si>
     <t>NW0158</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement and shoulder improvements from I-29 to Rte. CC. </t>
@@ -314,50 +320,59 @@
   <si>
     <t xml:space="preserve">Scoping for pavement improvements in Linn County (Rte. 11 and Rte. 129) and Sullivan County (Bus. 5 and Rte. 11). </t>
   </si>
   <si>
     <t>MO 6 W</t>
   </si>
   <si>
     <t>NW0083</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from 0.7 mile east of Rte. 65 to Rte. 5 near Milan. </t>
   </si>
   <si>
     <t>VARIOUS</t>
   </si>
   <si>
     <t>Various</t>
   </si>
   <si>
     <t>NW0100</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for structural sign inspections and repairs on various routes in the Northwest District. </t>
   </si>
   <si>
+    <t>NW0166</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Surveying for various needs in the Northwest District. </t>
+  </si>
+  <si>
+    <t>COMMISSION APPROVED</t>
+  </si>
+  <si>
     <t>WORTH</t>
   </si>
   <si>
     <t>US 169 S</t>
   </si>
   <si>
     <t>NW0142</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from Rte. 46 to Rtes. 136 and H in Gentry County. </t>
   </si>
   <si>
     <t>ADAIR</t>
   </si>
   <si>
     <t>BU 63 S</t>
   </si>
   <si>
     <t>NE0234</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvement from north of Rte. 6 to Rte. 63 in Kirksville (two disconnected sections). </t>
   </si>
   <si>
     <t>MO 6 E</t>
@@ -917,56 +932,50 @@
   <si>
     <t xml:space="preserve">Scoping for Hannibal Expressway from Rte. F in Marion County to south of Rte. M in Ralls County. </t>
   </si>
   <si>
     <t>WARREN</t>
   </si>
   <si>
     <t>IS 70 E</t>
   </si>
   <si>
     <t>2I3400</t>
   </si>
   <si>
     <t>Scoping for interchange improvements at Stracks Church County Road near Wright City. Project involves bridge R0052.</t>
   </si>
   <si>
     <t>2P3261</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for roadway improvements due to flooding issues from Dutzow to Washington. </t>
   </si>
   <si>
     <t>PROTECT</t>
   </si>
   <si>
-    <t>NE0247</t>
-[...4 lines deleted...]
-  <si>
     <t>MO 94 E</t>
   </si>
   <si>
     <t>NE0243</t>
   </si>
   <si>
     <t>Scoping for bridge improvement over Loutre Slough 1 mile west of Rte. P near Case. Project involves bridge P0336.</t>
   </si>
   <si>
     <t>NE0249</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for slide repair 0.5 mile north Rte. 94 near Case. </t>
   </si>
   <si>
     <t>RT D E</t>
   </si>
   <si>
     <t>NE0178</t>
   </si>
   <si>
     <t>Scoping for bridge improvement over Tuque and Wolf Creek 2 miles east of Marthasville. Project involves bridge N0305.</t>
   </si>
   <si>
     <t>RT H S</t>
@@ -2261,56 +2270,50 @@
   <si>
     <t>PLATTE</t>
   </si>
   <si>
     <t>CST NW WAUKOMIS DR S</t>
   </si>
   <si>
     <t>KU0326</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for roadway improvements from Rte. 69 to I-29. </t>
   </si>
   <si>
     <t>KU0150</t>
   </si>
   <si>
     <t>Scoping for bridge rehabilitation over the Platte River 0.7 mile south of Rte. 371 and 0.9 mile north of Rte. HH. Project involves bridges A0198 and A0199.</t>
   </si>
   <si>
     <t>KU0357</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement rebuild on mainline parking and sidewalks at weigh stations 1.4 miles south of Rte. U/E and at Dearborn rest areas. </t>
   </si>
   <si>
-    <t>KU0455</t>
-[...4 lines deleted...]
-  <si>
     <t>4I3087</t>
   </si>
   <si>
     <t>Corridor study from Rte. 45 to Rte. 210 in Kansas City. Includes I-35 from I-435 to Rte. 210 and Rte. 169 from Northwest 8th Street to I-29 in Kansas City. $640,000 BUILD and $160,000 Kansas City funds.</t>
   </si>
   <si>
     <t>KU0358</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for roadway improvements from Platte County line to Rte. 273. </t>
   </si>
   <si>
     <t>KU0439</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for interchange improvements at Northwest 112th Street. </t>
   </si>
   <si>
     <t>KU0287</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement resurfacing from I-29 to Northwest Cookingham Drive. </t>
   </si>
   <si>
     <t>IS 635 N</t>
@@ -3119,50 +3122,56 @@
   <si>
     <t>Scoping for bridge rehabilitation over Dardenne Creek, Schote Creek and I-64. Project involves bridges A5064, A5065 and A6320.</t>
   </si>
   <si>
     <t>6S3314</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from Rte. T near Pauldingville to I-64. </t>
   </si>
   <si>
     <t>6S3342B</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping to add lanes from Rte. Z to Hawks Ridge Trail. </t>
   </si>
   <si>
     <t>RT N W</t>
   </si>
   <si>
     <t>6S3342</t>
   </si>
   <si>
     <t>Environmental study from I-64 to Point Prairie Road at Jackson Road. $1,500,000 St. Charles County funds.</t>
   </si>
   <si>
+    <t>SL0312</t>
+  </si>
+  <si>
+    <t>Scoping for channel reconstruction of Little Dardenne Creek. Project involves bridge A6476.</t>
+  </si>
+  <si>
     <t>SL0116</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement resurfacing and upgrade guardrail on disconnected sections from Callahan Road to Rte. 79 and on North Outer Road I-70 from 0.5 mile west of Lake St. Louis Boulevard to 0.5 mile east of Rte. 79. </t>
   </si>
   <si>
     <t>SL0176</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement resurfacing from 0.3 mile south of Riverlands Way to Lindbergh Boulevard. </t>
   </si>
   <si>
     <t>ST. LOUIS</t>
   </si>
   <si>
     <t>CST NORTH HANLEY RD S</t>
   </si>
   <si>
     <t>6S3271</t>
   </si>
   <si>
     <t>Scoping for ADA Transition Plan improvements at I-70. Project involves bridge A6175.</t>
   </si>
   <si>
     <t>IS 170 E</t>
@@ -3695,50 +3704,56 @@
   <si>
     <t>Scoping for pavement improvements from Rte. 160 near Lamar to I-44 in Fidelity. Project involves bridges A2022, A3401, A3404, A3562, A3565, A4029, A4495, A4928, A4929, A5945, A6081 and B0565.</t>
   </si>
   <si>
     <t>US 160 E</t>
   </si>
   <si>
     <t>7P3540</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for intersection, operational and safety improvements from Rte. T to Rtes. MM and FF in Dade County. </t>
   </si>
   <si>
     <t>BATES</t>
   </si>
   <si>
     <t>7P3538</t>
   </si>
   <si>
     <t>Scoping for capital improvements on Fort Scott Street from Fran Avenue to Loop 49 (Orange Street) in Butler. Project involves bridge RB00701.</t>
   </si>
   <si>
     <t>BENTON</t>
   </si>
   <si>
+    <t>SR0378</t>
+  </si>
+  <si>
+    <t>Scoping for bridge improvement over Turkey Creek. Project involves bridge N0323.</t>
+  </si>
+  <si>
     <t>SR0147</t>
   </si>
   <si>
     <t>Scoping for culvert replacement over Archer Creek and Big Buffalo Creek. Project involves culvert N0614.</t>
   </si>
   <si>
     <t>8P2361</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for capital and operational improvements from Warsaw to Buffalo. </t>
   </si>
   <si>
     <t>SR0286</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from 1.5 miles north of Rte. HH to the Osage River in Warsaw. </t>
   </si>
   <si>
     <t>7P3313</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for safety improvements from Rte. B in Creighton to County Road NW-351. </t>
   </si>
   <si>
     <t>CEDAR</t>
@@ -3968,50 +3983,59 @@
   <si>
     <t>SR0246</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvement from Rte. 171 in Carterville to 20th Street in Joplin. </t>
   </si>
   <si>
     <t>MO 43 S</t>
   </si>
   <si>
     <t>SR0277</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements on Hearnes Boulevard from north of Rte. FF (32nd Street) to I-44. </t>
   </si>
   <si>
     <t>MO 571 S</t>
   </si>
   <si>
     <t>SR0250</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from south of Rte. E (Fairview Avenue) to I-49 in Carthage. </t>
   </si>
   <si>
+    <t>MO 59 S</t>
+  </si>
+  <si>
+    <t>SR0379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scoping for safety improvements at Rte. FF. </t>
+  </si>
+  <si>
     <t>MO 66 E</t>
   </si>
   <si>
     <t>SR0276</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from east of Loop 49 (Range Line Road) to 0.2 mile west of Rte. 249. </t>
   </si>
   <si>
     <t>SR0363</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for safety improvements from Kansas State line to Rte. P (Schifferdecker Avenue) in Joplin. </t>
   </si>
   <si>
     <t>SR0307</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from Rte. 96 in Oronogo to Rte. 171 in Webb City. </t>
   </si>
   <si>
     <t>SR0247</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements on 32nd Street from Rte. 43 (Main Street) to west of I-49 in Joplin. </t>
@@ -4085,50 +4109,62 @@
   <si>
     <t>7I3286</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for safety improvements from the Oklahoma State line to Rte. 360 in Greene County and from 2 miles east of Rte. 125 to Rtes. Y and J in Conway. </t>
   </si>
   <si>
     <t>7I3541</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for capital and operational improvements from the Oklahoma State line to Rtes. 43/86 (Main Street) in Joplin from Loop 49 (Range Line Road) in Joplin to the I-49 north junction in Fidelity. </t>
   </si>
   <si>
     <t>SR0116</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for high mast lighting maintenance at Loop 49 (Range Line Road) in Joplin. </t>
   </si>
   <si>
     <t>SR0357</t>
   </si>
   <si>
     <t>Scoping for bridge improvement over CPKC Railroad. Project involves twin bridges A0540.</t>
   </si>
   <si>
+    <t>SR0376</t>
+  </si>
+  <si>
+    <t>Scoping for bridge improvement on the eastbound bridge over Rte. 166. Project involves bridge L0855.</t>
+  </si>
+  <si>
+    <t>SR0380</t>
+  </si>
+  <si>
+    <t>Review of scoping and design for drainage and bicycle/pedestrian improvements at Silver Creek in Joplin. Scoping and design by Joplin.</t>
+  </si>
+  <si>
     <t>SR0249</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from south of 44th Street in Leawood to I-49. </t>
   </si>
   <si>
     <t>SR0305</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from AA/I-49 to Rte. 59 south of Neosho. </t>
   </si>
   <si>
     <t>MO 175 S</t>
   </si>
   <si>
     <t>SR0262</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from I-49 to Rte. 86 in Neosho. </t>
   </si>
   <si>
     <t>7S3045</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for roadway improvements on Hearnes Boulevard from Rte. FF (32nd Street) to I-44. </t>
@@ -4163,107 +4199,128 @@
   <si>
     <t>Review of scoping and design for intersection improvements at Broadway Street and Rte. D and on Rte. 83 0.3 mile north of Rte. 13 in Bolivar. Scoping and design by Bolivar.</t>
   </si>
   <si>
     <t>SR0258</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from 0.2 mile east of Rte. D in Bolivar to 0.1 mile east of Rte. 65 in Buffalo. </t>
   </si>
   <si>
     <t>ST. CLAIR</t>
   </si>
   <si>
     <t>SR0207</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvement from 0.5 mile north of NE 1000 Road to SE 1300 Road. </t>
   </si>
   <si>
     <t>SR0282</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvement on disconnected sections from north of Lowry City to south of Collins. </t>
   </si>
   <si>
+    <t>SR0377</t>
+  </si>
+  <si>
+    <t>Scoping for bridge improvement over Truman Reservoir. Project involves bridge A4072.</t>
+  </si>
+  <si>
     <t>SR0268</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from Rte. MM in St. Clair County to Rte. D in Preston. </t>
   </si>
   <si>
     <t>STONE</t>
   </si>
   <si>
     <t>SR0129</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvement from 0.4 mile north of the Finley River to Table Rock Lake in Kimberling City. </t>
   </si>
   <si>
+    <t>SR0385</t>
+  </si>
+  <si>
+    <t>Review of scoping and design for pedestrian improvements from south of Oak Drive to 0.1 mile south of Kimberling City Lane. Scoping and design by Kimberling City.</t>
+  </si>
+  <si>
     <t>MO 265 S</t>
   </si>
   <si>
     <t>7S3314</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for safety improvements from Rte. 76 to Rte. 65. </t>
   </si>
   <si>
     <t>MO 76 E</t>
   </si>
   <si>
     <t>8P2360</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for capital improvements and intersection improvements from Rte. 13 in Branson West to Rte. 376 in Branson. </t>
   </si>
   <si>
     <t>SR0278</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements on Ozark Mountain Highroad from Rte. 376 to 0.2 mile west of Rte. 65. </t>
   </si>
   <si>
     <t>SR0260</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvement from Rte. K to Shelvin Rock Road. </t>
   </si>
   <si>
     <t>TANEY</t>
   </si>
   <si>
     <t>MO 125 S</t>
   </si>
   <si>
     <t>SR0334</t>
   </si>
   <si>
     <t>Scoping for culvert improvement over Brush Creek. Project involves bridge T0604.</t>
   </si>
   <si>
+    <t>MO 248 E</t>
+  </si>
+  <si>
+    <t>SR0394</t>
+  </si>
+  <si>
+    <t>Review of scoping and design for intersection improvements at Buchanan Road and at Rte. 65 outer road (Sunrise Drive) and Buchanan Road. Scoping and design by Taney County.</t>
+  </si>
+  <si>
     <t>MO 76 W</t>
   </si>
   <si>
     <t>SR0362</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for safety improvements from Bus. 65 in Hollister to Rte. 160 in Forsyth. </t>
   </si>
   <si>
     <t>SR0259</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvement from 0.4 mile east of Rte. 65 to Rte. 76 junction east of Forsyth. </t>
   </si>
   <si>
     <t>SR0124</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping to add interchange at Rte. 86. </t>
   </si>
   <si>
     <t>SR0190</t>
   </si>
   <si>
     <t xml:space="preserve">Sign truss inspections on various routes in the rural Southwest District. </t>
@@ -5327,50 +5384,56 @@
   <si>
     <t>SE0326</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from Rte. 63 near Houston to Rte. 106. </t>
   </si>
   <si>
     <t>SE0327</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from Rte. 106 to Rte. 160. </t>
   </si>
   <si>
     <t>SE0315</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from the north intersection of Rte. 63 to Bus. 63. </t>
   </si>
   <si>
     <t>SE0276</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for intersection improvements at Oak Hill Road near Houston. </t>
   </si>
   <si>
+    <t>SE0334</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scoping for pavement improvements from 0.6 mile south of the south Rte. 17 intersection to the north intersection of Rte. 60. </t>
+  </si>
+  <si>
     <t>SE0153</t>
   </si>
   <si>
     <t xml:space="preserve">Surveying to sell excess right of way parcels in Southeast District. </t>
   </si>
   <si>
     <t>SE0180</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping to research pedestrian facility responsibilities at various locations in the Southeast District. </t>
   </si>
   <si>
     <t>WAYNE</t>
   </si>
   <si>
     <t>SE0277</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for safety improvements from the south intersection of Rte. 34 near Leeper to Rte. 67. </t>
   </si>
   <si>
     <t>RT W S</t>
   </si>
   <si>
     <t>SE0319</t>
@@ -5417,56 +5480,50 @@
   <si>
     <t>ST0009</t>
   </si>
   <si>
     <t xml:space="preserve">Statewide load rating project per FHWA directive. This project will focus on updating load ratings for routine span type bridges in Missouri, which number around 7,000. </t>
   </si>
   <si>
     <t>ST0010</t>
   </si>
   <si>
     <t xml:space="preserve">Statewide load rating project per FHWA directive. This project will focus on updating load ratings for larger bridges in Missouri, which number around 300. </t>
   </si>
   <si>
     <t>ST0012</t>
   </si>
   <si>
     <t xml:space="preserve">Consultant services to update the Engineering Policy Guide to align with the update of the Manual on Uniform Traffic Control Devices. </t>
   </si>
   <si>
     <t>ST0013</t>
   </si>
   <si>
     <t xml:space="preserve">Consultant services to develop utilities relocation training materials and support services. </t>
   </si>
   <si>
-    <t>ST0139</t>
-[...4 lines deleted...]
-  <si>
     <t>ST0141</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for guardrail improvements at various locations in the Central District. </t>
   </si>
   <si>
     <t>ST0144</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for guardrail improvements at various locations in the Southeast District. </t>
   </si>
   <si>
     <t>ST0146</t>
   </si>
   <si>
     <t>ST0148</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for right of way oversight and administration. </t>
   </si>
   <si>
     <t>ST0149</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for road safety audits and safety assessments on various statewide locations. </t>
@@ -5507,75 +5564,81 @@
   <si>
     <t xml:space="preserve">Railroad engineering support at various statewide locations. </t>
   </si>
   <si>
     <t>IS 70</t>
   </si>
   <si>
     <t>ST0070</t>
   </si>
   <si>
     <t xml:space="preserve">Engineering for safety and capacity improvements from Blue Springs to Wentzville. </t>
   </si>
   <si>
     <t>ST0136</t>
   </si>
   <si>
     <t xml:space="preserve">Consultant services for innovative vehicle support. </t>
   </si>
   <si>
     <t>ST0140</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for guardrail improvements at various locations in the Kansas City District. </t>
   </si>
   <si>
+    <t>ST0142</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scoping for guardrail improvements at various locations in the St. Louis District. </t>
+  </si>
+  <si>
     <t>ST0147</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping to calculate levee reassessment fees at various locations statewide. </t>
   </si>
   <si>
     <t>ST0175</t>
   </si>
   <si>
     <t xml:space="preserve">Consultant services contract for oversight of environmental and historic preservation permits, clearances, training and project reviews at various locations statewide. </t>
   </si>
   <si>
+    <t>District No</t>
+  </si>
+  <si>
+    <t>Project No</t>
+  </si>
+  <si>
     <t xml:space="preserve">Number of Projects </t>
   </si>
   <si>
-    <t>District No</t>
-[...1 lines deleted...]
-  <si>
     <t>County</t>
   </si>
   <si>
     <t>Route</t>
-  </si>
-[...1 lines deleted...]
-    <t>Project No</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Federal Advanced Construction Label</t>
   </si>
   <si>
     <t>Federal Funds</t>
   </si>
   <si>
     <t>State Funds</t>
   </si>
   <si>
     <t>Local Funds</t>
   </si>
   <si>
     <t>Anticipated Federal Funds</t>
   </si>
   <si>
     <t>Future Cost</t>
   </si>
   <si>
     <t>Previous Engineering</t>
   </si>
@@ -5596,60 +5659,59 @@
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="5">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -5911,34292 +5973,39086 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O724"/>
+  <dimension ref="A1:Q733"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D15" sqref="D15"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="9.26953125" style="3" bestFit="1" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="8.7265625" style="3"/>
+    <col min="1" max="1" width="9.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="32.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="100.5703125" customWidth="1"/>
+    <col min="7" max="7" width="22.140625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.85546875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.140625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="27.140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="14.7109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.5703125" customWidth="1"/>
+    <col min="14" max="14" width="10.42578125" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="11.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="2" customFormat="1" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:17" s="3" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A1" s="2" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1853</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>1854</v>
+      </c>
+      <c r="F1" s="2" t="s">
+        <v>1858</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>1860</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>1861</v>
+      </c>
+      <c r="J1" s="2" t="s">
+        <v>1862</v>
+      </c>
+      <c r="K1" s="2" t="s">
+        <v>1863</v>
+      </c>
+      <c r="L1" s="2" t="s">
+        <v>1864</v>
+      </c>
+      <c r="M1" s="2" t="s">
+        <v>1865</v>
+      </c>
+      <c r="N1" s="2" t="s">
+        <v>1866</v>
+      </c>
+      <c r="O1" s="2" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A2">
+        <v>1</v>
+      </c>
+      <c r="B2">
+        <v>1</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2</v>
+      </c>
+      <c r="E2" t="s">
+        <v>3</v>
+      </c>
+      <c r="F2" t="s">
+        <v>4</v>
+      </c>
+      <c r="G2" t="s">
+        <v>5</v>
+      </c>
+      <c r="H2" s="1">
+        <v>5</v>
+      </c>
+      <c r="I2" s="1">
+        <v>1</v>
+      </c>
+      <c r="J2" s="1">
+        <v>0</v>
+      </c>
+      <c r="K2" t="s">
+        <v>6</v>
+      </c>
+      <c r="L2" t="s">
+        <v>7</v>
+      </c>
+      <c r="M2" s="1">
+        <v>15</v>
+      </c>
+      <c r="N2" s="1">
+        <v>3</v>
+      </c>
+      <c r="O2" s="1">
+        <v>3</v>
+      </c>
+      <c r="P2" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="3" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A3">
+        <v>2</v>
+      </c>
+      <c r="B3">
+        <v>1</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="1">
+        <v>2</v>
+      </c>
+      <c r="I3" s="1">
+        <v>0</v>
+      </c>
+      <c r="J3" s="1">
+        <v>0</v>
+      </c>
+      <c r="K3" t="s">
+        <v>15</v>
+      </c>
+      <c r="L3" t="s">
+        <v>16</v>
+      </c>
+      <c r="M3" s="1">
+        <v>21</v>
+      </c>
+      <c r="N3" s="1">
+        <v>1</v>
+      </c>
+      <c r="O3" s="1">
+        <v>1</v>
+      </c>
+      <c r="P3" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A4">
+        <v>3</v>
+      </c>
+      <c r="B4">
+        <v>1</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="1">
+        <v>412</v>
+      </c>
+      <c r="I4" s="1">
+        <v>103</v>
+      </c>
+      <c r="J4" s="1">
+        <v>0</v>
+      </c>
+      <c r="K4" t="s">
+        <v>15</v>
+      </c>
+      <c r="L4" t="s">
+        <v>19</v>
+      </c>
+      <c r="M4" s="1">
+        <v>0</v>
+      </c>
+      <c r="N4" s="1">
+        <v>250</v>
+      </c>
+      <c r="O4" s="1">
+        <v>265</v>
+      </c>
+      <c r="P4" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A5">
+        <v>4</v>
+      </c>
+      <c r="B5">
+        <v>1</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" t="s">
+        <v>22</v>
+      </c>
+      <c r="F5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" s="1">
+        <v>9</v>
+      </c>
+      <c r="I5" s="1">
+        <v>1</v>
+      </c>
+      <c r="J5" s="1">
+        <v>0</v>
+      </c>
+      <c r="K5" t="s">
+        <v>15</v>
+      </c>
+      <c r="L5" t="s">
+        <v>24</v>
+      </c>
+      <c r="M5" s="1">
+        <v>10</v>
+      </c>
+      <c r="N5" s="1">
+        <v>5</v>
+      </c>
+      <c r="O5" s="1">
+        <v>5</v>
+      </c>
+      <c r="P5" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A6">
+        <v>5</v>
+      </c>
+      <c r="B6">
+        <v>1</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6" t="s">
+        <v>26</v>
+      </c>
+      <c r="F6" t="s">
+        <v>27</v>
+      </c>
+      <c r="G6" t="s">
+        <v>5</v>
+      </c>
+      <c r="H6" s="1">
+        <v>2</v>
+      </c>
+      <c r="I6" s="1">
+        <v>0</v>
+      </c>
+      <c r="J6" s="1">
+        <v>0</v>
+      </c>
+      <c r="K6" t="s">
+        <v>6</v>
+      </c>
+      <c r="L6" t="s">
+        <v>24</v>
+      </c>
+      <c r="M6" s="1">
+        <v>6</v>
+      </c>
+      <c r="N6" s="1">
+        <v>1</v>
+      </c>
+      <c r="O6" s="1">
+        <v>1</v>
+      </c>
+      <c r="P6" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A7">
+        <v>6</v>
+      </c>
+      <c r="B7">
+        <v>1</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" t="s">
+        <v>29</v>
+      </c>
+      <c r="F7" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" s="1">
+        <v>3</v>
+      </c>
+      <c r="I7" s="1">
+        <v>1</v>
+      </c>
+      <c r="J7" s="1">
+        <v>0</v>
+      </c>
+      <c r="K7" t="s">
+        <v>15</v>
+      </c>
+      <c r="L7" t="s">
+        <v>31</v>
+      </c>
+      <c r="M7" s="1">
+        <v>5</v>
+      </c>
+      <c r="N7" s="1">
+        <v>2</v>
+      </c>
+      <c r="O7" s="1">
+        <v>2</v>
+      </c>
+      <c r="P7" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A8">
+        <v>7</v>
+      </c>
+      <c r="B8">
+        <v>1</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>5</v>
+      </c>
+      <c r="H8" s="1">
+        <v>2</v>
+      </c>
+      <c r="I8" s="1">
+        <v>0</v>
+      </c>
+      <c r="J8" s="1">
+        <v>0</v>
+      </c>
+      <c r="K8" t="s">
+        <v>6</v>
+      </c>
+      <c r="L8" t="s">
+        <v>16</v>
+      </c>
+      <c r="M8" s="1">
+        <v>11</v>
+      </c>
+      <c r="N8" s="1">
+        <v>1</v>
+      </c>
+      <c r="O8" s="1">
+        <v>1</v>
+      </c>
+      <c r="P8" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9">
+        <v>1</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" s="1">
+        <v>5</v>
+      </c>
+      <c r="I9" s="1">
+        <v>1</v>
+      </c>
+      <c r="J9" s="1">
+        <v>0</v>
+      </c>
+      <c r="K9" t="s">
+        <v>38</v>
+      </c>
+      <c r="L9" t="s">
+        <v>16</v>
+      </c>
+      <c r="M9" s="1">
+        <v>0</v>
+      </c>
+      <c r="N9" s="1">
+        <v>2</v>
+      </c>
+      <c r="O9" s="1">
+        <v>4</v>
+      </c>
+      <c r="P9" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10">
+        <v>1</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>39</v>
+      </c>
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>41</v>
+      </c>
+      <c r="G10" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="1">
+        <v>3</v>
+      </c>
+      <c r="I10" s="1">
+        <v>1</v>
+      </c>
+      <c r="J10" s="1">
+        <v>0</v>
+      </c>
+      <c r="K10" t="s">
+        <v>15</v>
+      </c>
+      <c r="L10" t="s">
+        <v>31</v>
+      </c>
+      <c r="M10" s="1">
+        <v>15</v>
+      </c>
+      <c r="N10" s="1">
+        <v>2</v>
+      </c>
+      <c r="O10" s="1">
+        <v>2</v>
+      </c>
+      <c r="P10" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A11">
+        <v>10</v>
+      </c>
+      <c r="B11">
+        <v>1</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>39</v>
+      </c>
+      <c r="E11" t="s">
+        <v>42</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="1">
+        <v>128</v>
+      </c>
+      <c r="I11" s="1">
+        <v>32</v>
+      </c>
+      <c r="J11" s="1">
+        <v>0</v>
+      </c>
+      <c r="K11" t="s">
+        <v>15</v>
+      </c>
+      <c r="L11" t="s">
+        <v>44</v>
+      </c>
+      <c r="M11" s="1">
+        <v>150</v>
+      </c>
+      <c r="N11" s="1">
+        <v>150</v>
+      </c>
+      <c r="O11" s="1">
+        <v>10</v>
+      </c>
+      <c r="P11" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A12">
+        <v>11</v>
+      </c>
+      <c r="B12">
+        <v>1</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>47</v>
+      </c>
+      <c r="G12" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="1">
+        <v>11</v>
+      </c>
+      <c r="I12" s="1">
+        <v>1</v>
+      </c>
+      <c r="J12" s="1">
+        <v>0</v>
+      </c>
+      <c r="K12" t="s">
+        <v>48</v>
+      </c>
+      <c r="L12" t="s">
+        <v>24</v>
+      </c>
+      <c r="M12" s="1">
+        <v>0</v>
+      </c>
+      <c r="N12" s="1">
+        <v>5</v>
+      </c>
+      <c r="O12" s="1">
+        <v>7</v>
+      </c>
+      <c r="P12" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A13">
+        <v>12</v>
+      </c>
+      <c r="B13">
+        <v>1</v>
+      </c>
+      <c r="C13" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13" t="s">
+        <v>51</v>
+      </c>
+      <c r="F13" t="s">
+        <v>52</v>
+      </c>
+      <c r="G13" t="s">
+        <v>5</v>
+      </c>
+      <c r="H13" s="1">
+        <v>2</v>
+      </c>
+      <c r="I13" s="1">
+        <v>0</v>
+      </c>
+      <c r="J13" s="1">
+        <v>0</v>
+      </c>
+      <c r="K13" t="s">
+        <v>6</v>
+      </c>
+      <c r="L13" t="s">
+        <v>16</v>
+      </c>
+      <c r="M13" s="1">
+        <v>11</v>
+      </c>
+      <c r="N13" s="1">
+        <v>1</v>
+      </c>
+      <c r="O13" s="1">
+        <v>1</v>
+      </c>
+      <c r="P13" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A14">
+        <v>13</v>
+      </c>
+      <c r="B14">
+        <v>1</v>
+      </c>
+      <c r="C14" t="s">
+        <v>53</v>
+      </c>
+      <c r="D14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" t="s">
+        <v>56</v>
+      </c>
+      <c r="G14" t="s">
+        <v>5</v>
+      </c>
+      <c r="H14" s="1">
+        <v>2</v>
+      </c>
+      <c r="I14" s="1">
+        <v>0</v>
+      </c>
+      <c r="J14" s="1">
+        <v>0</v>
+      </c>
+      <c r="K14" t="s">
+        <v>6</v>
+      </c>
+      <c r="L14" t="s">
+        <v>24</v>
+      </c>
+      <c r="M14" s="1">
+        <v>11</v>
+      </c>
+      <c r="N14" s="1">
+        <v>1</v>
+      </c>
+      <c r="O14" s="1">
+        <v>1</v>
+      </c>
+      <c r="P14" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A15">
+        <v>14</v>
+      </c>
+      <c r="B15">
+        <v>1</v>
+      </c>
+      <c r="C15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D15" t="s">
+        <v>57</v>
+      </c>
+      <c r="E15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" t="s">
+        <v>59</v>
+      </c>
+      <c r="G15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H15" s="1">
+        <v>12</v>
+      </c>
+      <c r="I15" s="1">
+        <v>3</v>
+      </c>
+      <c r="J15" s="1">
+        <v>0</v>
+      </c>
+      <c r="K15" t="s">
+        <v>15</v>
+      </c>
+      <c r="L15" t="s">
+        <v>24</v>
+      </c>
+      <c r="M15" s="1">
+        <v>0</v>
+      </c>
+      <c r="N15" s="1">
+        <v>5</v>
+      </c>
+      <c r="O15" s="1">
+        <v>10</v>
+      </c>
+      <c r="P15" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A16">
+        <v>15</v>
+      </c>
+      <c r="B16">
+        <v>1</v>
+      </c>
+      <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" t="s">
+        <v>60</v>
+      </c>
+      <c r="E16" t="s">
+        <v>61</v>
+      </c>
+      <c r="F16" t="s">
+        <v>62</v>
+      </c>
+      <c r="G16" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="1">
+        <v>2</v>
+      </c>
+      <c r="I16" s="1">
+        <v>0</v>
+      </c>
+      <c r="J16" s="1">
+        <v>0</v>
+      </c>
+      <c r="K16" t="s">
+        <v>15</v>
+      </c>
+      <c r="L16" t="s">
+        <v>24</v>
+      </c>
+      <c r="M16" s="1">
+        <v>21</v>
+      </c>
+      <c r="N16" s="1">
+        <v>1</v>
+      </c>
+      <c r="O16" s="1">
+        <v>1</v>
+      </c>
+      <c r="P16" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A17">
+        <v>16</v>
+      </c>
+      <c r="B17">
+        <v>1</v>
+      </c>
+      <c r="C17" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17" t="s">
+        <v>64</v>
+      </c>
+      <c r="E17" t="s">
+        <v>65</v>
+      </c>
+      <c r="F17" t="s">
+        <v>66</v>
+      </c>
+      <c r="G17" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" s="1">
+        <v>2</v>
+      </c>
+      <c r="I17" s="1">
+        <v>0</v>
+      </c>
+      <c r="J17" s="1">
+        <v>0</v>
+      </c>
+      <c r="K17" t="s">
+        <v>15</v>
+      </c>
+      <c r="L17" t="s">
+        <v>16</v>
+      </c>
+      <c r="M17" s="1">
+        <v>11</v>
+      </c>
+      <c r="N17" s="1">
+        <v>1</v>
+      </c>
+      <c r="O17" s="1">
+        <v>1</v>
+      </c>
+      <c r="P17" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A18">
+        <v>17</v>
+      </c>
+      <c r="B18">
+        <v>1</v>
+      </c>
+      <c r="C18" t="s">
+        <v>67</v>
+      </c>
+      <c r="D18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F18" t="s">
+        <v>70</v>
+      </c>
+      <c r="G18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" s="1">
+        <v>3</v>
+      </c>
+      <c r="I18" s="1">
+        <v>1</v>
+      </c>
+      <c r="J18" s="1">
+        <v>0</v>
+      </c>
+      <c r="K18" t="s">
+        <v>15</v>
+      </c>
+      <c r="L18" t="s">
+        <v>31</v>
+      </c>
+      <c r="M18" s="1">
+        <v>5</v>
+      </c>
+      <c r="N18" s="1">
+        <v>2</v>
+      </c>
+      <c r="O18" s="1">
+        <v>2</v>
+      </c>
+      <c r="P18" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A19">
+        <v>18</v>
+      </c>
+      <c r="B19">
+        <v>1</v>
+      </c>
+      <c r="C19" t="s">
+        <v>71</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E19" t="s">
+        <v>72</v>
+      </c>
+      <c r="F19" t="s">
+        <v>73</v>
+      </c>
+      <c r="G19" t="s">
+        <v>5</v>
+      </c>
+      <c r="H19" s="1">
+        <v>2</v>
+      </c>
+      <c r="I19" s="1">
+        <v>0</v>
+      </c>
+      <c r="J19" s="1">
+        <v>0</v>
+      </c>
+      <c r="K19" t="s">
+        <v>6</v>
+      </c>
+      <c r="L19" t="s">
+        <v>74</v>
+      </c>
+      <c r="M19" s="1">
+        <v>21</v>
+      </c>
+      <c r="N19" s="1">
+        <v>1</v>
+      </c>
+      <c r="O19" s="1">
+        <v>1</v>
+      </c>
+      <c r="P19" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A20">
+        <v>19</v>
+      </c>
+      <c r="B20">
+        <v>1</v>
+      </c>
+      <c r="C20" t="s">
+        <v>75</v>
+      </c>
+      <c r="D20" t="s">
+        <v>76</v>
+      </c>
+      <c r="E20" t="s">
+        <v>77</v>
+      </c>
+      <c r="F20" t="s">
+        <v>78</v>
+      </c>
+      <c r="G20" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" s="1">
+        <v>18</v>
+      </c>
+      <c r="I20" s="1">
+        <v>2</v>
+      </c>
+      <c r="J20" s="1">
+        <v>0</v>
+      </c>
+      <c r="K20" t="s">
+        <v>15</v>
+      </c>
+      <c r="L20" t="s">
+        <v>79</v>
+      </c>
+      <c r="M20" s="1">
+        <v>20</v>
+      </c>
+      <c r="N20" s="1">
+        <v>10</v>
+      </c>
+      <c r="O20" s="1">
+        <v>10</v>
+      </c>
+      <c r="P20" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A21">
+        <v>20</v>
+      </c>
+      <c r="B21">
+        <v>1</v>
+      </c>
+      <c r="C21" t="s">
+        <v>80</v>
+      </c>
+      <c r="D21" t="s">
+        <v>81</v>
+      </c>
+      <c r="E21" t="s">
+        <v>82</v>
+      </c>
+      <c r="F21" t="s">
+        <v>83</v>
+      </c>
+      <c r="G21" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" s="1">
+        <v>8</v>
+      </c>
+      <c r="I21" s="1">
+        <v>2</v>
+      </c>
+      <c r="J21" s="1">
+        <v>0</v>
+      </c>
+      <c r="K21" t="s">
+        <v>15</v>
+      </c>
+      <c r="L21" t="s">
+        <v>74</v>
+      </c>
+      <c r="M21" s="1">
+        <v>10</v>
+      </c>
+      <c r="N21" s="1">
+        <v>5</v>
+      </c>
+      <c r="O21" s="1">
+        <v>5</v>
+      </c>
+      <c r="P21" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A22">
+        <v>21</v>
+      </c>
+      <c r="B22">
+        <v>1</v>
+      </c>
+      <c r="C22" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" t="s">
+        <v>85</v>
+      </c>
+      <c r="E22" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" t="s">
+        <v>87</v>
+      </c>
+      <c r="G22" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" s="1">
+        <v>2</v>
+      </c>
+      <c r="I22" s="1">
+        <v>0</v>
+      </c>
+      <c r="J22" s="1">
+        <v>0</v>
+      </c>
+      <c r="K22" t="s">
+        <v>15</v>
+      </c>
+      <c r="L22" t="s">
+        <v>7</v>
+      </c>
+      <c r="M22" s="1">
+        <v>11</v>
+      </c>
+      <c r="N22" s="1">
+        <v>1</v>
+      </c>
+      <c r="O22" s="1">
+        <v>1</v>
+      </c>
+      <c r="P22" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A23">
+        <v>22</v>
+      </c>
+      <c r="B23">
+        <v>1</v>
+      </c>
+      <c r="C23" t="s">
+        <v>88</v>
+      </c>
+      <c r="D23" t="s">
+        <v>89</v>
+      </c>
+      <c r="E23" t="s">
+        <v>90</v>
+      </c>
+      <c r="F23" t="s">
+        <v>91</v>
+      </c>
+      <c r="G23" t="s">
+        <v>5</v>
+      </c>
+      <c r="H23" s="1">
+        <v>3</v>
+      </c>
+      <c r="I23" s="1">
+        <v>1</v>
+      </c>
+      <c r="J23" s="1">
+        <v>0</v>
+      </c>
+      <c r="K23" t="s">
+        <v>6</v>
+      </c>
+      <c r="L23" t="s">
+        <v>24</v>
+      </c>
+      <c r="M23" s="1">
+        <v>15</v>
+      </c>
+      <c r="N23" s="1">
+        <v>2</v>
+      </c>
+      <c r="O23" s="1">
+        <v>2</v>
+      </c>
+      <c r="P23" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A24">
+        <v>23</v>
+      </c>
+      <c r="B24">
+        <v>1</v>
+      </c>
+      <c r="C24" t="s">
+        <v>88</v>
+      </c>
+      <c r="D24" t="s">
+        <v>92</v>
+      </c>
+      <c r="E24" t="s">
+        <v>93</v>
+      </c>
+      <c r="F24" t="s">
+        <v>94</v>
+      </c>
+      <c r="G24" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" s="1">
+        <v>2</v>
+      </c>
+      <c r="I24" s="1">
+        <v>0</v>
+      </c>
+      <c r="J24" s="1">
+        <v>0</v>
+      </c>
+      <c r="K24" t="s">
+        <v>15</v>
+      </c>
+      <c r="L24" t="s">
+        <v>16</v>
+      </c>
+      <c r="M24" s="1">
+        <v>11</v>
+      </c>
+      <c r="N24" s="1">
+        <v>1</v>
+      </c>
+      <c r="O24" s="1">
+        <v>1</v>
+      </c>
+      <c r="P24" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A25">
+        <v>24</v>
+      </c>
+      <c r="B25">
+        <v>1</v>
+      </c>
+      <c r="C25" t="s">
+        <v>95</v>
+      </c>
+      <c r="D25" t="s">
+        <v>96</v>
+      </c>
+      <c r="E25" t="s">
+        <v>97</v>
+      </c>
+      <c r="F25" t="s">
+        <v>98</v>
+      </c>
+      <c r="G25" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" s="1">
+        <v>2</v>
+      </c>
+      <c r="I25" s="1">
+        <v>0</v>
+      </c>
+      <c r="J25" s="1">
+        <v>0</v>
+      </c>
+      <c r="K25" t="s">
+        <v>15</v>
+      </c>
+      <c r="L25" t="s">
+        <v>31</v>
+      </c>
+      <c r="M25" s="1">
+        <v>251</v>
+      </c>
+      <c r="N25" s="1">
+        <v>1</v>
+      </c>
+      <c r="O25" s="1">
+        <v>1</v>
+      </c>
+      <c r="P25" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A26">
+        <v>25</v>
+      </c>
+      <c r="B26">
+        <v>1</v>
+      </c>
+      <c r="C26" t="s">
+        <v>95</v>
+      </c>
+      <c r="D26" t="s">
+        <v>96</v>
+      </c>
+      <c r="E26" t="s">
+        <v>99</v>
+      </c>
+      <c r="F26" t="s">
+        <v>100</v>
+      </c>
+      <c r="G26" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" s="1">
+        <v>0</v>
+      </c>
+      <c r="I26" s="1">
+        <v>200</v>
+      </c>
+      <c r="J26" s="1">
+        <v>0</v>
+      </c>
+      <c r="K26" t="s">
+        <v>0</v>
+      </c>
+      <c r="L26" t="s">
+        <v>44</v>
+      </c>
+      <c r="M26" s="1">
+        <v>0</v>
+      </c>
+      <c r="N26" s="1">
+        <v>200</v>
+      </c>
+      <c r="O26" s="1">
+        <v>0</v>
+      </c>
+      <c r="P26" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A27">
+        <v>26</v>
+      </c>
+      <c r="B27">
+        <v>1</v>
+      </c>
+      <c r="C27" t="s">
+        <v>102</v>
+      </c>
+      <c r="D27" t="s">
+        <v>103</v>
+      </c>
+      <c r="E27" t="s">
+        <v>104</v>
+      </c>
+      <c r="F27" t="s">
+        <v>105</v>
+      </c>
+      <c r="G27" t="s">
+        <v>5</v>
+      </c>
+      <c r="H27" s="1">
+        <v>3</v>
+      </c>
+      <c r="I27" s="1">
+        <v>1</v>
+      </c>
+      <c r="J27" s="1">
+        <v>0</v>
+      </c>
+      <c r="K27" t="s">
+        <v>6</v>
+      </c>
+      <c r="L27" t="s">
+        <v>24</v>
+      </c>
+      <c r="M27" s="1">
+        <v>5</v>
+      </c>
+      <c r="N27" s="1">
+        <v>2</v>
+      </c>
+      <c r="O27" s="1">
+        <v>2</v>
+      </c>
+      <c r="P27" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A28">
+        <v>27</v>
+      </c>
+      <c r="B28">
+        <v>2</v>
+      </c>
+      <c r="C28" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" t="s">
+        <v>107</v>
+      </c>
+      <c r="E28" t="s">
+        <v>108</v>
+      </c>
+      <c r="F28" t="s">
+        <v>109</v>
+      </c>
+      <c r="G28" t="s">
+        <v>5</v>
+      </c>
+      <c r="H28" s="1">
+        <v>20</v>
+      </c>
+      <c r="I28" s="1">
+        <v>5</v>
+      </c>
+      <c r="J28" s="1">
+        <v>0</v>
+      </c>
+      <c r="K28" t="s">
+        <v>6</v>
+      </c>
+      <c r="L28" t="s">
+        <v>16</v>
+      </c>
+      <c r="M28" s="1">
+        <v>0</v>
+      </c>
+      <c r="N28" s="1">
+        <v>10</v>
+      </c>
+      <c r="O28" s="1">
+        <v>15</v>
+      </c>
+      <c r="P28" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A29">
+        <v>28</v>
+      </c>
+      <c r="B29">
+        <v>2</v>
+      </c>
+      <c r="C29" t="s">
+        <v>106</v>
+      </c>
+      <c r="D29" t="s">
+        <v>110</v>
+      </c>
+      <c r="E29" t="s">
+        <v>111</v>
+      </c>
+      <c r="F29" t="s">
+        <v>112</v>
+      </c>
+      <c r="G29" t="s">
+        <v>5</v>
+      </c>
+      <c r="H29" s="1">
+        <v>56</v>
+      </c>
+      <c r="I29" s="1">
+        <v>14</v>
+      </c>
+      <c r="J29" s="1">
+        <v>0</v>
+      </c>
+      <c r="K29" t="s">
+        <v>6</v>
+      </c>
+      <c r="L29" t="s">
+        <v>24</v>
+      </c>
+      <c r="M29" s="1">
+        <v>150</v>
+      </c>
+      <c r="N29" s="1">
+        <v>50</v>
+      </c>
+      <c r="O29" s="1">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A30">
+        <v>29</v>
+      </c>
+      <c r="B30">
+        <v>2</v>
+      </c>
+      <c r="C30" t="s">
+        <v>106</v>
+      </c>
+      <c r="D30" t="s">
+        <v>113</v>
+      </c>
+      <c r="E30" t="s">
+        <v>114</v>
+      </c>
+      <c r="F30" t="s">
+        <v>115</v>
+      </c>
+      <c r="G30" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" s="1">
+        <v>180</v>
+      </c>
+      <c r="I30" s="1">
+        <v>20</v>
+      </c>
+      <c r="J30" s="1">
+        <v>0</v>
+      </c>
+      <c r="K30" t="s">
+        <v>48</v>
+      </c>
+      <c r="L30" t="s">
+        <v>79</v>
+      </c>
+      <c r="M30" s="1">
+        <v>0</v>
+      </c>
+      <c r="N30" s="1">
+        <v>100</v>
+      </c>
+      <c r="O30" s="1">
+        <v>100</v>
+      </c>
+      <c r="P30" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A31">
+        <v>30</v>
+      </c>
+      <c r="B31">
+        <v>2</v>
+      </c>
+      <c r="C31" t="s">
+        <v>116</v>
+      </c>
+      <c r="D31" t="s">
+        <v>117</v>
+      </c>
+      <c r="E31" t="s">
+        <v>118</v>
+      </c>
+      <c r="F31" t="s">
+        <v>119</v>
+      </c>
+      <c r="G31" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" s="1">
+        <v>24</v>
+      </c>
+      <c r="I31" s="1">
+        <v>6</v>
+      </c>
+      <c r="J31" s="1">
+        <v>0</v>
+      </c>
+      <c r="K31" t="s">
+        <v>15</v>
+      </c>
+      <c r="L31" t="s">
+        <v>74</v>
+      </c>
+      <c r="M31" s="1">
+        <v>50</v>
+      </c>
+      <c r="N31" s="1">
+        <v>25</v>
+      </c>
+      <c r="O31" s="1">
+        <v>5</v>
+      </c>
+      <c r="P31" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A32">
+        <v>31</v>
+      </c>
+      <c r="B32">
+        <v>2</v>
+      </c>
+      <c r="C32" t="s">
+        <v>116</v>
+      </c>
+      <c r="D32" t="s">
+        <v>120</v>
+      </c>
+      <c r="E32" t="s">
+        <v>121</v>
+      </c>
+      <c r="F32" t="s">
+        <v>122</v>
+      </c>
+      <c r="G32" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" s="1">
+        <v>16</v>
+      </c>
+      <c r="I32" s="1">
+        <v>4</v>
+      </c>
+      <c r="J32" s="1">
+        <v>0</v>
+      </c>
+      <c r="K32" t="s">
+        <v>15</v>
+      </c>
+      <c r="L32" t="s">
+        <v>74</v>
+      </c>
+      <c r="M32" s="1">
+        <v>50</v>
+      </c>
+      <c r="N32" s="1">
+        <v>10</v>
+      </c>
+      <c r="O32" s="1">
+        <v>10</v>
+      </c>
+      <c r="P32" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A33">
+        <v>32</v>
+      </c>
+      <c r="B33">
+        <v>2</v>
+      </c>
+      <c r="C33" t="s">
+        <v>116</v>
+      </c>
+      <c r="D33" t="s">
+        <v>120</v>
+      </c>
+      <c r="E33" t="s">
+        <v>123</v>
+      </c>
+      <c r="F33" t="s">
+        <v>124</v>
+      </c>
+      <c r="G33" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" s="1">
+        <v>12</v>
+      </c>
+      <c r="I33" s="1">
+        <v>3</v>
+      </c>
+      <c r="J33" s="1">
+        <v>0</v>
+      </c>
+      <c r="K33" t="s">
+        <v>15</v>
+      </c>
+      <c r="L33" t="s">
+        <v>74</v>
+      </c>
+      <c r="M33" s="1">
+        <v>15</v>
+      </c>
+      <c r="N33" s="1">
+        <v>10</v>
+      </c>
+      <c r="O33" s="1">
+        <v>5</v>
+      </c>
+      <c r="P33" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A34">
+        <v>33</v>
+      </c>
+      <c r="B34">
+        <v>2</v>
+      </c>
+      <c r="C34" t="s">
+        <v>116</v>
+      </c>
+      <c r="D34" t="s">
+        <v>125</v>
+      </c>
+      <c r="E34" t="s">
+        <v>126</v>
+      </c>
+      <c r="F34" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" t="s">
+        <v>5</v>
+      </c>
+      <c r="H34" s="1">
+        <v>28</v>
+      </c>
+      <c r="I34" s="1">
+        <v>7</v>
+      </c>
+      <c r="J34" s="1">
+        <v>0</v>
+      </c>
+      <c r="K34" t="s">
+        <v>128</v>
+      </c>
+      <c r="L34" t="s">
+        <v>129</v>
+      </c>
+      <c r="M34" s="1">
+        <v>2500</v>
+      </c>
+      <c r="N34" s="1">
+        <v>25</v>
+      </c>
+      <c r="O34" s="1">
+        <v>10</v>
+      </c>
+      <c r="P34" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A35">
+        <v>34</v>
+      </c>
+      <c r="B35">
+        <v>2</v>
+      </c>
+      <c r="C35" t="s">
+        <v>116</v>
+      </c>
+      <c r="D35" t="s">
+        <v>125</v>
+      </c>
+      <c r="E35" t="s">
+        <v>130</v>
+      </c>
+      <c r="F35" t="s">
+        <v>131</v>
+      </c>
+      <c r="G35" t="s">
+        <v>14</v>
+      </c>
+      <c r="H35" s="1">
+        <v>84</v>
+      </c>
+      <c r="I35" s="1">
+        <v>21</v>
+      </c>
+      <c r="J35" s="1">
+        <v>0</v>
+      </c>
+      <c r="K35" t="s">
+        <v>15</v>
+      </c>
+      <c r="L35" t="s">
+        <v>24</v>
+      </c>
+      <c r="M35" s="1">
+        <v>175</v>
+      </c>
+      <c r="N35" s="1">
+        <v>100</v>
+      </c>
+      <c r="O35" s="1">
+        <v>5</v>
+      </c>
+      <c r="P35" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A36">
+        <v>35</v>
+      </c>
+      <c r="B36">
+        <v>2</v>
+      </c>
+      <c r="C36" t="s">
+        <v>132</v>
+      </c>
+      <c r="D36" t="s">
+        <v>133</v>
+      </c>
+      <c r="E36" t="s">
+        <v>134</v>
+      </c>
+      <c r="F36" t="s">
+        <v>135</v>
+      </c>
+      <c r="G36" t="s">
+        <v>14</v>
+      </c>
+      <c r="H36" s="1">
+        <v>16</v>
+      </c>
+      <c r="I36" s="1">
+        <v>4</v>
+      </c>
+      <c r="J36" s="1">
+        <v>0</v>
+      </c>
+      <c r="K36" t="s">
+        <v>15</v>
+      </c>
+      <c r="L36" t="s">
+        <v>24</v>
+      </c>
+      <c r="M36" s="1">
+        <v>35</v>
+      </c>
+      <c r="N36" s="1">
+        <v>15</v>
+      </c>
+      <c r="O36" s="1">
+        <v>5</v>
+      </c>
+      <c r="P36" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A37">
+        <v>36</v>
+      </c>
+      <c r="B37">
+        <v>2</v>
+      </c>
+      <c r="C37" t="s">
+        <v>132</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>136</v>
+      </c>
+      <c r="F37" t="s">
+        <v>137</v>
+      </c>
+      <c r="G37" t="s">
+        <v>14</v>
+      </c>
+      <c r="H37" s="1">
+        <v>135</v>
+      </c>
+      <c r="I37" s="1">
+        <v>15</v>
+      </c>
+      <c r="J37" s="1">
+        <v>0</v>
+      </c>
+      <c r="K37" t="s">
+        <v>48</v>
+      </c>
+      <c r="L37" t="s">
+        <v>24</v>
+      </c>
+      <c r="M37" s="1">
+        <v>0</v>
+      </c>
+      <c r="N37" s="1">
+        <v>50</v>
+      </c>
+      <c r="O37" s="1">
+        <v>100</v>
+      </c>
+      <c r="P37" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38">
+        <v>2</v>
+      </c>
+      <c r="C38" t="s">
+        <v>138</v>
+      </c>
+      <c r="D38" t="s">
+        <v>110</v>
+      </c>
+      <c r="E38" t="s">
+        <v>139</v>
+      </c>
+      <c r="F38" t="s">
+        <v>140</v>
+      </c>
+      <c r="G38" t="s">
+        <v>14</v>
+      </c>
+      <c r="H38" s="1">
+        <v>132</v>
+      </c>
+      <c r="I38" s="1">
+        <v>33</v>
+      </c>
+      <c r="J38" s="1">
+        <v>0</v>
+      </c>
+      <c r="K38" t="s">
+        <v>15</v>
+      </c>
+      <c r="L38" t="s">
+        <v>24</v>
+      </c>
+      <c r="M38" s="1">
+        <v>15</v>
+      </c>
+      <c r="N38" s="1">
+        <v>15</v>
+      </c>
+      <c r="O38" s="1">
+        <v>150</v>
+      </c>
+      <c r="P38" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39">
+        <v>2</v>
+      </c>
+      <c r="C39" t="s">
+        <v>138</v>
+      </c>
+      <c r="D39" t="s">
+        <v>141</v>
+      </c>
+      <c r="E39" t="s">
+        <v>142</v>
+      </c>
+      <c r="F39" t="s">
+        <v>143</v>
+      </c>
+      <c r="G39" t="s">
+        <v>14</v>
+      </c>
+      <c r="H39" s="1">
+        <v>8</v>
+      </c>
+      <c r="I39" s="1">
+        <v>2</v>
+      </c>
+      <c r="J39" s="1">
+        <v>0</v>
+      </c>
+      <c r="K39" t="s">
+        <v>15</v>
+      </c>
+      <c r="L39" t="s">
+        <v>74</v>
+      </c>
+      <c r="M39" s="1">
+        <v>15</v>
+      </c>
+      <c r="N39" s="1">
+        <v>5</v>
+      </c>
+      <c r="O39" s="1">
+        <v>5</v>
+      </c>
+      <c r="P39" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40">
+        <v>2</v>
+      </c>
+      <c r="C40" t="s">
+        <v>144</v>
+      </c>
+      <c r="D40" t="s">
+        <v>145</v>
+      </c>
+      <c r="E40" t="s">
+        <v>146</v>
+      </c>
+      <c r="F40" t="s">
+        <v>147</v>
+      </c>
+      <c r="G40" t="s">
+        <v>14</v>
+      </c>
+      <c r="H40" s="1">
+        <v>64</v>
+      </c>
+      <c r="I40" s="1">
+        <v>16</v>
+      </c>
+      <c r="J40" s="1">
+        <v>0</v>
+      </c>
+      <c r="K40" t="s">
+        <v>15</v>
+      </c>
+      <c r="L40" t="s">
+        <v>31</v>
+      </c>
+      <c r="M40" s="1">
+        <v>0</v>
+      </c>
+      <c r="N40" s="1">
+        <v>50</v>
+      </c>
+      <c r="O40" s="1">
+        <v>30</v>
+      </c>
+      <c r="P40" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41">
+        <v>2</v>
+      </c>
+      <c r="C41" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" t="s">
+        <v>148</v>
+      </c>
+      <c r="E41" t="s">
+        <v>149</v>
+      </c>
+      <c r="F41" t="s">
+        <v>150</v>
+      </c>
+      <c r="G41" t="s">
+        <v>5</v>
+      </c>
+      <c r="H41" s="1">
+        <v>16</v>
+      </c>
+      <c r="I41" s="1">
+        <v>4</v>
+      </c>
+      <c r="J41" s="1">
+        <v>0</v>
+      </c>
+      <c r="K41" t="s">
+        <v>6</v>
+      </c>
+      <c r="L41" t="s">
+        <v>24</v>
+      </c>
+      <c r="M41" s="1">
+        <v>49</v>
+      </c>
+      <c r="N41" s="1">
+        <v>10</v>
+      </c>
+      <c r="O41" s="1">
+        <v>10</v>
+      </c>
+      <c r="P41" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42">
+        <v>2</v>
+      </c>
+      <c r="C42" t="s">
+        <v>144</v>
+      </c>
+      <c r="D42" t="s">
+        <v>148</v>
+      </c>
+      <c r="E42" t="s">
+        <v>151</v>
+      </c>
+      <c r="F42" t="s">
+        <v>152</v>
+      </c>
+      <c r="G42" t="s">
+        <v>14</v>
+      </c>
+      <c r="H42" s="1">
+        <v>8</v>
+      </c>
+      <c r="I42" s="1">
+        <v>2</v>
+      </c>
+      <c r="J42" s="1">
+        <v>0</v>
+      </c>
+      <c r="K42" t="s">
+        <v>15</v>
+      </c>
+      <c r="L42" t="s">
+        <v>153</v>
+      </c>
+      <c r="M42" s="1">
+        <v>10</v>
+      </c>
+      <c r="N42" s="1">
+        <v>5</v>
+      </c>
+      <c r="O42" s="1">
+        <v>5</v>
+      </c>
+      <c r="P42" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43">
+        <v>2</v>
+      </c>
+      <c r="C43" t="s">
+        <v>154</v>
+      </c>
+      <c r="D43" t="s">
+        <v>155</v>
+      </c>
+      <c r="E43" t="s">
+        <v>156</v>
+      </c>
+      <c r="F43" t="s">
+        <v>157</v>
+      </c>
+      <c r="G43" t="s">
+        <v>5</v>
+      </c>
+      <c r="H43" s="1">
+        <v>8</v>
+      </c>
+      <c r="I43" s="1">
+        <v>2</v>
+      </c>
+      <c r="J43" s="1">
+        <v>0</v>
+      </c>
+      <c r="K43" t="s">
+        <v>6</v>
+      </c>
+      <c r="L43" t="s">
+        <v>74</v>
+      </c>
+      <c r="M43" s="1">
+        <v>31</v>
+      </c>
+      <c r="N43" s="1">
+        <v>5</v>
+      </c>
+      <c r="O43" s="1">
+        <v>5</v>
+      </c>
+      <c r="P43" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44">
+        <v>2</v>
+      </c>
+      <c r="C44" t="s">
+        <v>154</v>
+      </c>
+      <c r="D44" t="s">
+        <v>158</v>
+      </c>
+      <c r="E44" t="s">
+        <v>159</v>
+      </c>
+      <c r="F44" t="s">
+        <v>160</v>
+      </c>
+      <c r="G44" t="s">
+        <v>14</v>
+      </c>
+      <c r="H44" s="1">
+        <v>280</v>
+      </c>
+      <c r="I44" s="1">
+        <v>70</v>
+      </c>
+      <c r="J44" s="1">
+        <v>0</v>
+      </c>
+      <c r="K44" t="s">
+        <v>15</v>
+      </c>
+      <c r="L44" t="s">
+        <v>16</v>
+      </c>
+      <c r="M44" s="1">
+        <v>0</v>
+      </c>
+      <c r="N44" s="1">
+        <v>200</v>
+      </c>
+      <c r="O44" s="1">
+        <v>150</v>
+      </c>
+      <c r="P44" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45">
+        <v>2</v>
+      </c>
+      <c r="C45" t="s">
+        <v>154</v>
+      </c>
+      <c r="D45" t="s">
+        <v>57</v>
+      </c>
+      <c r="E45" t="s">
+        <v>161</v>
+      </c>
+      <c r="F45" t="s">
+        <v>162</v>
+      </c>
+      <c r="G45" t="s">
+        <v>14</v>
+      </c>
+      <c r="H45" s="1">
+        <v>8</v>
+      </c>
+      <c r="I45" s="1">
+        <v>2</v>
+      </c>
+      <c r="J45" s="1">
+        <v>0</v>
+      </c>
+      <c r="K45" t="s">
+        <v>15</v>
+      </c>
+      <c r="L45" t="s">
+        <v>153</v>
+      </c>
+      <c r="M45" s="1">
+        <v>10</v>
+      </c>
+      <c r="N45" s="1">
+        <v>5</v>
+      </c>
+      <c r="O45" s="1">
+        <v>5</v>
+      </c>
+      <c r="P45" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A46">
+        <v>45</v>
+      </c>
+      <c r="B46">
+        <v>2</v>
+      </c>
+      <c r="C46" t="s">
+        <v>154</v>
+      </c>
+      <c r="D46" t="s">
+        <v>163</v>
+      </c>
+      <c r="E46" t="s">
+        <v>164</v>
+      </c>
+      <c r="F46" t="s">
+        <v>165</v>
+      </c>
+      <c r="G46" t="s">
+        <v>14</v>
+      </c>
+      <c r="H46" s="1">
+        <v>270</v>
+      </c>
+      <c r="I46" s="1">
+        <v>30</v>
+      </c>
+      <c r="J46" s="1">
+        <v>0</v>
+      </c>
+      <c r="K46" t="s">
+        <v>48</v>
+      </c>
+      <c r="L46" t="s">
+        <v>24</v>
+      </c>
+      <c r="M46" s="1">
+        <v>0</v>
+      </c>
+      <c r="N46" s="1">
+        <v>200</v>
+      </c>
+      <c r="O46" s="1">
+        <v>100</v>
+      </c>
+      <c r="P46" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A47">
+        <v>46</v>
+      </c>
+      <c r="B47">
+        <v>2</v>
+      </c>
+      <c r="C47" t="s">
+        <v>154</v>
+      </c>
+      <c r="D47" t="s">
+        <v>166</v>
+      </c>
+      <c r="E47" t="s">
+        <v>167</v>
+      </c>
+      <c r="F47" t="s">
+        <v>168</v>
+      </c>
+      <c r="G47" t="s">
+        <v>14</v>
+      </c>
+      <c r="H47" s="1">
+        <v>0</v>
+      </c>
+      <c r="I47" s="1">
+        <v>10</v>
+      </c>
+      <c r="J47" s="1">
+        <v>0</v>
+      </c>
+      <c r="K47" t="s">
+        <v>0</v>
+      </c>
+      <c r="L47" t="s">
+        <v>24</v>
+      </c>
+      <c r="M47" s="1">
+        <v>548</v>
+      </c>
+      <c r="N47" s="1">
+        <v>5</v>
+      </c>
+      <c r="O47" s="1">
+        <v>5</v>
+      </c>
+      <c r="P47" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A48">
+        <v>47</v>
+      </c>
+      <c r="B48">
+        <v>2</v>
+      </c>
+      <c r="C48" t="s">
+        <v>154</v>
+      </c>
+      <c r="D48" t="s">
+        <v>169</v>
+      </c>
+      <c r="E48" t="s">
+        <v>170</v>
+      </c>
+      <c r="F48" t="s">
+        <v>171</v>
+      </c>
+      <c r="G48" t="s">
+        <v>5</v>
+      </c>
+      <c r="H48" s="1">
+        <v>5</v>
+      </c>
+      <c r="I48" s="1">
+        <v>1</v>
+      </c>
+      <c r="J48" s="1">
+        <v>0</v>
+      </c>
+      <c r="K48" t="s">
+        <v>6</v>
+      </c>
+      <c r="L48" t="s">
+        <v>31</v>
+      </c>
+      <c r="M48" s="1">
+        <v>16</v>
+      </c>
+      <c r="N48" s="1">
+        <v>5</v>
+      </c>
+      <c r="O48" s="1">
+        <v>1</v>
+      </c>
+      <c r="P48" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A49">
+        <v>48</v>
+      </c>
+      <c r="B49">
+        <v>2</v>
+      </c>
+      <c r="C49" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" t="s">
+        <v>172</v>
+      </c>
+      <c r="E49" t="s">
+        <v>173</v>
+      </c>
+      <c r="F49" t="s">
+        <v>174</v>
+      </c>
+      <c r="G49" t="s">
+        <v>14</v>
+      </c>
+      <c r="H49" s="1">
+        <v>4</v>
+      </c>
+      <c r="I49" s="1">
+        <v>1</v>
+      </c>
+      <c r="J49" s="1">
+        <v>0</v>
+      </c>
+      <c r="K49" t="s">
+        <v>15</v>
+      </c>
+      <c r="L49" t="s">
+        <v>31</v>
+      </c>
+      <c r="M49" s="1">
+        <v>45</v>
+      </c>
+      <c r="N49" s="1">
+        <v>2</v>
+      </c>
+      <c r="O49" s="1">
+        <v>3</v>
+      </c>
+      <c r="P49" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A50">
+        <v>49</v>
+      </c>
+      <c r="B50">
+        <v>2</v>
+      </c>
+      <c r="C50" t="s">
+        <v>154</v>
+      </c>
+      <c r="D50" t="s">
+        <v>172</v>
+      </c>
+      <c r="E50" t="s">
+        <v>175</v>
+      </c>
+      <c r="F50" t="s">
+        <v>176</v>
+      </c>
+      <c r="G50" t="s">
+        <v>14</v>
+      </c>
+      <c r="H50" s="1">
+        <v>8</v>
+      </c>
+      <c r="I50" s="1">
+        <v>2</v>
+      </c>
+      <c r="J50" s="1">
+        <v>0</v>
+      </c>
+      <c r="K50" t="s">
+        <v>15</v>
+      </c>
+      <c r="L50" t="s">
+        <v>74</v>
+      </c>
+      <c r="M50" s="1">
+        <v>50</v>
+      </c>
+      <c r="N50" s="1">
+        <v>5</v>
+      </c>
+      <c r="O50" s="1">
+        <v>5</v>
+      </c>
+      <c r="P50" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51">
+        <v>2</v>
+      </c>
+      <c r="C51" t="s">
+        <v>154</v>
+      </c>
+      <c r="D51" t="s">
+        <v>177</v>
+      </c>
+      <c r="E51" t="s">
+        <v>178</v>
+      </c>
+      <c r="F51" t="s">
+        <v>179</v>
+      </c>
+      <c r="G51" t="s">
+        <v>14</v>
+      </c>
+      <c r="H51" s="1">
+        <v>8</v>
+      </c>
+      <c r="I51" s="1">
+        <v>2</v>
+      </c>
+      <c r="J51" s="1">
+        <v>0</v>
+      </c>
+      <c r="K51" t="s">
+        <v>15</v>
+      </c>
+      <c r="L51" t="s">
+        <v>74</v>
+      </c>
+      <c r="M51" s="1">
+        <v>50</v>
+      </c>
+      <c r="N51" s="1">
+        <v>5</v>
+      </c>
+      <c r="O51" s="1">
+        <v>5</v>
+      </c>
+      <c r="P51" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52">
+        <v>2</v>
+      </c>
+      <c r="C52" t="s">
+        <v>180</v>
+      </c>
+      <c r="D52" t="s">
+        <v>181</v>
+      </c>
+      <c r="E52" t="s">
+        <v>182</v>
+      </c>
+      <c r="F52" t="s">
+        <v>183</v>
+      </c>
+      <c r="G52" t="s">
+        <v>5</v>
+      </c>
+      <c r="H52" s="1">
+        <v>8</v>
+      </c>
+      <c r="I52" s="1">
+        <v>2</v>
+      </c>
+      <c r="J52" s="1">
+        <v>0</v>
+      </c>
+      <c r="K52" t="s">
+        <v>6</v>
+      </c>
+      <c r="L52" t="s">
+        <v>31</v>
+      </c>
+      <c r="M52" s="1">
+        <v>90</v>
+      </c>
+      <c r="N52" s="1">
+        <v>5</v>
+      </c>
+      <c r="O52" s="1">
+        <v>5</v>
+      </c>
+      <c r="P52" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53">
+        <v>2</v>
+      </c>
+      <c r="C53" t="s">
+        <v>180</v>
+      </c>
+      <c r="D53" t="s">
+        <v>184</v>
+      </c>
+      <c r="E53" t="s">
+        <v>185</v>
+      </c>
+      <c r="F53" t="s">
+        <v>186</v>
+      </c>
+      <c r="G53" t="s">
+        <v>14</v>
+      </c>
+      <c r="H53" s="1">
+        <v>6</v>
+      </c>
+      <c r="I53" s="1">
+        <v>1</v>
+      </c>
+      <c r="J53" s="1">
+        <v>0</v>
+      </c>
+      <c r="K53" t="s">
+        <v>15</v>
+      </c>
+      <c r="L53" t="s">
+        <v>153</v>
+      </c>
+      <c r="M53" s="1">
+        <v>25</v>
+      </c>
+      <c r="N53" s="1">
+        <v>5</v>
+      </c>
+      <c r="O53" s="1">
+        <v>2</v>
+      </c>
+      <c r="P53" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A54">
+        <v>53</v>
+      </c>
+      <c r="B54">
+        <v>2</v>
+      </c>
+      <c r="C54" t="s">
+        <v>180</v>
+      </c>
+      <c r="D54" t="s">
+        <v>187</v>
+      </c>
+      <c r="E54" t="s">
+        <v>188</v>
+      </c>
+      <c r="F54" t="s">
+        <v>189</v>
+      </c>
+      <c r="G54" t="s">
+        <v>14</v>
+      </c>
+      <c r="H54" s="1">
+        <v>24</v>
+      </c>
+      <c r="I54" s="1">
+        <v>6</v>
+      </c>
+      <c r="J54" s="1">
+        <v>0</v>
+      </c>
+      <c r="K54" t="s">
+        <v>15</v>
+      </c>
+      <c r="L54" t="s">
+        <v>74</v>
+      </c>
+      <c r="M54" s="1">
+        <v>130</v>
+      </c>
+      <c r="N54" s="1">
+        <v>25</v>
+      </c>
+      <c r="O54" s="1">
+        <v>5</v>
+      </c>
+      <c r="P54" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A55">
+        <v>54</v>
+      </c>
+      <c r="B55">
+        <v>2</v>
+      </c>
+      <c r="C55" t="s">
+        <v>180</v>
+      </c>
+      <c r="D55" t="s">
+        <v>39</v>
+      </c>
+      <c r="E55" t="s">
+        <v>190</v>
+      </c>
+      <c r="F55" t="s">
+        <v>191</v>
+      </c>
+      <c r="G55" t="s">
+        <v>14</v>
+      </c>
+      <c r="H55" s="1">
+        <v>16</v>
+      </c>
+      <c r="I55" s="1">
+        <v>4</v>
+      </c>
+      <c r="J55" s="1">
+        <v>0</v>
+      </c>
+      <c r="K55" t="s">
+        <v>15</v>
+      </c>
+      <c r="L55" t="s">
+        <v>74</v>
+      </c>
+      <c r="M55" s="1">
+        <v>23</v>
+      </c>
+      <c r="N55" s="1">
+        <v>10</v>
+      </c>
+      <c r="O55" s="1">
+        <v>10</v>
+      </c>
+      <c r="P55" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A56">
+        <v>55</v>
+      </c>
+      <c r="B56">
+        <v>2</v>
+      </c>
+      <c r="C56" t="s">
+        <v>180</v>
+      </c>
+      <c r="D56" t="s">
+        <v>39</v>
+      </c>
+      <c r="E56" t="s">
+        <v>192</v>
+      </c>
+      <c r="F56" t="s">
+        <v>193</v>
+      </c>
+      <c r="G56" t="s">
+        <v>14</v>
+      </c>
+      <c r="H56" s="1">
+        <v>60</v>
+      </c>
+      <c r="I56" s="1">
+        <v>15</v>
+      </c>
+      <c r="J56" s="1">
+        <v>0</v>
+      </c>
+      <c r="K56" t="s">
+        <v>15</v>
+      </c>
+      <c r="L56" t="s">
+        <v>74</v>
+      </c>
+      <c r="M56" s="1">
+        <v>0</v>
+      </c>
+      <c r="N56" s="1">
+        <v>50</v>
+      </c>
+      <c r="O56" s="1">
+        <v>25</v>
+      </c>
+      <c r="P56" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A57">
+        <v>56</v>
+      </c>
+      <c r="B57">
+        <v>2</v>
+      </c>
+      <c r="C57" t="s">
+        <v>180</v>
+      </c>
+      <c r="D57" t="s">
+        <v>68</v>
+      </c>
+      <c r="E57" t="s">
+        <v>194</v>
+      </c>
+      <c r="F57" t="s">
+        <v>195</v>
+      </c>
+      <c r="G57" t="s">
+        <v>14</v>
+      </c>
+      <c r="H57" s="1">
+        <v>3</v>
+      </c>
+      <c r="I57" s="1">
+        <v>1</v>
+      </c>
+      <c r="J57" s="1">
+        <v>0</v>
+      </c>
+      <c r="K57" t="s">
+        <v>15</v>
+      </c>
+      <c r="L57" t="s">
+        <v>74</v>
+      </c>
+      <c r="M57" s="1">
+        <v>8</v>
+      </c>
+      <c r="N57" s="1">
+        <v>2</v>
+      </c>
+      <c r="O57" s="1">
+        <v>2</v>
+      </c>
+      <c r="P57" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A58">
+        <v>57</v>
+      </c>
+      <c r="B58">
+        <v>2</v>
+      </c>
+      <c r="C58" t="s">
+        <v>180</v>
+      </c>
+      <c r="D58" t="s">
+        <v>68</v>
+      </c>
+      <c r="E58" t="s">
+        <v>196</v>
+      </c>
+      <c r="F58" t="s">
+        <v>197</v>
+      </c>
+      <c r="G58" t="s">
+        <v>14</v>
+      </c>
+      <c r="H58" s="1">
+        <v>3</v>
+      </c>
+      <c r="I58" s="1">
+        <v>1</v>
+      </c>
+      <c r="J58" s="1">
+        <v>0</v>
+      </c>
+      <c r="K58" t="s">
+        <v>15</v>
+      </c>
+      <c r="L58" t="s">
+        <v>74</v>
+      </c>
+      <c r="M58" s="1">
+        <v>8</v>
+      </c>
+      <c r="N58" s="1">
+        <v>2</v>
+      </c>
+      <c r="O58" s="1">
+        <v>2</v>
+      </c>
+      <c r="P58" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A59">
+        <v>58</v>
+      </c>
+      <c r="B59">
+        <v>2</v>
+      </c>
+      <c r="C59" t="s">
+        <v>198</v>
+      </c>
+      <c r="D59" t="s">
+        <v>199</v>
+      </c>
+      <c r="E59" t="s">
+        <v>200</v>
+      </c>
+      <c r="F59" t="s">
+        <v>201</v>
+      </c>
+      <c r="G59" t="s">
+        <v>14</v>
+      </c>
+      <c r="H59" s="1">
+        <v>3</v>
+      </c>
+      <c r="I59" s="1">
+        <v>1</v>
+      </c>
+      <c r="J59" s="1">
+        <v>0</v>
+      </c>
+      <c r="K59" t="s">
+        <v>15</v>
+      </c>
+      <c r="L59" t="s">
+        <v>31</v>
+      </c>
+      <c r="M59" s="1">
+        <v>64</v>
+      </c>
+      <c r="N59" s="1">
+        <v>2</v>
+      </c>
+      <c r="O59" s="1">
+        <v>2</v>
+      </c>
+      <c r="P59" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A60">
+        <v>59</v>
+      </c>
+      <c r="B60">
+        <v>2</v>
+      </c>
+      <c r="C60" t="s">
+        <v>198</v>
+      </c>
+      <c r="D60" t="s">
+        <v>202</v>
+      </c>
+      <c r="E60" t="s">
+        <v>203</v>
+      </c>
+      <c r="F60" t="s">
+        <v>204</v>
+      </c>
+      <c r="G60" t="s">
+        <v>5</v>
+      </c>
+      <c r="H60" s="1">
+        <v>12</v>
+      </c>
+      <c r="I60" s="1">
+        <v>3</v>
+      </c>
+      <c r="J60" s="1">
+        <v>0</v>
+      </c>
+      <c r="K60" t="s">
+        <v>6</v>
+      </c>
+      <c r="L60" t="s">
+        <v>31</v>
+      </c>
+      <c r="M60" s="1">
+        <v>20</v>
+      </c>
+      <c r="N60" s="1">
+        <v>10</v>
+      </c>
+      <c r="O60" s="1">
+        <v>5</v>
+      </c>
+      <c r="P60" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A61">
+        <v>60</v>
+      </c>
+      <c r="B61">
+        <v>2</v>
+      </c>
+      <c r="C61" t="s">
+        <v>198</v>
+      </c>
+      <c r="D61" t="s">
+        <v>205</v>
+      </c>
+      <c r="E61" t="s">
+        <v>206</v>
+      </c>
+      <c r="F61" t="s">
+        <v>207</v>
+      </c>
+      <c r="G61" t="s">
+        <v>14</v>
+      </c>
+      <c r="H61" s="1">
+        <v>0</v>
+      </c>
+      <c r="I61" s="1">
+        <v>2</v>
+      </c>
+      <c r="J61" s="1">
+        <v>0</v>
+      </c>
+      <c r="K61" t="s">
+        <v>0</v>
+      </c>
+      <c r="L61" t="s">
+        <v>153</v>
+      </c>
+      <c r="M61" s="1">
+        <v>1</v>
+      </c>
+      <c r="N61" s="1">
+        <v>1</v>
+      </c>
+      <c r="O61" s="1">
+        <v>1</v>
+      </c>
+      <c r="P61" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A62">
+        <v>61</v>
+      </c>
+      <c r="B62">
+        <v>2</v>
+      </c>
+      <c r="C62" t="s">
+        <v>198</v>
+      </c>
+      <c r="D62" t="s">
+        <v>208</v>
+      </c>
+      <c r="E62" t="s">
+        <v>209</v>
+      </c>
+      <c r="F62" t="s">
+        <v>210</v>
+      </c>
+      <c r="G62" t="s">
+        <v>5</v>
+      </c>
+      <c r="H62" s="1">
+        <v>1</v>
+      </c>
+      <c r="I62" s="1">
+        <v>0</v>
+      </c>
+      <c r="J62" s="1">
+        <v>0</v>
+      </c>
+      <c r="K62" t="s">
+        <v>6</v>
+      </c>
+      <c r="L62" t="s">
+        <v>153</v>
+      </c>
+      <c r="M62" s="1">
+        <v>3</v>
+      </c>
+      <c r="N62" s="1">
+        <v>1</v>
+      </c>
+      <c r="O62" s="1">
+        <v>0</v>
+      </c>
+      <c r="P62" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A63">
+        <v>62</v>
+      </c>
+      <c r="B63">
+        <v>2</v>
+      </c>
+      <c r="C63" t="s">
+        <v>198</v>
+      </c>
+      <c r="D63" t="s">
+        <v>211</v>
+      </c>
+      <c r="E63" t="s">
+        <v>212</v>
+      </c>
+      <c r="F63" t="s">
+        <v>213</v>
+      </c>
+      <c r="G63" t="s">
+        <v>5</v>
+      </c>
+      <c r="H63" s="1">
+        <v>3</v>
+      </c>
+      <c r="I63" s="1">
+        <v>1</v>
+      </c>
+      <c r="J63" s="1">
+        <v>0</v>
+      </c>
+      <c r="K63" t="s">
+        <v>6</v>
+      </c>
+      <c r="L63" t="s">
+        <v>31</v>
+      </c>
+      <c r="M63" s="1">
+        <v>3</v>
+      </c>
+      <c r="N63" s="1">
+        <v>2</v>
+      </c>
+      <c r="O63" s="1">
+        <v>2</v>
+      </c>
+      <c r="P63" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A64">
+        <v>63</v>
+      </c>
+      <c r="B64">
+        <v>2</v>
+      </c>
+      <c r="C64" t="s">
+        <v>198</v>
+      </c>
+      <c r="D64" t="s">
+        <v>214</v>
+      </c>
+      <c r="E64" t="s">
+        <v>215</v>
+      </c>
+      <c r="F64" t="s">
+        <v>216</v>
+      </c>
+      <c r="G64" t="s">
+        <v>5</v>
+      </c>
+      <c r="H64" s="1">
+        <v>10</v>
+      </c>
+      <c r="I64" s="1">
+        <v>2</v>
+      </c>
+      <c r="J64" s="1">
+        <v>0</v>
+      </c>
+      <c r="K64" t="s">
+        <v>6</v>
+      </c>
+      <c r="L64" t="s">
+        <v>74</v>
+      </c>
+      <c r="M64" s="1">
+        <v>30</v>
+      </c>
+      <c r="N64" s="1">
+        <v>10</v>
+      </c>
+      <c r="O64" s="1">
+        <v>2</v>
+      </c>
+      <c r="P64" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A65">
+        <v>64</v>
+      </c>
+      <c r="B65">
+        <v>2</v>
+      </c>
+      <c r="C65" t="s">
+        <v>198</v>
+      </c>
+      <c r="D65" t="s">
+        <v>217</v>
+      </c>
+      <c r="E65" t="s">
+        <v>218</v>
+      </c>
+      <c r="F65" t="s">
+        <v>219</v>
+      </c>
+      <c r="G65" t="s">
+        <v>14</v>
+      </c>
+      <c r="H65" s="1">
+        <v>360</v>
+      </c>
+      <c r="I65" s="1">
+        <v>90</v>
+      </c>
+      <c r="J65" s="1">
+        <v>0</v>
+      </c>
+      <c r="K65" t="s">
+        <v>15</v>
+      </c>
+      <c r="L65" t="s">
+        <v>79</v>
+      </c>
+      <c r="M65" s="1">
+        <v>0</v>
+      </c>
+      <c r="N65" s="1">
+        <v>250</v>
+      </c>
+      <c r="O65" s="1">
+        <v>200</v>
+      </c>
+      <c r="P65" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A66">
+        <v>65</v>
+      </c>
+      <c r="B66">
+        <v>2</v>
+      </c>
+      <c r="C66" t="s">
+        <v>198</v>
+      </c>
+      <c r="D66" t="s">
+        <v>172</v>
+      </c>
+      <c r="E66" t="s">
+        <v>220</v>
+      </c>
+      <c r="F66" t="s">
+        <v>221</v>
+      </c>
+      <c r="G66" t="s">
+        <v>14</v>
+      </c>
+      <c r="H66" s="1">
+        <v>8</v>
+      </c>
+      <c r="I66" s="1">
+        <v>2</v>
+      </c>
+      <c r="J66" s="1">
+        <v>0</v>
+      </c>
+      <c r="K66" t="s">
+        <v>15</v>
+      </c>
+      <c r="L66" t="s">
+        <v>31</v>
+      </c>
+      <c r="M66" s="1">
+        <v>15</v>
+      </c>
+      <c r="N66" s="1">
+        <v>5</v>
+      </c>
+      <c r="O66" s="1">
+        <v>5</v>
+      </c>
+      <c r="P66" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A67">
+        <v>66</v>
+      </c>
+      <c r="B67">
+        <v>2</v>
+      </c>
+      <c r="C67" t="s">
+        <v>198</v>
+      </c>
+      <c r="D67" t="s">
+        <v>177</v>
+      </c>
+      <c r="E67" t="s">
+        <v>222</v>
+      </c>
+      <c r="F67" t="s">
+        <v>223</v>
+      </c>
+      <c r="G67" t="s">
+        <v>14</v>
+      </c>
+      <c r="H67" s="1">
+        <v>200</v>
+      </c>
+      <c r="I67" s="1">
+        <v>50</v>
+      </c>
+      <c r="J67" s="1">
+        <v>0</v>
+      </c>
+      <c r="K67" t="s">
+        <v>15</v>
+      </c>
+      <c r="L67" t="s">
+        <v>16</v>
+      </c>
+      <c r="M67" s="1">
+        <v>250</v>
+      </c>
+      <c r="N67" s="1">
+        <v>200</v>
+      </c>
+      <c r="O67" s="1">
+        <v>50</v>
+      </c>
+      <c r="P67" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A68">
+        <v>67</v>
+      </c>
+      <c r="B68">
+        <v>2</v>
+      </c>
+      <c r="C68" t="s">
+        <v>224</v>
+      </c>
+      <c r="D68" t="s">
+        <v>225</v>
+      </c>
+      <c r="E68" t="s">
+        <v>226</v>
+      </c>
+      <c r="F68" t="s">
+        <v>227</v>
+      </c>
+      <c r="G68" t="s">
+        <v>5</v>
+      </c>
+      <c r="H68" s="1">
+        <v>12</v>
+      </c>
+      <c r="I68" s="1">
+        <v>3</v>
+      </c>
+      <c r="J68" s="1">
+        <v>0</v>
+      </c>
+      <c r="K68" t="s">
+        <v>6</v>
+      </c>
+      <c r="L68" t="s">
+        <v>31</v>
+      </c>
+      <c r="M68" s="1">
+        <v>10</v>
+      </c>
+      <c r="N68" s="1">
+        <v>10</v>
+      </c>
+      <c r="O68" s="1">
+        <v>5</v>
+      </c>
+      <c r="P68" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A69">
+        <v>68</v>
+      </c>
+      <c r="B69">
+        <v>2</v>
+      </c>
+      <c r="C69" t="s">
+        <v>228</v>
+      </c>
+      <c r="D69" t="s">
+        <v>229</v>
+      </c>
+      <c r="E69" t="s">
+        <v>230</v>
+      </c>
+      <c r="F69" t="s">
+        <v>231</v>
+      </c>
+      <c r="G69" t="s">
+        <v>14</v>
+      </c>
+      <c r="H69" s="1">
+        <v>0</v>
+      </c>
+      <c r="I69" s="1">
+        <v>4</v>
+      </c>
+      <c r="J69" s="1">
+        <v>0</v>
+      </c>
+      <c r="K69" t="s">
+        <v>0</v>
+      </c>
+      <c r="L69" t="s">
+        <v>31</v>
+      </c>
+      <c r="M69" s="1">
+        <v>20</v>
+      </c>
+      <c r="N69" s="1">
+        <v>2</v>
+      </c>
+      <c r="O69" s="1">
+        <v>2</v>
+      </c>
+      <c r="P69" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A70">
+        <v>69</v>
+      </c>
+      <c r="B70">
+        <v>2</v>
+      </c>
+      <c r="C70" t="s">
+        <v>232</v>
+      </c>
+      <c r="D70" t="s">
+        <v>233</v>
+      </c>
+      <c r="E70" t="s">
+        <v>234</v>
+      </c>
+      <c r="F70" t="s">
+        <v>235</v>
+      </c>
+      <c r="G70" t="s">
+        <v>14</v>
+      </c>
+      <c r="H70" s="1">
+        <v>6</v>
+      </c>
+      <c r="I70" s="1">
+        <v>1</v>
+      </c>
+      <c r="J70" s="1">
+        <v>0</v>
+      </c>
+      <c r="K70" t="s">
+        <v>236</v>
+      </c>
+      <c r="L70" t="s">
+        <v>31</v>
+      </c>
+      <c r="M70" s="1">
+        <v>20</v>
+      </c>
+      <c r="N70" s="1">
+        <v>5</v>
+      </c>
+      <c r="O70" s="1">
+        <v>2</v>
+      </c>
+      <c r="P70" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A71">
+        <v>70</v>
+      </c>
+      <c r="B71">
+        <v>2</v>
+      </c>
+      <c r="C71" t="s">
+        <v>232</v>
+      </c>
+      <c r="D71" t="s">
+        <v>158</v>
+      </c>
+      <c r="E71" t="s">
+        <v>237</v>
+      </c>
+      <c r="F71" t="s">
+        <v>238</v>
+      </c>
+      <c r="G71" t="s">
+        <v>5</v>
+      </c>
+      <c r="H71" s="1">
+        <v>3</v>
+      </c>
+      <c r="I71" s="1">
+        <v>1</v>
+      </c>
+      <c r="J71" s="1">
+        <v>0</v>
+      </c>
+      <c r="K71" t="s">
+        <v>6</v>
+      </c>
+      <c r="L71" t="s">
+        <v>31</v>
+      </c>
+      <c r="M71" s="1">
+        <v>20</v>
+      </c>
+      <c r="N71" s="1">
+        <v>2</v>
+      </c>
+      <c r="O71" s="1">
+        <v>2</v>
+      </c>
+      <c r="P71" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A72">
+        <v>71</v>
+      </c>
+      <c r="B72">
+        <v>2</v>
+      </c>
+      <c r="C72" t="s">
+        <v>232</v>
+      </c>
+      <c r="D72" t="s">
+        <v>239</v>
+      </c>
+      <c r="E72" t="s">
+        <v>240</v>
+      </c>
+      <c r="F72" t="s">
+        <v>241</v>
+      </c>
+      <c r="G72" t="s">
+        <v>5</v>
+      </c>
+      <c r="H72" s="1">
+        <v>6</v>
+      </c>
+      <c r="I72" s="1">
+        <v>1</v>
+      </c>
+      <c r="J72" s="1">
+        <v>0</v>
+      </c>
+      <c r="K72" t="s">
+        <v>6</v>
+      </c>
+      <c r="L72" t="s">
+        <v>31</v>
+      </c>
+      <c r="M72" s="1">
+        <v>130</v>
+      </c>
+      <c r="N72" s="1">
+        <v>5</v>
+      </c>
+      <c r="O72" s="1">
+        <v>2</v>
+      </c>
+      <c r="P72" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A73">
+        <v>72</v>
+      </c>
+      <c r="B73">
+        <v>2</v>
+      </c>
+      <c r="C73" t="s">
+        <v>242</v>
+      </c>
+      <c r="D73" t="s">
+        <v>243</v>
+      </c>
+      <c r="E73" t="s">
+        <v>244</v>
+      </c>
+      <c r="F73" t="s">
+        <v>245</v>
+      </c>
+      <c r="G73" t="s">
+        <v>14</v>
+      </c>
+      <c r="H73" s="1">
+        <v>12</v>
+      </c>
+      <c r="I73" s="1">
+        <v>3</v>
+      </c>
+      <c r="J73" s="1">
+        <v>0</v>
+      </c>
+      <c r="K73" t="s">
+        <v>15</v>
+      </c>
+      <c r="L73" t="s">
+        <v>74</v>
+      </c>
+      <c r="M73" s="1">
+        <v>200</v>
+      </c>
+      <c r="N73" s="1">
+        <v>10</v>
+      </c>
+      <c r="O73" s="1">
+        <v>5</v>
+      </c>
+      <c r="P73" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A74">
+        <v>73</v>
+      </c>
+      <c r="B74">
+        <v>2</v>
+      </c>
+      <c r="C74" t="s">
+        <v>242</v>
+      </c>
+      <c r="D74" t="s">
+        <v>246</v>
+      </c>
+      <c r="E74" t="s">
+        <v>247</v>
+      </c>
+      <c r="F74" t="s">
+        <v>248</v>
+      </c>
+      <c r="G74" t="s">
+        <v>5</v>
+      </c>
+      <c r="H74" s="1">
+        <v>10</v>
+      </c>
+      <c r="I74" s="1">
+        <v>2</v>
+      </c>
+      <c r="J74" s="1">
+        <v>0</v>
+      </c>
+      <c r="K74" t="s">
+        <v>6</v>
+      </c>
+      <c r="L74" t="s">
+        <v>31</v>
+      </c>
+      <c r="M74" s="1">
+        <v>12</v>
+      </c>
+      <c r="N74" s="1">
+        <v>7</v>
+      </c>
+      <c r="O74" s="1">
+        <v>5</v>
+      </c>
+      <c r="P74" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A75">
+        <v>74</v>
+      </c>
+      <c r="B75">
+        <v>2</v>
+      </c>
+      <c r="C75" t="s">
+        <v>242</v>
+      </c>
+      <c r="D75" t="s">
+        <v>177</v>
+      </c>
+      <c r="E75" t="s">
+        <v>249</v>
+      </c>
+      <c r="F75" t="s">
+        <v>250</v>
+      </c>
+      <c r="G75" t="s">
+        <v>14</v>
+      </c>
+      <c r="H75" s="1">
+        <v>4</v>
+      </c>
+      <c r="I75" s="1">
+        <v>1</v>
+      </c>
+      <c r="J75" s="1">
+        <v>0</v>
+      </c>
+      <c r="K75" t="s">
+        <v>15</v>
+      </c>
+      <c r="L75" t="s">
+        <v>153</v>
+      </c>
+      <c r="M75" s="1">
+        <v>20</v>
+      </c>
+      <c r="N75" s="1">
+        <v>5</v>
+      </c>
+      <c r="O75" s="1">
+        <v>0</v>
+      </c>
+      <c r="P75" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A76">
+        <v>75</v>
+      </c>
+      <c r="B76">
+        <v>2</v>
+      </c>
+      <c r="C76" t="s">
+        <v>251</v>
+      </c>
+      <c r="D76" t="s">
+        <v>252</v>
+      </c>
+      <c r="E76" t="s">
+        <v>253</v>
+      </c>
+      <c r="F76" t="s">
+        <v>254</v>
+      </c>
+      <c r="G76" t="s">
+        <v>14</v>
+      </c>
+      <c r="H76" s="1">
+        <v>6</v>
+      </c>
+      <c r="I76" s="1">
+        <v>1</v>
+      </c>
+      <c r="J76" s="1">
+        <v>0</v>
+      </c>
+      <c r="K76" t="s">
+        <v>15</v>
+      </c>
+      <c r="L76" t="s">
+        <v>74</v>
+      </c>
+      <c r="M76" s="1">
+        <v>50</v>
+      </c>
+      <c r="N76" s="1">
+        <v>5</v>
+      </c>
+      <c r="O76" s="1">
+        <v>2</v>
+      </c>
+      <c r="P76" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A77">
+        <v>76</v>
+      </c>
+      <c r="B77">
+        <v>2</v>
+      </c>
+      <c r="C77" t="s">
+        <v>251</v>
+      </c>
+      <c r="D77" t="s">
+        <v>255</v>
+      </c>
+      <c r="E77" t="s">
+        <v>256</v>
+      </c>
+      <c r="F77" t="s">
+        <v>257</v>
+      </c>
+      <c r="G77" t="s">
+        <v>5</v>
+      </c>
+      <c r="H77" s="1">
+        <v>8</v>
+      </c>
+      <c r="I77" s="1">
+        <v>2</v>
+      </c>
+      <c r="J77" s="1">
+        <v>0</v>
+      </c>
+      <c r="K77" t="s">
+        <v>6</v>
+      </c>
+      <c r="L77" t="s">
+        <v>31</v>
+      </c>
+      <c r="M77" s="1">
+        <v>12</v>
+      </c>
+      <c r="N77" s="1">
+        <v>5</v>
+      </c>
+      <c r="O77" s="1">
+        <v>5</v>
+      </c>
+      <c r="P77" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A78">
+        <v>77</v>
+      </c>
+      <c r="B78">
+        <v>2</v>
+      </c>
+      <c r="C78" t="s">
+        <v>251</v>
+      </c>
+      <c r="D78" t="s">
+        <v>258</v>
+      </c>
+      <c r="E78" t="s">
+        <v>259</v>
+      </c>
+      <c r="F78" t="s">
+        <v>260</v>
+      </c>
+      <c r="G78" t="s">
+        <v>5</v>
+      </c>
+      <c r="H78" s="1">
+        <v>3</v>
+      </c>
+      <c r="I78" s="1">
+        <v>1</v>
+      </c>
+      <c r="J78" s="1">
+        <v>0</v>
+      </c>
+      <c r="K78" t="s">
+        <v>6</v>
+      </c>
+      <c r="L78" t="s">
+        <v>31</v>
+      </c>
+      <c r="M78" s="1">
+        <v>21</v>
+      </c>
+      <c r="N78" s="1">
+        <v>2</v>
+      </c>
+      <c r="O78" s="1">
+        <v>2</v>
+      </c>
+      <c r="P78" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A79">
+        <v>78</v>
+      </c>
+      <c r="B79">
+        <v>2</v>
+      </c>
+      <c r="C79" t="s">
+        <v>251</v>
+      </c>
+      <c r="D79" t="s">
+        <v>261</v>
+      </c>
+      <c r="E79" t="s">
+        <v>262</v>
+      </c>
+      <c r="F79" t="s">
+        <v>263</v>
+      </c>
+      <c r="G79" t="s">
+        <v>5</v>
+      </c>
+      <c r="H79" s="1">
+        <v>3</v>
+      </c>
+      <c r="I79" s="1">
+        <v>1</v>
+      </c>
+      <c r="J79" s="1">
+        <v>0</v>
+      </c>
+      <c r="K79" t="s">
+        <v>6</v>
+      </c>
+      <c r="L79" t="s">
+        <v>153</v>
+      </c>
+      <c r="M79" s="1">
+        <v>2</v>
+      </c>
+      <c r="N79" s="1">
+        <v>2</v>
+      </c>
+      <c r="O79" s="1">
+        <v>2</v>
+      </c>
+      <c r="P79" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A80">
+        <v>79</v>
+      </c>
+      <c r="B80">
+        <v>2</v>
+      </c>
+      <c r="C80" t="s">
+        <v>251</v>
+      </c>
+      <c r="D80" t="s">
+        <v>264</v>
+      </c>
+      <c r="E80" t="s">
+        <v>265</v>
+      </c>
+      <c r="F80" t="s">
+        <v>266</v>
+      </c>
+      <c r="G80" t="s">
+        <v>5</v>
+      </c>
+      <c r="H80" s="1">
+        <v>1</v>
+      </c>
+      <c r="I80" s="1">
+        <v>0</v>
+      </c>
+      <c r="J80" s="1">
+        <v>0</v>
+      </c>
+      <c r="K80" t="s">
+        <v>6</v>
+      </c>
+      <c r="L80" t="s">
+        <v>153</v>
+      </c>
+      <c r="M80" s="1">
+        <v>4</v>
+      </c>
+      <c r="N80" s="1">
+        <v>1</v>
+      </c>
+      <c r="O80" s="1">
+        <v>0</v>
+      </c>
+      <c r="P80" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A81">
+        <v>80</v>
+      </c>
+      <c r="B81">
+        <v>2</v>
+      </c>
+      <c r="C81" t="s">
+        <v>251</v>
+      </c>
+      <c r="D81" t="s">
+        <v>264</v>
+      </c>
+      <c r="E81" t="s">
+        <v>267</v>
+      </c>
+      <c r="F81" t="s">
+        <v>268</v>
+      </c>
+      <c r="G81" t="s">
+        <v>14</v>
+      </c>
+      <c r="H81" s="1">
+        <v>8</v>
+      </c>
+      <c r="I81" s="1">
+        <v>2</v>
+      </c>
+      <c r="J81" s="1">
+        <v>0</v>
+      </c>
+      <c r="K81" t="s">
+        <v>236</v>
+      </c>
+      <c r="L81" t="s">
+        <v>31</v>
+      </c>
+      <c r="M81" s="1">
+        <v>40</v>
+      </c>
+      <c r="N81" s="1">
+        <v>5</v>
+      </c>
+      <c r="O81" s="1">
+        <v>5</v>
+      </c>
+      <c r="P81" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A82">
+        <v>81</v>
+      </c>
+      <c r="B82">
+        <v>2</v>
+      </c>
+      <c r="C82" t="s">
+        <v>251</v>
+      </c>
+      <c r="D82" t="s">
+        <v>217</v>
+      </c>
+      <c r="E82" t="s">
+        <v>269</v>
+      </c>
+      <c r="F82" t="s">
+        <v>270</v>
+      </c>
+      <c r="G82" t="s">
+        <v>14</v>
+      </c>
+      <c r="H82" s="1">
+        <v>20</v>
+      </c>
+      <c r="I82" s="1">
+        <v>5</v>
+      </c>
+      <c r="J82" s="1">
+        <v>0</v>
+      </c>
+      <c r="K82" t="s">
+        <v>15</v>
+      </c>
+      <c r="L82" t="s">
+        <v>74</v>
+      </c>
+      <c r="M82" s="1">
+        <v>20</v>
+      </c>
+      <c r="N82" s="1">
+        <v>20</v>
+      </c>
+      <c r="O82" s="1">
+        <v>5</v>
+      </c>
+      <c r="P82" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A83">
+        <v>82</v>
+      </c>
+      <c r="B83">
+        <v>2</v>
+      </c>
+      <c r="C83" t="s">
+        <v>251</v>
+      </c>
+      <c r="D83" t="s">
+        <v>271</v>
+      </c>
+      <c r="E83" t="s">
+        <v>272</v>
+      </c>
+      <c r="F83" t="s">
+        <v>273</v>
+      </c>
+      <c r="G83" t="s">
+        <v>14</v>
+      </c>
+      <c r="H83" s="1">
+        <v>48</v>
+      </c>
+      <c r="I83" s="1">
+        <v>12</v>
+      </c>
+      <c r="J83" s="1">
+        <v>0</v>
+      </c>
+      <c r="K83" t="s">
+        <v>15</v>
+      </c>
+      <c r="L83" t="s">
+        <v>31</v>
+      </c>
+      <c r="M83" s="1">
+        <v>0</v>
+      </c>
+      <c r="N83" s="1">
+        <v>45</v>
+      </c>
+      <c r="O83" s="1">
+        <v>15</v>
+      </c>
+      <c r="P83" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A84">
+        <v>83</v>
+      </c>
+      <c r="B84">
+        <v>2</v>
+      </c>
+      <c r="C84" t="s">
+        <v>274</v>
+      </c>
+      <c r="D84" t="s">
+        <v>275</v>
+      </c>
+      <c r="E84" t="s">
+        <v>276</v>
+      </c>
+      <c r="F84" t="s">
+        <v>277</v>
+      </c>
+      <c r="G84" t="s">
+        <v>14</v>
+      </c>
+      <c r="H84" s="1">
+        <v>6</v>
+      </c>
+      <c r="I84" s="1">
+        <v>1</v>
+      </c>
+      <c r="J84" s="1">
+        <v>0</v>
+      </c>
+      <c r="K84" t="s">
+        <v>15</v>
+      </c>
+      <c r="L84" t="s">
+        <v>31</v>
+      </c>
+      <c r="M84" s="1">
+        <v>50</v>
+      </c>
+      <c r="N84" s="1">
+        <v>5</v>
+      </c>
+      <c r="O84" s="1">
+        <v>2</v>
+      </c>
+      <c r="P84" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A85">
+        <v>84</v>
+      </c>
+      <c r="B85">
+        <v>2</v>
+      </c>
+      <c r="C85" t="s">
+        <v>274</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>278</v>
+      </c>
+      <c r="F85" t="s">
+        <v>279</v>
+      </c>
+      <c r="G85" t="s">
+        <v>14</v>
+      </c>
+      <c r="H85" s="1">
+        <v>10</v>
+      </c>
+      <c r="I85" s="1">
+        <v>2</v>
+      </c>
+      <c r="J85" s="1">
+        <v>0</v>
+      </c>
+      <c r="K85" t="s">
+        <v>15</v>
+      </c>
+      <c r="L85" t="s">
+        <v>74</v>
+      </c>
+      <c r="M85" s="1">
+        <v>60</v>
+      </c>
+      <c r="N85" s="1">
+        <v>10</v>
+      </c>
+      <c r="O85" s="1">
+        <v>2</v>
+      </c>
+      <c r="P85" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A86">
+        <v>85</v>
+      </c>
+      <c r="B86">
+        <v>2</v>
+      </c>
+      <c r="C86" t="s">
+        <v>274</v>
+      </c>
+      <c r="D86" t="s">
+        <v>113</v>
+      </c>
+      <c r="E86" t="s">
+        <v>280</v>
+      </c>
+      <c r="F86" t="s">
+        <v>281</v>
+      </c>
+      <c r="G86" t="s">
+        <v>14</v>
+      </c>
+      <c r="H86" s="1">
+        <v>256</v>
+      </c>
+      <c r="I86" s="1">
+        <v>64</v>
+      </c>
+      <c r="J86" s="1">
+        <v>0</v>
+      </c>
+      <c r="K86" t="s">
+        <v>38</v>
+      </c>
+      <c r="L86" t="s">
+        <v>282</v>
+      </c>
+      <c r="M86" s="1">
+        <v>2300</v>
+      </c>
+      <c r="N86" s="1">
+        <v>300</v>
+      </c>
+      <c r="O86" s="1">
+        <v>20</v>
+      </c>
+      <c r="P86" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A87">
+        <v>86</v>
+      </c>
+      <c r="B87">
+        <v>2</v>
+      </c>
+      <c r="C87" t="s">
+        <v>274</v>
+      </c>
+      <c r="D87" t="s">
+        <v>113</v>
+      </c>
+      <c r="E87" t="s">
+        <v>283</v>
+      </c>
+      <c r="F87" t="s">
+        <v>284</v>
+      </c>
+      <c r="G87" t="s">
+        <v>14</v>
+      </c>
+      <c r="H87" s="1">
+        <v>80</v>
+      </c>
+      <c r="I87" s="1">
+        <v>20</v>
+      </c>
+      <c r="J87" s="1">
+        <v>0</v>
+      </c>
+      <c r="K87" t="s">
+        <v>15</v>
+      </c>
+      <c r="L87" t="s">
+        <v>74</v>
+      </c>
+      <c r="M87" s="1">
+        <v>0</v>
+      </c>
+      <c r="N87" s="1">
+        <v>50</v>
+      </c>
+      <c r="O87" s="1">
+        <v>50</v>
+      </c>
+      <c r="P87" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A88">
+        <v>87</v>
+      </c>
+      <c r="B88">
+        <v>2</v>
+      </c>
+      <c r="C88" t="s">
+        <v>285</v>
+      </c>
+      <c r="D88" t="s">
+        <v>286</v>
+      </c>
+      <c r="E88" t="s">
+        <v>287</v>
+      </c>
+      <c r="F88" t="s">
+        <v>288</v>
+      </c>
+      <c r="G88" t="s">
+        <v>14</v>
+      </c>
+      <c r="H88" s="1">
+        <v>3</v>
+      </c>
+      <c r="I88" s="1">
+        <v>1</v>
+      </c>
+      <c r="J88" s="1">
+        <v>0</v>
+      </c>
+      <c r="K88" t="s">
+        <v>15</v>
+      </c>
+      <c r="L88" t="s">
+        <v>31</v>
+      </c>
+      <c r="M88" s="1">
+        <v>12</v>
+      </c>
+      <c r="N88" s="1">
+        <v>2</v>
+      </c>
+      <c r="O88" s="1">
+        <v>2</v>
+      </c>
+      <c r="P88" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A89">
+        <v>88</v>
+      </c>
+      <c r="B89">
+        <v>2</v>
+      </c>
+      <c r="C89" t="s">
+        <v>289</v>
+      </c>
+      <c r="D89" t="s">
+        <v>290</v>
+      </c>
+      <c r="E89" t="s">
+        <v>291</v>
+      </c>
+      <c r="F89" t="s">
+        <v>292</v>
+      </c>
+      <c r="G89" t="s">
+        <v>5</v>
+      </c>
+      <c r="H89" s="1">
+        <v>10</v>
+      </c>
+      <c r="I89" s="1">
+        <v>2</v>
+      </c>
+      <c r="J89" s="1">
+        <v>0</v>
+      </c>
+      <c r="K89" t="s">
+        <v>6</v>
+      </c>
+      <c r="L89" t="s">
+        <v>153</v>
+      </c>
+      <c r="M89" s="1">
+        <v>20</v>
+      </c>
+      <c r="N89" s="1">
+        <v>10</v>
+      </c>
+      <c r="O89" s="1">
+        <v>2</v>
+      </c>
+      <c r="P89" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A90">
+        <v>89</v>
+      </c>
+      <c r="B90">
+        <v>2</v>
+      </c>
+      <c r="C90" t="s">
+        <v>95</v>
+      </c>
+      <c r="D90" t="s">
+        <v>293</v>
+      </c>
+      <c r="E90" t="s">
+        <v>294</v>
+      </c>
+      <c r="F90" t="s">
+        <v>295</v>
+      </c>
+      <c r="G90" t="s">
+        <v>14</v>
+      </c>
+      <c r="H90" s="1">
+        <v>96</v>
+      </c>
+      <c r="I90" s="1">
+        <v>24</v>
+      </c>
+      <c r="J90" s="1">
+        <v>0</v>
+      </c>
+      <c r="K90" t="s">
+        <v>15</v>
+      </c>
+      <c r="L90" t="s">
+        <v>129</v>
+      </c>
+      <c r="M90" s="1">
+        <v>2500</v>
+      </c>
+      <c r="N90" s="1">
+        <v>100</v>
+      </c>
+      <c r="O90" s="1">
+        <v>20</v>
+      </c>
+      <c r="P90" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A91">
+        <v>90</v>
+      </c>
+      <c r="B91">
+        <v>2</v>
+      </c>
+      <c r="C91" t="s">
+        <v>296</v>
+      </c>
+      <c r="D91" t="s">
+        <v>297</v>
+      </c>
+      <c r="E91" t="s">
+        <v>298</v>
+      </c>
+      <c r="F91" t="s">
+        <v>299</v>
+      </c>
+      <c r="G91" t="s">
+        <v>14</v>
+      </c>
+      <c r="H91" s="1">
+        <v>23</v>
+      </c>
+      <c r="I91" s="1">
+        <v>2</v>
+      </c>
+      <c r="J91" s="1">
+        <v>0</v>
+      </c>
+      <c r="K91" t="s">
+        <v>15</v>
+      </c>
+      <c r="L91" t="s">
+        <v>19</v>
+      </c>
+      <c r="M91" s="1">
+        <v>75</v>
+      </c>
+      <c r="N91" s="1">
+        <v>20</v>
+      </c>
+      <c r="O91" s="1">
+        <v>5</v>
+      </c>
+      <c r="P91" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A92">
+        <v>91</v>
+      </c>
+      <c r="B92">
+        <v>2</v>
+      </c>
+      <c r="C92" t="s">
+        <v>296</v>
+      </c>
+      <c r="D92" t="s">
+        <v>155</v>
+      </c>
+      <c r="E92" t="s">
+        <v>300</v>
+      </c>
+      <c r="F92" t="s">
+        <v>301</v>
+      </c>
+      <c r="G92" t="s">
+        <v>14</v>
+      </c>
+      <c r="H92" s="1">
+        <v>20</v>
+      </c>
+      <c r="I92" s="1">
+        <v>5</v>
+      </c>
+      <c r="J92" s="1">
+        <v>0</v>
+      </c>
+      <c r="K92" t="s">
+        <v>302</v>
+      </c>
+      <c r="L92" t="s">
+        <v>19</v>
+      </c>
+      <c r="M92" s="1">
+        <v>146</v>
+      </c>
+      <c r="N92" s="1">
+        <v>20</v>
+      </c>
+      <c r="O92" s="1">
+        <v>5</v>
+      </c>
+      <c r="P92" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A93">
+        <v>92</v>
+      </c>
+      <c r="B93">
+        <v>2</v>
+      </c>
+      <c r="C93" t="s">
+        <v>296</v>
+      </c>
+      <c r="D93" t="s">
+        <v>303</v>
+      </c>
+      <c r="E93" t="s">
+        <v>304</v>
+      </c>
+      <c r="F93" t="s">
+        <v>305</v>
+      </c>
+      <c r="G93" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" s="1">
+        <v>40</v>
+      </c>
+      <c r="I93" s="1">
+        <v>10</v>
+      </c>
+      <c r="J93" s="1">
+        <v>0</v>
+      </c>
+      <c r="K93" t="s">
+        <v>15</v>
+      </c>
+      <c r="L93" t="s">
+        <v>74</v>
+      </c>
+      <c r="M93" s="1">
+        <v>0</v>
+      </c>
+      <c r="N93" s="1">
+        <v>25</v>
+      </c>
+      <c r="O93" s="1">
+        <v>25</v>
+      </c>
+      <c r="P93" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A94">
+        <v>93</v>
+      </c>
+      <c r="B94">
+        <v>2</v>
+      </c>
+      <c r="C94" t="s">
+        <v>296</v>
+      </c>
+      <c r="D94" t="s">
+        <v>286</v>
+      </c>
+      <c r="E94" t="s">
+        <v>306</v>
+      </c>
+      <c r="F94" t="s">
+        <v>307</v>
+      </c>
+      <c r="G94" t="s">
+        <v>5</v>
+      </c>
+      <c r="H94" s="1">
+        <v>180</v>
+      </c>
+      <c r="I94" s="1">
+        <v>45</v>
+      </c>
+      <c r="J94" s="1">
+        <v>0</v>
+      </c>
+      <c r="K94" t="s">
+        <v>6</v>
+      </c>
+      <c r="L94" t="s">
+        <v>74</v>
+      </c>
+      <c r="M94" s="1">
+        <v>0</v>
+      </c>
+      <c r="N94" s="1">
+        <v>200</v>
+      </c>
+      <c r="O94" s="1">
+        <v>25</v>
+      </c>
+      <c r="P94" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A95">
+        <v>94</v>
+      </c>
+      <c r="B95">
+        <v>2</v>
+      </c>
+      <c r="C95" t="s">
+        <v>296</v>
+      </c>
+      <c r="D95" t="s">
+        <v>308</v>
+      </c>
+      <c r="E95" t="s">
+        <v>309</v>
+      </c>
+      <c r="F95" t="s">
+        <v>310</v>
+      </c>
+      <c r="G95" t="s">
+        <v>14</v>
+      </c>
+      <c r="H95" s="1">
+        <v>8</v>
+      </c>
+      <c r="I95" s="1">
+        <v>2</v>
+      </c>
+      <c r="J95" s="1">
+        <v>0</v>
+      </c>
+      <c r="K95" t="s">
+        <v>15</v>
+      </c>
+      <c r="L95" t="s">
+        <v>31</v>
+      </c>
+      <c r="M95" s="1">
+        <v>20</v>
+      </c>
+      <c r="N95" s="1">
+        <v>5</v>
+      </c>
+      <c r="O95" s="1">
+        <v>5</v>
+      </c>
+      <c r="P95" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A96">
+        <v>95</v>
+      </c>
+      <c r="B96">
+        <v>2</v>
+      </c>
+      <c r="C96" t="s">
+        <v>296</v>
+      </c>
+      <c r="D96" t="s">
+        <v>311</v>
+      </c>
+      <c r="E96" t="s">
+        <v>312</v>
+      </c>
+      <c r="F96" t="s">
+        <v>313</v>
+      </c>
+      <c r="G96" t="s">
+        <v>5</v>
+      </c>
+      <c r="H96" s="1">
+        <v>44</v>
+      </c>
+      <c r="I96" s="1">
+        <v>11</v>
+      </c>
+      <c r="J96" s="1">
+        <v>0</v>
+      </c>
+      <c r="K96" t="s">
+        <v>6</v>
+      </c>
+      <c r="L96" t="s">
+        <v>31</v>
+      </c>
+      <c r="M96" s="1">
+        <v>125</v>
+      </c>
+      <c r="N96" s="1">
+        <v>50</v>
+      </c>
+      <c r="O96" s="1">
+        <v>5</v>
+      </c>
+      <c r="P96" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A97">
+        <v>96</v>
+      </c>
+      <c r="B97">
+        <v>3</v>
+      </c>
+      <c r="C97" t="s">
+        <v>314</v>
+      </c>
+      <c r="D97" t="s">
+        <v>315</v>
+      </c>
+      <c r="E97" t="s">
+        <v>316</v>
+      </c>
+      <c r="F97" t="s">
+        <v>317</v>
+      </c>
+      <c r="G97" t="s">
+        <v>5</v>
+      </c>
+      <c r="H97" s="1">
+        <v>6</v>
+      </c>
+      <c r="I97" s="1">
+        <v>1</v>
+      </c>
+      <c r="J97" s="1">
+        <v>0</v>
+      </c>
+      <c r="K97" t="s">
+        <v>6</v>
+      </c>
+      <c r="L97" t="s">
+        <v>16</v>
+      </c>
+      <c r="M97" s="1">
+        <v>27</v>
+      </c>
+      <c r="N97" s="1">
+        <v>5</v>
+      </c>
+      <c r="O97" s="1">
+        <v>2</v>
+      </c>
+      <c r="P97" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A98">
+        <v>97</v>
+      </c>
+      <c r="B98">
+        <v>3</v>
+      </c>
+      <c r="C98" t="s">
+        <v>314</v>
+      </c>
+      <c r="D98" t="s">
+        <v>315</v>
+      </c>
+      <c r="E98" t="s">
+        <v>318</v>
+      </c>
+      <c r="F98" t="s">
+        <v>319</v>
+      </c>
+      <c r="G98" t="s">
+        <v>14</v>
+      </c>
+      <c r="H98" s="1">
+        <v>16</v>
+      </c>
+      <c r="I98" s="1">
+        <v>4</v>
+      </c>
+      <c r="J98" s="1">
+        <v>0</v>
+      </c>
+      <c r="K98" t="s">
+        <v>15</v>
+      </c>
+      <c r="L98" t="s">
+        <v>24</v>
+      </c>
+      <c r="M98" s="1">
+        <v>0</v>
+      </c>
+      <c r="N98" s="1">
+        <v>5</v>
+      </c>
+      <c r="O98" s="1">
+        <v>15</v>
+      </c>
+      <c r="P98" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A99">
+        <v>98</v>
+      </c>
+      <c r="B99">
+        <v>3</v>
+      </c>
+      <c r="C99" t="s">
+        <v>314</v>
+      </c>
+      <c r="D99" t="s">
+        <v>320</v>
+      </c>
+      <c r="E99" t="s">
+        <v>321</v>
+      </c>
+      <c r="F99" t="s">
+        <v>322</v>
+      </c>
+      <c r="G99" t="s">
+        <v>5</v>
+      </c>
+      <c r="H99" s="1">
+        <v>2</v>
+      </c>
+      <c r="I99" s="1">
+        <v>1</v>
+      </c>
+      <c r="J99" s="1">
+        <v>0</v>
+      </c>
+      <c r="K99" t="s">
+        <v>6</v>
+      </c>
+      <c r="L99" t="s">
+        <v>24</v>
+      </c>
+      <c r="M99" s="1">
+        <v>7</v>
+      </c>
+      <c r="N99" s="1">
+        <v>1</v>
+      </c>
+      <c r="O99" s="1">
+        <v>2</v>
+      </c>
+      <c r="P99" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A100">
+        <v>99</v>
+      </c>
+      <c r="B100">
+        <v>3</v>
+      </c>
+      <c r="C100" t="s">
+        <v>314</v>
+      </c>
+      <c r="D100" t="s">
+        <v>323</v>
+      </c>
+      <c r="E100" t="s">
+        <v>324</v>
+      </c>
+      <c r="F100" t="s">
+        <v>325</v>
+      </c>
+      <c r="G100" t="s">
+        <v>5</v>
+      </c>
+      <c r="H100" s="1">
+        <v>18</v>
+      </c>
+      <c r="I100" s="1">
+        <v>5</v>
+      </c>
+      <c r="J100" s="1">
+        <v>0</v>
+      </c>
+      <c r="K100" t="s">
+        <v>6</v>
+      </c>
+      <c r="L100" t="s">
+        <v>19</v>
+      </c>
+      <c r="M100" s="1">
+        <v>60</v>
+      </c>
+      <c r="N100" s="1">
+        <v>20</v>
+      </c>
+      <c r="O100" s="1">
+        <v>3</v>
+      </c>
+      <c r="P100" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A101">
+        <v>100</v>
+      </c>
+      <c r="B101">
+        <v>3</v>
+      </c>
+      <c r="C101" t="s">
+        <v>314</v>
+      </c>
+      <c r="D101" t="s">
+        <v>326</v>
+      </c>
+      <c r="E101" t="s">
+        <v>327</v>
+      </c>
+      <c r="F101" t="s">
+        <v>328</v>
+      </c>
+      <c r="G101" t="s">
+        <v>5</v>
+      </c>
+      <c r="H101" s="1">
+        <v>3</v>
+      </c>
+      <c r="I101" s="1">
+        <v>1</v>
+      </c>
+      <c r="J101" s="1">
+        <v>0</v>
+      </c>
+      <c r="K101" t="s">
+        <v>6</v>
+      </c>
+      <c r="L101" t="s">
+        <v>74</v>
+      </c>
+      <c r="M101" s="1">
+        <v>11</v>
+      </c>
+      <c r="N101" s="1">
+        <v>1</v>
+      </c>
+      <c r="O101" s="1">
+        <v>3</v>
+      </c>
+      <c r="P101" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A102">
+        <v>101</v>
+      </c>
+      <c r="B102">
+        <v>3</v>
+      </c>
+      <c r="C102" t="s">
+        <v>314</v>
+      </c>
+      <c r="D102" t="s">
+        <v>329</v>
+      </c>
+      <c r="E102" t="s">
+        <v>330</v>
+      </c>
+      <c r="F102" t="s">
+        <v>331</v>
+      </c>
+      <c r="G102" t="s">
+        <v>5</v>
+      </c>
+      <c r="H102" s="1">
+        <v>3</v>
+      </c>
+      <c r="I102" s="1">
+        <v>1</v>
+      </c>
+      <c r="J102" s="1">
+        <v>0</v>
+      </c>
+      <c r="K102" t="s">
+        <v>6</v>
+      </c>
+      <c r="L102" t="s">
+        <v>31</v>
+      </c>
+      <c r="M102" s="1">
+        <v>14</v>
+      </c>
+      <c r="N102" s="1">
+        <v>1</v>
+      </c>
+      <c r="O102" s="1">
+        <v>3</v>
+      </c>
+      <c r="P102" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A103">
+        <v>102</v>
+      </c>
+      <c r="B103">
+        <v>3</v>
+      </c>
+      <c r="C103" t="s">
+        <v>314</v>
+      </c>
+      <c r="D103" t="s">
+        <v>332</v>
+      </c>
+      <c r="E103" t="s">
+        <v>333</v>
+      </c>
+      <c r="F103" t="s">
+        <v>334</v>
+      </c>
+      <c r="G103" t="s">
+        <v>5</v>
+      </c>
+      <c r="H103" s="1">
+        <v>12</v>
+      </c>
+      <c r="I103" s="1">
+        <v>3</v>
+      </c>
+      <c r="J103" s="1">
+        <v>0</v>
+      </c>
+      <c r="K103" t="s">
+        <v>6</v>
+      </c>
+      <c r="L103" t="s">
+        <v>74</v>
+      </c>
+      <c r="M103" s="1">
+        <v>5</v>
+      </c>
+      <c r="N103" s="1">
+        <v>5</v>
+      </c>
+      <c r="O103" s="1">
+        <v>10</v>
+      </c>
+      <c r="P103" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A104">
+        <v>103</v>
+      </c>
+      <c r="B104">
+        <v>3</v>
+      </c>
+      <c r="C104" t="s">
+        <v>314</v>
+      </c>
+      <c r="D104" t="s">
+        <v>335</v>
+      </c>
+      <c r="E104" t="s">
+        <v>336</v>
+      </c>
+      <c r="F104" t="s">
+        <v>337</v>
+      </c>
+      <c r="G104" t="s">
+        <v>5</v>
+      </c>
+      <c r="H104" s="1">
+        <v>2</v>
+      </c>
+      <c r="I104" s="1">
+        <v>1</v>
+      </c>
+      <c r="J104" s="1">
+        <v>0</v>
+      </c>
+      <c r="K104" t="s">
+        <v>6</v>
+      </c>
+      <c r="L104" t="s">
+        <v>74</v>
+      </c>
+      <c r="M104" s="1">
+        <v>6</v>
+      </c>
+      <c r="N104" s="1">
+        <v>1</v>
+      </c>
+      <c r="O104" s="1">
+        <v>2</v>
+      </c>
+      <c r="P104" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A105">
+        <v>104</v>
+      </c>
+      <c r="B105">
+        <v>3</v>
+      </c>
+      <c r="C105" t="s">
+        <v>314</v>
+      </c>
+      <c r="D105" t="s">
+        <v>208</v>
+      </c>
+      <c r="E105" t="s">
+        <v>338</v>
+      </c>
+      <c r="F105" t="s">
+        <v>334</v>
+      </c>
+      <c r="G105" t="s">
+        <v>5</v>
+      </c>
+      <c r="H105" s="1">
+        <v>3</v>
+      </c>
+      <c r="I105" s="1">
+        <v>1</v>
+      </c>
+      <c r="J105" s="1">
+        <v>0</v>
+      </c>
+      <c r="K105" t="s">
+        <v>6</v>
+      </c>
+      <c r="L105" t="s">
+        <v>74</v>
+      </c>
+      <c r="M105" s="1">
+        <v>8</v>
+      </c>
+      <c r="N105" s="1">
+        <v>2</v>
+      </c>
+      <c r="O105" s="1">
+        <v>2</v>
+      </c>
+      <c r="P105" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A106">
+        <v>105</v>
+      </c>
+      <c r="B106">
+        <v>3</v>
+      </c>
+      <c r="C106" t="s">
+        <v>314</v>
+      </c>
+      <c r="D106" t="s">
+        <v>239</v>
+      </c>
+      <c r="E106" t="s">
+        <v>339</v>
+      </c>
+      <c r="F106" t="s">
+        <v>340</v>
+      </c>
+      <c r="G106" t="s">
+        <v>5</v>
+      </c>
+      <c r="H106" s="1">
+        <v>12</v>
+      </c>
+      <c r="I106" s="1">
+        <v>3</v>
+      </c>
+      <c r="J106" s="1">
+        <v>0</v>
+      </c>
+      <c r="K106" t="s">
+        <v>6</v>
+      </c>
+      <c r="L106" t="s">
+        <v>74</v>
+      </c>
+      <c r="M106" s="1">
+        <v>15</v>
+      </c>
+      <c r="N106" s="1">
+        <v>5</v>
+      </c>
+      <c r="O106" s="1">
+        <v>10</v>
+      </c>
+      <c r="P106" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A107">
+        <v>106</v>
+      </c>
+      <c r="B107">
+        <v>3</v>
+      </c>
+      <c r="C107" t="s">
+        <v>314</v>
+      </c>
+      <c r="D107" t="s">
+        <v>341</v>
+      </c>
+      <c r="E107" t="s">
+        <v>342</v>
+      </c>
+      <c r="F107" t="s">
+        <v>343</v>
+      </c>
+      <c r="G107" t="s">
+        <v>5</v>
+      </c>
+      <c r="H107" s="1">
+        <v>3</v>
+      </c>
+      <c r="I107" s="1">
+        <v>1</v>
+      </c>
+      <c r="J107" s="1">
+        <v>0</v>
+      </c>
+      <c r="K107" t="s">
+        <v>6</v>
+      </c>
+      <c r="L107" t="s">
+        <v>31</v>
+      </c>
+      <c r="M107" s="1">
+        <v>8</v>
+      </c>
+      <c r="N107" s="1">
+        <v>2</v>
+      </c>
+      <c r="O107" s="1">
+        <v>2</v>
+      </c>
+      <c r="P107" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A108">
+        <v>107</v>
+      </c>
+      <c r="B108">
+        <v>3</v>
+      </c>
+      <c r="C108" t="s">
+        <v>314</v>
+      </c>
+      <c r="D108" t="s">
+        <v>344</v>
+      </c>
+      <c r="E108" t="s">
+        <v>345</v>
+      </c>
+      <c r="F108" t="s">
+        <v>346</v>
+      </c>
+      <c r="G108" t="s">
+        <v>5</v>
+      </c>
+      <c r="H108" s="1">
+        <v>3</v>
+      </c>
+      <c r="I108" s="1">
+        <v>1</v>
+      </c>
+      <c r="J108" s="1">
+        <v>0</v>
+      </c>
+      <c r="K108" t="s">
+        <v>6</v>
+      </c>
+      <c r="L108" t="s">
+        <v>74</v>
+      </c>
+      <c r="M108" s="1">
+        <v>14</v>
+      </c>
+      <c r="N108" s="1">
+        <v>1</v>
+      </c>
+      <c r="O108" s="1">
+        <v>3</v>
+      </c>
+      <c r="P108" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A109">
+        <v>108</v>
+      </c>
+      <c r="B109">
+        <v>3</v>
+      </c>
+      <c r="C109" t="s">
+        <v>314</v>
+      </c>
+      <c r="D109" t="s">
+        <v>347</v>
+      </c>
+      <c r="E109" t="s">
+        <v>348</v>
+      </c>
+      <c r="F109" t="s">
+        <v>349</v>
+      </c>
+      <c r="G109" t="s">
+        <v>14</v>
+      </c>
+      <c r="H109" s="1">
+        <v>3</v>
+      </c>
+      <c r="I109" s="1">
+        <v>1</v>
+      </c>
+      <c r="J109" s="1">
+        <v>0</v>
+      </c>
+      <c r="K109" t="s">
+        <v>15</v>
+      </c>
+      <c r="L109" t="s">
+        <v>7</v>
+      </c>
+      <c r="M109" s="1">
+        <v>11</v>
+      </c>
+      <c r="N109" s="1">
+        <v>1</v>
+      </c>
+      <c r="O109" s="1">
+        <v>3</v>
+      </c>
+      <c r="P109" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A110">
+        <v>109</v>
+      </c>
+      <c r="B110">
+        <v>3</v>
+      </c>
+      <c r="C110" t="s">
+        <v>314</v>
+      </c>
+      <c r="D110" t="s">
+        <v>347</v>
+      </c>
+      <c r="E110" t="s">
+        <v>350</v>
+      </c>
+      <c r="F110" t="s">
+        <v>351</v>
+      </c>
+      <c r="G110" t="s">
+        <v>14</v>
+      </c>
+      <c r="H110" s="1">
+        <v>7</v>
+      </c>
+      <c r="I110" s="1">
+        <v>2</v>
+      </c>
+      <c r="J110" s="1">
+        <v>0</v>
+      </c>
+      <c r="K110" t="s">
+        <v>15</v>
+      </c>
+      <c r="L110" t="s">
+        <v>74</v>
+      </c>
+      <c r="M110" s="1">
+        <v>15</v>
+      </c>
+      <c r="N110" s="1">
+        <v>5</v>
+      </c>
+      <c r="O110" s="1">
+        <v>4</v>
+      </c>
+      <c r="P110" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A111">
+        <v>110</v>
+      </c>
+      <c r="B111">
+        <v>3</v>
+      </c>
+      <c r="C111" t="s">
+        <v>314</v>
+      </c>
+      <c r="D111" t="s">
+        <v>352</v>
+      </c>
+      <c r="E111" t="s">
+        <v>353</v>
+      </c>
+      <c r="F111" t="s">
+        <v>354</v>
+      </c>
+      <c r="G111" t="s">
+        <v>14</v>
+      </c>
+      <c r="H111" s="1">
+        <v>8</v>
+      </c>
+      <c r="I111" s="1">
+        <v>2</v>
+      </c>
+      <c r="J111" s="1">
+        <v>0</v>
+      </c>
+      <c r="K111" t="s">
+        <v>15</v>
+      </c>
+      <c r="L111" t="s">
+        <v>24</v>
+      </c>
+      <c r="M111" s="1">
+        <v>10</v>
+      </c>
+      <c r="N111" s="1">
+        <v>5</v>
+      </c>
+      <c r="O111" s="1">
+        <v>5</v>
+      </c>
+      <c r="P111" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A112">
+        <v>111</v>
+      </c>
+      <c r="B112">
+        <v>3</v>
+      </c>
+      <c r="C112" t="s">
+        <v>355</v>
+      </c>
+      <c r="D112" t="s">
+        <v>356</v>
+      </c>
+      <c r="E112" t="s">
+        <v>357</v>
+      </c>
+      <c r="F112" t="s">
+        <v>358</v>
+      </c>
+      <c r="G112" t="s">
+        <v>5</v>
+      </c>
+      <c r="H112" s="1">
+        <v>2</v>
+      </c>
+      <c r="I112" s="1">
+        <v>1</v>
+      </c>
+      <c r="J112" s="1">
+        <v>0</v>
+      </c>
+      <c r="K112" t="s">
+        <v>6</v>
+      </c>
+      <c r="L112" t="s">
+        <v>31</v>
+      </c>
+      <c r="M112" s="1">
+        <v>7</v>
+      </c>
+      <c r="N112" s="1">
+        <v>1</v>
+      </c>
+      <c r="O112" s="1">
+        <v>2</v>
+      </c>
+      <c r="P112" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A113">
+        <v>112</v>
+      </c>
+      <c r="B113">
+        <v>3</v>
+      </c>
+      <c r="C113" t="s">
+        <v>355</v>
+      </c>
+      <c r="D113" t="s">
+        <v>359</v>
+      </c>
+      <c r="E113" t="s">
+        <v>360</v>
+      </c>
+      <c r="F113" t="s">
+        <v>361</v>
+      </c>
+      <c r="G113" t="s">
+        <v>5</v>
+      </c>
+      <c r="H113" s="1">
+        <v>2</v>
+      </c>
+      <c r="I113" s="1">
+        <v>1</v>
+      </c>
+      <c r="J113" s="1">
+        <v>0</v>
+      </c>
+      <c r="K113" t="s">
+        <v>6</v>
+      </c>
+      <c r="L113" t="s">
+        <v>24</v>
+      </c>
+      <c r="M113" s="1">
+        <v>7</v>
+      </c>
+      <c r="N113" s="1">
+        <v>1</v>
+      </c>
+      <c r="O113" s="1">
+        <v>2</v>
+      </c>
+      <c r="P113" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A114">
+        <v>113</v>
+      </c>
+      <c r="B114">
+        <v>3</v>
+      </c>
+      <c r="C114" t="s">
+        <v>355</v>
+      </c>
+      <c r="D114" t="s">
+        <v>362</v>
+      </c>
+      <c r="E114" t="s">
+        <v>363</v>
+      </c>
+      <c r="F114" t="s">
+        <v>364</v>
+      </c>
+      <c r="G114" t="s">
+        <v>5</v>
+      </c>
+      <c r="H114" s="1">
+        <v>2</v>
+      </c>
+      <c r="I114" s="1">
+        <v>0</v>
+      </c>
+      <c r="J114" s="1">
+        <v>0</v>
+      </c>
+      <c r="K114" t="s">
+        <v>6</v>
+      </c>
+      <c r="L114" t="s">
+        <v>31</v>
+      </c>
+      <c r="M114" s="1">
+        <v>18</v>
+      </c>
+      <c r="N114" s="1">
+        <v>1</v>
+      </c>
+      <c r="O114" s="1">
+        <v>1</v>
+      </c>
+      <c r="P114" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A115">
+        <v>114</v>
+      </c>
+      <c r="B115">
+        <v>3</v>
+      </c>
+      <c r="C115" t="s">
+        <v>355</v>
+      </c>
+      <c r="D115" t="s">
+        <v>362</v>
+      </c>
+      <c r="E115" t="s">
+        <v>365</v>
+      </c>
+      <c r="F115" t="s">
+        <v>366</v>
+      </c>
+      <c r="G115" t="s">
+        <v>14</v>
+      </c>
+      <c r="H115" s="1">
+        <v>20</v>
+      </c>
+      <c r="I115" s="1">
+        <v>5</v>
+      </c>
+      <c r="J115" s="1">
+        <v>0</v>
+      </c>
+      <c r="K115" t="s">
+        <v>15</v>
+      </c>
+      <c r="L115" t="s">
+        <v>24</v>
+      </c>
+      <c r="M115" s="1">
+        <v>60</v>
+      </c>
+      <c r="N115" s="1">
+        <v>20</v>
+      </c>
+      <c r="O115" s="1">
+        <v>5</v>
+      </c>
+      <c r="P115" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A116">
+        <v>115</v>
+      </c>
+      <c r="B116">
+        <v>3</v>
+      </c>
+      <c r="C116" t="s">
+        <v>355</v>
+      </c>
+      <c r="D116" t="s">
+        <v>367</v>
+      </c>
+      <c r="E116" t="s">
+        <v>368</v>
+      </c>
+      <c r="F116" t="s">
+        <v>369</v>
+      </c>
+      <c r="G116" t="s">
+        <v>5</v>
+      </c>
+      <c r="H116" s="1">
+        <v>2</v>
+      </c>
+      <c r="I116" s="1">
+        <v>1</v>
+      </c>
+      <c r="J116" s="1">
+        <v>0</v>
+      </c>
+      <c r="K116" t="s">
+        <v>6</v>
+      </c>
+      <c r="L116" t="s">
+        <v>31</v>
+      </c>
+      <c r="M116" s="1">
+        <v>19</v>
+      </c>
+      <c r="N116" s="1">
+        <v>1</v>
+      </c>
+      <c r="O116" s="1">
+        <v>2</v>
+      </c>
+      <c r="P116" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A117">
+        <v>116</v>
+      </c>
+      <c r="B117">
+        <v>3</v>
+      </c>
+      <c r="C117" t="s">
+        <v>355</v>
+      </c>
+      <c r="D117" t="s">
+        <v>367</v>
+      </c>
+      <c r="E117" t="s">
+        <v>370</v>
+      </c>
+      <c r="F117" t="s">
+        <v>371</v>
+      </c>
+      <c r="G117" t="s">
+        <v>5</v>
+      </c>
+      <c r="H117" s="1">
+        <v>2</v>
+      </c>
+      <c r="I117" s="1">
+        <v>1</v>
+      </c>
+      <c r="J117" s="1">
+        <v>0</v>
+      </c>
+      <c r="K117" t="s">
+        <v>6</v>
+      </c>
+      <c r="L117" t="s">
+        <v>74</v>
+      </c>
+      <c r="M117" s="1">
+        <v>14</v>
+      </c>
+      <c r="N117" s="1">
+        <v>1</v>
+      </c>
+      <c r="O117" s="1">
+        <v>2</v>
+      </c>
+      <c r="P117" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A118">
+        <v>117</v>
+      </c>
+      <c r="B118">
+        <v>3</v>
+      </c>
+      <c r="C118" t="s">
+        <v>355</v>
+      </c>
+      <c r="D118" t="s">
+        <v>372</v>
+      </c>
+      <c r="E118" t="s">
+        <v>373</v>
+      </c>
+      <c r="F118" t="s">
+        <v>374</v>
+      </c>
+      <c r="G118" t="s">
+        <v>14</v>
+      </c>
+      <c r="H118" s="1">
+        <v>4</v>
+      </c>
+      <c r="I118" s="1">
+        <v>0</v>
+      </c>
+      <c r="J118" s="1">
+        <v>0</v>
+      </c>
+      <c r="K118" t="s">
+        <v>48</v>
+      </c>
+      <c r="L118" t="s">
+        <v>24</v>
+      </c>
+      <c r="M118" s="1">
+        <v>17</v>
+      </c>
+      <c r="N118" s="1">
+        <v>1</v>
+      </c>
+      <c r="O118" s="1">
+        <v>3</v>
+      </c>
+      <c r="P118" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A119">
+        <v>118</v>
+      </c>
+      <c r="B119">
+        <v>3</v>
+      </c>
+      <c r="C119" t="s">
+        <v>355</v>
+      </c>
+      <c r="D119" t="s">
+        <v>372</v>
+      </c>
+      <c r="E119" t="s">
+        <v>375</v>
+      </c>
+      <c r="F119" t="s">
+        <v>376</v>
+      </c>
+      <c r="G119" t="s">
+        <v>5</v>
+      </c>
+      <c r="H119" s="1">
+        <v>2</v>
+      </c>
+      <c r="I119" s="1">
+        <v>1</v>
+      </c>
+      <c r="J119" s="1">
+        <v>0</v>
+      </c>
+      <c r="K119" t="s">
+        <v>6</v>
+      </c>
+      <c r="L119" t="s">
+        <v>31</v>
+      </c>
+      <c r="M119" s="1">
+        <v>7</v>
+      </c>
+      <c r="N119" s="1">
+        <v>1</v>
+      </c>
+      <c r="O119" s="1">
+        <v>2</v>
+      </c>
+      <c r="P119" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A120">
+        <v>119</v>
+      </c>
+      <c r="B120">
+        <v>3</v>
+      </c>
+      <c r="C120" t="s">
+        <v>355</v>
+      </c>
+      <c r="D120" t="s">
+        <v>377</v>
+      </c>
+      <c r="E120" t="s">
+        <v>378</v>
+      </c>
+      <c r="F120" t="s">
+        <v>379</v>
+      </c>
+      <c r="G120" t="s">
+        <v>5</v>
+      </c>
+      <c r="H120" s="1">
+        <v>6</v>
+      </c>
+      <c r="I120" s="1">
+        <v>2</v>
+      </c>
+      <c r="J120" s="1">
+        <v>0</v>
+      </c>
+      <c r="K120" t="s">
+        <v>6</v>
+      </c>
+      <c r="L120" t="s">
+        <v>74</v>
+      </c>
+      <c r="M120" s="1">
+        <v>30</v>
+      </c>
+      <c r="N120" s="1">
+        <v>5</v>
+      </c>
+      <c r="O120" s="1">
+        <v>3</v>
+      </c>
+      <c r="P120" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A121">
+        <v>120</v>
+      </c>
+      <c r="B121">
+        <v>3</v>
+      </c>
+      <c r="C121" t="s">
+        <v>355</v>
+      </c>
+      <c r="D121" t="s">
+        <v>380</v>
+      </c>
+      <c r="E121" t="s">
+        <v>381</v>
+      </c>
+      <c r="F121" t="s">
+        <v>382</v>
+      </c>
+      <c r="G121" t="s">
+        <v>14</v>
+      </c>
+      <c r="H121" s="1">
+        <v>20</v>
+      </c>
+      <c r="I121" s="1">
+        <v>5</v>
+      </c>
+      <c r="J121" s="1">
+        <v>0</v>
+      </c>
+      <c r="K121" t="s">
+        <v>15</v>
+      </c>
+      <c r="L121" t="s">
+        <v>24</v>
+      </c>
+      <c r="M121" s="1">
+        <v>0</v>
+      </c>
+      <c r="N121" s="1">
+        <v>5</v>
+      </c>
+      <c r="O121" s="1">
+        <v>20</v>
+      </c>
+      <c r="P121" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A122">
+        <v>121</v>
+      </c>
+      <c r="B122">
+        <v>3</v>
+      </c>
+      <c r="C122" t="s">
+        <v>355</v>
+      </c>
+      <c r="D122" t="s">
+        <v>323</v>
+      </c>
+      <c r="E122" t="s">
+        <v>383</v>
+      </c>
+      <c r="F122" t="s">
+        <v>384</v>
+      </c>
+      <c r="G122" t="s">
+        <v>14</v>
+      </c>
+      <c r="H122" s="1">
+        <v>5</v>
+      </c>
+      <c r="I122" s="1">
+        <v>1</v>
+      </c>
+      <c r="J122" s="1">
+        <v>0</v>
+      </c>
+      <c r="K122" t="s">
+        <v>15</v>
+      </c>
+      <c r="L122" t="s">
+        <v>74</v>
+      </c>
+      <c r="M122" s="1">
+        <v>9</v>
+      </c>
+      <c r="N122" s="1">
+        <v>2</v>
+      </c>
+      <c r="O122" s="1">
+        <v>4</v>
+      </c>
+      <c r="P122" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A123">
+        <v>122</v>
+      </c>
+      <c r="B123">
+        <v>3</v>
+      </c>
+      <c r="C123" t="s">
+        <v>355</v>
+      </c>
+      <c r="D123" t="s">
+        <v>385</v>
+      </c>
+      <c r="E123" t="s">
+        <v>386</v>
+      </c>
+      <c r="F123" t="s">
+        <v>387</v>
+      </c>
+      <c r="G123" t="s">
+        <v>14</v>
+      </c>
+      <c r="H123" s="1">
+        <v>8</v>
+      </c>
+      <c r="I123" s="1">
+        <v>2</v>
+      </c>
+      <c r="J123" s="1">
+        <v>0</v>
+      </c>
+      <c r="K123" t="s">
+        <v>15</v>
+      </c>
+      <c r="L123" t="s">
+        <v>153</v>
+      </c>
+      <c r="M123" s="1">
+        <v>10</v>
+      </c>
+      <c r="N123" s="1">
+        <v>5</v>
+      </c>
+      <c r="O123" s="1">
+        <v>5</v>
+      </c>
+      <c r="P123" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A124">
+        <v>123</v>
+      </c>
+      <c r="B124">
+        <v>3</v>
+      </c>
+      <c r="C124" t="s">
+        <v>355</v>
+      </c>
+      <c r="D124" t="s">
+        <v>329</v>
+      </c>
+      <c r="E124" t="s">
+        <v>388</v>
+      </c>
+      <c r="F124" t="s">
+        <v>389</v>
+      </c>
+      <c r="G124" t="s">
+        <v>5</v>
+      </c>
+      <c r="H124" s="1">
+        <v>16</v>
+      </c>
+      <c r="I124" s="1">
+        <v>4</v>
+      </c>
+      <c r="J124" s="1">
+        <v>0</v>
+      </c>
+      <c r="K124" t="s">
+        <v>6</v>
+      </c>
+      <c r="L124" t="s">
+        <v>74</v>
+      </c>
+      <c r="M124" s="1">
+        <v>20</v>
+      </c>
+      <c r="N124" s="1">
+        <v>5</v>
+      </c>
+      <c r="O124" s="1">
+        <v>15</v>
+      </c>
+      <c r="P124" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A125">
+        <v>124</v>
+      </c>
+      <c r="B125">
+        <v>3</v>
+      </c>
+      <c r="C125" t="s">
+        <v>355</v>
+      </c>
+      <c r="D125" t="s">
+        <v>329</v>
+      </c>
+      <c r="E125" t="s">
+        <v>390</v>
+      </c>
+      <c r="F125" t="s">
+        <v>391</v>
+      </c>
+      <c r="G125" t="s">
+        <v>5</v>
+      </c>
+      <c r="H125" s="1">
+        <v>5</v>
+      </c>
+      <c r="I125" s="1">
+        <v>1</v>
+      </c>
+      <c r="J125" s="1">
+        <v>0</v>
+      </c>
+      <c r="K125" t="s">
+        <v>6</v>
+      </c>
+      <c r="L125" t="s">
+        <v>74</v>
+      </c>
+      <c r="M125" s="1">
+        <v>14</v>
+      </c>
+      <c r="N125" s="1">
+        <v>2</v>
+      </c>
+      <c r="O125" s="1">
+        <v>4</v>
+      </c>
+      <c r="P125" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A126">
+        <v>125</v>
+      </c>
+      <c r="B126">
+        <v>3</v>
+      </c>
+      <c r="C126" t="s">
+        <v>355</v>
+      </c>
+      <c r="D126" t="s">
+        <v>392</v>
+      </c>
+      <c r="E126" t="s">
+        <v>393</v>
+      </c>
+      <c r="F126" t="s">
+        <v>394</v>
+      </c>
+      <c r="G126" t="s">
+        <v>5</v>
+      </c>
+      <c r="H126" s="1">
+        <v>6</v>
+      </c>
+      <c r="I126" s="1">
+        <v>2</v>
+      </c>
+      <c r="J126" s="1">
+        <v>0</v>
+      </c>
+      <c r="K126" t="s">
+        <v>6</v>
+      </c>
+      <c r="L126" t="s">
+        <v>74</v>
+      </c>
+      <c r="M126" s="1">
+        <v>20</v>
+      </c>
+      <c r="N126" s="1">
+        <v>2</v>
+      </c>
+      <c r="O126" s="1">
+        <v>6</v>
+      </c>
+      <c r="P126" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A127">
+        <v>126</v>
+      </c>
+      <c r="B127">
+        <v>3</v>
+      </c>
+      <c r="C127" t="s">
+        <v>355</v>
+      </c>
+      <c r="D127" t="s">
+        <v>392</v>
+      </c>
+      <c r="E127" t="s">
+        <v>395</v>
+      </c>
+      <c r="F127" t="s">
+        <v>396</v>
+      </c>
+      <c r="G127" t="s">
+        <v>14</v>
+      </c>
+      <c r="H127" s="1">
+        <v>16</v>
+      </c>
+      <c r="I127" s="1">
+        <v>4</v>
+      </c>
+      <c r="J127" s="1">
+        <v>0</v>
+      </c>
+      <c r="K127" t="s">
+        <v>15</v>
+      </c>
+      <c r="L127" t="s">
+        <v>16</v>
+      </c>
+      <c r="M127" s="1">
+        <v>0</v>
+      </c>
+      <c r="N127" s="1">
+        <v>5</v>
+      </c>
+      <c r="O127" s="1">
+        <v>15</v>
+      </c>
+      <c r="P127" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A128">
+        <v>127</v>
+      </c>
+      <c r="B128">
+        <v>3</v>
+      </c>
+      <c r="C128" t="s">
+        <v>355</v>
+      </c>
+      <c r="D128" t="s">
+        <v>397</v>
+      </c>
+      <c r="E128" t="s">
+        <v>398</v>
+      </c>
+      <c r="F128" t="s">
+        <v>399</v>
+      </c>
+      <c r="G128" t="s">
+        <v>5</v>
+      </c>
+      <c r="H128" s="1">
+        <v>3</v>
+      </c>
+      <c r="I128" s="1">
+        <v>1</v>
+      </c>
+      <c r="J128" s="1">
+        <v>0</v>
+      </c>
+      <c r="K128" t="s">
+        <v>6</v>
+      </c>
+      <c r="L128" t="s">
+        <v>31</v>
+      </c>
+      <c r="M128" s="1">
+        <v>19</v>
+      </c>
+      <c r="N128" s="1">
+        <v>1</v>
+      </c>
+      <c r="O128" s="1">
+        <v>3</v>
+      </c>
+      <c r="P128" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A129">
+        <v>128</v>
+      </c>
+      <c r="B129">
+        <v>3</v>
+      </c>
+      <c r="C129" t="s">
+        <v>355</v>
+      </c>
+      <c r="D129" t="s">
+        <v>397</v>
+      </c>
+      <c r="E129" t="s">
+        <v>400</v>
+      </c>
+      <c r="F129" t="s">
+        <v>401</v>
+      </c>
+      <c r="G129" t="s">
+        <v>5</v>
+      </c>
+      <c r="H129" s="1">
+        <v>3</v>
+      </c>
+      <c r="I129" s="1">
+        <v>1</v>
+      </c>
+      <c r="J129" s="1">
+        <v>0</v>
+      </c>
+      <c r="K129" t="s">
+        <v>6</v>
+      </c>
+      <c r="L129" t="s">
+        <v>153</v>
+      </c>
+      <c r="M129" s="1">
+        <v>11</v>
+      </c>
+      <c r="N129" s="1">
+        <v>1</v>
+      </c>
+      <c r="O129" s="1">
+        <v>3</v>
+      </c>
+      <c r="P129" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A130">
+        <v>129</v>
+      </c>
+      <c r="B130">
+        <v>3</v>
+      </c>
+      <c r="C130" t="s">
+        <v>355</v>
+      </c>
+      <c r="D130" t="s">
+        <v>402</v>
+      </c>
+      <c r="E130" t="s">
+        <v>403</v>
+      </c>
+      <c r="F130" t="s">
+        <v>404</v>
+      </c>
+      <c r="G130" t="s">
+        <v>5</v>
+      </c>
+      <c r="H130" s="1">
+        <v>3</v>
+      </c>
+      <c r="I130" s="1">
+        <v>1</v>
+      </c>
+      <c r="J130" s="1">
+        <v>0</v>
+      </c>
+      <c r="K130" t="s">
+        <v>128</v>
+      </c>
+      <c r="L130" t="s">
+        <v>24</v>
+      </c>
+      <c r="M130" s="1">
+        <v>1</v>
+      </c>
+      <c r="N130" s="1">
+        <v>1</v>
+      </c>
+      <c r="O130" s="1">
+        <v>3</v>
+      </c>
+      <c r="P130" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A131">
+        <v>130</v>
+      </c>
+      <c r="B131">
+        <v>3</v>
+      </c>
+      <c r="C131" t="s">
+        <v>355</v>
+      </c>
+      <c r="D131" t="s">
+        <v>405</v>
+      </c>
+      <c r="E131" t="s">
+        <v>406</v>
+      </c>
+      <c r="F131" t="s">
+        <v>407</v>
+      </c>
+      <c r="G131" t="s">
+        <v>14</v>
+      </c>
+      <c r="H131" s="1">
+        <v>0</v>
+      </c>
+      <c r="I131" s="1">
+        <v>7</v>
+      </c>
+      <c r="J131" s="1">
+        <v>0</v>
+      </c>
+      <c r="K131" t="s">
+        <v>0</v>
+      </c>
+      <c r="L131" t="s">
+        <v>31</v>
+      </c>
+      <c r="M131" s="1">
+        <v>20</v>
+      </c>
+      <c r="N131" s="1">
+        <v>5</v>
+      </c>
+      <c r="O131" s="1">
+        <v>2</v>
+      </c>
+      <c r="P131" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A132">
+        <v>131</v>
+      </c>
+      <c r="B132">
+        <v>3</v>
+      </c>
+      <c r="C132" t="s">
+        <v>355</v>
+      </c>
+      <c r="D132" t="s">
+        <v>208</v>
+      </c>
+      <c r="E132" t="s">
+        <v>408</v>
+      </c>
+      <c r="F132" t="s">
+        <v>409</v>
+      </c>
+      <c r="G132" t="s">
+        <v>5</v>
+      </c>
+      <c r="H132" s="1">
+        <v>16</v>
+      </c>
+      <c r="I132" s="1">
+        <v>4</v>
+      </c>
+      <c r="J132" s="1">
+        <v>0</v>
+      </c>
+      <c r="K132" t="s">
+        <v>6</v>
+      </c>
+      <c r="L132" t="s">
+        <v>24</v>
+      </c>
+      <c r="M132" s="1">
+        <v>20</v>
+      </c>
+      <c r="N132" s="1">
+        <v>5</v>
+      </c>
+      <c r="O132" s="1">
+        <v>15</v>
+      </c>
+      <c r="P132" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A133">
+        <v>132</v>
+      </c>
+      <c r="B133">
+        <v>3</v>
+      </c>
+      <c r="C133" t="s">
+        <v>355</v>
+      </c>
+      <c r="D133" t="s">
+        <v>208</v>
+      </c>
+      <c r="E133" t="s">
+        <v>410</v>
+      </c>
+      <c r="F133" t="s">
+        <v>411</v>
+      </c>
+      <c r="G133" t="s">
+        <v>5</v>
+      </c>
+      <c r="H133" s="1">
+        <v>32</v>
+      </c>
+      <c r="I133" s="1">
+        <v>8</v>
+      </c>
+      <c r="J133" s="1">
+        <v>0</v>
+      </c>
+      <c r="K133" t="s">
+        <v>6</v>
+      </c>
+      <c r="L133" t="s">
+        <v>24</v>
+      </c>
+      <c r="M133" s="1">
+        <v>60</v>
+      </c>
+      <c r="N133" s="1">
+        <v>20</v>
+      </c>
+      <c r="O133" s="1">
+        <v>20</v>
+      </c>
+      <c r="P133" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A134">
+        <v>133</v>
+      </c>
+      <c r="B134">
+        <v>3</v>
+      </c>
+      <c r="C134" t="s">
+        <v>355</v>
+      </c>
+      <c r="D134" t="s">
+        <v>208</v>
+      </c>
+      <c r="E134" t="s">
+        <v>412</v>
+      </c>
+      <c r="F134" t="s">
+        <v>413</v>
+      </c>
+      <c r="G134" t="s">
+        <v>5</v>
+      </c>
+      <c r="H134" s="1">
+        <v>16</v>
+      </c>
+      <c r="I134" s="1">
+        <v>4</v>
+      </c>
+      <c r="J134" s="1">
+        <v>0</v>
+      </c>
+      <c r="K134" t="s">
+        <v>6</v>
+      </c>
+      <c r="L134" t="s">
+        <v>7</v>
+      </c>
+      <c r="M134" s="1">
+        <v>0</v>
+      </c>
+      <c r="N134" s="1">
+        <v>5</v>
+      </c>
+      <c r="O134" s="1">
+        <v>15</v>
+      </c>
+      <c r="P134" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A135">
+        <v>134</v>
+      </c>
+      <c r="B135">
+        <v>3</v>
+      </c>
+      <c r="C135" t="s">
+        <v>355</v>
+      </c>
+      <c r="D135" t="s">
+        <v>414</v>
+      </c>
+      <c r="E135" t="s">
+        <v>415</v>
+      </c>
+      <c r="F135" t="s">
+        <v>416</v>
+      </c>
+      <c r="G135" t="s">
+        <v>5</v>
+      </c>
+      <c r="H135" s="1">
+        <v>24</v>
+      </c>
+      <c r="I135" s="1">
+        <v>6</v>
+      </c>
+      <c r="J135" s="1">
+        <v>0</v>
+      </c>
+      <c r="K135" t="s">
+        <v>6</v>
+      </c>
+      <c r="L135" t="s">
+        <v>31</v>
+      </c>
+      <c r="M135" s="1">
+        <v>60</v>
+      </c>
+      <c r="N135" s="1">
+        <v>20</v>
+      </c>
+      <c r="O135" s="1">
+        <v>10</v>
+      </c>
+      <c r="P135" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A136">
+        <v>135</v>
+      </c>
+      <c r="B136">
+        <v>3</v>
+      </c>
+      <c r="C136" t="s">
+        <v>355</v>
+      </c>
+      <c r="D136" t="s">
+        <v>414</v>
+      </c>
+      <c r="E136" t="s">
+        <v>417</v>
+      </c>
+      <c r="F136" t="s">
+        <v>418</v>
+      </c>
+      <c r="G136" t="s">
+        <v>5</v>
+      </c>
+      <c r="H136" s="1">
+        <v>2</v>
+      </c>
+      <c r="I136" s="1">
+        <v>1</v>
+      </c>
+      <c r="J136" s="1">
+        <v>0</v>
+      </c>
+      <c r="K136" t="s">
+        <v>6</v>
+      </c>
+      <c r="L136" t="s">
+        <v>24</v>
+      </c>
+      <c r="M136" s="1">
+        <v>7</v>
+      </c>
+      <c r="N136" s="1">
+        <v>1</v>
+      </c>
+      <c r="O136" s="1">
+        <v>2</v>
+      </c>
+      <c r="P136" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A137">
+        <v>136</v>
+      </c>
+      <c r="B137">
+        <v>3</v>
+      </c>
+      <c r="C137" t="s">
+        <v>355</v>
+      </c>
+      <c r="D137" t="s">
+        <v>414</v>
+      </c>
+      <c r="E137" t="s">
+        <v>419</v>
+      </c>
+      <c r="F137" t="s">
+        <v>420</v>
+      </c>
+      <c r="G137" t="s">
+        <v>5</v>
+      </c>
+      <c r="H137" s="1">
+        <v>8</v>
+      </c>
+      <c r="I137" s="1">
+        <v>2</v>
+      </c>
+      <c r="J137" s="1">
+        <v>0</v>
+      </c>
+      <c r="K137" t="s">
+        <v>6</v>
+      </c>
+      <c r="L137" t="s">
+        <v>16</v>
+      </c>
+      <c r="M137" s="1">
+        <v>0</v>
+      </c>
+      <c r="N137" s="1">
+        <v>2</v>
+      </c>
+      <c r="O137" s="1">
+        <v>8</v>
+      </c>
+      <c r="P137" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A138">
+        <v>137</v>
+      </c>
+      <c r="B138">
+        <v>3</v>
+      </c>
+      <c r="C138" t="s">
+        <v>355</v>
+      </c>
+      <c r="D138" t="s">
+        <v>421</v>
+      </c>
+      <c r="E138" t="s">
+        <v>422</v>
+      </c>
+      <c r="F138" t="s">
+        <v>423</v>
+      </c>
+      <c r="G138" t="s">
+        <v>14</v>
+      </c>
+      <c r="H138" s="1">
+        <v>2</v>
+      </c>
+      <c r="I138" s="1">
+        <v>1</v>
+      </c>
+      <c r="J138" s="1">
+        <v>0</v>
+      </c>
+      <c r="K138" t="s">
+        <v>15</v>
+      </c>
+      <c r="L138" t="s">
+        <v>31</v>
+      </c>
+      <c r="M138" s="1">
+        <v>22</v>
+      </c>
+      <c r="N138" s="1">
+        <v>1</v>
+      </c>
+      <c r="O138" s="1">
+        <v>2</v>
+      </c>
+      <c r="P138" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A139">
+        <v>138</v>
+      </c>
+      <c r="B139">
+        <v>3</v>
+      </c>
+      <c r="C139" t="s">
+        <v>355</v>
+      </c>
+      <c r="D139" t="s">
+        <v>421</v>
+      </c>
+      <c r="E139" t="s">
+        <v>424</v>
+      </c>
+      <c r="F139" t="s">
+        <v>425</v>
+      </c>
+      <c r="G139" t="s">
+        <v>5</v>
+      </c>
+      <c r="H139" s="1">
+        <v>10</v>
+      </c>
+      <c r="I139" s="1">
+        <v>2</v>
+      </c>
+      <c r="J139" s="1">
+        <v>0</v>
+      </c>
+      <c r="K139" t="s">
+        <v>6</v>
+      </c>
+      <c r="L139" t="s">
+        <v>24</v>
+      </c>
+      <c r="M139" s="1">
+        <v>9</v>
+      </c>
+      <c r="N139" s="1">
+        <v>10</v>
+      </c>
+      <c r="O139" s="1">
+        <v>2</v>
+      </c>
+      <c r="P139" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A140">
+        <v>139</v>
+      </c>
+      <c r="B140">
+        <v>3</v>
+      </c>
+      <c r="C140" t="s">
+        <v>426</v>
+      </c>
+      <c r="D140" t="s">
+        <v>427</v>
+      </c>
+      <c r="E140" t="s">
+        <v>428</v>
+      </c>
+      <c r="F140" t="s">
+        <v>429</v>
+      </c>
+      <c r="G140" t="s">
+        <v>14</v>
+      </c>
+      <c r="H140" s="1">
+        <v>2</v>
+      </c>
+      <c r="I140" s="1">
+        <v>1</v>
+      </c>
+      <c r="J140" s="1">
+        <v>0</v>
+      </c>
+      <c r="K140" t="s">
+        <v>15</v>
+      </c>
+      <c r="L140" t="s">
+        <v>24</v>
+      </c>
+      <c r="M140" s="1">
+        <v>42</v>
+      </c>
+      <c r="N140" s="1">
+        <v>1</v>
+      </c>
+      <c r="O140" s="1">
+        <v>2</v>
+      </c>
+      <c r="P140" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A141">
+        <v>140</v>
+      </c>
+      <c r="B141">
+        <v>3</v>
+      </c>
+      <c r="C141" t="s">
+        <v>426</v>
+      </c>
+      <c r="D141" t="s">
+        <v>427</v>
+      </c>
+      <c r="E141" t="s">
+        <v>430</v>
+      </c>
+      <c r="F141" t="s">
+        <v>431</v>
+      </c>
+      <c r="G141" t="s">
+        <v>14</v>
+      </c>
+      <c r="H141" s="1">
+        <v>8</v>
+      </c>
+      <c r="I141" s="1">
+        <v>2</v>
+      </c>
+      <c r="J141" s="1">
+        <v>0</v>
+      </c>
+      <c r="K141" t="s">
+        <v>15</v>
+      </c>
+      <c r="L141" t="s">
+        <v>19</v>
+      </c>
+      <c r="M141" s="1">
+        <v>0</v>
+      </c>
+      <c r="N141" s="1">
+        <v>2</v>
+      </c>
+      <c r="O141" s="1">
+        <v>8</v>
+      </c>
+      <c r="P141" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A142">
+        <v>141</v>
+      </c>
+      <c r="B142">
+        <v>3</v>
+      </c>
+      <c r="C142" t="s">
+        <v>426</v>
+      </c>
+      <c r="D142" t="s">
+        <v>432</v>
+      </c>
+      <c r="E142" t="s">
+        <v>433</v>
+      </c>
+      <c r="F142" t="s">
+        <v>434</v>
+      </c>
+      <c r="G142" t="s">
+        <v>14</v>
+      </c>
+      <c r="H142" s="1">
+        <v>2</v>
+      </c>
+      <c r="I142" s="1">
+        <v>1</v>
+      </c>
+      <c r="J142" s="1">
+        <v>0</v>
+      </c>
+      <c r="K142" t="s">
+        <v>15</v>
+      </c>
+      <c r="L142" t="s">
+        <v>31</v>
+      </c>
+      <c r="M142" s="1">
+        <v>7</v>
+      </c>
+      <c r="N142" s="1">
+        <v>1</v>
+      </c>
+      <c r="O142" s="1">
+        <v>2</v>
+      </c>
+      <c r="P142" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A143">
+        <v>142</v>
+      </c>
+      <c r="B143">
+        <v>3</v>
+      </c>
+      <c r="C143" t="s">
+        <v>426</v>
+      </c>
+      <c r="D143" t="s">
+        <v>435</v>
+      </c>
+      <c r="E143" t="s">
+        <v>436</v>
+      </c>
+      <c r="F143" t="s">
+        <v>437</v>
+      </c>
+      <c r="G143" t="s">
+        <v>5</v>
+      </c>
+      <c r="H143" s="1">
+        <v>8</v>
+      </c>
+      <c r="I143" s="1">
+        <v>2</v>
+      </c>
+      <c r="J143" s="1">
+        <v>0</v>
+      </c>
+      <c r="K143" t="s">
+        <v>6</v>
+      </c>
+      <c r="L143" t="s">
+        <v>31</v>
+      </c>
+      <c r="M143" s="1">
+        <v>15</v>
+      </c>
+      <c r="N143" s="1">
+        <v>5</v>
+      </c>
+      <c r="O143" s="1">
+        <v>5</v>
+      </c>
+      <c r="P143" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A144">
+        <v>143</v>
+      </c>
+      <c r="B144">
+        <v>3</v>
+      </c>
+      <c r="C144" t="s">
+        <v>426</v>
+      </c>
+      <c r="D144" t="s">
+        <v>311</v>
+      </c>
+      <c r="E144" t="s">
+        <v>438</v>
+      </c>
+      <c r="F144" t="s">
+        <v>439</v>
+      </c>
+      <c r="G144" t="s">
+        <v>5</v>
+      </c>
+      <c r="H144" s="1">
+        <v>8</v>
+      </c>
+      <c r="I144" s="1">
+        <v>2</v>
+      </c>
+      <c r="J144" s="1">
+        <v>0</v>
+      </c>
+      <c r="K144" t="s">
+        <v>6</v>
+      </c>
+      <c r="L144" t="s">
+        <v>74</v>
+      </c>
+      <c r="M144" s="1">
+        <v>15</v>
+      </c>
+      <c r="N144" s="1">
+        <v>5</v>
+      </c>
+      <c r="O144" s="1">
+        <v>5</v>
+      </c>
+      <c r="P144" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A145">
+        <v>144</v>
+      </c>
+      <c r="B145">
+        <v>3</v>
+      </c>
+      <c r="C145" t="s">
+        <v>426</v>
+      </c>
+      <c r="D145" t="s">
+        <v>440</v>
+      </c>
+      <c r="E145" t="s">
+        <v>441</v>
+      </c>
+      <c r="F145" t="s">
+        <v>442</v>
+      </c>
+      <c r="G145" t="s">
+        <v>5</v>
+      </c>
+      <c r="H145" s="1">
+        <v>8</v>
+      </c>
+      <c r="I145" s="1">
+        <v>2</v>
+      </c>
+      <c r="J145" s="1">
+        <v>0</v>
+      </c>
+      <c r="K145" t="s">
+        <v>6</v>
+      </c>
+      <c r="L145" t="s">
+        <v>74</v>
+      </c>
+      <c r="M145" s="1">
+        <v>30</v>
+      </c>
+      <c r="N145" s="1">
+        <v>5</v>
+      </c>
+      <c r="O145" s="1">
+        <v>5</v>
+      </c>
+      <c r="P145" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A146">
+        <v>145</v>
+      </c>
+      <c r="B146">
+        <v>3</v>
+      </c>
+      <c r="C146" t="s">
+        <v>426</v>
+      </c>
+      <c r="D146" t="s">
+        <v>402</v>
+      </c>
+      <c r="E146" t="s">
+        <v>443</v>
+      </c>
+      <c r="F146" t="s">
+        <v>444</v>
+      </c>
+      <c r="G146" t="s">
+        <v>5</v>
+      </c>
+      <c r="H146" s="1">
+        <v>8</v>
+      </c>
+      <c r="I146" s="1">
+        <v>2</v>
+      </c>
+      <c r="J146" s="1">
+        <v>0</v>
+      </c>
+      <c r="K146" t="s">
+        <v>6</v>
+      </c>
+      <c r="L146" t="s">
+        <v>24</v>
+      </c>
+      <c r="M146" s="1">
+        <v>5</v>
+      </c>
+      <c r="N146" s="1">
+        <v>5</v>
+      </c>
+      <c r="O146" s="1">
+        <v>5</v>
+      </c>
+      <c r="P146" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A147">
+        <v>146</v>
+      </c>
+      <c r="B147">
+        <v>3</v>
+      </c>
+      <c r="C147" t="s">
+        <v>426</v>
+      </c>
+      <c r="D147" t="s">
+        <v>445</v>
+      </c>
+      <c r="E147" t="s">
+        <v>446</v>
+      </c>
+      <c r="F147" t="s">
+        <v>447</v>
+      </c>
+      <c r="G147" t="s">
+        <v>5</v>
+      </c>
+      <c r="H147" s="1">
+        <v>2</v>
+      </c>
+      <c r="I147" s="1">
+        <v>0</v>
+      </c>
+      <c r="J147" s="1">
+        <v>0</v>
+      </c>
+      <c r="K147" t="s">
+        <v>6</v>
+      </c>
+      <c r="L147" t="s">
+        <v>74</v>
+      </c>
+      <c r="M147" s="1">
+        <v>18</v>
+      </c>
+      <c r="N147" s="1">
+        <v>1</v>
+      </c>
+      <c r="O147" s="1">
+        <v>1</v>
+      </c>
+      <c r="P147" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A148">
+        <v>147</v>
+      </c>
+      <c r="B148">
+        <v>3</v>
+      </c>
+      <c r="C148" t="s">
+        <v>426</v>
+      </c>
+      <c r="D148" t="s">
+        <v>214</v>
+      </c>
+      <c r="E148" t="s">
+        <v>448</v>
+      </c>
+      <c r="F148" t="s">
+        <v>449</v>
+      </c>
+      <c r="G148" t="s">
+        <v>5</v>
+      </c>
+      <c r="H148" s="1">
+        <v>4</v>
+      </c>
+      <c r="I148" s="1">
+        <v>1</v>
+      </c>
+      <c r="J148" s="1">
+        <v>0</v>
+      </c>
+      <c r="K148" t="s">
+        <v>6</v>
+      </c>
+      <c r="L148" t="s">
+        <v>31</v>
+      </c>
+      <c r="M148" s="1">
+        <v>6</v>
+      </c>
+      <c r="N148" s="1">
+        <v>2</v>
+      </c>
+      <c r="O148" s="1">
+        <v>3</v>
+      </c>
+      <c r="P148" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A149">
+        <v>148</v>
+      </c>
+      <c r="B149">
+        <v>3</v>
+      </c>
+      <c r="C149" t="s">
+        <v>426</v>
+      </c>
+      <c r="D149" t="s">
+        <v>347</v>
+      </c>
+      <c r="E149" t="s">
+        <v>450</v>
+      </c>
+      <c r="F149" t="s">
+        <v>451</v>
+      </c>
+      <c r="G149" t="s">
+        <v>14</v>
+      </c>
+      <c r="H149" s="1">
+        <v>12</v>
+      </c>
+      <c r="I149" s="1">
+        <v>3</v>
+      </c>
+      <c r="J149" s="1">
+        <v>0</v>
+      </c>
+      <c r="K149" t="s">
+        <v>15</v>
+      </c>
+      <c r="L149" t="s">
+        <v>16</v>
+      </c>
+      <c r="M149" s="1">
+        <v>30</v>
+      </c>
+      <c r="N149" s="1">
+        <v>5</v>
+      </c>
+      <c r="O149" s="1">
+        <v>10</v>
+      </c>
+      <c r="P149" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A150">
+        <v>149</v>
+      </c>
+      <c r="B150">
+        <v>3</v>
+      </c>
+      <c r="C150" t="s">
+        <v>426</v>
+      </c>
+      <c r="D150" t="s">
+        <v>347</v>
+      </c>
+      <c r="E150" t="s">
+        <v>452</v>
+      </c>
+      <c r="F150" t="s">
+        <v>453</v>
+      </c>
+      <c r="G150" t="s">
+        <v>14</v>
+      </c>
+      <c r="H150" s="1">
+        <v>2</v>
+      </c>
+      <c r="I150" s="1">
+        <v>1</v>
+      </c>
+      <c r="J150" s="1">
+        <v>0</v>
+      </c>
+      <c r="K150" t="s">
+        <v>15</v>
+      </c>
+      <c r="L150" t="s">
+        <v>24</v>
+      </c>
+      <c r="M150" s="1">
+        <v>26</v>
+      </c>
+      <c r="N150" s="1">
+        <v>1</v>
+      </c>
+      <c r="O150" s="1">
+        <v>2</v>
+      </c>
+      <c r="P150" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A151">
+        <v>150</v>
+      </c>
+      <c r="B151">
+        <v>3</v>
+      </c>
+      <c r="C151" t="s">
+        <v>426</v>
+      </c>
+      <c r="D151" t="s">
+        <v>347</v>
+      </c>
+      <c r="E151" t="s">
+        <v>454</v>
+      </c>
+      <c r="F151" t="s">
+        <v>455</v>
+      </c>
+      <c r="G151" t="s">
+        <v>14</v>
+      </c>
+      <c r="H151" s="1">
+        <v>5</v>
+      </c>
+      <c r="I151" s="1">
+        <v>1</v>
+      </c>
+      <c r="J151" s="1">
+        <v>0</v>
+      </c>
+      <c r="K151" t="s">
+        <v>15</v>
+      </c>
+      <c r="L151" t="s">
+        <v>31</v>
+      </c>
+      <c r="M151" s="1">
+        <v>6</v>
+      </c>
+      <c r="N151" s="1">
+        <v>2</v>
+      </c>
+      <c r="O151" s="1">
+        <v>4</v>
+      </c>
+      <c r="P151" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A152">
+        <v>151</v>
+      </c>
+      <c r="B152">
+        <v>3</v>
+      </c>
+      <c r="C152" t="s">
+        <v>426</v>
+      </c>
+      <c r="D152" t="s">
+        <v>347</v>
+      </c>
+      <c r="E152" t="s">
+        <v>456</v>
+      </c>
+      <c r="F152" t="s">
+        <v>457</v>
+      </c>
+      <c r="G152" t="s">
+        <v>14</v>
+      </c>
+      <c r="H152" s="1">
+        <v>8</v>
+      </c>
+      <c r="I152" s="1">
+        <v>2</v>
+      </c>
+      <c r="J152" s="1">
+        <v>0</v>
+      </c>
+      <c r="K152" t="s">
+        <v>15</v>
+      </c>
+      <c r="L152" t="s">
+        <v>31</v>
+      </c>
+      <c r="M152" s="1">
+        <v>10</v>
+      </c>
+      <c r="N152" s="1">
+        <v>5</v>
+      </c>
+      <c r="O152" s="1">
+        <v>5</v>
+      </c>
+      <c r="P152" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="153" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A153">
+        <v>152</v>
+      </c>
+      <c r="B153">
+        <v>3</v>
+      </c>
+      <c r="C153" t="s">
+        <v>426</v>
+      </c>
+      <c r="D153" t="s">
+        <v>352</v>
+      </c>
+      <c r="E153" t="s">
+        <v>458</v>
+      </c>
+      <c r="F153" t="s">
+        <v>459</v>
+      </c>
+      <c r="G153" t="s">
+        <v>14</v>
+      </c>
+      <c r="H153" s="1">
+        <v>29</v>
+      </c>
+      <c r="I153" s="1">
+        <v>7</v>
+      </c>
+      <c r="J153" s="1">
+        <v>0</v>
+      </c>
+      <c r="K153" t="s">
+        <v>15</v>
+      </c>
+      <c r="L153" t="s">
+        <v>7</v>
+      </c>
+      <c r="M153" s="1">
+        <v>20</v>
+      </c>
+      <c r="N153" s="1">
+        <v>16</v>
+      </c>
+      <c r="O153" s="1">
+        <v>20</v>
+      </c>
+      <c r="P153" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="154" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A154">
+        <v>153</v>
+      </c>
+      <c r="B154">
+        <v>3</v>
+      </c>
+      <c r="C154" t="s">
+        <v>426</v>
+      </c>
+      <c r="D154" t="s">
+        <v>352</v>
+      </c>
+      <c r="E154" t="s">
+        <v>460</v>
+      </c>
+      <c r="F154" t="s">
+        <v>461</v>
+      </c>
+      <c r="G154" t="s">
+        <v>14</v>
+      </c>
+      <c r="H154" s="1">
+        <v>9</v>
+      </c>
+      <c r="I154" s="1">
+        <v>2</v>
+      </c>
+      <c r="J154" s="1">
+        <v>0</v>
+      </c>
+      <c r="K154" t="s">
+        <v>15</v>
+      </c>
+      <c r="L154" t="s">
+        <v>31</v>
+      </c>
+      <c r="M154" s="1">
+        <v>10</v>
+      </c>
+      <c r="N154" s="1">
+        <v>5</v>
+      </c>
+      <c r="O154" s="1">
+        <v>6</v>
+      </c>
+      <c r="P154" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="155" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A155">
+        <v>154</v>
+      </c>
+      <c r="B155">
+        <v>3</v>
+      </c>
+      <c r="C155" t="s">
+        <v>426</v>
+      </c>
+      <c r="D155" t="s">
+        <v>352</v>
+      </c>
+      <c r="E155" t="s">
+        <v>462</v>
+      </c>
+      <c r="F155" t="s">
+        <v>463</v>
+      </c>
+      <c r="G155" t="s">
+        <v>14</v>
+      </c>
+      <c r="H155" s="1">
+        <v>9</v>
+      </c>
+      <c r="I155" s="1">
+        <v>1</v>
+      </c>
+      <c r="J155" s="1">
+        <v>0</v>
+      </c>
+      <c r="K155" t="s">
+        <v>48</v>
+      </c>
+      <c r="L155" t="s">
+        <v>16</v>
+      </c>
+      <c r="M155" s="1">
+        <v>10</v>
+      </c>
+      <c r="N155" s="1">
+        <v>5</v>
+      </c>
+      <c r="O155" s="1">
+        <v>5</v>
+      </c>
+      <c r="P155" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="156" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A156">
+        <v>155</v>
+      </c>
+      <c r="B156">
+        <v>3</v>
+      </c>
+      <c r="C156" t="s">
+        <v>426</v>
+      </c>
+      <c r="D156" t="s">
+        <v>464</v>
+      </c>
+      <c r="E156" t="s">
+        <v>465</v>
+      </c>
+      <c r="F156" t="s">
+        <v>466</v>
+      </c>
+      <c r="G156" t="s">
+        <v>14</v>
+      </c>
+      <c r="H156" s="1">
+        <v>3</v>
+      </c>
+      <c r="I156" s="1">
+        <v>1</v>
+      </c>
+      <c r="J156" s="1">
+        <v>0</v>
+      </c>
+      <c r="K156" t="s">
+        <v>15</v>
+      </c>
+      <c r="L156" t="s">
+        <v>31</v>
+      </c>
+      <c r="M156" s="1">
+        <v>10</v>
+      </c>
+      <c r="N156" s="1">
+        <v>1</v>
+      </c>
+      <c r="O156" s="1">
+        <v>3</v>
+      </c>
+      <c r="P156" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="157" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A157">
+        <v>156</v>
+      </c>
+      <c r="B157">
+        <v>3</v>
+      </c>
+      <c r="C157" t="s">
+        <v>426</v>
+      </c>
+      <c r="D157" t="s">
+        <v>467</v>
+      </c>
+      <c r="E157" t="s">
+        <v>468</v>
+      </c>
+      <c r="F157" t="s">
+        <v>469</v>
+      </c>
+      <c r="G157" t="s">
+        <v>14</v>
+      </c>
+      <c r="H157" s="1">
+        <v>4</v>
+      </c>
+      <c r="I157" s="1">
+        <v>1</v>
+      </c>
+      <c r="J157" s="1">
+        <v>0</v>
+      </c>
+      <c r="K157" t="s">
+        <v>15</v>
+      </c>
+      <c r="L157" t="s">
+        <v>24</v>
+      </c>
+      <c r="M157" s="1">
+        <v>24</v>
+      </c>
+      <c r="N157" s="1">
+        <v>2</v>
+      </c>
+      <c r="O157" s="1">
+        <v>3</v>
+      </c>
+      <c r="P157" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="158" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A158">
+        <v>157</v>
+      </c>
+      <c r="B158">
+        <v>3</v>
+      </c>
+      <c r="C158" t="s">
+        <v>426</v>
+      </c>
+      <c r="D158" t="s">
+        <v>467</v>
+      </c>
+      <c r="E158" t="s">
+        <v>470</v>
+      </c>
+      <c r="F158" t="s">
+        <v>471</v>
+      </c>
+      <c r="G158" t="s">
+        <v>5</v>
+      </c>
+      <c r="H158" s="1">
+        <v>8</v>
+      </c>
+      <c r="I158" s="1">
+        <v>2</v>
+      </c>
+      <c r="J158" s="1">
+        <v>0</v>
+      </c>
+      <c r="K158" t="s">
+        <v>6</v>
+      </c>
+      <c r="L158" t="s">
+        <v>24</v>
+      </c>
+      <c r="M158" s="1">
+        <v>45</v>
+      </c>
+      <c r="N158" s="1">
+        <v>5</v>
+      </c>
+      <c r="O158" s="1">
+        <v>5</v>
+      </c>
+      <c r="P158" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="159" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A159">
+        <v>158</v>
+      </c>
+      <c r="B159">
+        <v>3</v>
+      </c>
+      <c r="C159" t="s">
+        <v>426</v>
+      </c>
+      <c r="D159" t="s">
+        <v>467</v>
+      </c>
+      <c r="E159" t="s">
+        <v>472</v>
+      </c>
+      <c r="F159" t="s">
+        <v>473</v>
+      </c>
+      <c r="G159" t="s">
+        <v>5</v>
+      </c>
+      <c r="H159" s="1">
+        <v>12</v>
+      </c>
+      <c r="I159" s="1">
+        <v>3</v>
+      </c>
+      <c r="J159" s="1">
+        <v>0</v>
+      </c>
+      <c r="K159" t="s">
+        <v>6</v>
+      </c>
+      <c r="L159" t="s">
+        <v>24</v>
+      </c>
+      <c r="M159" s="1">
+        <v>5</v>
+      </c>
+      <c r="N159" s="1">
+        <v>5</v>
+      </c>
+      <c r="O159" s="1">
+        <v>10</v>
+      </c>
+      <c r="P159" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="160" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A160">
+        <v>159</v>
+      </c>
+      <c r="B160">
+        <v>3</v>
+      </c>
+      <c r="C160" t="s">
+        <v>474</v>
+      </c>
+      <c r="D160" t="s">
+        <v>475</v>
+      </c>
+      <c r="E160" t="s">
+        <v>476</v>
+      </c>
+      <c r="F160" t="s">
+        <v>477</v>
+      </c>
+      <c r="G160" t="s">
+        <v>14</v>
+      </c>
+      <c r="H160" s="1">
+        <v>2</v>
+      </c>
+      <c r="I160" s="1">
+        <v>1</v>
+      </c>
+      <c r="J160" s="1">
+        <v>0</v>
+      </c>
+      <c r="K160" t="s">
+        <v>15</v>
+      </c>
+      <c r="L160" t="s">
+        <v>74</v>
+      </c>
+      <c r="M160" s="1">
+        <v>16</v>
+      </c>
+      <c r="N160" s="1">
+        <v>1</v>
+      </c>
+      <c r="O160" s="1">
+        <v>2</v>
+      </c>
+      <c r="P160" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="161" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A161">
+        <v>160</v>
+      </c>
+      <c r="B161">
+        <v>3</v>
+      </c>
+      <c r="C161" t="s">
+        <v>474</v>
+      </c>
+      <c r="D161" t="s">
+        <v>362</v>
+      </c>
+      <c r="E161" t="s">
+        <v>478</v>
+      </c>
+      <c r="F161" t="s">
+        <v>479</v>
+      </c>
+      <c r="G161" t="s">
+        <v>14</v>
+      </c>
+      <c r="H161" s="1">
+        <v>8</v>
+      </c>
+      <c r="I161" s="1">
+        <v>2</v>
+      </c>
+      <c r="J161" s="1">
+        <v>0</v>
+      </c>
+      <c r="K161" t="s">
+        <v>15</v>
+      </c>
+      <c r="L161" t="s">
+        <v>7</v>
+      </c>
+      <c r="M161" s="1">
+        <v>10</v>
+      </c>
+      <c r="N161" s="1">
+        <v>5</v>
+      </c>
+      <c r="O161" s="1">
+        <v>5</v>
+      </c>
+      <c r="P161" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="162" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A162">
+        <v>161</v>
+      </c>
+      <c r="B162">
+        <v>3</v>
+      </c>
+      <c r="C162" t="s">
+        <v>480</v>
+      </c>
+      <c r="D162" t="s">
+        <v>427</v>
+      </c>
+      <c r="E162" t="s">
+        <v>481</v>
+      </c>
+      <c r="F162" t="s">
+        <v>482</v>
+      </c>
+      <c r="G162" t="s">
+        <v>5</v>
+      </c>
+      <c r="H162" s="1">
+        <v>2</v>
+      </c>
+      <c r="I162" s="1">
+        <v>1</v>
+      </c>
+      <c r="J162" s="1">
+        <v>0</v>
+      </c>
+      <c r="K162" t="s">
+        <v>6</v>
+      </c>
+      <c r="L162" t="s">
+        <v>74</v>
+      </c>
+      <c r="M162" s="1">
+        <v>26</v>
+      </c>
+      <c r="N162" s="1">
+        <v>1</v>
+      </c>
+      <c r="O162" s="1">
+        <v>2</v>
+      </c>
+      <c r="P162" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="163" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A163">
+        <v>162</v>
+      </c>
+      <c r="B163">
+        <v>3</v>
+      </c>
+      <c r="C163" t="s">
+        <v>480</v>
+      </c>
+      <c r="D163" t="s">
+        <v>427</v>
+      </c>
+      <c r="E163" t="s">
+        <v>483</v>
+      </c>
+      <c r="F163" t="s">
+        <v>484</v>
+      </c>
+      <c r="G163" t="s">
+        <v>14</v>
+      </c>
+      <c r="H163" s="1">
+        <v>8</v>
+      </c>
+      <c r="I163" s="1">
+        <v>2</v>
+      </c>
+      <c r="J163" s="1">
+        <v>0</v>
+      </c>
+      <c r="K163" t="s">
+        <v>15</v>
+      </c>
+      <c r="L163" t="s">
+        <v>31</v>
+      </c>
+      <c r="M163" s="1">
+        <v>10</v>
+      </c>
+      <c r="N163" s="1">
+        <v>5</v>
+      </c>
+      <c r="O163" s="1">
+        <v>5</v>
+      </c>
+      <c r="P163" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="164" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A164">
+        <v>163</v>
+      </c>
+      <c r="B164">
+        <v>3</v>
+      </c>
+      <c r="C164" t="s">
+        <v>480</v>
+      </c>
+      <c r="D164" t="s">
+        <v>485</v>
+      </c>
+      <c r="E164" t="s">
+        <v>486</v>
+      </c>
+      <c r="F164" t="s">
+        <v>487</v>
+      </c>
+      <c r="G164" t="s">
+        <v>5</v>
+      </c>
+      <c r="H164" s="1">
+        <v>174</v>
+      </c>
+      <c r="I164" s="1">
+        <v>43</v>
+      </c>
+      <c r="J164" s="1">
+        <v>0</v>
+      </c>
+      <c r="K164" t="s">
+        <v>6</v>
+      </c>
+      <c r="L164" t="s">
+        <v>7</v>
+      </c>
+      <c r="M164" s="1">
+        <v>37</v>
+      </c>
+      <c r="N164" s="1">
+        <v>50</v>
+      </c>
+      <c r="O164" s="1">
+        <v>167</v>
+      </c>
+      <c r="P164" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="165" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A165">
+        <v>164</v>
+      </c>
+      <c r="B165">
+        <v>3</v>
+      </c>
+      <c r="C165" t="s">
+        <v>480</v>
+      </c>
+      <c r="D165" t="s">
+        <v>485</v>
+      </c>
+      <c r="E165" t="s">
+        <v>488</v>
+      </c>
+      <c r="F165" t="s">
+        <v>489</v>
+      </c>
+      <c r="G165" t="s">
+        <v>5</v>
+      </c>
+      <c r="H165" s="1">
+        <v>12</v>
+      </c>
+      <c r="I165" s="1">
+        <v>3</v>
+      </c>
+      <c r="J165" s="1">
+        <v>0</v>
+      </c>
+      <c r="K165" t="s">
+        <v>6</v>
+      </c>
+      <c r="L165" t="s">
+        <v>31</v>
+      </c>
+      <c r="M165" s="1">
+        <v>15</v>
+      </c>
+      <c r="N165" s="1">
+        <v>5</v>
+      </c>
+      <c r="O165" s="1">
+        <v>10</v>
+      </c>
+      <c r="P165" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="166" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A166">
+        <v>165</v>
+      </c>
+      <c r="B166">
+        <v>3</v>
+      </c>
+      <c r="C166" t="s">
+        <v>480</v>
+      </c>
+      <c r="D166" t="s">
+        <v>490</v>
+      </c>
+      <c r="E166" t="s">
+        <v>491</v>
+      </c>
+      <c r="F166" t="s">
+        <v>482</v>
+      </c>
+      <c r="G166" t="s">
+        <v>5</v>
+      </c>
+      <c r="H166" s="1">
+        <v>6</v>
+      </c>
+      <c r="I166" s="1">
+        <v>1</v>
+      </c>
+      <c r="J166" s="1">
+        <v>0</v>
+      </c>
+      <c r="K166" t="s">
+        <v>6</v>
+      </c>
+      <c r="L166" t="s">
+        <v>74</v>
+      </c>
+      <c r="M166" s="1">
+        <v>15</v>
+      </c>
+      <c r="N166" s="1">
+        <v>5</v>
+      </c>
+      <c r="O166" s="1">
+        <v>2</v>
+      </c>
+      <c r="P166" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="167" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A167">
+        <v>166</v>
+      </c>
+      <c r="B167">
+        <v>3</v>
+      </c>
+      <c r="C167" t="s">
+        <v>480</v>
+      </c>
+      <c r="D167" t="s">
+        <v>492</v>
+      </c>
+      <c r="E167" t="s">
+        <v>493</v>
+      </c>
+      <c r="F167" t="s">
+        <v>494</v>
+      </c>
+      <c r="G167" t="s">
+        <v>14</v>
+      </c>
+      <c r="H167" s="1">
+        <v>16</v>
+      </c>
+      <c r="I167" s="1">
+        <v>4</v>
+      </c>
+      <c r="J167" s="1">
+        <v>0</v>
+      </c>
+      <c r="K167" t="s">
+        <v>15</v>
+      </c>
+      <c r="L167" t="s">
+        <v>74</v>
+      </c>
+      <c r="M167" s="1">
+        <v>0</v>
+      </c>
+      <c r="N167" s="1">
+        <v>5</v>
+      </c>
+      <c r="O167" s="1">
+        <v>15</v>
+      </c>
+      <c r="P167" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="168" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A168">
+        <v>167</v>
+      </c>
+      <c r="B168">
+        <v>3</v>
+      </c>
+      <c r="C168" t="s">
+        <v>480</v>
+      </c>
+      <c r="D168" t="s">
+        <v>495</v>
+      </c>
+      <c r="E168" t="s">
+        <v>496</v>
+      </c>
+      <c r="F168" t="s">
+        <v>497</v>
+      </c>
+      <c r="G168" t="s">
+        <v>5</v>
+      </c>
+      <c r="H168" s="1">
+        <v>6</v>
+      </c>
+      <c r="I168" s="1">
+        <v>2</v>
+      </c>
+      <c r="J168" s="1">
+        <v>0</v>
+      </c>
+      <c r="K168" t="s">
+        <v>6</v>
+      </c>
+      <c r="L168" t="s">
+        <v>31</v>
+      </c>
+      <c r="M168" s="1">
+        <v>15</v>
+      </c>
+      <c r="N168" s="1">
+        <v>5</v>
+      </c>
+      <c r="O168" s="1">
+        <v>3</v>
+      </c>
+      <c r="P168" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="169" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A169">
+        <v>168</v>
+      </c>
+      <c r="B169">
+        <v>3</v>
+      </c>
+      <c r="C169" t="s">
+        <v>480</v>
+      </c>
+      <c r="D169" t="s">
+        <v>498</v>
+      </c>
+      <c r="E169" t="s">
+        <v>499</v>
+      </c>
+      <c r="F169" t="s">
+        <v>500</v>
+      </c>
+      <c r="G169" t="s">
+        <v>5</v>
+      </c>
+      <c r="H169" s="1">
+        <v>4</v>
+      </c>
+      <c r="I169" s="1">
+        <v>1</v>
+      </c>
+      <c r="J169" s="1">
+        <v>0</v>
+      </c>
+      <c r="K169" t="s">
+        <v>6</v>
+      </c>
+      <c r="L169" t="s">
+        <v>74</v>
+      </c>
+      <c r="M169" s="1">
+        <v>21</v>
+      </c>
+      <c r="N169" s="1">
+        <v>1</v>
+      </c>
+      <c r="O169" s="1">
+        <v>4</v>
+      </c>
+      <c r="P169" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="170" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A170">
+        <v>169</v>
+      </c>
+      <c r="B170">
+        <v>3</v>
+      </c>
+      <c r="C170" t="s">
+        <v>480</v>
+      </c>
+      <c r="D170" t="s">
+        <v>501</v>
+      </c>
+      <c r="E170" t="s">
+        <v>502</v>
+      </c>
+      <c r="F170" t="s">
+        <v>503</v>
+      </c>
+      <c r="G170" t="s">
+        <v>5</v>
+      </c>
+      <c r="H170" s="1">
+        <v>3</v>
+      </c>
+      <c r="I170" s="1">
+        <v>1</v>
+      </c>
+      <c r="J170" s="1">
+        <v>0</v>
+      </c>
+      <c r="K170" t="s">
+        <v>6</v>
+      </c>
+      <c r="L170" t="s">
+        <v>31</v>
+      </c>
+      <c r="M170" s="1">
+        <v>15</v>
+      </c>
+      <c r="N170" s="1">
+        <v>1</v>
+      </c>
+      <c r="O170" s="1">
+        <v>3</v>
+      </c>
+      <c r="P170" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="171" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A171">
+        <v>170</v>
+      </c>
+      <c r="B171">
+        <v>3</v>
+      </c>
+      <c r="C171" t="s">
+        <v>480</v>
+      </c>
+      <c r="D171" t="s">
+        <v>467</v>
+      </c>
+      <c r="E171" t="s">
+        <v>504</v>
+      </c>
+      <c r="F171" t="s">
+        <v>505</v>
+      </c>
+      <c r="G171" t="s">
+        <v>14</v>
+      </c>
+      <c r="H171" s="1">
+        <v>6</v>
+      </c>
+      <c r="I171" s="1">
+        <v>2</v>
+      </c>
+      <c r="J171" s="1">
+        <v>0</v>
+      </c>
+      <c r="K171" t="s">
+        <v>15</v>
+      </c>
+      <c r="L171" t="s">
+        <v>153</v>
+      </c>
+      <c r="M171" s="1">
+        <v>15</v>
+      </c>
+      <c r="N171" s="1">
+        <v>5</v>
+      </c>
+      <c r="O171" s="1">
+        <v>3</v>
+      </c>
+      <c r="P171" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="172" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A172">
+        <v>171</v>
+      </c>
+      <c r="B172">
+        <v>3</v>
+      </c>
+      <c r="C172" t="s">
+        <v>480</v>
+      </c>
+      <c r="D172" t="s">
+        <v>467</v>
+      </c>
+      <c r="E172" t="s">
+        <v>506</v>
+      </c>
+      <c r="F172" t="s">
+        <v>507</v>
+      </c>
+      <c r="G172" t="s">
+        <v>14</v>
+      </c>
+      <c r="H172" s="1">
+        <v>12</v>
+      </c>
+      <c r="I172" s="1">
+        <v>3</v>
+      </c>
+      <c r="J172" s="1">
+        <v>0</v>
+      </c>
+      <c r="K172" t="s">
+        <v>15</v>
+      </c>
+      <c r="L172" t="s">
+        <v>16</v>
+      </c>
+      <c r="M172" s="1">
+        <v>5</v>
+      </c>
+      <c r="N172" s="1">
+        <v>5</v>
+      </c>
+      <c r="O172" s="1">
+        <v>10</v>
+      </c>
+      <c r="P172" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="173" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A173">
+        <v>172</v>
+      </c>
+      <c r="B173">
+        <v>3</v>
+      </c>
+      <c r="C173" t="s">
+        <v>95</v>
+      </c>
+      <c r="D173" t="s">
+        <v>96</v>
+      </c>
+      <c r="E173" t="s">
+        <v>508</v>
+      </c>
+      <c r="F173" t="s">
+        <v>509</v>
+      </c>
+      <c r="G173" t="s">
+        <v>14</v>
+      </c>
+      <c r="H173" s="1">
+        <v>14</v>
+      </c>
+      <c r="I173" s="1">
+        <v>1</v>
+      </c>
+      <c r="J173" s="1">
+        <v>0</v>
+      </c>
+      <c r="K173" t="s">
+        <v>48</v>
+      </c>
+      <c r="L173" t="s">
+        <v>74</v>
+      </c>
+      <c r="M173" s="1">
+        <v>755</v>
+      </c>
+      <c r="N173" s="1">
+        <v>5</v>
+      </c>
+      <c r="O173" s="1">
+        <v>10</v>
+      </c>
+      <c r="P173" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="174" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A174">
+        <v>173</v>
+      </c>
+      <c r="B174">
+        <v>3</v>
+      </c>
+      <c r="C174" t="s">
+        <v>95</v>
+      </c>
+      <c r="D174" t="s">
+        <v>96</v>
+      </c>
+      <c r="E174" t="s">
+        <v>510</v>
+      </c>
+      <c r="F174" t="s">
+        <v>511</v>
+      </c>
+      <c r="G174" t="s">
+        <v>5</v>
+      </c>
+      <c r="H174" s="1">
+        <v>6</v>
+      </c>
+      <c r="I174" s="1">
+        <v>1</v>
+      </c>
+      <c r="J174" s="1">
+        <v>0</v>
+      </c>
+      <c r="K174" t="s">
+        <v>6</v>
+      </c>
+      <c r="L174" t="s">
+        <v>31</v>
+      </c>
+      <c r="M174" s="1">
+        <v>65</v>
+      </c>
+      <c r="N174" s="1">
+        <v>5</v>
+      </c>
+      <c r="O174" s="1">
+        <v>2</v>
+      </c>
+      <c r="P174" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="175" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A175">
+        <v>174</v>
+      </c>
+      <c r="B175">
+        <v>3</v>
+      </c>
+      <c r="C175" t="s">
+        <v>95</v>
+      </c>
+      <c r="D175" t="s">
+        <v>96</v>
+      </c>
+      <c r="E175" t="s">
+        <v>512</v>
+      </c>
+      <c r="F175" t="s">
+        <v>513</v>
+      </c>
+      <c r="G175" t="s">
+        <v>5</v>
+      </c>
+      <c r="H175" s="1">
+        <v>16</v>
+      </c>
+      <c r="I175" s="1">
+        <v>4</v>
+      </c>
+      <c r="J175" s="1">
+        <v>0</v>
+      </c>
+      <c r="K175" t="s">
+        <v>6</v>
+      </c>
+      <c r="L175" t="s">
+        <v>74</v>
+      </c>
+      <c r="M175" s="1">
+        <v>25</v>
+      </c>
+      <c r="N175" s="1">
+        <v>5</v>
+      </c>
+      <c r="O175" s="1">
+        <v>15</v>
+      </c>
+      <c r="P175" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="176" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A176">
+        <v>175</v>
+      </c>
+      <c r="B176">
+        <v>3</v>
+      </c>
+      <c r="C176" t="s">
+        <v>95</v>
+      </c>
+      <c r="D176" t="s">
+        <v>96</v>
+      </c>
+      <c r="E176" t="s">
+        <v>514</v>
+      </c>
+      <c r="F176" t="s">
+        <v>515</v>
+      </c>
+      <c r="G176" t="s">
+        <v>14</v>
+      </c>
+      <c r="H176" s="1">
+        <v>8</v>
+      </c>
+      <c r="I176" s="1">
+        <v>2</v>
+      </c>
+      <c r="J176" s="1">
+        <v>0</v>
+      </c>
+      <c r="K176" t="s">
+        <v>15</v>
+      </c>
+      <c r="L176" t="s">
+        <v>74</v>
+      </c>
+      <c r="M176" s="1">
+        <v>10</v>
+      </c>
+      <c r="N176" s="1">
+        <v>5</v>
+      </c>
+      <c r="O176" s="1">
+        <v>5</v>
+      </c>
+      <c r="P176" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="177" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A177">
+        <v>176</v>
+      </c>
+      <c r="B177">
+        <v>3</v>
+      </c>
+      <c r="C177" t="s">
+        <v>516</v>
+      </c>
+      <c r="D177" t="s">
+        <v>517</v>
+      </c>
+      <c r="E177" t="s">
+        <v>518</v>
+      </c>
+      <c r="F177" t="s">
+        <v>519</v>
+      </c>
+      <c r="G177" t="s">
+        <v>14</v>
+      </c>
+      <c r="H177" s="1">
+        <v>6</v>
+      </c>
+      <c r="I177" s="1">
+        <v>2</v>
+      </c>
+      <c r="J177" s="1">
+        <v>0</v>
+      </c>
+      <c r="K177" t="s">
+        <v>236</v>
+      </c>
+      <c r="L177" t="s">
+        <v>153</v>
+      </c>
+      <c r="M177" s="1">
+        <v>2</v>
+      </c>
+      <c r="N177" s="1">
+        <v>2</v>
+      </c>
+      <c r="O177" s="1">
+        <v>6</v>
+      </c>
+      <c r="P177" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="178" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A178">
+        <v>177</v>
+      </c>
+      <c r="B178">
+        <v>3</v>
+      </c>
+      <c r="C178" t="s">
+        <v>516</v>
+      </c>
+      <c r="D178" t="s">
+        <v>520</v>
+      </c>
+      <c r="E178" t="s">
+        <v>521</v>
+      </c>
+      <c r="F178" t="s">
+        <v>522</v>
+      </c>
+      <c r="G178" t="s">
+        <v>14</v>
+      </c>
+      <c r="H178" s="1">
+        <v>2</v>
+      </c>
+      <c r="I178" s="1">
+        <v>0</v>
+      </c>
+      <c r="J178" s="1">
+        <v>0</v>
+      </c>
+      <c r="K178" t="s">
+        <v>15</v>
+      </c>
+      <c r="L178" t="s">
+        <v>523</v>
+      </c>
+      <c r="M178" s="1">
+        <v>1</v>
+      </c>
+      <c r="N178" s="1">
+        <v>1</v>
+      </c>
+      <c r="O178" s="1">
+        <v>1</v>
+      </c>
+      <c r="P178" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="179" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A179">
+        <v>178</v>
+      </c>
+      <c r="B179">
+        <v>3</v>
+      </c>
+      <c r="C179" t="s">
+        <v>516</v>
+      </c>
+      <c r="D179" t="s">
+        <v>524</v>
+      </c>
+      <c r="E179" t="s">
+        <v>525</v>
+      </c>
+      <c r="F179" t="s">
+        <v>526</v>
+      </c>
+      <c r="G179" t="s">
+        <v>14</v>
+      </c>
+      <c r="H179" s="1">
+        <v>27</v>
+      </c>
+      <c r="I179" s="1">
+        <v>3</v>
+      </c>
+      <c r="J179" s="1">
+        <v>0</v>
+      </c>
+      <c r="K179" t="s">
+        <v>15</v>
+      </c>
+      <c r="L179" t="s">
+        <v>74</v>
+      </c>
+      <c r="M179" s="1">
+        <v>10</v>
+      </c>
+      <c r="N179" s="1">
+        <v>10</v>
+      </c>
+      <c r="O179" s="1">
+        <v>20</v>
+      </c>
+      <c r="P179" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="180" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A180">
+        <v>179</v>
+      </c>
+      <c r="B180">
+        <v>3</v>
+      </c>
+      <c r="C180" t="s">
+        <v>516</v>
+      </c>
+      <c r="D180" t="s">
+        <v>527</v>
+      </c>
+      <c r="E180" t="s">
+        <v>528</v>
+      </c>
+      <c r="F180" t="s">
+        <v>529</v>
+      </c>
+      <c r="G180" t="s">
+        <v>14</v>
+      </c>
+      <c r="H180" s="1">
+        <v>13</v>
+      </c>
+      <c r="I180" s="1">
+        <v>3</v>
+      </c>
+      <c r="J180" s="1">
+        <v>0</v>
+      </c>
+      <c r="K180" t="s">
+        <v>15</v>
+      </c>
+      <c r="L180" t="s">
+        <v>24</v>
+      </c>
+      <c r="M180" s="1">
+        <v>10</v>
+      </c>
+      <c r="N180" s="1">
+        <v>10</v>
+      </c>
+      <c r="O180" s="1">
+        <v>6</v>
+      </c>
+      <c r="P180" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q180" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="181" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A181">
+        <v>180</v>
+      </c>
+      <c r="B181">
+        <v>3</v>
+      </c>
+      <c r="C181" t="s">
+        <v>516</v>
+      </c>
+      <c r="D181" t="s">
+        <v>530</v>
+      </c>
+      <c r="E181" t="s">
+        <v>531</v>
+      </c>
+      <c r="F181" t="s">
+        <v>532</v>
+      </c>
+      <c r="G181" t="s">
+        <v>14</v>
+      </c>
+      <c r="H181" s="1">
+        <v>4</v>
+      </c>
+      <c r="I181" s="1">
+        <v>1</v>
+      </c>
+      <c r="J181" s="1">
+        <v>0</v>
+      </c>
+      <c r="K181" t="s">
+        <v>15</v>
+      </c>
+      <c r="L181" t="s">
+        <v>31</v>
+      </c>
+      <c r="M181" s="1">
+        <v>8</v>
+      </c>
+      <c r="N181" s="1">
+        <v>1</v>
+      </c>
+      <c r="O181" s="1">
+        <v>4</v>
+      </c>
+      <c r="P181" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="182" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A182">
+        <v>181</v>
+      </c>
+      <c r="B182">
+        <v>3</v>
+      </c>
+      <c r="C182" t="s">
+        <v>516</v>
+      </c>
+      <c r="D182" t="s">
+        <v>533</v>
+      </c>
+      <c r="E182" t="s">
+        <v>534</v>
+      </c>
+      <c r="F182" t="s">
+        <v>535</v>
+      </c>
+      <c r="G182" t="s">
+        <v>14</v>
+      </c>
+      <c r="H182" s="1">
+        <v>2</v>
+      </c>
+      <c r="I182" s="1">
+        <v>0</v>
+      </c>
+      <c r="J182" s="1">
+        <v>0</v>
+      </c>
+      <c r="K182" t="s">
+        <v>15</v>
+      </c>
+      <c r="L182" t="s">
+        <v>19</v>
+      </c>
+      <c r="M182" s="1">
+        <v>104</v>
+      </c>
+      <c r="N182" s="1">
+        <v>1</v>
+      </c>
+      <c r="O182" s="1">
+        <v>1</v>
+      </c>
+      <c r="P182" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="183" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A183">
+        <v>182</v>
+      </c>
+      <c r="B183">
+        <v>3</v>
+      </c>
+      <c r="C183" t="s">
+        <v>516</v>
+      </c>
+      <c r="D183" t="s">
+        <v>533</v>
+      </c>
+      <c r="E183" t="s">
+        <v>536</v>
+      </c>
+      <c r="F183" t="s">
+        <v>537</v>
+      </c>
+      <c r="G183" t="s">
+        <v>5</v>
+      </c>
+      <c r="H183" s="1">
+        <v>30</v>
+      </c>
+      <c r="I183" s="1">
+        <v>7</v>
+      </c>
+      <c r="J183" s="1">
+        <v>0</v>
+      </c>
+      <c r="K183" t="s">
+        <v>6</v>
+      </c>
+      <c r="L183" t="s">
+        <v>24</v>
+      </c>
+      <c r="M183" s="1">
+        <v>19</v>
+      </c>
+      <c r="N183" s="1">
+        <v>25</v>
+      </c>
+      <c r="O183" s="1">
+        <v>12</v>
+      </c>
+      <c r="P183" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q183" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="184" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A184">
+        <v>183</v>
+      </c>
+      <c r="B184">
+        <v>3</v>
+      </c>
+      <c r="C184" t="s">
+        <v>516</v>
+      </c>
+      <c r="D184" t="s">
+        <v>538</v>
+      </c>
+      <c r="E184" t="s">
+        <v>539</v>
+      </c>
+      <c r="F184" t="s">
+        <v>540</v>
+      </c>
+      <c r="G184" t="s">
+        <v>5</v>
+      </c>
+      <c r="H184" s="1">
+        <v>7</v>
+      </c>
+      <c r="I184" s="1">
+        <v>2</v>
+      </c>
+      <c r="J184" s="1">
+        <v>0</v>
+      </c>
+      <c r="K184" t="s">
+        <v>6</v>
+      </c>
+      <c r="L184" t="s">
+        <v>24</v>
+      </c>
+      <c r="M184" s="1">
+        <v>5</v>
+      </c>
+      <c r="N184" s="1">
+        <v>5</v>
+      </c>
+      <c r="O184" s="1">
+        <v>4</v>
+      </c>
+      <c r="P184" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="185" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A185">
+        <v>184</v>
+      </c>
+      <c r="B185">
+        <v>3</v>
+      </c>
+      <c r="C185" t="s">
+        <v>516</v>
+      </c>
+      <c r="D185" t="s">
+        <v>541</v>
+      </c>
+      <c r="E185" t="s">
+        <v>542</v>
+      </c>
+      <c r="F185" t="s">
+        <v>543</v>
+      </c>
+      <c r="G185" t="s">
+        <v>14</v>
+      </c>
+      <c r="H185" s="1">
+        <v>8</v>
+      </c>
+      <c r="I185" s="1">
+        <v>2</v>
+      </c>
+      <c r="J185" s="1">
+        <v>0</v>
+      </c>
+      <c r="K185" t="s">
+        <v>15</v>
+      </c>
+      <c r="L185" t="s">
+        <v>153</v>
+      </c>
+      <c r="M185" s="1">
+        <v>5</v>
+      </c>
+      <c r="N185" s="1">
+        <v>5</v>
+      </c>
+      <c r="O185" s="1">
+        <v>5</v>
+      </c>
+      <c r="P185" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="186" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A186">
+        <v>185</v>
+      </c>
+      <c r="B186">
+        <v>3</v>
+      </c>
+      <c r="C186" t="s">
+        <v>516</v>
+      </c>
+      <c r="D186" t="s">
+        <v>544</v>
+      </c>
+      <c r="E186" t="s">
+        <v>545</v>
+      </c>
+      <c r="F186" t="s">
+        <v>546</v>
+      </c>
+      <c r="G186" t="s">
+        <v>14</v>
+      </c>
+      <c r="H186" s="1">
+        <v>8</v>
+      </c>
+      <c r="I186" s="1">
+        <v>2</v>
+      </c>
+      <c r="J186" s="1">
+        <v>0</v>
+      </c>
+      <c r="K186" t="s">
+        <v>15</v>
+      </c>
+      <c r="L186" t="s">
+        <v>153</v>
+      </c>
+      <c r="M186" s="1">
+        <v>5</v>
+      </c>
+      <c r="N186" s="1">
+        <v>5</v>
+      </c>
+      <c r="O186" s="1">
+        <v>5</v>
+      </c>
+      <c r="P186" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q186" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="187" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A187">
+        <v>186</v>
+      </c>
+      <c r="B187">
+        <v>3</v>
+      </c>
+      <c r="C187" t="s">
+        <v>547</v>
+      </c>
+      <c r="D187" t="s">
+        <v>548</v>
+      </c>
+      <c r="E187" t="s">
+        <v>549</v>
+      </c>
+      <c r="F187" t="s">
+        <v>550</v>
+      </c>
+      <c r="G187" t="s">
+        <v>14</v>
+      </c>
+      <c r="H187" s="1">
+        <v>16</v>
+      </c>
+      <c r="I187" s="1">
+        <v>4</v>
+      </c>
+      <c r="J187" s="1">
+        <v>0</v>
+      </c>
+      <c r="K187" t="s">
+        <v>15</v>
+      </c>
+      <c r="L187" t="s">
+        <v>24</v>
+      </c>
+      <c r="M187" s="1">
+        <v>160</v>
+      </c>
+      <c r="N187" s="1">
+        <v>10</v>
+      </c>
+      <c r="O187" s="1">
+        <v>10</v>
+      </c>
+      <c r="P187" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q187" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="188" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A188">
+        <v>187</v>
+      </c>
+      <c r="B188">
+        <v>3</v>
+      </c>
+      <c r="C188" t="s">
+        <v>547</v>
+      </c>
+      <c r="D188" t="s">
+        <v>21</v>
+      </c>
+      <c r="E188" t="s">
+        <v>551</v>
+      </c>
+      <c r="F188" t="s">
+        <v>552</v>
+      </c>
+      <c r="G188" t="s">
+        <v>14</v>
+      </c>
+      <c r="H188" s="1">
+        <v>4</v>
+      </c>
+      <c r="I188" s="1">
+        <v>0</v>
+      </c>
+      <c r="J188" s="1">
+        <v>0</v>
+      </c>
+      <c r="K188" t="s">
+        <v>15</v>
+      </c>
+      <c r="L188" t="s">
+        <v>24</v>
+      </c>
+      <c r="M188" s="1">
+        <v>7</v>
+      </c>
+      <c r="N188" s="1">
+        <v>1</v>
+      </c>
+      <c r="O188" s="1">
+        <v>3</v>
+      </c>
+      <c r="P188" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="189" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A189">
+        <v>188</v>
+      </c>
+      <c r="B189">
+        <v>3</v>
+      </c>
+      <c r="C189" t="s">
+        <v>547</v>
+      </c>
+      <c r="D189" t="s">
+        <v>21</v>
+      </c>
+      <c r="E189" t="s">
+        <v>553</v>
+      </c>
+      <c r="F189" t="s">
+        <v>554</v>
+      </c>
+      <c r="G189" t="s">
+        <v>14</v>
+      </c>
+      <c r="H189" s="1">
+        <v>7</v>
+      </c>
+      <c r="I189" s="1">
+        <v>1</v>
+      </c>
+      <c r="J189" s="1">
+        <v>0</v>
+      </c>
+      <c r="K189" t="s">
+        <v>15</v>
+      </c>
+      <c r="L189" t="s">
+        <v>74</v>
+      </c>
+      <c r="M189" s="1">
+        <v>9</v>
+      </c>
+      <c r="N189" s="1">
+        <v>5</v>
+      </c>
+      <c r="O189" s="1">
+        <v>3</v>
+      </c>
+      <c r="P189" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q189" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="190" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A190">
+        <v>189</v>
+      </c>
+      <c r="B190">
+        <v>3</v>
+      </c>
+      <c r="C190" t="s">
+        <v>547</v>
+      </c>
+      <c r="D190" t="s">
+        <v>21</v>
+      </c>
+      <c r="E190" t="s">
+        <v>555</v>
+      </c>
+      <c r="F190" t="s">
+        <v>556</v>
+      </c>
+      <c r="G190" t="s">
+        <v>14</v>
+      </c>
+      <c r="H190" s="1">
+        <v>9</v>
+      </c>
+      <c r="I190" s="1">
+        <v>1</v>
+      </c>
+      <c r="J190" s="1">
+        <v>0</v>
+      </c>
+      <c r="K190" t="s">
+        <v>15</v>
+      </c>
+      <c r="L190" t="s">
+        <v>153</v>
+      </c>
+      <c r="M190" s="1">
+        <v>10</v>
+      </c>
+      <c r="N190" s="1">
+        <v>5</v>
+      </c>
+      <c r="O190" s="1">
+        <v>5</v>
+      </c>
+      <c r="P190" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q190" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="191" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A191">
+        <v>190</v>
+      </c>
+      <c r="B191">
+        <v>3</v>
+      </c>
+      <c r="C191" t="s">
+        <v>547</v>
+      </c>
+      <c r="D191" t="s">
+        <v>21</v>
+      </c>
+      <c r="E191" t="s">
+        <v>557</v>
+      </c>
+      <c r="F191" t="s">
+        <v>558</v>
+      </c>
+      <c r="G191" t="s">
+        <v>14</v>
+      </c>
+      <c r="H191" s="1">
+        <v>18</v>
+      </c>
+      <c r="I191" s="1">
+        <v>2</v>
+      </c>
+      <c r="J191" s="1">
+        <v>0</v>
+      </c>
+      <c r="K191" t="s">
+        <v>15</v>
+      </c>
+      <c r="L191" t="s">
+        <v>129</v>
+      </c>
+      <c r="M191" s="1">
+        <v>5</v>
+      </c>
+      <c r="N191" s="1">
+        <v>5</v>
+      </c>
+      <c r="O191" s="1">
+        <v>15</v>
+      </c>
+      <c r="P191" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="192" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A192">
+        <v>191</v>
+      </c>
+      <c r="B192">
+        <v>3</v>
+      </c>
+      <c r="C192" t="s">
+        <v>547</v>
+      </c>
+      <c r="D192" t="s">
+        <v>559</v>
+      </c>
+      <c r="E192" t="s">
+        <v>560</v>
+      </c>
+      <c r="F192" t="s">
+        <v>561</v>
+      </c>
+      <c r="G192" t="s">
+        <v>14</v>
+      </c>
+      <c r="H192" s="1">
+        <v>5</v>
+      </c>
+      <c r="I192" s="1">
+        <v>0</v>
+      </c>
+      <c r="J192" s="1">
+        <v>0</v>
+      </c>
+      <c r="K192" t="s">
+        <v>15</v>
+      </c>
+      <c r="L192" t="s">
+        <v>282</v>
+      </c>
+      <c r="M192" s="1">
+        <v>81</v>
+      </c>
+      <c r="N192" s="1">
+        <v>1</v>
+      </c>
+      <c r="O192" s="1">
+        <v>4</v>
+      </c>
+      <c r="P192" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="193" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A193">
+        <v>192</v>
+      </c>
+      <c r="B193">
+        <v>3</v>
+      </c>
+      <c r="C193" t="s">
+        <v>547</v>
+      </c>
+      <c r="D193" t="s">
+        <v>76</v>
+      </c>
+      <c r="E193" t="s">
+        <v>562</v>
+      </c>
+      <c r="F193" t="s">
+        <v>563</v>
+      </c>
+      <c r="G193" t="s">
+        <v>14</v>
+      </c>
+      <c r="H193" s="1">
+        <v>9</v>
+      </c>
+      <c r="I193" s="1">
+        <v>1</v>
+      </c>
+      <c r="J193" s="1">
+        <v>0</v>
+      </c>
+      <c r="K193" t="s">
+        <v>15</v>
+      </c>
+      <c r="L193" t="s">
+        <v>74</v>
+      </c>
+      <c r="M193" s="1">
+        <v>15</v>
+      </c>
+      <c r="N193" s="1">
+        <v>5</v>
+      </c>
+      <c r="O193" s="1">
+        <v>5</v>
+      </c>
+      <c r="P193" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="194" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A194">
+        <v>193</v>
+      </c>
+      <c r="B194">
+        <v>3</v>
+      </c>
+      <c r="C194" t="s">
+        <v>547</v>
+      </c>
+      <c r="D194" t="s">
+        <v>76</v>
+      </c>
+      <c r="E194" t="s">
+        <v>564</v>
+      </c>
+      <c r="F194" t="s">
+        <v>565</v>
+      </c>
+      <c r="G194" t="s">
+        <v>14</v>
+      </c>
+      <c r="H194" s="1">
+        <v>1836</v>
+      </c>
+      <c r="I194" s="1">
+        <v>204</v>
+      </c>
+      <c r="J194" s="1">
+        <v>0</v>
+      </c>
+      <c r="K194" t="s">
+        <v>15</v>
+      </c>
+      <c r="L194" t="s">
+        <v>129</v>
+      </c>
+      <c r="M194" s="1">
+        <v>4000</v>
+      </c>
+      <c r="N194" s="1">
+        <v>2000</v>
+      </c>
+      <c r="O194" s="1">
+        <v>40</v>
+      </c>
+      <c r="P194" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="195" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A195">
+        <v>194</v>
+      </c>
+      <c r="B195">
+        <v>3</v>
+      </c>
+      <c r="C195" t="s">
+        <v>547</v>
+      </c>
+      <c r="D195" t="s">
+        <v>566</v>
+      </c>
+      <c r="E195" t="s">
+        <v>567</v>
+      </c>
+      <c r="F195" t="s">
+        <v>568</v>
+      </c>
+      <c r="G195" t="s">
+        <v>14</v>
+      </c>
+      <c r="H195" s="1">
+        <v>18</v>
+      </c>
+      <c r="I195" s="1">
+        <v>2</v>
+      </c>
+      <c r="J195" s="1">
+        <v>0</v>
+      </c>
+      <c r="K195" t="s">
+        <v>15</v>
+      </c>
+      <c r="L195" t="s">
+        <v>129</v>
+      </c>
+      <c r="M195" s="1">
+        <v>5</v>
+      </c>
+      <c r="N195" s="1">
+        <v>5</v>
+      </c>
+      <c r="O195" s="1">
+        <v>15</v>
+      </c>
+      <c r="P195" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="196" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A196">
+        <v>195</v>
+      </c>
+      <c r="B196">
+        <v>3</v>
+      </c>
+      <c r="C196" t="s">
+        <v>547</v>
+      </c>
+      <c r="D196" t="s">
+        <v>569</v>
+      </c>
+      <c r="E196" t="s">
+        <v>570</v>
+      </c>
+      <c r="F196" t="s">
+        <v>571</v>
+      </c>
+      <c r="G196" t="s">
+        <v>14</v>
+      </c>
+      <c r="H196" s="1">
+        <v>51</v>
+      </c>
+      <c r="I196" s="1">
+        <v>6</v>
+      </c>
+      <c r="J196" s="1">
+        <v>0</v>
+      </c>
+      <c r="K196" t="s">
+        <v>48</v>
+      </c>
+      <c r="L196" t="s">
+        <v>19</v>
+      </c>
+      <c r="M196" s="1">
+        <v>380</v>
+      </c>
+      <c r="N196" s="1">
+        <v>42</v>
+      </c>
+      <c r="O196" s="1">
+        <v>15</v>
+      </c>
+      <c r="P196" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q196" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="197" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A197">
+        <v>196</v>
+      </c>
+      <c r="B197">
+        <v>3</v>
+      </c>
+      <c r="C197" t="s">
+        <v>547</v>
+      </c>
+      <c r="D197" t="s">
+        <v>569</v>
+      </c>
+      <c r="E197" t="s">
+        <v>572</v>
+      </c>
+      <c r="F197" t="s">
+        <v>573</v>
+      </c>
+      <c r="G197" t="s">
+        <v>14</v>
+      </c>
+      <c r="H197" s="1">
+        <v>32</v>
+      </c>
+      <c r="I197" s="1">
+        <v>3</v>
+      </c>
+      <c r="J197" s="1">
+        <v>0</v>
+      </c>
+      <c r="K197" t="s">
+        <v>15</v>
+      </c>
+      <c r="L197" t="s">
+        <v>19</v>
+      </c>
+      <c r="M197" s="1">
+        <v>60</v>
+      </c>
+      <c r="N197" s="1">
+        <v>20</v>
+      </c>
+      <c r="O197" s="1">
+        <v>15</v>
+      </c>
+      <c r="P197" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q197" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="198" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A198">
+        <v>197</v>
+      </c>
+      <c r="B198">
+        <v>3</v>
+      </c>
+      <c r="C198" t="s">
+        <v>547</v>
+      </c>
+      <c r="D198" t="s">
+        <v>569</v>
+      </c>
+      <c r="E198" t="s">
+        <v>574</v>
+      </c>
+      <c r="F198" t="s">
+        <v>575</v>
+      </c>
+      <c r="G198" t="s">
+        <v>14</v>
+      </c>
+      <c r="H198" s="1">
+        <v>9</v>
+      </c>
+      <c r="I198" s="1">
+        <v>1</v>
+      </c>
+      <c r="J198" s="1">
+        <v>0</v>
+      </c>
+      <c r="K198" t="s">
+        <v>15</v>
+      </c>
+      <c r="L198" t="s">
+        <v>153</v>
+      </c>
+      <c r="M198" s="1">
+        <v>5</v>
+      </c>
+      <c r="N198" s="1">
+        <v>5</v>
+      </c>
+      <c r="O198" s="1">
+        <v>5</v>
+      </c>
+      <c r="P198" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q198" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="199" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A199">
+        <v>198</v>
+      </c>
+      <c r="B199">
+        <v>3</v>
+      </c>
+      <c r="C199" t="s">
+        <v>547</v>
+      </c>
+      <c r="D199" t="s">
+        <v>475</v>
+      </c>
+      <c r="E199" t="s">
+        <v>576</v>
+      </c>
+      <c r="F199" t="s">
+        <v>577</v>
+      </c>
+      <c r="G199" t="s">
+        <v>14</v>
+      </c>
+      <c r="H199" s="1">
+        <v>4</v>
+      </c>
+      <c r="I199" s="1">
+        <v>1</v>
+      </c>
+      <c r="J199" s="1">
+        <v>0</v>
+      </c>
+      <c r="K199" t="s">
+        <v>15</v>
+      </c>
+      <c r="L199" t="s">
+        <v>74</v>
+      </c>
+      <c r="M199" s="1">
+        <v>7</v>
+      </c>
+      <c r="N199" s="1">
+        <v>1</v>
+      </c>
+      <c r="O199" s="1">
+        <v>4</v>
+      </c>
+      <c r="P199" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q199" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="200" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A200">
+        <v>199</v>
+      </c>
+      <c r="B200">
+        <v>3</v>
+      </c>
+      <c r="C200" t="s">
+        <v>547</v>
+      </c>
+      <c r="D200" t="s">
+        <v>578</v>
+      </c>
+      <c r="E200" t="s">
+        <v>579</v>
+      </c>
+      <c r="F200" t="s">
+        <v>580</v>
+      </c>
+      <c r="G200" t="s">
+        <v>14</v>
+      </c>
+      <c r="H200" s="1">
+        <v>10</v>
+      </c>
+      <c r="I200" s="1">
+        <v>2</v>
+      </c>
+      <c r="J200" s="1">
+        <v>0</v>
+      </c>
+      <c r="K200" t="s">
+        <v>15</v>
+      </c>
+      <c r="L200" t="s">
+        <v>79</v>
+      </c>
+      <c r="M200" s="1">
+        <v>146</v>
+      </c>
+      <c r="N200" s="1">
+        <v>5</v>
+      </c>
+      <c r="O200" s="1">
+        <v>7</v>
+      </c>
+      <c r="P200" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q200" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="201" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A201">
+        <v>200</v>
+      </c>
+      <c r="B201">
+        <v>3</v>
+      </c>
+      <c r="C201" t="s">
+        <v>547</v>
+      </c>
+      <c r="D201" t="s">
+        <v>578</v>
+      </c>
+      <c r="E201" t="s">
+        <v>581</v>
+      </c>
+      <c r="F201" t="s">
+        <v>582</v>
+      </c>
+      <c r="G201" t="s">
+        <v>14</v>
+      </c>
+      <c r="H201" s="1">
+        <v>16</v>
+      </c>
+      <c r="I201" s="1">
+        <v>4</v>
+      </c>
+      <c r="J201" s="1">
+        <v>0</v>
+      </c>
+      <c r="K201" t="s">
+        <v>15</v>
+      </c>
+      <c r="L201" t="s">
+        <v>74</v>
+      </c>
+      <c r="M201" s="1">
+        <v>15</v>
+      </c>
+      <c r="N201" s="1">
+        <v>5</v>
+      </c>
+      <c r="O201" s="1">
+        <v>15</v>
+      </c>
+      <c r="P201" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q201" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="202" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A202">
+        <v>201</v>
+      </c>
+      <c r="B202">
+        <v>3</v>
+      </c>
+      <c r="C202" t="s">
+        <v>547</v>
+      </c>
+      <c r="D202" t="s">
+        <v>578</v>
+      </c>
+      <c r="E202" t="s">
+        <v>583</v>
+      </c>
+      <c r="F202" t="s">
+        <v>584</v>
+      </c>
+      <c r="G202" t="s">
+        <v>14</v>
+      </c>
+      <c r="H202" s="1">
+        <v>24</v>
+      </c>
+      <c r="I202" s="1">
+        <v>6</v>
+      </c>
+      <c r="J202" s="1">
+        <v>0</v>
+      </c>
+      <c r="K202" t="s">
+        <v>15</v>
+      </c>
+      <c r="L202" t="s">
+        <v>74</v>
+      </c>
+      <c r="M202" s="1">
+        <v>10</v>
+      </c>
+      <c r="N202" s="1">
+        <v>10</v>
+      </c>
+      <c r="O202" s="1">
+        <v>20</v>
+      </c>
+      <c r="P202" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="203" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A203">
+        <v>202</v>
+      </c>
+      <c r="B203">
+        <v>3</v>
+      </c>
+      <c r="C203" t="s">
+        <v>547</v>
+      </c>
+      <c r="D203" t="s">
+        <v>585</v>
+      </c>
+      <c r="E203" t="s">
+        <v>586</v>
+      </c>
+      <c r="F203" t="s">
+        <v>587</v>
+      </c>
+      <c r="G203" t="s">
+        <v>14</v>
+      </c>
+      <c r="H203" s="1">
+        <v>16</v>
+      </c>
+      <c r="I203" s="1">
+        <v>4</v>
+      </c>
+      <c r="J203" s="1">
+        <v>0</v>
+      </c>
+      <c r="K203" t="s">
+        <v>15</v>
+      </c>
+      <c r="L203" t="s">
+        <v>31</v>
+      </c>
+      <c r="M203" s="1">
+        <v>15</v>
+      </c>
+      <c r="N203" s="1">
+        <v>5</v>
+      </c>
+      <c r="O203" s="1">
+        <v>15</v>
+      </c>
+      <c r="P203" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="204" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A204">
+        <v>203</v>
+      </c>
+      <c r="B204">
+        <v>3</v>
+      </c>
+      <c r="C204" t="s">
+        <v>547</v>
+      </c>
+      <c r="D204" t="s">
+        <v>588</v>
+      </c>
+      <c r="E204" t="s">
+        <v>589</v>
+      </c>
+      <c r="F204" t="s">
+        <v>590</v>
+      </c>
+      <c r="G204" t="s">
+        <v>14</v>
+      </c>
+      <c r="H204" s="1">
+        <v>10</v>
+      </c>
+      <c r="I204" s="1">
+        <v>3</v>
+      </c>
+      <c r="J204" s="1">
+        <v>0</v>
+      </c>
+      <c r="K204" t="s">
+        <v>15</v>
+      </c>
+      <c r="L204" t="s">
+        <v>24</v>
+      </c>
+      <c r="M204" s="1">
+        <v>51</v>
+      </c>
+      <c r="N204" s="1">
+        <v>10</v>
+      </c>
+      <c r="O204" s="1">
+        <v>3</v>
+      </c>
+      <c r="P204" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q204" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="205" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A205">
+        <v>204</v>
+      </c>
+      <c r="B205">
+        <v>3</v>
+      </c>
+      <c r="C205" t="s">
+        <v>547</v>
+      </c>
+      <c r="D205" t="s">
+        <v>591</v>
+      </c>
+      <c r="E205" t="s">
+        <v>592</v>
+      </c>
+      <c r="F205" t="s">
+        <v>593</v>
+      </c>
+      <c r="G205" t="s">
+        <v>14</v>
+      </c>
+      <c r="H205" s="1">
+        <v>8</v>
+      </c>
+      <c r="I205" s="1">
+        <v>2</v>
+      </c>
+      <c r="J205" s="1">
+        <v>0</v>
+      </c>
+      <c r="K205" t="s">
+        <v>15</v>
+      </c>
+      <c r="L205" t="s">
+        <v>153</v>
+      </c>
+      <c r="M205" s="1">
+        <v>10</v>
+      </c>
+      <c r="N205" s="1">
+        <v>5</v>
+      </c>
+      <c r="O205" s="1">
+        <v>5</v>
+      </c>
+      <c r="P205" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="206" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A206">
+        <v>205</v>
+      </c>
+      <c r="B206">
+        <v>3</v>
+      </c>
+      <c r="C206" t="s">
+        <v>547</v>
+      </c>
+      <c r="D206" t="s">
+        <v>594</v>
+      </c>
+      <c r="E206" t="s">
+        <v>595</v>
+      </c>
+      <c r="F206" t="s">
+        <v>596</v>
+      </c>
+      <c r="G206" t="s">
+        <v>14</v>
+      </c>
+      <c r="H206" s="1">
+        <v>2</v>
+      </c>
+      <c r="I206" s="1">
+        <v>0</v>
+      </c>
+      <c r="J206" s="1">
+        <v>0</v>
+      </c>
+      <c r="K206" t="s">
+        <v>15</v>
+      </c>
+      <c r="L206" t="s">
+        <v>153</v>
+      </c>
+      <c r="M206" s="1">
+        <v>1</v>
+      </c>
+      <c r="N206" s="1">
+        <v>1</v>
+      </c>
+      <c r="O206" s="1">
+        <v>1</v>
+      </c>
+      <c r="P206" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="207" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A207">
+        <v>206</v>
+      </c>
+      <c r="B207">
+        <v>3</v>
+      </c>
+      <c r="C207" t="s">
+        <v>547</v>
+      </c>
+      <c r="D207" t="s">
+        <v>597</v>
+      </c>
+      <c r="E207" t="s">
+        <v>598</v>
+      </c>
+      <c r="F207" t="s">
+        <v>599</v>
+      </c>
+      <c r="G207" t="s">
+        <v>14</v>
+      </c>
+      <c r="H207" s="1">
+        <v>6</v>
+      </c>
+      <c r="I207" s="1">
+        <v>2</v>
+      </c>
+      <c r="J207" s="1">
+        <v>0</v>
+      </c>
+      <c r="K207" t="s">
+        <v>15</v>
+      </c>
+      <c r="L207" t="s">
+        <v>31</v>
+      </c>
+      <c r="M207" s="1">
+        <v>15</v>
+      </c>
+      <c r="N207" s="1">
+        <v>5</v>
+      </c>
+      <c r="O207" s="1">
+        <v>3</v>
+      </c>
+      <c r="P207" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q207" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="208" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A208">
+        <v>207</v>
+      </c>
+      <c r="B208">
+        <v>3</v>
+      </c>
+      <c r="C208" t="s">
+        <v>547</v>
+      </c>
+      <c r="D208" t="s">
+        <v>600</v>
+      </c>
+      <c r="E208" t="s">
+        <v>601</v>
+      </c>
+      <c r="F208" t="s">
+        <v>602</v>
+      </c>
+      <c r="G208" t="s">
+        <v>14</v>
+      </c>
+      <c r="H208" s="1">
+        <v>8</v>
+      </c>
+      <c r="I208" s="1">
+        <v>2</v>
+      </c>
+      <c r="J208" s="1">
+        <v>0</v>
+      </c>
+      <c r="K208" t="s">
+        <v>15</v>
+      </c>
+      <c r="L208" t="s">
+        <v>153</v>
+      </c>
+      <c r="M208" s="1">
+        <v>10</v>
+      </c>
+      <c r="N208" s="1">
+        <v>5</v>
+      </c>
+      <c r="O208" s="1">
+        <v>5</v>
+      </c>
+      <c r="P208" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="209" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A209">
+        <v>208</v>
+      </c>
+      <c r="B209">
+        <v>3</v>
+      </c>
+      <c r="C209" t="s">
+        <v>547</v>
+      </c>
+      <c r="D209" t="s">
+        <v>603</v>
+      </c>
+      <c r="E209" t="s">
+        <v>604</v>
+      </c>
+      <c r="F209" t="s">
+        <v>605</v>
+      </c>
+      <c r="G209" t="s">
+        <v>14</v>
+      </c>
+      <c r="H209" s="1">
+        <v>2</v>
+      </c>
+      <c r="I209" s="1">
+        <v>1</v>
+      </c>
+      <c r="J209" s="1">
+        <v>0</v>
+      </c>
+      <c r="K209" t="s">
+        <v>15</v>
+      </c>
+      <c r="L209" t="s">
+        <v>24</v>
+      </c>
+      <c r="M209" s="1">
+        <v>209</v>
+      </c>
+      <c r="N209" s="1">
+        <v>1</v>
+      </c>
+      <c r="O209" s="1">
+        <v>2</v>
+      </c>
+      <c r="P209" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="210" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A210">
+        <v>209</v>
+      </c>
+      <c r="B210">
+        <v>3</v>
+      </c>
+      <c r="C210" t="s">
+        <v>547</v>
+      </c>
+      <c r="D210" t="s">
+        <v>35</v>
+      </c>
+      <c r="E210" t="s">
+        <v>606</v>
+      </c>
+      <c r="F210" t="s">
+        <v>607</v>
+      </c>
+      <c r="G210" t="s">
+        <v>14</v>
+      </c>
+      <c r="H210" s="1">
+        <v>12</v>
+      </c>
+      <c r="I210" s="1">
+        <v>3</v>
+      </c>
+      <c r="J210" s="1">
+        <v>0</v>
+      </c>
+      <c r="K210" t="s">
+        <v>15</v>
+      </c>
+      <c r="L210" t="s">
+        <v>79</v>
+      </c>
+      <c r="M210" s="1">
+        <v>5</v>
+      </c>
+      <c r="N210" s="1">
+        <v>5</v>
+      </c>
+      <c r="O210" s="1">
+        <v>10</v>
+      </c>
+      <c r="P210" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q210" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="211" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A211">
+        <v>210</v>
+      </c>
+      <c r="B211">
+        <v>3</v>
+      </c>
+      <c r="C211" t="s">
+        <v>547</v>
+      </c>
+      <c r="D211" t="s">
+        <v>103</v>
+      </c>
+      <c r="E211" t="s">
+        <v>608</v>
+      </c>
+      <c r="F211" t="s">
+        <v>609</v>
+      </c>
+      <c r="G211" t="s">
+        <v>14</v>
+      </c>
+      <c r="H211" s="1">
+        <v>5</v>
+      </c>
+      <c r="I211" s="1">
+        <v>1</v>
+      </c>
+      <c r="J211" s="1">
+        <v>0</v>
+      </c>
+      <c r="K211" t="s">
+        <v>15</v>
+      </c>
+      <c r="L211" t="s">
+        <v>31</v>
+      </c>
+      <c r="M211" s="1">
+        <v>15</v>
+      </c>
+      <c r="N211" s="1">
+        <v>5</v>
+      </c>
+      <c r="O211" s="1">
+        <v>1</v>
+      </c>
+      <c r="P211" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="212" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A212">
+        <v>211</v>
+      </c>
+      <c r="B212">
+        <v>3</v>
+      </c>
+      <c r="C212" t="s">
+        <v>547</v>
+      </c>
+      <c r="D212" t="s">
+        <v>103</v>
+      </c>
+      <c r="E212" t="s">
+        <v>610</v>
+      </c>
+      <c r="F212" t="s">
+        <v>611</v>
+      </c>
+      <c r="G212" t="s">
+        <v>14</v>
+      </c>
+      <c r="H212" s="1">
+        <v>3</v>
+      </c>
+      <c r="I212" s="1">
+        <v>1</v>
+      </c>
+      <c r="J212" s="1">
+        <v>0</v>
+      </c>
+      <c r="K212" t="s">
+        <v>15</v>
+      </c>
+      <c r="L212" t="s">
+        <v>16</v>
+      </c>
+      <c r="M212" s="1">
+        <v>15</v>
+      </c>
+      <c r="N212" s="1">
+        <v>1</v>
+      </c>
+      <c r="O212" s="1">
+        <v>3</v>
+      </c>
+      <c r="P212" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q212" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="213" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A213">
+        <v>212</v>
+      </c>
+      <c r="B213">
+        <v>3</v>
+      </c>
+      <c r="C213" t="s">
+        <v>547</v>
+      </c>
+      <c r="D213" t="s">
+        <v>103</v>
+      </c>
+      <c r="E213" t="s">
+        <v>612</v>
+      </c>
+      <c r="F213" t="s">
+        <v>613</v>
+      </c>
+      <c r="G213" t="s">
+        <v>14</v>
+      </c>
+      <c r="H213" s="1">
+        <v>20</v>
+      </c>
+      <c r="I213" s="1">
+        <v>5</v>
+      </c>
+      <c r="J213" s="1">
+        <v>0</v>
+      </c>
+      <c r="K213" t="s">
+        <v>15</v>
+      </c>
+      <c r="L213" t="s">
+        <v>24</v>
+      </c>
+      <c r="M213" s="1">
+        <v>0</v>
+      </c>
+      <c r="N213" s="1">
+        <v>5</v>
+      </c>
+      <c r="O213" s="1">
+        <v>20</v>
+      </c>
+      <c r="P213" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q213" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="214" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A214">
+        <v>213</v>
+      </c>
+      <c r="B214">
+        <v>3</v>
+      </c>
+      <c r="C214" t="s">
+        <v>547</v>
+      </c>
+      <c r="D214" t="s">
+        <v>614</v>
+      </c>
+      <c r="E214" t="s">
+        <v>615</v>
+      </c>
+      <c r="F214" t="s">
+        <v>616</v>
+      </c>
+      <c r="G214" t="s">
+        <v>14</v>
+      </c>
+      <c r="H214" s="1">
+        <v>2</v>
+      </c>
+      <c r="I214" s="1">
+        <v>1</v>
+      </c>
+      <c r="J214" s="1">
+        <v>0</v>
+      </c>
+      <c r="K214" t="s">
+        <v>15</v>
+      </c>
+      <c r="L214" t="s">
+        <v>7</v>
+      </c>
+      <c r="M214" s="1">
+        <v>7</v>
+      </c>
+      <c r="N214" s="1">
+        <v>1</v>
+      </c>
+      <c r="O214" s="1">
+        <v>2</v>
+      </c>
+      <c r="P214" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="215" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A215">
+        <v>214</v>
+      </c>
+      <c r="B215">
+        <v>3</v>
+      </c>
+      <c r="C215" t="s">
+        <v>617</v>
+      </c>
+      <c r="D215" t="s">
+        <v>618</v>
+      </c>
+      <c r="E215" t="s">
+        <v>619</v>
+      </c>
+      <c r="F215" t="s">
+        <v>620</v>
+      </c>
+      <c r="G215" t="s">
+        <v>5</v>
+      </c>
+      <c r="H215" s="1">
+        <v>322</v>
+      </c>
+      <c r="I215" s="1">
+        <v>80</v>
+      </c>
+      <c r="J215" s="1">
+        <v>0</v>
+      </c>
+      <c r="K215" t="s">
+        <v>6</v>
+      </c>
+      <c r="L215" t="s">
+        <v>24</v>
+      </c>
+      <c r="M215" s="1">
+        <v>252</v>
+      </c>
+      <c r="N215" s="1">
+        <v>160</v>
+      </c>
+      <c r="O215" s="1">
+        <v>242</v>
+      </c>
+      <c r="P215" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q215" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="216" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A216">
+        <v>215</v>
+      </c>
+      <c r="B216">
+        <v>3</v>
+      </c>
+      <c r="C216" t="s">
+        <v>617</v>
+      </c>
+      <c r="D216" t="s">
+        <v>621</v>
+      </c>
+      <c r="E216" t="s">
+        <v>622</v>
+      </c>
+      <c r="F216" t="s">
+        <v>623</v>
+      </c>
+      <c r="G216" t="s">
+        <v>14</v>
+      </c>
+      <c r="H216" s="1">
+        <v>6</v>
+      </c>
+      <c r="I216" s="1">
+        <v>1</v>
+      </c>
+      <c r="J216" s="1">
+        <v>0</v>
+      </c>
+      <c r="K216" t="s">
+        <v>15</v>
+      </c>
+      <c r="L216" t="s">
+        <v>24</v>
+      </c>
+      <c r="M216" s="1">
+        <v>25</v>
+      </c>
+      <c r="N216" s="1">
+        <v>5</v>
+      </c>
+      <c r="O216" s="1">
+        <v>2</v>
+      </c>
+      <c r="P216" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q216" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="217" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A217">
+        <v>216</v>
+      </c>
+      <c r="B217">
+        <v>3</v>
+      </c>
+      <c r="C217" t="s">
+        <v>617</v>
+      </c>
+      <c r="D217" t="s">
+        <v>624</v>
+      </c>
+      <c r="E217" t="s">
+        <v>625</v>
+      </c>
+      <c r="F217" t="s">
+        <v>626</v>
+      </c>
+      <c r="G217" t="s">
+        <v>14</v>
+      </c>
+      <c r="H217" s="1">
+        <v>4</v>
+      </c>
+      <c r="I217" s="1">
+        <v>0</v>
+      </c>
+      <c r="J217" s="1">
+        <v>0</v>
+      </c>
+      <c r="K217" t="s">
+        <v>15</v>
+      </c>
+      <c r="L217" t="s">
+        <v>24</v>
+      </c>
+      <c r="M217" s="1">
+        <v>12</v>
+      </c>
+      <c r="N217" s="1">
+        <v>2</v>
+      </c>
+      <c r="O217" s="1">
+        <v>2</v>
+      </c>
+      <c r="P217" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q217" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="218" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A218">
+        <v>217</v>
+      </c>
+      <c r="B218">
+        <v>3</v>
+      </c>
+      <c r="C218" t="s">
+        <v>617</v>
+      </c>
+      <c r="D218" t="s">
+        <v>76</v>
+      </c>
+      <c r="E218" t="s">
+        <v>627</v>
+      </c>
+      <c r="F218" t="s">
+        <v>628</v>
+      </c>
+      <c r="G218" t="s">
+        <v>14</v>
+      </c>
+      <c r="H218" s="1">
+        <v>3</v>
+      </c>
+      <c r="I218" s="1">
+        <v>0</v>
+      </c>
+      <c r="J218" s="1">
+        <v>0</v>
+      </c>
+      <c r="K218" t="s">
+        <v>15</v>
+      </c>
+      <c r="L218" t="s">
+        <v>74</v>
+      </c>
+      <c r="M218" s="1">
+        <v>41</v>
+      </c>
+      <c r="N218" s="1">
+        <v>1</v>
+      </c>
+      <c r="O218" s="1">
+        <v>2</v>
+      </c>
+      <c r="P218" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q218" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="219" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A219">
+        <v>218</v>
+      </c>
+      <c r="B219">
+        <v>3</v>
+      </c>
+      <c r="C219" t="s">
+        <v>617</v>
+      </c>
+      <c r="D219" t="s">
+        <v>569</v>
+      </c>
+      <c r="E219" t="s">
+        <v>629</v>
+      </c>
+      <c r="F219" t="s">
+        <v>630</v>
+      </c>
+      <c r="G219" t="s">
+        <v>14</v>
+      </c>
+      <c r="H219" s="1">
+        <v>7</v>
+      </c>
+      <c r="I219" s="1">
+        <v>1</v>
+      </c>
+      <c r="J219" s="1">
+        <v>0</v>
+      </c>
+      <c r="K219" t="s">
+        <v>15</v>
+      </c>
+      <c r="L219" t="s">
+        <v>31</v>
+      </c>
+      <c r="M219" s="1">
+        <v>15</v>
+      </c>
+      <c r="N219" s="1">
+        <v>5</v>
+      </c>
+      <c r="O219" s="1">
+        <v>3</v>
+      </c>
+      <c r="P219" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q219" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="220" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A220">
+        <v>219</v>
+      </c>
+      <c r="B220">
+        <v>3</v>
+      </c>
+      <c r="C220" t="s">
+        <v>617</v>
+      </c>
+      <c r="D220" t="s">
+        <v>631</v>
+      </c>
+      <c r="E220" t="s">
+        <v>632</v>
+      </c>
+      <c r="F220" t="s">
+        <v>633</v>
+      </c>
+      <c r="G220" t="s">
+        <v>14</v>
+      </c>
+      <c r="H220" s="1">
+        <v>18</v>
+      </c>
+      <c r="I220" s="1">
+        <v>2</v>
+      </c>
+      <c r="J220" s="1">
+        <v>0</v>
+      </c>
+      <c r="K220" t="s">
+        <v>15</v>
+      </c>
+      <c r="L220" t="s">
+        <v>7</v>
+      </c>
+      <c r="M220" s="1">
+        <v>550</v>
+      </c>
+      <c r="N220" s="1">
+        <v>5</v>
+      </c>
+      <c r="O220" s="1">
+        <v>15</v>
+      </c>
+      <c r="P220" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q220" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="221" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A221">
+        <v>220</v>
+      </c>
+      <c r="B221">
+        <v>3</v>
+      </c>
+      <c r="C221" t="s">
+        <v>617</v>
+      </c>
+      <c r="D221" t="s">
+        <v>631</v>
+      </c>
+      <c r="E221" t="s">
+        <v>634</v>
+      </c>
+      <c r="F221" t="s">
+        <v>635</v>
+      </c>
+      <c r="G221" t="s">
+        <v>14</v>
+      </c>
+      <c r="H221" s="1">
+        <v>7</v>
+      </c>
+      <c r="I221" s="1">
+        <v>1</v>
+      </c>
+      <c r="J221" s="1">
+        <v>0</v>
+      </c>
+      <c r="K221" t="s">
+        <v>15</v>
+      </c>
+      <c r="L221" t="s">
+        <v>24</v>
+      </c>
+      <c r="M221" s="1">
+        <v>425</v>
+      </c>
+      <c r="N221" s="1">
+        <v>5</v>
+      </c>
+      <c r="O221" s="1">
+        <v>3</v>
+      </c>
+      <c r="P221" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q221" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="222" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A222">
+        <v>221</v>
+      </c>
+      <c r="B222">
+        <v>3</v>
+      </c>
+      <c r="C222" t="s">
+        <v>617</v>
+      </c>
+      <c r="D222" t="s">
+        <v>631</v>
+      </c>
+      <c r="E222" t="s">
+        <v>636</v>
+      </c>
+      <c r="F222" t="s">
+        <v>637</v>
+      </c>
+      <c r="G222" t="s">
+        <v>5</v>
+      </c>
+      <c r="H222" s="1">
+        <v>7</v>
+      </c>
+      <c r="I222" s="1">
+        <v>1</v>
+      </c>
+      <c r="J222" s="1">
+        <v>0</v>
+      </c>
+      <c r="K222" t="s">
+        <v>128</v>
+      </c>
+      <c r="L222" t="s">
+        <v>282</v>
+      </c>
+      <c r="M222" s="1">
+        <v>2</v>
+      </c>
+      <c r="N222" s="1">
+        <v>2</v>
+      </c>
+      <c r="O222" s="1">
+        <v>6</v>
+      </c>
+      <c r="P222" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q222" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="223" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A223">
+        <v>222</v>
+      </c>
+      <c r="B223">
+        <v>3</v>
+      </c>
+      <c r="C223" t="s">
+        <v>617</v>
+      </c>
+      <c r="D223" t="s">
+        <v>638</v>
+      </c>
+      <c r="E223" t="s">
+        <v>639</v>
+      </c>
+      <c r="F223" t="s">
+        <v>640</v>
+      </c>
+      <c r="G223" t="s">
+        <v>14</v>
+      </c>
+      <c r="H223" s="1">
+        <v>3</v>
+      </c>
+      <c r="I223" s="1">
+        <v>0</v>
+      </c>
+      <c r="J223" s="1">
+        <v>0</v>
+      </c>
+      <c r="K223" t="s">
+        <v>15</v>
+      </c>
+      <c r="L223" t="s">
+        <v>19</v>
+      </c>
+      <c r="M223" s="1">
+        <v>7</v>
+      </c>
+      <c r="N223" s="1">
+        <v>1</v>
+      </c>
+      <c r="O223" s="1">
+        <v>2</v>
+      </c>
+      <c r="P223" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q223" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="224" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A224">
+        <v>223</v>
+      </c>
+      <c r="B224">
+        <v>3</v>
+      </c>
+      <c r="C224" t="s">
+        <v>617</v>
+      </c>
+      <c r="D224" t="s">
+        <v>520</v>
+      </c>
+      <c r="E224" t="s">
+        <v>641</v>
+      </c>
+      <c r="F224" t="s">
+        <v>642</v>
+      </c>
+      <c r="G224" t="s">
+        <v>14</v>
+      </c>
+      <c r="H224" s="1">
+        <v>18</v>
+      </c>
+      <c r="I224" s="1">
+        <v>2</v>
+      </c>
+      <c r="J224" s="1">
+        <v>0</v>
+      </c>
+      <c r="K224" t="s">
+        <v>15</v>
+      </c>
+      <c r="L224" t="s">
+        <v>24</v>
+      </c>
+      <c r="M224" s="1">
+        <v>0</v>
+      </c>
+      <c r="N224" s="1">
+        <v>5</v>
+      </c>
+      <c r="O224" s="1">
+        <v>15</v>
+      </c>
+      <c r="P224" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q224" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="225" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A225">
+        <v>224</v>
+      </c>
+      <c r="B225">
+        <v>3</v>
+      </c>
+      <c r="C225" t="s">
+        <v>617</v>
+      </c>
+      <c r="D225" t="s">
+        <v>643</v>
+      </c>
+      <c r="E225" t="s">
+        <v>644</v>
+      </c>
+      <c r="F225" t="s">
+        <v>645</v>
+      </c>
+      <c r="G225" t="s">
+        <v>14</v>
+      </c>
+      <c r="H225" s="1">
+        <v>228</v>
+      </c>
+      <c r="I225" s="1">
+        <v>25</v>
+      </c>
+      <c r="J225" s="1">
+        <v>0</v>
+      </c>
+      <c r="K225" t="s">
+        <v>15</v>
+      </c>
+      <c r="L225" t="s">
+        <v>44</v>
+      </c>
+      <c r="M225" s="1">
+        <v>200</v>
+      </c>
+      <c r="N225" s="1">
+        <v>250</v>
+      </c>
+      <c r="O225" s="1">
+        <v>3</v>
+      </c>
+      <c r="P225" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q225" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="226" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A226">
+        <v>225</v>
+      </c>
+      <c r="B226">
+        <v>3</v>
+      </c>
+      <c r="C226" t="s">
+        <v>617</v>
+      </c>
+      <c r="D226" t="s">
+        <v>297</v>
+      </c>
+      <c r="E226" t="s">
+        <v>646</v>
+      </c>
+      <c r="F226" t="s">
+        <v>647</v>
+      </c>
+      <c r="G226" t="s">
+        <v>14</v>
+      </c>
+      <c r="H226" s="1">
+        <v>968</v>
+      </c>
+      <c r="I226" s="1">
+        <v>107</v>
+      </c>
+      <c r="J226" s="1">
+        <v>0</v>
+      </c>
+      <c r="K226" t="s">
+        <v>15</v>
+      </c>
+      <c r="L226" t="s">
+        <v>129</v>
+      </c>
+      <c r="M226" s="1">
+        <v>7332</v>
+      </c>
+      <c r="N226" s="1">
+        <v>1045</v>
+      </c>
+      <c r="O226" s="1">
+        <v>30</v>
+      </c>
+      <c r="P226" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="227" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A227">
+        <v>226</v>
+      </c>
+      <c r="B227">
+        <v>3</v>
+      </c>
+      <c r="C227" t="s">
+        <v>617</v>
+      </c>
+      <c r="D227" t="s">
+        <v>297</v>
+      </c>
+      <c r="E227" t="s">
+        <v>648</v>
+      </c>
+      <c r="F227" t="s">
+        <v>649</v>
+      </c>
+      <c r="G227" t="s">
+        <v>14</v>
+      </c>
+      <c r="H227" s="1">
+        <v>9</v>
+      </c>
+      <c r="I227" s="1">
+        <v>1</v>
+      </c>
+      <c r="J227" s="1">
+        <v>0</v>
+      </c>
+      <c r="K227" t="s">
+        <v>15</v>
+      </c>
+      <c r="L227" t="s">
+        <v>7</v>
+      </c>
+      <c r="M227" s="1">
+        <v>120</v>
+      </c>
+      <c r="N227" s="1">
+        <v>2</v>
+      </c>
+      <c r="O227" s="1">
+        <v>8</v>
+      </c>
+      <c r="P227" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="228" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A228">
+        <v>227</v>
+      </c>
+      <c r="B228">
+        <v>3</v>
+      </c>
+      <c r="C228" t="s">
+        <v>617</v>
+      </c>
+      <c r="D228" t="s">
+        <v>297</v>
+      </c>
+      <c r="E228" t="s">
+        <v>650</v>
+      </c>
+      <c r="F228" t="s">
+        <v>651</v>
+      </c>
+      <c r="G228" t="s">
+        <v>14</v>
+      </c>
+      <c r="H228" s="1">
+        <v>18</v>
+      </c>
+      <c r="I228" s="1">
+        <v>2</v>
+      </c>
+      <c r="J228" s="1">
+        <v>0</v>
+      </c>
+      <c r="K228" t="s">
+        <v>15</v>
+      </c>
+      <c r="L228" t="s">
+        <v>74</v>
+      </c>
+      <c r="M228" s="1">
+        <v>15</v>
+      </c>
+      <c r="N228" s="1">
+        <v>5</v>
+      </c>
+      <c r="O228" s="1">
+        <v>15</v>
+      </c>
+      <c r="P228" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="229" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A229">
+        <v>228</v>
+      </c>
+      <c r="B229">
+        <v>3</v>
+      </c>
+      <c r="C229" t="s">
+        <v>617</v>
+      </c>
+      <c r="D229" t="s">
+        <v>652</v>
+      </c>
+      <c r="E229" t="s">
+        <v>653</v>
+      </c>
+      <c r="F229" t="s">
+        <v>654</v>
+      </c>
+      <c r="G229" t="s">
+        <v>14</v>
+      </c>
+      <c r="H229" s="1">
+        <v>9</v>
+      </c>
+      <c r="I229" s="1">
+        <v>1</v>
+      </c>
+      <c r="J229" s="1">
+        <v>0</v>
+      </c>
+      <c r="K229" t="s">
+        <v>15</v>
+      </c>
+      <c r="L229" t="s">
+        <v>129</v>
+      </c>
+      <c r="M229" s="1">
+        <v>180</v>
+      </c>
+      <c r="N229" s="1">
+        <v>2</v>
+      </c>
+      <c r="O229" s="1">
+        <v>8</v>
+      </c>
+      <c r="P229" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="230" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A230">
+        <v>229</v>
+      </c>
+      <c r="B230">
+        <v>3</v>
+      </c>
+      <c r="C230" t="s">
+        <v>617</v>
+      </c>
+      <c r="D230" t="s">
+        <v>652</v>
+      </c>
+      <c r="E230" t="s">
+        <v>655</v>
+      </c>
+      <c r="F230" t="s">
+        <v>656</v>
+      </c>
+      <c r="G230" t="s">
+        <v>14</v>
+      </c>
+      <c r="H230" s="1">
+        <v>23</v>
+      </c>
+      <c r="I230" s="1">
+        <v>2</v>
+      </c>
+      <c r="J230" s="1">
+        <v>0</v>
+      </c>
+      <c r="K230" t="s">
+        <v>15</v>
+      </c>
+      <c r="L230" t="s">
+        <v>24</v>
+      </c>
+      <c r="M230" s="1">
+        <v>0</v>
+      </c>
+      <c r="N230" s="1">
+        <v>5</v>
+      </c>
+      <c r="O230" s="1">
+        <v>20</v>
+      </c>
+      <c r="P230" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="231" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A231">
+        <v>230</v>
+      </c>
+      <c r="B231">
+        <v>3</v>
+      </c>
+      <c r="C231" t="s">
+        <v>617</v>
+      </c>
+      <c r="D231" t="s">
+        <v>657</v>
+      </c>
+      <c r="E231" t="s">
+        <v>658</v>
+      </c>
+      <c r="F231" t="s">
+        <v>659</v>
+      </c>
+      <c r="G231" t="s">
+        <v>14</v>
+      </c>
+      <c r="H231" s="1">
+        <v>8</v>
+      </c>
+      <c r="I231" s="1">
+        <v>2</v>
+      </c>
+      <c r="J231" s="1">
+        <v>0</v>
+      </c>
+      <c r="K231" t="s">
+        <v>15</v>
+      </c>
+      <c r="L231" t="s">
+        <v>153</v>
+      </c>
+      <c r="M231" s="1">
+        <v>10</v>
+      </c>
+      <c r="N231" s="1">
+        <v>5</v>
+      </c>
+      <c r="O231" s="1">
+        <v>5</v>
+      </c>
+      <c r="P231" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="232" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A232">
+        <v>231</v>
+      </c>
+      <c r="B232">
+        <v>3</v>
+      </c>
+      <c r="C232" t="s">
+        <v>617</v>
+      </c>
+      <c r="D232" t="s">
+        <v>657</v>
+      </c>
+      <c r="E232" t="s">
+        <v>660</v>
+      </c>
+      <c r="F232" t="s">
+        <v>661</v>
+      </c>
+      <c r="G232" t="s">
+        <v>14</v>
+      </c>
+      <c r="H232" s="1">
+        <v>8</v>
+      </c>
+      <c r="I232" s="1">
+        <v>2</v>
+      </c>
+      <c r="J232" s="1">
+        <v>0</v>
+      </c>
+      <c r="K232" t="s">
+        <v>15</v>
+      </c>
+      <c r="L232" t="s">
+        <v>153</v>
+      </c>
+      <c r="M232" s="1">
+        <v>10</v>
+      </c>
+      <c r="N232" s="1">
+        <v>5</v>
+      </c>
+      <c r="O232" s="1">
+        <v>5</v>
+      </c>
+      <c r="P232" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="233" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A233">
+        <v>232</v>
+      </c>
+      <c r="B233">
+        <v>3</v>
+      </c>
+      <c r="C233" t="s">
+        <v>617</v>
+      </c>
+      <c r="D233" t="s">
+        <v>657</v>
+      </c>
+      <c r="E233" t="s">
+        <v>662</v>
+      </c>
+      <c r="F233" t="s">
+        <v>663</v>
+      </c>
+      <c r="G233" t="s">
+        <v>14</v>
+      </c>
+      <c r="H233" s="1">
+        <v>8</v>
+      </c>
+      <c r="I233" s="1">
+        <v>2</v>
+      </c>
+      <c r="J233" s="1">
+        <v>0</v>
+      </c>
+      <c r="K233" t="s">
+        <v>15</v>
+      </c>
+      <c r="L233" t="s">
+        <v>153</v>
+      </c>
+      <c r="M233" s="1">
+        <v>10</v>
+      </c>
+      <c r="N233" s="1">
+        <v>5</v>
+      </c>
+      <c r="O233" s="1">
+        <v>5</v>
+      </c>
+      <c r="P233" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="234" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A234">
+        <v>233</v>
+      </c>
+      <c r="B234">
+        <v>3</v>
+      </c>
+      <c r="C234" t="s">
+        <v>617</v>
+      </c>
+      <c r="D234" t="s">
+        <v>657</v>
+      </c>
+      <c r="E234" t="s">
+        <v>664</v>
+      </c>
+      <c r="F234" t="s">
+        <v>665</v>
+      </c>
+      <c r="G234" t="s">
+        <v>14</v>
+      </c>
+      <c r="H234" s="1">
+        <v>6</v>
+      </c>
+      <c r="I234" s="1">
+        <v>2</v>
+      </c>
+      <c r="J234" s="1">
+        <v>0</v>
+      </c>
+      <c r="K234" t="s">
+        <v>15</v>
+      </c>
+      <c r="L234" t="s">
+        <v>153</v>
+      </c>
+      <c r="M234" s="1">
+        <v>2</v>
+      </c>
+      <c r="N234" s="1">
+        <v>2</v>
+      </c>
+      <c r="O234" s="1">
+        <v>6</v>
+      </c>
+      <c r="P234" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q234" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="235" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A235">
+        <v>234</v>
+      </c>
+      <c r="B235">
+        <v>3</v>
+      </c>
+      <c r="C235" t="s">
+        <v>617</v>
+      </c>
+      <c r="D235" t="s">
+        <v>666</v>
+      </c>
+      <c r="E235" t="s">
+        <v>667</v>
+      </c>
+      <c r="F235" t="s">
+        <v>668</v>
+      </c>
+      <c r="G235" t="s">
+        <v>14</v>
+      </c>
+      <c r="H235" s="1">
+        <v>8</v>
+      </c>
+      <c r="I235" s="1">
+        <v>2</v>
+      </c>
+      <c r="J235" s="1">
+        <v>0</v>
+      </c>
+      <c r="K235" t="s">
+        <v>15</v>
+      </c>
+      <c r="L235" t="s">
+        <v>153</v>
+      </c>
+      <c r="M235" s="1">
+        <v>5</v>
+      </c>
+      <c r="N235" s="1">
+        <v>5</v>
+      </c>
+      <c r="O235" s="1">
+        <v>5</v>
+      </c>
+      <c r="P235" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q235" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="236" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A236">
+        <v>235</v>
+      </c>
+      <c r="B236">
+        <v>3</v>
+      </c>
+      <c r="C236" t="s">
+        <v>617</v>
+      </c>
+      <c r="D236" t="s">
+        <v>578</v>
+      </c>
+      <c r="E236" t="s">
+        <v>669</v>
+      </c>
+      <c r="F236" t="s">
+        <v>670</v>
+      </c>
+      <c r="G236" t="s">
+        <v>14</v>
+      </c>
+      <c r="H236" s="1">
+        <v>10</v>
+      </c>
+      <c r="I236" s="1">
+        <v>2</v>
+      </c>
+      <c r="J236" s="1">
+        <v>0</v>
+      </c>
+      <c r="K236" t="s">
+        <v>15</v>
+      </c>
+      <c r="L236" t="s">
+        <v>16</v>
+      </c>
+      <c r="M236" s="1">
+        <v>10</v>
+      </c>
+      <c r="N236" s="1">
+        <v>5</v>
+      </c>
+      <c r="O236" s="1">
+        <v>7</v>
+      </c>
+      <c r="P236" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q236" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="237" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A237">
+        <v>236</v>
+      </c>
+      <c r="B237">
+        <v>3</v>
+      </c>
+      <c r="C237" t="s">
+        <v>617</v>
+      </c>
+      <c r="D237" t="s">
+        <v>671</v>
+      </c>
+      <c r="E237" t="s">
+        <v>672</v>
+      </c>
+      <c r="F237" t="s">
+        <v>673</v>
+      </c>
+      <c r="G237" t="s">
+        <v>14</v>
+      </c>
+      <c r="H237" s="1">
+        <v>16</v>
+      </c>
+      <c r="I237" s="1">
+        <v>4</v>
+      </c>
+      <c r="J237" s="1">
+        <v>0</v>
+      </c>
+      <c r="K237" t="s">
+        <v>15</v>
+      </c>
+      <c r="L237" t="s">
+        <v>74</v>
+      </c>
+      <c r="M237" s="1">
+        <v>15</v>
+      </c>
+      <c r="N237" s="1">
+        <v>5</v>
+      </c>
+      <c r="O237" s="1">
+        <v>15</v>
+      </c>
+      <c r="P237" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q237" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="238" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A238">
+        <v>237</v>
+      </c>
+      <c r="B238">
+        <v>3</v>
+      </c>
+      <c r="C238" t="s">
+        <v>617</v>
+      </c>
+      <c r="D238" t="s">
+        <v>674</v>
+      </c>
+      <c r="E238" t="s">
+        <v>675</v>
+      </c>
+      <c r="F238" t="s">
+        <v>676</v>
+      </c>
+      <c r="G238" t="s">
+        <v>14</v>
+      </c>
+      <c r="H238" s="1">
+        <v>8</v>
+      </c>
+      <c r="I238" s="1">
+        <v>2</v>
+      </c>
+      <c r="J238" s="1">
+        <v>0</v>
+      </c>
+      <c r="K238" t="s">
+        <v>15</v>
+      </c>
+      <c r="L238" t="s">
+        <v>153</v>
+      </c>
+      <c r="M238" s="1">
+        <v>10</v>
+      </c>
+      <c r="N238" s="1">
+        <v>5</v>
+      </c>
+      <c r="O238" s="1">
+        <v>5</v>
+      </c>
+      <c r="P238" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q238" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="239" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A239">
+        <v>238</v>
+      </c>
+      <c r="B239">
+        <v>3</v>
+      </c>
+      <c r="C239" t="s">
+        <v>617</v>
+      </c>
+      <c r="D239" t="s">
+        <v>674</v>
+      </c>
+      <c r="E239" t="s">
+        <v>677</v>
+      </c>
+      <c r="F239" t="s">
+        <v>678</v>
+      </c>
+      <c r="G239" t="s">
+        <v>14</v>
+      </c>
+      <c r="H239" s="1">
+        <v>8</v>
+      </c>
+      <c r="I239" s="1">
+        <v>2</v>
+      </c>
+      <c r="J239" s="1">
+        <v>0</v>
+      </c>
+      <c r="K239" t="s">
+        <v>15</v>
+      </c>
+      <c r="L239" t="s">
+        <v>153</v>
+      </c>
+      <c r="M239" s="1">
+        <v>10</v>
+      </c>
+      <c r="N239" s="1">
+        <v>5</v>
+      </c>
+      <c r="O239" s="1">
+        <v>5</v>
+      </c>
+      <c r="P239" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="240" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A240">
+        <v>239</v>
+      </c>
+      <c r="B240">
+        <v>3</v>
+      </c>
+      <c r="C240" t="s">
+        <v>617</v>
+      </c>
+      <c r="D240" t="s">
+        <v>679</v>
+      </c>
+      <c r="E240" t="s">
+        <v>680</v>
+      </c>
+      <c r="F240" t="s">
+        <v>681</v>
+      </c>
+      <c r="G240" t="s">
+        <v>14</v>
+      </c>
+      <c r="H240" s="1">
+        <v>2</v>
+      </c>
+      <c r="I240" s="1">
+        <v>0</v>
+      </c>
+      <c r="J240" s="1">
+        <v>0</v>
+      </c>
+      <c r="K240" t="s">
+        <v>15</v>
+      </c>
+      <c r="L240" t="s">
+        <v>24</v>
+      </c>
+      <c r="M240" s="1">
+        <v>18</v>
+      </c>
+      <c r="N240" s="1">
+        <v>1</v>
+      </c>
+      <c r="O240" s="1">
+        <v>1</v>
+      </c>
+      <c r="P240" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q240" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="241" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A241">
+        <v>240</v>
+      </c>
+      <c r="B241">
+        <v>3</v>
+      </c>
+      <c r="C241" t="s">
+        <v>617</v>
+      </c>
+      <c r="D241" t="s">
+        <v>679</v>
+      </c>
+      <c r="E241" t="s">
+        <v>682</v>
+      </c>
+      <c r="F241" t="s">
+        <v>683</v>
+      </c>
+      <c r="G241" t="s">
+        <v>14</v>
+      </c>
+      <c r="H241" s="1">
+        <v>16</v>
+      </c>
+      <c r="I241" s="1">
+        <v>4</v>
+      </c>
+      <c r="J241" s="1">
+        <v>0</v>
+      </c>
+      <c r="K241" t="s">
+        <v>15</v>
+      </c>
+      <c r="L241" t="s">
+        <v>79</v>
+      </c>
+      <c r="M241" s="1">
+        <v>15</v>
+      </c>
+      <c r="N241" s="1">
+        <v>5</v>
+      </c>
+      <c r="O241" s="1">
+        <v>15</v>
+      </c>
+      <c r="P241" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q241" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="242" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A242">
+        <v>241</v>
+      </c>
+      <c r="B242">
+        <v>3</v>
+      </c>
+      <c r="C242" t="s">
+        <v>617</v>
+      </c>
+      <c r="D242" t="s">
+        <v>679</v>
+      </c>
+      <c r="E242" t="s">
+        <v>684</v>
+      </c>
+      <c r="F242" t="s">
+        <v>685</v>
+      </c>
+      <c r="G242" t="s">
+        <v>14</v>
+      </c>
+      <c r="H242" s="1">
+        <v>8</v>
+      </c>
+      <c r="I242" s="1">
+        <v>2</v>
+      </c>
+      <c r="J242" s="1">
+        <v>0</v>
+      </c>
+      <c r="K242" t="s">
+        <v>15</v>
+      </c>
+      <c r="L242" t="s">
+        <v>153</v>
+      </c>
+      <c r="M242" s="1">
+        <v>10</v>
+      </c>
+      <c r="N242" s="1">
+        <v>5</v>
+      </c>
+      <c r="O242" s="1">
+        <v>5</v>
+      </c>
+      <c r="P242" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q242" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="243" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A243">
+        <v>242</v>
+      </c>
+      <c r="B243">
+        <v>3</v>
+      </c>
+      <c r="C243" t="s">
+        <v>617</v>
+      </c>
+      <c r="D243" t="s">
+        <v>585</v>
+      </c>
+      <c r="E243" t="s">
+        <v>686</v>
+      </c>
+      <c r="F243" t="s">
+        <v>687</v>
+      </c>
+      <c r="G243" t="s">
+        <v>14</v>
+      </c>
+      <c r="H243" s="1">
+        <v>16</v>
+      </c>
+      <c r="I243" s="1">
+        <v>4</v>
+      </c>
+      <c r="J243" s="1">
+        <v>0</v>
+      </c>
+      <c r="K243" t="s">
+        <v>15</v>
+      </c>
+      <c r="L243" t="s">
+        <v>19</v>
+      </c>
+      <c r="M243" s="1">
+        <v>15</v>
+      </c>
+      <c r="N243" s="1">
+        <v>5</v>
+      </c>
+      <c r="O243" s="1">
+        <v>15</v>
+      </c>
+      <c r="P243" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q243" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="244" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A244">
+        <v>243</v>
+      </c>
+      <c r="B244">
+        <v>3</v>
+      </c>
+      <c r="C244" t="s">
+        <v>617</v>
+      </c>
+      <c r="D244" t="s">
+        <v>229</v>
+      </c>
+      <c r="E244" t="s">
+        <v>688</v>
+      </c>
+      <c r="F244" t="s">
+        <v>689</v>
+      </c>
+      <c r="G244" t="s">
+        <v>14</v>
+      </c>
+      <c r="H244" s="1">
+        <v>0</v>
+      </c>
+      <c r="I244" s="1">
+        <v>3</v>
+      </c>
+      <c r="J244" s="1">
+        <v>0</v>
+      </c>
+      <c r="K244" t="s">
+        <v>0</v>
+      </c>
+      <c r="L244" t="s">
+        <v>153</v>
+      </c>
+      <c r="M244" s="1">
+        <v>15</v>
+      </c>
+      <c r="N244" s="1">
+        <v>1</v>
+      </c>
+      <c r="O244" s="1">
+        <v>2</v>
+      </c>
+      <c r="P244" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q244" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="245" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A245">
+        <v>244</v>
+      </c>
+      <c r="B245">
+        <v>3</v>
+      </c>
+      <c r="C245" t="s">
+        <v>617</v>
+      </c>
+      <c r="D245" t="s">
+        <v>690</v>
+      </c>
+      <c r="E245" t="s">
+        <v>691</v>
+      </c>
+      <c r="F245" t="s">
+        <v>692</v>
+      </c>
+      <c r="G245" t="s">
+        <v>14</v>
+      </c>
+      <c r="H245" s="1">
+        <v>8</v>
+      </c>
+      <c r="I245" s="1">
+        <v>2</v>
+      </c>
+      <c r="J245" s="1">
+        <v>0</v>
+      </c>
+      <c r="K245" t="s">
+        <v>15</v>
+      </c>
+      <c r="L245" t="s">
+        <v>153</v>
+      </c>
+      <c r="M245" s="1">
+        <v>5</v>
+      </c>
+      <c r="N245" s="1">
+        <v>5</v>
+      </c>
+      <c r="O245" s="1">
+        <v>5</v>
+      </c>
+      <c r="P245" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q245" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="246" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A246">
+        <v>245</v>
+      </c>
+      <c r="B246">
+        <v>3</v>
+      </c>
+      <c r="C246" t="s">
+        <v>617</v>
+      </c>
+      <c r="D246" t="s">
+        <v>693</v>
+      </c>
+      <c r="E246" t="s">
+        <v>694</v>
+      </c>
+      <c r="F246" t="s">
+        <v>695</v>
+      </c>
+      <c r="G246" t="s">
+        <v>14</v>
+      </c>
+      <c r="H246" s="1">
+        <v>28</v>
+      </c>
+      <c r="I246" s="1">
+        <v>7</v>
+      </c>
+      <c r="J246" s="1">
+        <v>0</v>
+      </c>
+      <c r="K246" t="s">
+        <v>15</v>
+      </c>
+      <c r="L246" t="s">
+        <v>74</v>
+      </c>
+      <c r="M246" s="1">
+        <v>60</v>
+      </c>
+      <c r="N246" s="1">
+        <v>20</v>
+      </c>
+      <c r="O246" s="1">
+        <v>15</v>
+      </c>
+      <c r="P246" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q246" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="247" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A247">
+        <v>246</v>
+      </c>
+      <c r="B247">
+        <v>3</v>
+      </c>
+      <c r="C247" t="s">
+        <v>617</v>
+      </c>
+      <c r="D247" t="s">
+        <v>696</v>
+      </c>
+      <c r="E247" t="s">
+        <v>697</v>
+      </c>
+      <c r="F247" t="s">
+        <v>698</v>
+      </c>
+      <c r="G247" t="s">
+        <v>14</v>
+      </c>
+      <c r="H247" s="1">
+        <v>9</v>
+      </c>
+      <c r="I247" s="1">
+        <v>1</v>
+      </c>
+      <c r="J247" s="1">
+        <v>0</v>
+      </c>
+      <c r="K247" t="s">
+        <v>48</v>
+      </c>
+      <c r="L247" t="s">
+        <v>31</v>
+      </c>
+      <c r="M247" s="1">
+        <v>4</v>
+      </c>
+      <c r="N247" s="1">
+        <v>2</v>
+      </c>
+      <c r="O247" s="1">
+        <v>8</v>
+      </c>
+      <c r="P247" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q247" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="248" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A248">
+        <v>247</v>
+      </c>
+      <c r="B248">
+        <v>3</v>
+      </c>
+      <c r="C248" t="s">
+        <v>617</v>
+      </c>
+      <c r="D248" t="s">
+        <v>699</v>
+      </c>
+      <c r="E248" t="s">
+        <v>700</v>
+      </c>
+      <c r="F248" t="s">
+        <v>701</v>
+      </c>
+      <c r="G248" t="s">
+        <v>14</v>
+      </c>
+      <c r="H248" s="1">
+        <v>20</v>
+      </c>
+      <c r="I248" s="1">
+        <v>5</v>
+      </c>
+      <c r="J248" s="1">
+        <v>0</v>
+      </c>
+      <c r="K248" t="s">
+        <v>15</v>
+      </c>
+      <c r="L248" t="s">
+        <v>24</v>
+      </c>
+      <c r="M248" s="1">
+        <v>0</v>
+      </c>
+      <c r="N248" s="1">
+        <v>5</v>
+      </c>
+      <c r="O248" s="1">
+        <v>20</v>
+      </c>
+      <c r="P248" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q248" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="249" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A249">
+        <v>248</v>
+      </c>
+      <c r="B249">
+        <v>3</v>
+      </c>
+      <c r="C249" t="s">
+        <v>617</v>
+      </c>
+      <c r="D249" t="s">
+        <v>702</v>
+      </c>
+      <c r="E249" t="s">
+        <v>703</v>
+      </c>
+      <c r="F249" t="s">
+        <v>704</v>
+      </c>
+      <c r="G249" t="s">
+        <v>14</v>
+      </c>
+      <c r="H249" s="1">
+        <v>16</v>
+      </c>
+      <c r="I249" s="1">
+        <v>4</v>
+      </c>
+      <c r="J249" s="1">
+        <v>0</v>
+      </c>
+      <c r="K249" t="s">
+        <v>15</v>
+      </c>
+      <c r="L249" t="s">
+        <v>24</v>
+      </c>
+      <c r="M249" s="1">
+        <v>20</v>
+      </c>
+      <c r="N249" s="1">
+        <v>5</v>
+      </c>
+      <c r="O249" s="1">
+        <v>15</v>
+      </c>
+      <c r="P249" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q249" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="250" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A250">
+        <v>249</v>
+      </c>
+      <c r="B250">
+        <v>3</v>
+      </c>
+      <c r="C250" t="s">
+        <v>617</v>
+      </c>
+      <c r="D250" t="s">
+        <v>705</v>
+      </c>
+      <c r="E250" t="s">
+        <v>706</v>
+      </c>
+      <c r="F250" t="s">
+        <v>707</v>
+      </c>
+      <c r="G250" t="s">
+        <v>14</v>
+      </c>
+      <c r="H250" s="1">
+        <v>8</v>
+      </c>
+      <c r="I250" s="1">
+        <v>2</v>
+      </c>
+      <c r="J250" s="1">
+        <v>0</v>
+      </c>
+      <c r="K250" t="s">
+        <v>15</v>
+      </c>
+      <c r="L250" t="s">
+        <v>153</v>
+      </c>
+      <c r="M250" s="1">
+        <v>5</v>
+      </c>
+      <c r="N250" s="1">
+        <v>5</v>
+      </c>
+      <c r="O250" s="1">
+        <v>5</v>
+      </c>
+      <c r="P250" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q250" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="251" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A251">
+        <v>250</v>
+      </c>
+      <c r="B251">
+        <v>3</v>
+      </c>
+      <c r="C251" t="s">
+        <v>617</v>
+      </c>
+      <c r="D251" t="s">
+        <v>490</v>
+      </c>
+      <c r="E251" t="s">
+        <v>708</v>
+      </c>
+      <c r="F251" t="s">
+        <v>709</v>
+      </c>
+      <c r="G251" t="s">
+        <v>14</v>
+      </c>
+      <c r="H251" s="1">
+        <v>3</v>
+      </c>
+      <c r="I251" s="1">
+        <v>0</v>
+      </c>
+      <c r="J251" s="1">
+        <v>0</v>
+      </c>
+      <c r="K251" t="s">
+        <v>48</v>
+      </c>
+      <c r="L251" t="s">
+        <v>74</v>
+      </c>
+      <c r="M251" s="1">
+        <v>27</v>
+      </c>
+      <c r="N251" s="1">
+        <v>1</v>
+      </c>
+      <c r="O251" s="1">
+        <v>2</v>
+      </c>
+      <c r="P251" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q251" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="252" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A252">
+        <v>251</v>
+      </c>
+      <c r="B252">
+        <v>3</v>
+      </c>
+      <c r="C252" t="s">
+        <v>617</v>
+      </c>
+      <c r="D252" t="s">
+        <v>329</v>
+      </c>
+      <c r="E252" t="s">
+        <v>710</v>
+      </c>
+      <c r="F252" t="s">
+        <v>711</v>
+      </c>
+      <c r="G252" t="s">
+        <v>14</v>
+      </c>
+      <c r="H252" s="1">
+        <v>16</v>
+      </c>
+      <c r="I252" s="1">
+        <v>4</v>
+      </c>
+      <c r="J252" s="1">
+        <v>0</v>
+      </c>
+      <c r="K252" t="s">
+        <v>15</v>
+      </c>
+      <c r="L252" t="s">
+        <v>153</v>
+      </c>
+      <c r="M252" s="1">
+        <v>5</v>
+      </c>
+      <c r="N252" s="1">
+        <v>5</v>
+      </c>
+      <c r="O252" s="1">
+        <v>15</v>
+      </c>
+      <c r="P252" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q252" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="253" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A253">
+        <v>252</v>
+      </c>
+      <c r="B253">
+        <v>3</v>
+      </c>
+      <c r="C253" t="s">
+        <v>617</v>
+      </c>
+      <c r="D253" t="s">
+        <v>712</v>
+      </c>
+      <c r="E253" t="s">
+        <v>713</v>
+      </c>
+      <c r="F253" t="s">
+        <v>714</v>
+      </c>
+      <c r="G253" t="s">
+        <v>5</v>
+      </c>
+      <c r="H253" s="1">
+        <v>8</v>
+      </c>
+      <c r="I253" s="1">
+        <v>2</v>
+      </c>
+      <c r="J253" s="1">
+        <v>0</v>
+      </c>
+      <c r="K253" t="s">
+        <v>6</v>
+      </c>
+      <c r="L253" t="s">
+        <v>153</v>
+      </c>
+      <c r="M253" s="1">
+        <v>16</v>
+      </c>
+      <c r="N253" s="1">
+        <v>5</v>
+      </c>
+      <c r="O253" s="1">
+        <v>5</v>
+      </c>
+      <c r="P253" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q253" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="254" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A254">
+        <v>253</v>
+      </c>
+      <c r="B254">
+        <v>3</v>
+      </c>
+      <c r="C254" t="s">
+        <v>617</v>
+      </c>
+      <c r="D254" t="s">
+        <v>225</v>
+      </c>
+      <c r="E254" t="s">
+        <v>715</v>
+      </c>
+      <c r="F254" t="s">
+        <v>716</v>
+      </c>
+      <c r="G254" t="s">
+        <v>14</v>
+      </c>
+      <c r="H254" s="1">
+        <v>2</v>
+      </c>
+      <c r="I254" s="1">
+        <v>0</v>
+      </c>
+      <c r="J254" s="1">
+        <v>0</v>
+      </c>
+      <c r="K254" t="s">
+        <v>15</v>
+      </c>
+      <c r="L254" t="s">
+        <v>7</v>
+      </c>
+      <c r="M254" s="1">
+        <v>30</v>
+      </c>
+      <c r="N254" s="1">
+        <v>1</v>
+      </c>
+      <c r="O254" s="1">
+        <v>1</v>
+      </c>
+      <c r="P254" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q254" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="255" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A255">
+        <v>254</v>
+      </c>
+      <c r="B255">
+        <v>3</v>
+      </c>
+      <c r="C255" t="s">
+        <v>617</v>
+      </c>
+      <c r="D255" t="s">
+        <v>217</v>
+      </c>
+      <c r="E255" t="s">
+        <v>717</v>
+      </c>
+      <c r="F255" t="s">
+        <v>718</v>
+      </c>
+      <c r="G255" t="s">
+        <v>14</v>
+      </c>
+      <c r="H255" s="1">
+        <v>28</v>
+      </c>
+      <c r="I255" s="1">
+        <v>7</v>
+      </c>
+      <c r="J255" s="1">
+        <v>0</v>
+      </c>
+      <c r="K255" t="s">
+        <v>15</v>
+      </c>
+      <c r="L255" t="s">
+        <v>24</v>
+      </c>
+      <c r="M255" s="1">
+        <v>60</v>
+      </c>
+      <c r="N255" s="1">
+        <v>20</v>
+      </c>
+      <c r="O255" s="1">
+        <v>15</v>
+      </c>
+      <c r="P255" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q255" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="256" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A256">
+        <v>255</v>
+      </c>
+      <c r="B256">
+        <v>3</v>
+      </c>
+      <c r="C256" t="s">
+        <v>617</v>
+      </c>
+      <c r="D256" t="s">
+        <v>719</v>
+      </c>
+      <c r="E256" t="s">
+        <v>720</v>
+      </c>
+      <c r="F256" t="s">
+        <v>721</v>
+      </c>
+      <c r="G256" t="s">
+        <v>14</v>
+      </c>
+      <c r="H256" s="1">
+        <v>1800</v>
+      </c>
+      <c r="I256" s="1">
+        <v>200</v>
+      </c>
+      <c r="J256" s="1">
+        <v>0</v>
+      </c>
+      <c r="K256" t="s">
+        <v>48</v>
+      </c>
+      <c r="L256" t="s">
+        <v>74</v>
+      </c>
+      <c r="M256" s="1">
+        <v>450</v>
+      </c>
+      <c r="N256" s="1">
+        <v>750</v>
+      </c>
+      <c r="O256" s="1">
+        <v>1250</v>
+      </c>
+      <c r="P256" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q256" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="257" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A257">
+        <v>256</v>
+      </c>
+      <c r="B257">
+        <v>3</v>
+      </c>
+      <c r="C257" t="s">
+        <v>617</v>
+      </c>
+      <c r="D257" t="s">
+        <v>347</v>
+      </c>
+      <c r="E257" t="s">
+        <v>722</v>
+      </c>
+      <c r="F257" t="s">
+        <v>723</v>
+      </c>
+      <c r="G257" t="s">
+        <v>5</v>
+      </c>
+      <c r="H257" s="1">
+        <v>3</v>
+      </c>
+      <c r="I257" s="1">
+        <v>1</v>
+      </c>
+      <c r="J257" s="1">
+        <v>0</v>
+      </c>
+      <c r="K257" t="s">
+        <v>6</v>
+      </c>
+      <c r="L257" t="s">
+        <v>74</v>
+      </c>
+      <c r="M257" s="1">
+        <v>25</v>
+      </c>
+      <c r="N257" s="1">
+        <v>1</v>
+      </c>
+      <c r="O257" s="1">
+        <v>3</v>
+      </c>
+      <c r="P257" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q257" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="258" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A258">
+        <v>257</v>
+      </c>
+      <c r="B258">
+        <v>3</v>
+      </c>
+      <c r="C258" t="s">
+        <v>617</v>
+      </c>
+      <c r="D258" t="s">
+        <v>347</v>
+      </c>
+      <c r="E258" t="s">
+        <v>724</v>
+      </c>
+      <c r="F258" t="s">
+        <v>725</v>
+      </c>
+      <c r="G258" t="s">
+        <v>14</v>
+      </c>
+      <c r="H258" s="1">
+        <v>6</v>
+      </c>
+      <c r="I258" s="1">
+        <v>2</v>
+      </c>
+      <c r="J258" s="1">
+        <v>0</v>
+      </c>
+      <c r="K258" t="s">
+        <v>15</v>
+      </c>
+      <c r="L258" t="s">
+        <v>19</v>
+      </c>
+      <c r="M258" s="1">
+        <v>60</v>
+      </c>
+      <c r="N258" s="1">
+        <v>5</v>
+      </c>
+      <c r="O258" s="1">
+        <v>3</v>
+      </c>
+      <c r="P258" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q258" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="259" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A259">
+        <v>258</v>
+      </c>
+      <c r="B259">
+        <v>3</v>
+      </c>
+      <c r="C259" t="s">
+        <v>617</v>
+      </c>
+      <c r="D259" t="s">
+        <v>347</v>
+      </c>
+      <c r="E259" t="s">
+        <v>726</v>
+      </c>
+      <c r="F259" t="s">
+        <v>727</v>
+      </c>
+      <c r="G259" t="s">
+        <v>14</v>
+      </c>
+      <c r="H259" s="1">
+        <v>488</v>
+      </c>
+      <c r="I259" s="1">
+        <v>122</v>
+      </c>
+      <c r="J259" s="1">
+        <v>0</v>
+      </c>
+      <c r="K259" t="s">
+        <v>15</v>
+      </c>
+      <c r="L259" t="s">
+        <v>24</v>
+      </c>
+      <c r="M259" s="1">
+        <v>30</v>
+      </c>
+      <c r="N259" s="1">
+        <v>240</v>
+      </c>
+      <c r="O259" s="1">
+        <v>370</v>
+      </c>
+      <c r="P259" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q259" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="260" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A260">
+        <v>259</v>
+      </c>
+      <c r="B260">
+        <v>3</v>
+      </c>
+      <c r="C260" t="s">
+        <v>617</v>
+      </c>
+      <c r="D260" t="s">
+        <v>347</v>
+      </c>
+      <c r="E260" t="s">
+        <v>728</v>
+      </c>
+      <c r="F260" t="s">
+        <v>729</v>
+      </c>
+      <c r="G260" t="s">
+        <v>14</v>
+      </c>
+      <c r="H260" s="1">
+        <v>12</v>
+      </c>
+      <c r="I260" s="1">
+        <v>3</v>
+      </c>
+      <c r="J260" s="1">
+        <v>0</v>
+      </c>
+      <c r="K260" t="s">
+        <v>15</v>
+      </c>
+      <c r="L260" t="s">
+        <v>7</v>
+      </c>
+      <c r="M260" s="1">
+        <v>15</v>
+      </c>
+      <c r="N260" s="1">
+        <v>5</v>
+      </c>
+      <c r="O260" s="1">
+        <v>10</v>
+      </c>
+      <c r="P260" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q260" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="261" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A261">
+        <v>260</v>
+      </c>
+      <c r="B261">
+        <v>3</v>
+      </c>
+      <c r="C261" t="s">
+        <v>617</v>
+      </c>
+      <c r="D261" t="s">
+        <v>347</v>
+      </c>
+      <c r="E261" t="s">
+        <v>730</v>
+      </c>
+      <c r="F261" t="s">
+        <v>731</v>
+      </c>
+      <c r="G261" t="s">
+        <v>14</v>
+      </c>
+      <c r="H261" s="1">
+        <v>8</v>
+      </c>
+      <c r="I261" s="1">
+        <v>2</v>
+      </c>
+      <c r="J261" s="1">
+        <v>0</v>
+      </c>
+      <c r="K261" t="s">
+        <v>15</v>
+      </c>
+      <c r="L261" t="s">
+        <v>153</v>
+      </c>
+      <c r="M261" s="1">
+        <v>5</v>
+      </c>
+      <c r="N261" s="1">
+        <v>5</v>
+      </c>
+      <c r="O261" s="1">
+        <v>5</v>
+      </c>
+      <c r="P261" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q261" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="262" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A262">
+        <v>261</v>
+      </c>
+      <c r="B262">
+        <v>3</v>
+      </c>
+      <c r="C262" t="s">
+        <v>617</v>
+      </c>
+      <c r="D262" t="s">
+        <v>352</v>
+      </c>
+      <c r="E262" t="s">
+        <v>732</v>
+      </c>
+      <c r="F262" t="s">
+        <v>733</v>
+      </c>
+      <c r="G262" t="s">
+        <v>14</v>
+      </c>
+      <c r="H262" s="1">
+        <v>3</v>
+      </c>
+      <c r="I262" s="1">
+        <v>1</v>
+      </c>
+      <c r="J262" s="1">
+        <v>0</v>
+      </c>
+      <c r="K262" t="s">
+        <v>15</v>
+      </c>
+      <c r="L262" t="s">
+        <v>523</v>
+      </c>
+      <c r="M262" s="1">
+        <v>390</v>
+      </c>
+      <c r="N262" s="1">
+        <v>1</v>
+      </c>
+      <c r="O262" s="1">
+        <v>3</v>
+      </c>
+      <c r="P262" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q262" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="263" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A263">
+        <v>262</v>
+      </c>
+      <c r="B263">
+        <v>3</v>
+      </c>
+      <c r="C263" t="s">
+        <v>617</v>
+      </c>
+      <c r="D263" t="s">
+        <v>734</v>
+      </c>
+      <c r="E263" t="s">
+        <v>735</v>
+      </c>
+      <c r="F263" t="s">
+        <v>736</v>
+      </c>
+      <c r="G263" t="s">
+        <v>14</v>
+      </c>
+      <c r="H263" s="1">
+        <v>48</v>
+      </c>
+      <c r="I263" s="1">
+        <v>12</v>
+      </c>
+      <c r="J263" s="1">
+        <v>0</v>
+      </c>
+      <c r="K263" t="s">
+        <v>15</v>
+      </c>
+      <c r="L263" t="s">
+        <v>16</v>
+      </c>
+      <c r="M263" s="1">
+        <v>45</v>
+      </c>
+      <c r="N263" s="1">
+        <v>20</v>
+      </c>
+      <c r="O263" s="1">
+        <v>40</v>
+      </c>
+      <c r="P263" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="264" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A264">
+        <v>263</v>
+      </c>
+      <c r="B264">
+        <v>3</v>
+      </c>
+      <c r="C264" t="s">
+        <v>617</v>
+      </c>
+      <c r="D264" t="s">
+        <v>85</v>
+      </c>
+      <c r="E264" t="s">
+        <v>737</v>
+      </c>
+      <c r="F264" t="s">
+        <v>738</v>
+      </c>
+      <c r="G264" t="s">
+        <v>14</v>
+      </c>
+      <c r="H264" s="1">
+        <v>1616</v>
+      </c>
+      <c r="I264" s="1">
+        <v>404</v>
+      </c>
+      <c r="J264" s="1">
+        <v>0</v>
+      </c>
+      <c r="K264" t="s">
+        <v>15</v>
+      </c>
+      <c r="L264" t="s">
+        <v>129</v>
+      </c>
+      <c r="M264" s="1">
+        <v>5010</v>
+      </c>
+      <c r="N264" s="1">
+        <v>2000</v>
+      </c>
+      <c r="O264" s="1">
+        <v>20</v>
+      </c>
+      <c r="P264" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="265" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A265">
+        <v>264</v>
+      </c>
+      <c r="B265">
+        <v>3</v>
+      </c>
+      <c r="C265" t="s">
+        <v>617</v>
+      </c>
+      <c r="D265" t="s">
+        <v>96</v>
+      </c>
+      <c r="E265" t="s">
+        <v>739</v>
+      </c>
+      <c r="F265" t="s">
+        <v>740</v>
+      </c>
+      <c r="G265" t="s">
+        <v>14</v>
+      </c>
+      <c r="H265" s="1">
+        <v>0</v>
+      </c>
+      <c r="I265" s="1">
+        <v>3</v>
+      </c>
+      <c r="J265" s="1">
+        <v>0</v>
+      </c>
+      <c r="K265" t="s">
+        <v>0</v>
+      </c>
+      <c r="L265" t="s">
+        <v>44</v>
+      </c>
+      <c r="M265" s="1">
+        <v>404</v>
+      </c>
+      <c r="N265" s="1">
+        <v>1</v>
+      </c>
+      <c r="O265" s="1">
+        <v>2</v>
+      </c>
+      <c r="P265" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="266" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A266">
+        <v>265</v>
+      </c>
+      <c r="B266">
+        <v>3</v>
+      </c>
+      <c r="C266" t="s">
+        <v>741</v>
+      </c>
+      <c r="D266" t="s">
+        <v>742</v>
+      </c>
+      <c r="E266" t="s">
+        <v>743</v>
+      </c>
+      <c r="F266" t="s">
+        <v>744</v>
+      </c>
+      <c r="G266" t="s">
+        <v>14</v>
+      </c>
+      <c r="H266" s="1">
+        <v>16</v>
+      </c>
+      <c r="I266" s="1">
+        <v>4</v>
+      </c>
+      <c r="J266" s="1">
+        <v>0</v>
+      </c>
+      <c r="K266" t="s">
+        <v>15</v>
+      </c>
+      <c r="L266" t="s">
+        <v>16</v>
+      </c>
+      <c r="M266" s="1">
+        <v>10</v>
+      </c>
+      <c r="N266" s="1">
+        <v>5</v>
+      </c>
+      <c r="O266" s="1">
+        <v>15</v>
+      </c>
+      <c r="P266" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q266" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="267" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A267">
+        <v>266</v>
+      </c>
+      <c r="B267">
+        <v>3</v>
+      </c>
+      <c r="C267" t="s">
+        <v>741</v>
+      </c>
+      <c r="D267" t="s">
+        <v>624</v>
+      </c>
+      <c r="E267" t="s">
+        <v>745</v>
+      </c>
+      <c r="F267" t="s">
+        <v>746</v>
+      </c>
+      <c r="G267" t="s">
+        <v>14</v>
+      </c>
+      <c r="H267" s="1">
+        <v>18</v>
+      </c>
+      <c r="I267" s="1">
+        <v>2</v>
+      </c>
+      <c r="J267" s="1">
+        <v>0</v>
+      </c>
+      <c r="K267" t="s">
+        <v>15</v>
+      </c>
+      <c r="L267" t="s">
+        <v>16</v>
+      </c>
+      <c r="M267" s="1">
+        <v>60</v>
+      </c>
+      <c r="N267" s="1">
+        <v>5</v>
+      </c>
+      <c r="O267" s="1">
+        <v>15</v>
+      </c>
+      <c r="P267" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="268" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A268">
+        <v>267</v>
+      </c>
+      <c r="B268">
+        <v>3</v>
+      </c>
+      <c r="C268" t="s">
+        <v>741</v>
+      </c>
+      <c r="D268" t="s">
+        <v>624</v>
+      </c>
+      <c r="E268" t="s">
+        <v>747</v>
+      </c>
+      <c r="F268" t="s">
+        <v>748</v>
+      </c>
+      <c r="G268" t="s">
+        <v>14</v>
+      </c>
+      <c r="H268" s="1">
+        <v>10</v>
+      </c>
+      <c r="I268" s="1">
+        <v>1</v>
+      </c>
+      <c r="J268" s="1">
+        <v>0</v>
+      </c>
+      <c r="K268" t="s">
+        <v>15</v>
+      </c>
+      <c r="L268" t="s">
+        <v>24</v>
+      </c>
+      <c r="M268" s="1">
+        <v>10</v>
+      </c>
+      <c r="N268" s="1">
+        <v>5</v>
+      </c>
+      <c r="O268" s="1">
+        <v>6</v>
+      </c>
+      <c r="P268" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="269" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A269">
+        <v>268</v>
+      </c>
+      <c r="B269">
+        <v>3</v>
+      </c>
+      <c r="C269" t="s">
+        <v>741</v>
+      </c>
+      <c r="D269" t="s">
+        <v>21</v>
+      </c>
+      <c r="E269" t="s">
+        <v>749</v>
+      </c>
+      <c r="F269" t="s">
+        <v>750</v>
+      </c>
+      <c r="G269" t="s">
+        <v>14</v>
+      </c>
+      <c r="H269" s="1">
+        <v>18</v>
+      </c>
+      <c r="I269" s="1">
+        <v>2</v>
+      </c>
+      <c r="J269" s="1">
+        <v>0</v>
+      </c>
+      <c r="K269" t="s">
+        <v>15</v>
+      </c>
+      <c r="L269" t="s">
+        <v>79</v>
+      </c>
+      <c r="M269" s="1">
+        <v>1338</v>
+      </c>
+      <c r="N269" s="1">
+        <v>10</v>
+      </c>
+      <c r="O269" s="1">
+        <v>10</v>
+      </c>
+      <c r="P269" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="270" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A270">
+        <v>269</v>
+      </c>
+      <c r="B270">
+        <v>3</v>
+      </c>
+      <c r="C270" t="s">
+        <v>741</v>
+      </c>
+      <c r="D270" t="s">
+        <v>21</v>
+      </c>
+      <c r="E270" t="s">
+        <v>751</v>
+      </c>
+      <c r="F270" t="s">
+        <v>752</v>
+      </c>
+      <c r="G270" t="s">
+        <v>14</v>
+      </c>
+      <c r="H270" s="1">
+        <v>9</v>
+      </c>
+      <c r="I270" s="1">
+        <v>1</v>
+      </c>
+      <c r="J270" s="1">
+        <v>0</v>
+      </c>
+      <c r="K270" t="s">
+        <v>15</v>
+      </c>
+      <c r="L270" t="s">
+        <v>153</v>
+      </c>
+      <c r="M270" s="1">
+        <v>10</v>
+      </c>
+      <c r="N270" s="1">
+        <v>5</v>
+      </c>
+      <c r="O270" s="1">
+        <v>5</v>
+      </c>
+      <c r="P270" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="271" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A271">
+        <v>270</v>
+      </c>
+      <c r="B271">
+        <v>3</v>
+      </c>
+      <c r="C271" t="s">
+        <v>741</v>
+      </c>
+      <c r="D271" t="s">
+        <v>21</v>
+      </c>
+      <c r="E271" t="s">
+        <v>753</v>
+      </c>
+      <c r="F271" t="s">
+        <v>754</v>
+      </c>
+      <c r="G271" t="s">
+        <v>14</v>
+      </c>
+      <c r="H271" s="1">
+        <v>27</v>
+      </c>
+      <c r="I271" s="1">
+        <v>3</v>
+      </c>
+      <c r="J271" s="1">
+        <v>0</v>
+      </c>
+      <c r="K271" t="s">
+        <v>15</v>
+      </c>
+      <c r="L271" t="s">
+        <v>24</v>
+      </c>
+      <c r="M271" s="1">
+        <v>10</v>
+      </c>
+      <c r="N271" s="1">
+        <v>10</v>
+      </c>
+      <c r="O271" s="1">
+        <v>20</v>
+      </c>
+      <c r="P271" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="272" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A272">
+        <v>271</v>
+      </c>
+      <c r="B272">
+        <v>3</v>
+      </c>
+      <c r="C272" t="s">
+        <v>741</v>
+      </c>
+      <c r="D272" t="s">
+        <v>566</v>
+      </c>
+      <c r="E272" t="s">
+        <v>755</v>
+      </c>
+      <c r="F272" t="s">
+        <v>756</v>
+      </c>
+      <c r="G272" t="s">
+        <v>14</v>
+      </c>
+      <c r="H272" s="1">
+        <v>4</v>
+      </c>
+      <c r="I272" s="1">
+        <v>0</v>
+      </c>
+      <c r="J272" s="1">
+        <v>0</v>
+      </c>
+      <c r="K272" t="s">
+        <v>15</v>
+      </c>
+      <c r="L272" t="s">
+        <v>16</v>
+      </c>
+      <c r="M272" s="1">
+        <v>9</v>
+      </c>
+      <c r="N272" s="1">
+        <v>2</v>
+      </c>
+      <c r="O272" s="1">
+        <v>2</v>
+      </c>
+      <c r="P272" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="273" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A273">
+        <v>272</v>
+      </c>
+      <c r="B273">
+        <v>3</v>
+      </c>
+      <c r="C273" t="s">
+        <v>741</v>
+      </c>
+      <c r="D273" t="s">
+        <v>757</v>
+      </c>
+      <c r="E273" t="s">
+        <v>758</v>
+      </c>
+      <c r="F273" t="s">
+        <v>759</v>
+      </c>
+      <c r="G273" t="s">
+        <v>14</v>
+      </c>
+      <c r="H273" s="1">
+        <v>18</v>
+      </c>
+      <c r="I273" s="1">
+        <v>2</v>
+      </c>
+      <c r="J273" s="1">
+        <v>0</v>
+      </c>
+      <c r="K273" t="s">
+        <v>15</v>
+      </c>
+      <c r="L273" t="s">
+        <v>16</v>
+      </c>
+      <c r="M273" s="1">
+        <v>35</v>
+      </c>
+      <c r="N273" s="1">
+        <v>10</v>
+      </c>
+      <c r="O273" s="1">
+        <v>10</v>
+      </c>
+      <c r="P273" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="274" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A274">
+        <v>273</v>
+      </c>
+      <c r="B274">
+        <v>3</v>
+      </c>
+      <c r="C274" t="s">
+        <v>741</v>
+      </c>
+      <c r="D274" t="s">
+        <v>760</v>
+      </c>
+      <c r="E274" t="s">
+        <v>761</v>
+      </c>
+      <c r="F274" t="s">
+        <v>762</v>
+      </c>
+      <c r="G274" t="s">
+        <v>14</v>
+      </c>
+      <c r="H274" s="1">
+        <v>18</v>
+      </c>
+      <c r="I274" s="1">
+        <v>2</v>
+      </c>
+      <c r="J274" s="1">
+        <v>0</v>
+      </c>
+      <c r="K274" t="s">
+        <v>48</v>
+      </c>
+      <c r="L274" t="s">
+        <v>16</v>
+      </c>
+      <c r="M274" s="1">
+        <v>455</v>
+      </c>
+      <c r="N274" s="1">
+        <v>5</v>
+      </c>
+      <c r="O274" s="1">
+        <v>15</v>
+      </c>
+      <c r="P274" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q274" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="275" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A275">
+        <v>274</v>
+      </c>
+      <c r="B275">
+        <v>3</v>
+      </c>
+      <c r="C275" t="s">
+        <v>741</v>
+      </c>
+      <c r="D275" t="s">
+        <v>760</v>
+      </c>
+      <c r="E275" t="s">
+        <v>763</v>
+      </c>
+      <c r="F275" t="s">
+        <v>764</v>
+      </c>
+      <c r="G275" t="s">
+        <v>14</v>
+      </c>
+      <c r="H275" s="1">
+        <v>10</v>
+      </c>
+      <c r="I275" s="1">
+        <v>2</v>
+      </c>
+      <c r="J275" s="1">
+        <v>0</v>
+      </c>
+      <c r="K275" t="s">
+        <v>302</v>
+      </c>
+      <c r="L275" t="s">
+        <v>31</v>
+      </c>
+      <c r="M275" s="1">
+        <v>5</v>
+      </c>
+      <c r="N275" s="1">
+        <v>5</v>
+      </c>
+      <c r="O275" s="1">
+        <v>7</v>
+      </c>
+      <c r="P275" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q275" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="276" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A276">
+        <v>275</v>
+      </c>
+      <c r="B276">
+        <v>3</v>
+      </c>
+      <c r="C276" t="s">
+        <v>741</v>
+      </c>
+      <c r="D276" t="s">
+        <v>588</v>
+      </c>
+      <c r="E276" t="s">
+        <v>765</v>
+      </c>
+      <c r="F276" t="s">
+        <v>766</v>
+      </c>
+      <c r="G276" t="s">
+        <v>14</v>
+      </c>
+      <c r="H276" s="1">
+        <v>6</v>
+      </c>
+      <c r="I276" s="1">
+        <v>1</v>
+      </c>
+      <c r="J276" s="1">
+        <v>0</v>
+      </c>
+      <c r="K276" t="s">
+        <v>15</v>
+      </c>
+      <c r="L276" t="s">
+        <v>24</v>
+      </c>
+      <c r="M276" s="1">
+        <v>15</v>
+      </c>
+      <c r="N276" s="1">
+        <v>5</v>
+      </c>
+      <c r="O276" s="1">
+        <v>2</v>
+      </c>
+      <c r="P276" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q276" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="277" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A277">
+        <v>276</v>
+      </c>
+      <c r="B277">
+        <v>3</v>
+      </c>
+      <c r="C277" t="s">
+        <v>741</v>
+      </c>
+      <c r="D277" t="s">
+        <v>588</v>
+      </c>
+      <c r="E277" t="s">
+        <v>767</v>
+      </c>
+      <c r="F277" t="s">
+        <v>768</v>
+      </c>
+      <c r="G277" t="s">
+        <v>14</v>
+      </c>
+      <c r="H277" s="1">
+        <v>16</v>
+      </c>
+      <c r="I277" s="1">
+        <v>4</v>
+      </c>
+      <c r="J277" s="1">
+        <v>0</v>
+      </c>
+      <c r="K277" t="s">
+        <v>15</v>
+      </c>
+      <c r="L277" t="s">
+        <v>79</v>
+      </c>
+      <c r="M277" s="1">
+        <v>10</v>
+      </c>
+      <c r="N277" s="1">
+        <v>5</v>
+      </c>
+      <c r="O277" s="1">
+        <v>15</v>
+      </c>
+      <c r="P277" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="278" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A278">
+        <v>277</v>
+      </c>
+      <c r="B278">
+        <v>3</v>
+      </c>
+      <c r="C278" t="s">
+        <v>741</v>
+      </c>
+      <c r="D278" t="s">
+        <v>769</v>
+      </c>
+      <c r="E278" t="s">
+        <v>770</v>
+      </c>
+      <c r="F278" t="s">
+        <v>771</v>
+      </c>
+      <c r="G278" t="s">
+        <v>5</v>
+      </c>
+      <c r="H278" s="1">
+        <v>28</v>
+      </c>
+      <c r="I278" s="1">
+        <v>7</v>
+      </c>
+      <c r="J278" s="1">
+        <v>0</v>
+      </c>
+      <c r="K278" t="s">
+        <v>6</v>
+      </c>
+      <c r="L278" t="s">
+        <v>74</v>
+      </c>
+      <c r="M278" s="1">
+        <v>60</v>
+      </c>
+      <c r="N278" s="1">
+        <v>20</v>
+      </c>
+      <c r="O278" s="1">
+        <v>15</v>
+      </c>
+      <c r="P278" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q278" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="279" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A279">
+        <v>278</v>
+      </c>
+      <c r="B279">
+        <v>3</v>
+      </c>
+      <c r="C279" t="s">
+        <v>741</v>
+      </c>
+      <c r="D279" t="s">
+        <v>772</v>
+      </c>
+      <c r="E279" t="s">
+        <v>773</v>
+      </c>
+      <c r="F279" t="s">
+        <v>774</v>
+      </c>
+      <c r="G279" t="s">
+        <v>5</v>
+      </c>
+      <c r="H279" s="1">
+        <v>14</v>
+      </c>
+      <c r="I279" s="1">
+        <v>4</v>
+      </c>
+      <c r="J279" s="1">
+        <v>0</v>
+      </c>
+      <c r="K279" t="s">
+        <v>6</v>
+      </c>
+      <c r="L279" t="s">
+        <v>74</v>
+      </c>
+      <c r="M279" s="1">
+        <v>85</v>
+      </c>
+      <c r="N279" s="1">
+        <v>15</v>
+      </c>
+      <c r="O279" s="1">
+        <v>3</v>
+      </c>
+      <c r="P279" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q279" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="280" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A280">
+        <v>279</v>
+      </c>
+      <c r="B280">
+        <v>3</v>
+      </c>
+      <c r="C280" t="s">
+        <v>741</v>
+      </c>
+      <c r="D280" t="s">
+        <v>392</v>
+      </c>
+      <c r="E280" t="s">
+        <v>775</v>
+      </c>
+      <c r="F280" t="s">
+        <v>776</v>
+      </c>
+      <c r="G280" t="s">
+        <v>14</v>
+      </c>
+      <c r="H280" s="1">
+        <v>5</v>
+      </c>
+      <c r="I280" s="1">
+        <v>1</v>
+      </c>
+      <c r="J280" s="1">
+        <v>0</v>
+      </c>
+      <c r="K280" t="s">
+        <v>15</v>
+      </c>
+      <c r="L280" t="s">
+        <v>19</v>
+      </c>
+      <c r="M280" s="1">
+        <v>2</v>
+      </c>
+      <c r="N280" s="1">
+        <v>2</v>
+      </c>
+      <c r="O280" s="1">
+        <v>4</v>
+      </c>
+      <c r="P280" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q280" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="281" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A281">
+        <v>280</v>
+      </c>
+      <c r="B281">
+        <v>3</v>
+      </c>
+      <c r="C281" t="s">
+        <v>741</v>
+      </c>
+      <c r="D281" t="s">
+        <v>440</v>
+      </c>
+      <c r="E281" t="s">
+        <v>777</v>
+      </c>
+      <c r="F281" t="s">
+        <v>778</v>
+      </c>
+      <c r="G281" t="s">
+        <v>5</v>
+      </c>
+      <c r="H281" s="1">
+        <v>6</v>
+      </c>
+      <c r="I281" s="1">
+        <v>2</v>
+      </c>
+      <c r="J281" s="1">
+        <v>0</v>
+      </c>
+      <c r="K281" t="s">
+        <v>6</v>
+      </c>
+      <c r="L281" t="s">
+        <v>31</v>
+      </c>
+      <c r="M281" s="1">
+        <v>5</v>
+      </c>
+      <c r="N281" s="1">
+        <v>5</v>
+      </c>
+      <c r="O281" s="1">
+        <v>3</v>
+      </c>
+      <c r="P281" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q281" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="282" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A282">
+        <v>281</v>
+      </c>
+      <c r="B282">
+        <v>3</v>
+      </c>
+      <c r="C282" t="s">
+        <v>474</v>
+      </c>
+      <c r="D282" t="s">
+        <v>362</v>
+      </c>
+      <c r="E282" t="s">
+        <v>779</v>
+      </c>
+      <c r="F282" t="s">
+        <v>479</v>
+      </c>
+      <c r="G282" t="s">
+        <v>14</v>
+      </c>
+      <c r="H282" s="1">
+        <v>16</v>
+      </c>
+      <c r="I282" s="1">
+        <v>4</v>
+      </c>
+      <c r="J282" s="1">
+        <v>0</v>
+      </c>
+      <c r="K282" t="s">
+        <v>15</v>
+      </c>
+      <c r="L282" t="s">
+        <v>24</v>
+      </c>
+      <c r="M282" s="1">
+        <v>0</v>
+      </c>
+      <c r="N282" s="1">
+        <v>5</v>
+      </c>
+      <c r="O282" s="1">
+        <v>15</v>
+      </c>
+      <c r="P282" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q282" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="283" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A283">
+        <v>282</v>
+      </c>
+      <c r="B283">
+        <v>3</v>
+      </c>
+      <c r="C283" t="s">
+        <v>95</v>
+      </c>
+      <c r="D283" t="s">
+        <v>780</v>
+      </c>
+      <c r="E283" t="s">
+        <v>781</v>
+      </c>
+      <c r="F283" t="s">
+        <v>782</v>
+      </c>
+      <c r="G283" t="s">
+        <v>14</v>
+      </c>
+      <c r="H283" s="1">
+        <v>16</v>
+      </c>
+      <c r="I283" s="1">
+        <v>4</v>
+      </c>
+      <c r="J283" s="1">
+        <v>0</v>
+      </c>
+      <c r="K283" t="s">
+        <v>15</v>
+      </c>
+      <c r="L283" t="s">
+        <v>153</v>
+      </c>
+      <c r="M283" s="1">
+        <v>15</v>
+      </c>
+      <c r="N283" s="1">
+        <v>5</v>
+      </c>
+      <c r="O283" s="1">
+        <v>15</v>
+      </c>
+      <c r="P283" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q283" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="284" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A284">
+        <v>283</v>
+      </c>
+      <c r="B284">
+        <v>3</v>
+      </c>
+      <c r="C284" t="s">
+        <v>95</v>
+      </c>
+      <c r="D284" t="s">
+        <v>96</v>
+      </c>
+      <c r="E284" t="s">
+        <v>783</v>
+      </c>
+      <c r="F284" t="s">
+        <v>784</v>
+      </c>
+      <c r="G284" t="s">
+        <v>5</v>
+      </c>
+      <c r="H284" s="1">
+        <v>8</v>
+      </c>
+      <c r="I284" s="1">
+        <v>2</v>
+      </c>
+      <c r="J284" s="1">
+        <v>0</v>
+      </c>
+      <c r="K284" t="s">
+        <v>6</v>
+      </c>
+      <c r="L284" t="s">
+        <v>74</v>
+      </c>
+      <c r="M284" s="1">
+        <v>242</v>
+      </c>
+      <c r="N284" s="1">
+        <v>5</v>
+      </c>
+      <c r="O284" s="1">
+        <v>5</v>
+      </c>
+      <c r="P284" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q284" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="285" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A285">
+        <v>284</v>
+      </c>
+      <c r="B285">
+        <v>3</v>
+      </c>
+      <c r="C285" t="s">
+        <v>95</v>
+      </c>
+      <c r="D285" t="s">
+        <v>96</v>
+      </c>
+      <c r="E285" t="s">
+        <v>785</v>
+      </c>
+      <c r="F285" t="s">
+        <v>786</v>
+      </c>
+      <c r="G285" t="s">
+        <v>5</v>
+      </c>
+      <c r="H285" s="1">
+        <v>6</v>
+      </c>
+      <c r="I285" s="1">
+        <v>2</v>
+      </c>
+      <c r="J285" s="1">
+        <v>0</v>
+      </c>
+      <c r="K285" t="s">
+        <v>6</v>
+      </c>
+      <c r="L285" t="s">
+        <v>31</v>
+      </c>
+      <c r="M285" s="1">
+        <v>125</v>
+      </c>
+      <c r="N285" s="1">
+        <v>5</v>
+      </c>
+      <c r="O285" s="1">
+        <v>3</v>
+      </c>
+      <c r="P285" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q285" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="286" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A286">
+        <v>285</v>
+      </c>
+      <c r="B286">
+        <v>3</v>
+      </c>
+      <c r="C286" t="s">
+        <v>95</v>
+      </c>
+      <c r="D286" t="s">
+        <v>96</v>
+      </c>
+      <c r="E286" t="s">
+        <v>787</v>
+      </c>
+      <c r="F286" t="s">
+        <v>788</v>
+      </c>
+      <c r="G286" t="s">
+        <v>14</v>
+      </c>
+      <c r="H286" s="1">
+        <v>7</v>
+      </c>
+      <c r="I286" s="1">
+        <v>1</v>
+      </c>
+      <c r="J286" s="1">
+        <v>0</v>
+      </c>
+      <c r="K286" t="s">
+        <v>48</v>
+      </c>
+      <c r="L286" t="s">
+        <v>74</v>
+      </c>
+      <c r="M286" s="1">
+        <v>115</v>
+      </c>
+      <c r="N286" s="1">
+        <v>5</v>
+      </c>
+      <c r="O286" s="1">
+        <v>3</v>
+      </c>
+      <c r="P286" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q286" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="287" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A287">
+        <v>286</v>
+      </c>
+      <c r="B287">
+        <v>3</v>
+      </c>
+      <c r="C287" t="s">
+        <v>95</v>
+      </c>
+      <c r="D287" t="s">
+        <v>96</v>
+      </c>
+      <c r="E287" t="s">
+        <v>789</v>
+      </c>
+      <c r="F287" t="s">
+        <v>790</v>
+      </c>
+      <c r="G287" t="s">
+        <v>14</v>
+      </c>
+      <c r="H287" s="1">
+        <v>0</v>
+      </c>
+      <c r="I287" s="1">
+        <v>10</v>
+      </c>
+      <c r="J287" s="1">
+        <v>0</v>
+      </c>
+      <c r="K287" t="s">
+        <v>0</v>
+      </c>
+      <c r="L287" t="s">
+        <v>44</v>
+      </c>
+      <c r="M287" s="1">
+        <v>510</v>
+      </c>
+      <c r="N287" s="1">
+        <v>5</v>
+      </c>
+      <c r="O287" s="1">
+        <v>5</v>
+      </c>
+      <c r="P287" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q287" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="288" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A288">
+        <v>287</v>
+      </c>
+      <c r="B288">
+        <v>3</v>
+      </c>
+      <c r="C288" t="s">
+        <v>95</v>
+      </c>
+      <c r="D288" t="s">
+        <v>96</v>
+      </c>
+      <c r="E288" t="s">
+        <v>791</v>
+      </c>
+      <c r="F288" t="s">
+        <v>792</v>
+      </c>
+      <c r="G288" t="s">
+        <v>14</v>
+      </c>
+      <c r="H288" s="1">
+        <v>416</v>
+      </c>
+      <c r="I288" s="1">
+        <v>104</v>
+      </c>
+      <c r="J288" s="1">
+        <v>0</v>
+      </c>
+      <c r="K288" t="s">
+        <v>15</v>
+      </c>
+      <c r="L288" t="s">
+        <v>44</v>
+      </c>
+      <c r="M288" s="1">
+        <v>400</v>
+      </c>
+      <c r="N288" s="1">
+        <v>500</v>
+      </c>
+      <c r="O288" s="1">
+        <v>20</v>
+      </c>
+      <c r="P288" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q288" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="289" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A289">
+        <v>288</v>
+      </c>
+      <c r="B289">
+        <v>3</v>
+      </c>
+      <c r="C289" t="s">
+        <v>95</v>
+      </c>
+      <c r="D289" t="s">
+        <v>96</v>
+      </c>
+      <c r="E289" t="s">
+        <v>793</v>
+      </c>
+      <c r="F289" t="s">
+        <v>794</v>
+      </c>
+      <c r="G289" t="s">
+        <v>5</v>
+      </c>
+      <c r="H289" s="1">
+        <v>6</v>
+      </c>
+      <c r="I289" s="1">
+        <v>2</v>
+      </c>
+      <c r="J289" s="1">
+        <v>0</v>
+      </c>
+      <c r="K289" t="s">
+        <v>6</v>
+      </c>
+      <c r="L289" t="s">
+        <v>74</v>
+      </c>
+      <c r="M289" s="1">
+        <v>15</v>
+      </c>
+      <c r="N289" s="1">
+        <v>5</v>
+      </c>
+      <c r="O289" s="1">
+        <v>3</v>
+      </c>
+      <c r="P289" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q289" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="290" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A290">
+        <v>289</v>
+      </c>
+      <c r="B290">
+        <v>3</v>
+      </c>
+      <c r="C290" t="s">
+        <v>95</v>
+      </c>
+      <c r="D290" t="s">
+        <v>96</v>
+      </c>
+      <c r="E290" t="s">
+        <v>795</v>
+      </c>
+      <c r="F290" t="s">
+        <v>796</v>
+      </c>
+      <c r="G290" t="s">
+        <v>14</v>
+      </c>
+      <c r="H290" s="1">
+        <v>10</v>
+      </c>
+      <c r="I290" s="1">
+        <v>2</v>
+      </c>
+      <c r="J290" s="1">
+        <v>0</v>
+      </c>
+      <c r="K290" t="s">
+        <v>15</v>
+      </c>
+      <c r="L290" t="s">
+        <v>31</v>
+      </c>
+      <c r="M290" s="1">
+        <v>10</v>
+      </c>
+      <c r="N290" s="1">
+        <v>5</v>
+      </c>
+      <c r="O290" s="1">
+        <v>7</v>
+      </c>
+      <c r="P290" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q290" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="291" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A291">
+        <v>290</v>
+      </c>
+      <c r="B291">
+        <v>3</v>
+      </c>
+      <c r="C291" t="s">
+        <v>95</v>
+      </c>
+      <c r="D291" t="s">
+        <v>96</v>
+      </c>
+      <c r="E291" t="s">
+        <v>797</v>
+      </c>
+      <c r="F291" t="s">
+        <v>798</v>
+      </c>
+      <c r="G291" t="s">
+        <v>14</v>
+      </c>
+      <c r="H291" s="1">
+        <v>8</v>
+      </c>
+      <c r="I291" s="1">
+        <v>2</v>
+      </c>
+      <c r="J291" s="1">
+        <v>0</v>
+      </c>
+      <c r="K291" t="s">
+        <v>15</v>
+      </c>
+      <c r="L291" t="s">
+        <v>24</v>
+      </c>
+      <c r="M291" s="1">
+        <v>10</v>
+      </c>
+      <c r="N291" s="1">
+        <v>5</v>
+      </c>
+      <c r="O291" s="1">
+        <v>5</v>
+      </c>
+      <c r="P291" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q291" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="292" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A292">
+        <v>291</v>
+      </c>
+      <c r="B292">
+        <v>3</v>
+      </c>
+      <c r="C292" t="s">
+        <v>95</v>
+      </c>
+      <c r="D292" t="s">
+        <v>96</v>
+      </c>
+      <c r="E292" t="s">
+        <v>799</v>
+      </c>
+      <c r="F292" t="s">
+        <v>800</v>
+      </c>
+      <c r="G292" t="s">
+        <v>14</v>
+      </c>
+      <c r="H292" s="1">
+        <v>8</v>
+      </c>
+      <c r="I292" s="1">
+        <v>2</v>
+      </c>
+      <c r="J292" s="1">
+        <v>0</v>
+      </c>
+      <c r="K292" t="s">
+        <v>15</v>
+      </c>
+      <c r="L292" t="s">
+        <v>24</v>
+      </c>
+      <c r="M292" s="1">
+        <v>5</v>
+      </c>
+      <c r="N292" s="1">
+        <v>5</v>
+      </c>
+      <c r="O292" s="1">
+        <v>5</v>
+      </c>
+      <c r="P292" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q292" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="293" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A293">
+        <v>292</v>
+      </c>
+      <c r="B293">
+        <v>3</v>
+      </c>
+      <c r="C293" t="s">
+        <v>95</v>
+      </c>
+      <c r="D293" t="s">
+        <v>96</v>
+      </c>
+      <c r="E293" t="s">
+        <v>801</v>
+      </c>
+      <c r="F293" t="s">
+        <v>802</v>
+      </c>
+      <c r="G293" t="s">
+        <v>5</v>
+      </c>
+      <c r="H293" s="1">
+        <v>16</v>
+      </c>
+      <c r="I293" s="1">
+        <v>4</v>
+      </c>
+      <c r="J293" s="1">
+        <v>0</v>
+      </c>
+      <c r="K293" t="s">
+        <v>6</v>
+      </c>
+      <c r="L293" t="s">
+        <v>153</v>
+      </c>
+      <c r="M293" s="1">
+        <v>0</v>
+      </c>
+      <c r="N293" s="1">
+        <v>5</v>
+      </c>
+      <c r="O293" s="1">
+        <v>15</v>
+      </c>
+      <c r="P293" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q293" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="294" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A294">
+        <v>293</v>
+      </c>
+      <c r="B294">
+        <v>4</v>
+      </c>
+      <c r="C294" t="s">
+        <v>803</v>
+      </c>
+      <c r="D294" t="s">
+        <v>804</v>
+      </c>
+      <c r="E294" t="s">
+        <v>805</v>
+      </c>
+      <c r="F294" t="s">
+        <v>806</v>
+      </c>
+      <c r="G294" t="s">
+        <v>5</v>
+      </c>
+      <c r="H294" s="1">
+        <v>2</v>
+      </c>
+      <c r="I294" s="1">
+        <v>1</v>
+      </c>
+      <c r="J294" s="1">
+        <v>0</v>
+      </c>
+      <c r="K294" t="s">
+        <v>6</v>
+      </c>
+      <c r="L294" t="s">
+        <v>24</v>
+      </c>
+      <c r="M294" s="1">
+        <v>0</v>
+      </c>
+      <c r="N294" s="1">
+        <v>1</v>
+      </c>
+      <c r="O294" s="1">
+        <v>2</v>
+      </c>
+      <c r="P294" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q294" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="295" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A295">
+        <v>294</v>
+      </c>
+      <c r="B295">
+        <v>4</v>
+      </c>
+      <c r="C295" t="s">
+        <v>803</v>
+      </c>
+      <c r="D295" t="s">
+        <v>807</v>
+      </c>
+      <c r="E295" t="s">
+        <v>808</v>
+      </c>
+      <c r="F295" t="s">
+        <v>809</v>
+      </c>
+      <c r="G295" t="s">
+        <v>14</v>
+      </c>
+      <c r="H295" s="1">
+        <v>2</v>
+      </c>
+      <c r="I295" s="1">
+        <v>0</v>
+      </c>
+      <c r="J295" s="1">
+        <v>0</v>
+      </c>
+      <c r="K295" t="s">
+        <v>15</v>
+      </c>
+      <c r="L295" t="s">
+        <v>24</v>
+      </c>
+      <c r="M295" s="1">
+        <v>0</v>
+      </c>
+      <c r="N295" s="1">
+        <v>1</v>
+      </c>
+      <c r="O295" s="1">
+        <v>1</v>
+      </c>
+      <c r="P295" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="296" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A296">
+        <v>295</v>
+      </c>
+      <c r="B296">
+        <v>4</v>
+      </c>
+      <c r="C296" t="s">
+        <v>803</v>
+      </c>
+      <c r="D296" t="s">
+        <v>286</v>
+      </c>
+      <c r="E296" t="s">
+        <v>810</v>
+      </c>
+      <c r="F296" t="s">
+        <v>811</v>
+      </c>
+      <c r="G296" t="s">
+        <v>5</v>
+      </c>
+      <c r="H296" s="1">
+        <v>2</v>
+      </c>
+      <c r="I296" s="1">
+        <v>1</v>
+      </c>
+      <c r="J296" s="1">
+        <v>0</v>
+      </c>
+      <c r="K296" t="s">
+        <v>6</v>
+      </c>
+      <c r="L296" t="s">
+        <v>24</v>
+      </c>
+      <c r="M296" s="1">
+        <v>11</v>
+      </c>
+      <c r="N296" s="1">
+        <v>1</v>
+      </c>
+      <c r="O296" s="1">
+        <v>2</v>
+      </c>
+      <c r="P296" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q296" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="297" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A297">
+        <v>296</v>
+      </c>
+      <c r="B297">
+        <v>4</v>
+      </c>
+      <c r="C297" t="s">
+        <v>803</v>
+      </c>
+      <c r="D297" t="s">
+        <v>286</v>
+      </c>
+      <c r="E297" t="s">
+        <v>812</v>
+      </c>
+      <c r="F297" t="s">
+        <v>813</v>
+      </c>
+      <c r="G297" t="s">
+        <v>5</v>
+      </c>
+      <c r="H297" s="1">
+        <v>3</v>
+      </c>
+      <c r="I297" s="1">
+        <v>1</v>
+      </c>
+      <c r="J297" s="1">
+        <v>0</v>
+      </c>
+      <c r="K297" t="s">
+        <v>6</v>
+      </c>
+      <c r="L297" t="s">
+        <v>16</v>
+      </c>
+      <c r="M297" s="1">
+        <v>1</v>
+      </c>
+      <c r="N297" s="1">
+        <v>1</v>
+      </c>
+      <c r="O297" s="1">
+        <v>3</v>
+      </c>
+      <c r="P297" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="298" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A298">
+        <v>297</v>
+      </c>
+      <c r="B298">
+        <v>4</v>
+      </c>
+      <c r="C298" t="s">
+        <v>803</v>
+      </c>
+      <c r="D298" t="s">
+        <v>286</v>
+      </c>
+      <c r="E298" t="s">
+        <v>814</v>
+      </c>
+      <c r="F298" t="s">
+        <v>815</v>
+      </c>
+      <c r="G298" t="s">
+        <v>5</v>
+      </c>
+      <c r="H298" s="1">
+        <v>2</v>
+      </c>
+      <c r="I298" s="1">
+        <v>1</v>
+      </c>
+      <c r="J298" s="1">
+        <v>0</v>
+      </c>
+      <c r="K298" t="s">
+        <v>6</v>
+      </c>
+      <c r="L298" t="s">
+        <v>16</v>
+      </c>
+      <c r="M298" s="1">
+        <v>0</v>
+      </c>
+      <c r="N298" s="1">
+        <v>1</v>
+      </c>
+      <c r="O298" s="1">
+        <v>2</v>
+      </c>
+      <c r="P298" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q298" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="299" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A299">
+        <v>298</v>
+      </c>
+      <c r="B299">
+        <v>4</v>
+      </c>
+      <c r="C299" t="s">
+        <v>803</v>
+      </c>
+      <c r="D299" t="s">
+        <v>816</v>
+      </c>
+      <c r="E299" t="s">
+        <v>817</v>
+      </c>
+      <c r="F299" t="s">
+        <v>818</v>
+      </c>
+      <c r="G299" t="s">
+        <v>5</v>
+      </c>
+      <c r="H299" s="1">
+        <v>2</v>
+      </c>
+      <c r="I299" s="1">
+        <v>1</v>
+      </c>
+      <c r="J299" s="1">
+        <v>0</v>
+      </c>
+      <c r="K299" t="s">
+        <v>6</v>
+      </c>
+      <c r="L299" t="s">
+        <v>44</v>
+      </c>
+      <c r="M299" s="1">
+        <v>3</v>
+      </c>
+      <c r="N299" s="1">
+        <v>1</v>
+      </c>
+      <c r="O299" s="1">
+        <v>2</v>
+      </c>
+      <c r="P299" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="300" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A300">
+        <v>299</v>
+      </c>
+      <c r="B300">
+        <v>4</v>
+      </c>
+      <c r="C300" t="s">
+        <v>803</v>
+      </c>
+      <c r="D300" t="s">
+        <v>113</v>
+      </c>
+      <c r="E300" t="s">
+        <v>819</v>
+      </c>
+      <c r="F300" t="s">
+        <v>820</v>
+      </c>
+      <c r="G300" t="s">
+        <v>5</v>
+      </c>
+      <c r="H300" s="1">
+        <v>2</v>
+      </c>
+      <c r="I300" s="1">
+        <v>1</v>
+      </c>
+      <c r="J300" s="1">
+        <v>0</v>
+      </c>
+      <c r="K300" t="s">
+        <v>6</v>
+      </c>
+      <c r="L300" t="s">
+        <v>16</v>
+      </c>
+      <c r="M300" s="1">
+        <v>0</v>
+      </c>
+      <c r="N300" s="1">
+        <v>1</v>
+      </c>
+      <c r="O300" s="1">
+        <v>2</v>
+      </c>
+      <c r="P300" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="301" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A301">
+        <v>300</v>
+      </c>
+      <c r="B301">
+        <v>4</v>
+      </c>
+      <c r="C301" t="s">
+        <v>821</v>
+      </c>
+      <c r="D301" t="s">
+        <v>822</v>
+      </c>
+      <c r="E301" t="s">
+        <v>823</v>
+      </c>
+      <c r="F301" t="s">
+        <v>824</v>
+      </c>
+      <c r="G301" t="s">
+        <v>5</v>
+      </c>
+      <c r="H301" s="1">
+        <v>3</v>
+      </c>
+      <c r="I301" s="1">
+        <v>1</v>
+      </c>
+      <c r="J301" s="1">
+        <v>0</v>
+      </c>
+      <c r="K301" t="s">
+        <v>6</v>
+      </c>
+      <c r="L301" t="s">
+        <v>74</v>
+      </c>
+      <c r="M301" s="1">
+        <v>0</v>
+      </c>
+      <c r="N301" s="1">
+        <v>1</v>
+      </c>
+      <c r="O301" s="1">
+        <v>3</v>
+      </c>
+      <c r="P301" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q301" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="302" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A302">
+        <v>301</v>
+      </c>
+      <c r="B302">
+        <v>4</v>
+      </c>
+      <c r="C302" t="s">
+        <v>821</v>
+      </c>
+      <c r="D302" t="s">
+        <v>825</v>
+      </c>
+      <c r="E302" t="s">
+        <v>826</v>
+      </c>
+      <c r="F302" t="s">
+        <v>827</v>
+      </c>
+      <c r="G302" t="s">
+        <v>14</v>
+      </c>
+      <c r="H302" s="1">
+        <v>2</v>
+      </c>
+      <c r="I302" s="1">
+        <v>1</v>
+      </c>
+      <c r="J302" s="1">
+        <v>0</v>
+      </c>
+      <c r="K302" t="s">
+        <v>15</v>
+      </c>
+      <c r="L302" t="s">
+        <v>24</v>
+      </c>
+      <c r="M302" s="1">
+        <v>1</v>
+      </c>
+      <c r="N302" s="1">
+        <v>1</v>
+      </c>
+      <c r="O302" s="1">
+        <v>2</v>
+      </c>
+      <c r="P302" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q302" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="303" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A303">
+        <v>302</v>
+      </c>
+      <c r="B303">
+        <v>4</v>
+      </c>
+      <c r="C303" t="s">
+        <v>821</v>
+      </c>
+      <c r="D303" t="s">
+        <v>828</v>
+      </c>
+      <c r="E303" t="s">
+        <v>829</v>
+      </c>
+      <c r="F303" t="s">
+        <v>830</v>
+      </c>
+      <c r="G303" t="s">
+        <v>14</v>
+      </c>
+      <c r="H303" s="1">
+        <v>4</v>
+      </c>
+      <c r="I303" s="1">
+        <v>1</v>
+      </c>
+      <c r="J303" s="1">
+        <v>0</v>
+      </c>
+      <c r="K303" t="s">
+        <v>15</v>
+      </c>
+      <c r="L303" t="s">
+        <v>74</v>
+      </c>
+      <c r="M303" s="1">
+        <v>0</v>
+      </c>
+      <c r="N303" s="1">
+        <v>1</v>
+      </c>
+      <c r="O303" s="1">
+        <v>4</v>
+      </c>
+      <c r="P303" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q303" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="304" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A304">
+        <v>303</v>
+      </c>
+      <c r="B304">
+        <v>4</v>
+      </c>
+      <c r="C304" t="s">
+        <v>831</v>
+      </c>
+      <c r="D304" t="s">
+        <v>832</v>
+      </c>
+      <c r="E304" t="s">
+        <v>833</v>
+      </c>
+      <c r="F304" t="s">
+        <v>834</v>
+      </c>
+      <c r="G304" t="s">
+        <v>14</v>
+      </c>
+      <c r="H304" s="1">
+        <v>3</v>
+      </c>
+      <c r="I304" s="1">
+        <v>0</v>
+      </c>
+      <c r="J304" s="1">
+        <v>0</v>
+      </c>
+      <c r="K304" t="s">
+        <v>48</v>
+      </c>
+      <c r="L304" t="s">
+        <v>7</v>
+      </c>
+      <c r="M304" s="1">
+        <v>52</v>
+      </c>
+      <c r="N304" s="1">
+        <v>1</v>
+      </c>
+      <c r="O304" s="1">
+        <v>2</v>
+      </c>
+      <c r="P304" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q304" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="305" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A305">
+        <v>304</v>
+      </c>
+      <c r="B305">
+        <v>4</v>
+      </c>
+      <c r="C305" t="s">
+        <v>831</v>
+      </c>
+      <c r="D305" t="s">
+        <v>490</v>
+      </c>
+      <c r="E305" t="s">
+        <v>835</v>
+      </c>
+      <c r="F305" t="s">
+        <v>836</v>
+      </c>
+      <c r="G305" t="s">
+        <v>5</v>
+      </c>
+      <c r="H305" s="1">
+        <v>2</v>
+      </c>
+      <c r="I305" s="1">
+        <v>1</v>
+      </c>
+      <c r="J305" s="1">
+        <v>0</v>
+      </c>
+      <c r="K305" t="s">
+        <v>6</v>
+      </c>
+      <c r="L305" t="s">
+        <v>74</v>
+      </c>
+      <c r="M305" s="1">
+        <v>0</v>
+      </c>
+      <c r="N305" s="1">
+        <v>1</v>
+      </c>
+      <c r="O305" s="1">
+        <v>2</v>
+      </c>
+      <c r="P305" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q305" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="306" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A306">
+        <v>305</v>
+      </c>
+      <c r="B306">
+        <v>4</v>
+      </c>
+      <c r="C306" t="s">
+        <v>831</v>
+      </c>
+      <c r="D306" t="s">
+        <v>125</v>
+      </c>
+      <c r="E306" t="s">
+        <v>837</v>
+      </c>
+      <c r="F306" t="s">
+        <v>838</v>
+      </c>
+      <c r="G306" t="s">
+        <v>14</v>
+      </c>
+      <c r="H306" s="1">
+        <v>3</v>
+      </c>
+      <c r="I306" s="1">
+        <v>0</v>
+      </c>
+      <c r="J306" s="1">
+        <v>0</v>
+      </c>
+      <c r="K306" t="s">
+        <v>48</v>
+      </c>
+      <c r="L306" t="s">
+        <v>7</v>
+      </c>
+      <c r="M306" s="1">
+        <v>52</v>
+      </c>
+      <c r="N306" s="1">
+        <v>1</v>
+      </c>
+      <c r="O306" s="1">
+        <v>2</v>
+      </c>
+      <c r="P306" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q306" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="307" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A307">
+        <v>306</v>
+      </c>
+      <c r="B307">
+        <v>4</v>
+      </c>
+      <c r="C307" t="s">
+        <v>839</v>
+      </c>
+      <c r="D307" t="s">
+        <v>840</v>
+      </c>
+      <c r="E307" t="s">
+        <v>841</v>
+      </c>
+      <c r="F307" t="s">
+        <v>842</v>
+      </c>
+      <c r="G307" t="s">
+        <v>14</v>
+      </c>
+      <c r="H307" s="1">
+        <v>2</v>
+      </c>
+      <c r="I307" s="1">
+        <v>1</v>
+      </c>
+      <c r="J307" s="1">
+        <v>0</v>
+      </c>
+      <c r="K307" t="s">
+        <v>15</v>
+      </c>
+      <c r="L307" t="s">
+        <v>16</v>
+      </c>
+      <c r="M307" s="1">
+        <v>2</v>
+      </c>
+      <c r="N307" s="1">
+        <v>1</v>
+      </c>
+      <c r="O307" s="1">
+        <v>2</v>
+      </c>
+      <c r="P307" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q307" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="308" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A308">
+        <v>307</v>
+      </c>
+      <c r="B308">
+        <v>4</v>
+      </c>
+      <c r="C308" t="s">
+        <v>839</v>
+      </c>
+      <c r="D308" t="s">
+        <v>286</v>
+      </c>
+      <c r="E308" t="s">
+        <v>843</v>
+      </c>
+      <c r="F308" t="s">
+        <v>844</v>
+      </c>
+      <c r="G308" t="s">
+        <v>5</v>
+      </c>
+      <c r="H308" s="1">
+        <v>2</v>
+      </c>
+      <c r="I308" s="1">
+        <v>1</v>
+      </c>
+      <c r="J308" s="1">
+        <v>0</v>
+      </c>
+      <c r="K308" t="s">
+        <v>6</v>
+      </c>
+      <c r="L308" t="s">
+        <v>16</v>
+      </c>
+      <c r="M308" s="1">
+        <v>57</v>
+      </c>
+      <c r="N308" s="1">
+        <v>1</v>
+      </c>
+      <c r="O308" s="1">
+        <v>2</v>
+      </c>
+      <c r="P308" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q308" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="309" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A309">
+        <v>308</v>
+      </c>
+      <c r="B309">
+        <v>4</v>
+      </c>
+      <c r="C309" t="s">
+        <v>839</v>
+      </c>
+      <c r="D309" t="s">
+        <v>347</v>
+      </c>
+      <c r="E309" t="s">
+        <v>845</v>
+      </c>
+      <c r="F309" t="s">
+        <v>846</v>
+      </c>
+      <c r="G309" t="s">
+        <v>14</v>
+      </c>
+      <c r="H309" s="1">
+        <v>2</v>
+      </c>
+      <c r="I309" s="1">
+        <v>1</v>
+      </c>
+      <c r="J309" s="1">
+        <v>0</v>
+      </c>
+      <c r="K309" t="s">
+        <v>15</v>
+      </c>
+      <c r="L309" t="s">
+        <v>523</v>
+      </c>
+      <c r="M309" s="1">
+        <v>110</v>
+      </c>
+      <c r="N309" s="1">
+        <v>1</v>
+      </c>
+      <c r="O309" s="1">
+        <v>2</v>
+      </c>
+      <c r="P309" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q309" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="310" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A310">
+        <v>309</v>
+      </c>
+      <c r="B310">
+        <v>4</v>
+      </c>
+      <c r="C310" t="s">
+        <v>839</v>
+      </c>
+      <c r="D310" t="s">
+        <v>352</v>
+      </c>
+      <c r="E310" t="s">
+        <v>847</v>
+      </c>
+      <c r="F310" t="s">
+        <v>848</v>
+      </c>
+      <c r="G310" t="s">
+        <v>14</v>
+      </c>
+      <c r="H310" s="1">
+        <v>3</v>
+      </c>
+      <c r="I310" s="1">
+        <v>1</v>
+      </c>
+      <c r="J310" s="1">
+        <v>0</v>
+      </c>
+      <c r="K310" t="s">
+        <v>15</v>
+      </c>
+      <c r="L310" t="s">
+        <v>7</v>
+      </c>
+      <c r="M310" s="1">
+        <v>335</v>
+      </c>
+      <c r="N310" s="1">
+        <v>1</v>
+      </c>
+      <c r="O310" s="1">
+        <v>3</v>
+      </c>
+      <c r="P310" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q310" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="311" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A311">
+        <v>310</v>
+      </c>
+      <c r="B311">
+        <v>4</v>
+      </c>
+      <c r="C311" t="s">
+        <v>849</v>
+      </c>
+      <c r="D311" t="s">
+        <v>243</v>
+      </c>
+      <c r="E311" t="s">
+        <v>850</v>
+      </c>
+      <c r="F311" t="s">
+        <v>851</v>
+      </c>
+      <c r="G311" t="s">
+        <v>14</v>
+      </c>
+      <c r="H311" s="1">
+        <v>26</v>
+      </c>
+      <c r="I311" s="1">
+        <v>7</v>
+      </c>
+      <c r="J311" s="1">
+        <v>0</v>
+      </c>
+      <c r="K311" t="s">
+        <v>15</v>
+      </c>
+      <c r="L311" t="s">
+        <v>74</v>
+      </c>
+      <c r="M311" s="1">
+        <v>1</v>
+      </c>
+      <c r="N311" s="1">
+        <v>5</v>
+      </c>
+      <c r="O311" s="1">
+        <v>28</v>
+      </c>
+      <c r="P311" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="312" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A312">
+        <v>311</v>
+      </c>
+      <c r="B312">
+        <v>4</v>
+      </c>
+      <c r="C312" t="s">
+        <v>849</v>
+      </c>
+      <c r="D312" t="s">
+        <v>852</v>
+      </c>
+      <c r="E312" t="s">
+        <v>853</v>
+      </c>
+      <c r="F312" t="s">
+        <v>854</v>
+      </c>
+      <c r="G312" t="s">
+        <v>5</v>
+      </c>
+      <c r="H312" s="1">
+        <v>2</v>
+      </c>
+      <c r="I312" s="1">
+        <v>1</v>
+      </c>
+      <c r="J312" s="1">
+        <v>0</v>
+      </c>
+      <c r="K312" t="s">
+        <v>6</v>
+      </c>
+      <c r="L312" t="s">
+        <v>74</v>
+      </c>
+      <c r="M312" s="1">
+        <v>0</v>
+      </c>
+      <c r="N312" s="1">
+        <v>1</v>
+      </c>
+      <c r="O312" s="1">
+        <v>2</v>
+      </c>
+      <c r="P312" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q312" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="313" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A313">
+        <v>312</v>
+      </c>
+      <c r="B313">
+        <v>4</v>
+      </c>
+      <c r="C313" t="s">
+        <v>855</v>
+      </c>
+      <c r="D313" t="s">
+        <v>856</v>
+      </c>
+      <c r="E313" t="s">
+        <v>857</v>
+      </c>
+      <c r="F313" t="s">
+        <v>858</v>
+      </c>
+      <c r="G313" t="s">
+        <v>14</v>
+      </c>
+      <c r="H313" s="1">
+        <v>3</v>
+      </c>
+      <c r="I313" s="1">
+        <v>1</v>
+      </c>
+      <c r="J313" s="1">
+        <v>0</v>
+      </c>
+      <c r="K313" t="s">
+        <v>302</v>
+      </c>
+      <c r="L313" t="s">
+        <v>24</v>
+      </c>
+      <c r="M313" s="1">
+        <v>4</v>
+      </c>
+      <c r="N313" s="1">
+        <v>1</v>
+      </c>
+      <c r="O313" s="1">
+        <v>3</v>
+      </c>
+      <c r="P313" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q313" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="314" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A314">
+        <v>313</v>
+      </c>
+      <c r="B314">
+        <v>4</v>
+      </c>
+      <c r="C314" t="s">
+        <v>859</v>
+      </c>
+      <c r="D314" t="s">
+        <v>243</v>
+      </c>
+      <c r="E314" t="s">
+        <v>860</v>
+      </c>
+      <c r="F314" t="s">
+        <v>861</v>
+      </c>
+      <c r="G314" t="s">
+        <v>5</v>
+      </c>
+      <c r="H314" s="1">
+        <v>3</v>
+      </c>
+      <c r="I314" s="1">
+        <v>1</v>
+      </c>
+      <c r="J314" s="1">
+        <v>0</v>
+      </c>
+      <c r="K314" t="s">
+        <v>6</v>
+      </c>
+      <c r="L314" t="s">
+        <v>19</v>
+      </c>
+      <c r="M314" s="1">
+        <v>1</v>
+      </c>
+      <c r="N314" s="1">
+        <v>1</v>
+      </c>
+      <c r="O314" s="1">
+        <v>3</v>
+      </c>
+      <c r="P314" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q314" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="315" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A315">
+        <v>314</v>
+      </c>
+      <c r="B315">
+        <v>4</v>
+      </c>
+      <c r="C315" t="s">
+        <v>859</v>
+      </c>
+      <c r="D315" t="s">
+        <v>243</v>
+      </c>
+      <c r="E315" t="s">
+        <v>862</v>
+      </c>
+      <c r="F315" t="s">
+        <v>863</v>
+      </c>
+      <c r="G315" t="s">
+        <v>14</v>
+      </c>
+      <c r="H315" s="1">
+        <v>4</v>
+      </c>
+      <c r="I315" s="1">
+        <v>1</v>
+      </c>
+      <c r="J315" s="1">
+        <v>0</v>
+      </c>
+      <c r="K315" t="s">
+        <v>15</v>
+      </c>
+      <c r="L315" t="s">
+        <v>74</v>
+      </c>
+      <c r="M315" s="1">
+        <v>0</v>
+      </c>
+      <c r="N315" s="1">
+        <v>1</v>
+      </c>
+      <c r="O315" s="1">
+        <v>4</v>
+      </c>
+      <c r="P315" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q315" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="316" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A316">
+        <v>315</v>
+      </c>
+      <c r="B316">
+        <v>4</v>
+      </c>
+      <c r="C316" t="s">
+        <v>864</v>
+      </c>
+      <c r="D316" t="s">
+        <v>865</v>
+      </c>
+      <c r="E316" t="s">
+        <v>866</v>
+      </c>
+      <c r="F316" t="s">
+        <v>867</v>
+      </c>
+      <c r="G316" t="s">
+        <v>5</v>
+      </c>
+      <c r="H316" s="1">
+        <v>2</v>
+      </c>
+      <c r="I316" s="1">
+        <v>1</v>
+      </c>
+      <c r="J316" s="1">
+        <v>0</v>
+      </c>
+      <c r="K316" t="s">
+        <v>6</v>
+      </c>
+      <c r="L316" t="s">
+        <v>31</v>
+      </c>
+      <c r="M316" s="1">
+        <v>0</v>
+      </c>
+      <c r="N316" s="1">
+        <v>1</v>
+      </c>
+      <c r="O316" s="1">
+        <v>2</v>
+      </c>
+      <c r="P316" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q316" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="317" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A317">
+        <v>316</v>
+      </c>
+      <c r="B317">
+        <v>4</v>
+      </c>
+      <c r="C317" t="s">
+        <v>868</v>
+      </c>
+      <c r="D317" t="s">
+        <v>869</v>
+      </c>
+      <c r="E317" t="s">
+        <v>870</v>
+      </c>
+      <c r="F317" t="s">
+        <v>871</v>
+      </c>
+      <c r="G317" t="s">
+        <v>14</v>
+      </c>
+      <c r="H317" s="1">
+        <v>2</v>
+      </c>
+      <c r="I317" s="1">
+        <v>0</v>
+      </c>
+      <c r="J317" s="1">
+        <v>0</v>
+      </c>
+      <c r="K317" t="s">
+        <v>15</v>
+      </c>
+      <c r="L317" t="s">
+        <v>19</v>
+      </c>
+      <c r="M317" s="1">
+        <v>6</v>
+      </c>
+      <c r="N317" s="1">
+        <v>1</v>
+      </c>
+      <c r="O317" s="1">
+        <v>1</v>
+      </c>
+      <c r="P317" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q317" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="318" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A318">
+        <v>317</v>
+      </c>
+      <c r="B318">
+        <v>4</v>
+      </c>
+      <c r="C318" t="s">
+        <v>868</v>
+      </c>
+      <c r="D318" t="s">
+        <v>869</v>
+      </c>
+      <c r="E318" t="s">
+        <v>872</v>
+      </c>
+      <c r="F318" t="s">
+        <v>873</v>
+      </c>
+      <c r="G318" t="s">
+        <v>14</v>
+      </c>
+      <c r="H318" s="1">
+        <v>2</v>
+      </c>
+      <c r="I318" s="1">
+        <v>0</v>
+      </c>
+      <c r="J318" s="1">
+        <v>0</v>
+      </c>
+      <c r="K318" t="s">
+        <v>15</v>
+      </c>
+      <c r="L318" t="s">
+        <v>19</v>
+      </c>
+      <c r="M318" s="1">
+        <v>1</v>
+      </c>
+      <c r="N318" s="1">
+        <v>1</v>
+      </c>
+      <c r="O318" s="1">
+        <v>1</v>
+      </c>
+      <c r="P318" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q318" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="319" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A319">
+        <v>318</v>
+      </c>
+      <c r="B319">
+        <v>4</v>
+      </c>
+      <c r="C319" t="s">
+        <v>868</v>
+      </c>
+      <c r="D319" t="s">
+        <v>869</v>
+      </c>
+      <c r="E319" t="s">
+        <v>874</v>
+      </c>
+      <c r="F319" t="s">
+        <v>875</v>
+      </c>
+      <c r="G319" t="s">
+        <v>14</v>
+      </c>
+      <c r="H319" s="1">
+        <v>2</v>
+      </c>
+      <c r="I319" s="1">
+        <v>0</v>
+      </c>
+      <c r="J319" s="1">
+        <v>0</v>
+      </c>
+      <c r="K319" t="s">
+        <v>15</v>
+      </c>
+      <c r="L319" t="s">
+        <v>31</v>
+      </c>
+      <c r="M319" s="1">
+        <v>0</v>
+      </c>
+      <c r="N319" s="1">
+        <v>1</v>
+      </c>
+      <c r="O319" s="1">
+        <v>1</v>
+      </c>
+      <c r="P319" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q319" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="320" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A320">
+        <v>319</v>
+      </c>
+      <c r="B320">
+        <v>4</v>
+      </c>
+      <c r="C320" t="s">
+        <v>868</v>
+      </c>
+      <c r="D320" t="s">
+        <v>876</v>
+      </c>
+      <c r="E320" t="s">
+        <v>877</v>
+      </c>
+      <c r="F320" t="s">
+        <v>878</v>
+      </c>
+      <c r="G320" t="s">
+        <v>14</v>
+      </c>
+      <c r="H320" s="1">
+        <v>2</v>
+      </c>
+      <c r="I320" s="1">
+        <v>0</v>
+      </c>
+      <c r="J320" s="1">
+        <v>0</v>
+      </c>
+      <c r="K320" t="s">
+        <v>15</v>
+      </c>
+      <c r="L320" t="s">
+        <v>153</v>
+      </c>
+      <c r="M320" s="1">
+        <v>0</v>
+      </c>
+      <c r="N320" s="1">
+        <v>1</v>
+      </c>
+      <c r="O320" s="1">
+        <v>1</v>
+      </c>
+      <c r="P320" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q320" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="321" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A321">
+        <v>320</v>
+      </c>
+      <c r="B321">
+        <v>4</v>
+      </c>
+      <c r="C321" t="s">
+        <v>868</v>
+      </c>
+      <c r="D321" t="s">
+        <v>187</v>
+      </c>
+      <c r="E321" t="s">
+        <v>879</v>
+      </c>
+      <c r="F321" t="s">
+        <v>880</v>
+      </c>
+      <c r="G321" t="s">
+        <v>14</v>
+      </c>
+      <c r="H321" s="1">
+        <v>3</v>
+      </c>
+      <c r="I321" s="1">
+        <v>1</v>
+      </c>
+      <c r="J321" s="1">
+        <v>0</v>
+      </c>
+      <c r="K321" t="s">
+        <v>302</v>
+      </c>
+      <c r="L321" t="s">
+        <v>24</v>
+      </c>
+      <c r="M321" s="1">
+        <v>0</v>
+      </c>
+      <c r="N321" s="1">
+        <v>1</v>
+      </c>
+      <c r="O321" s="1">
+        <v>3</v>
+      </c>
+      <c r="P321" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q321" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="322" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A322">
+        <v>321</v>
+      </c>
+      <c r="B322">
+        <v>4</v>
+      </c>
+      <c r="C322" t="s">
+        <v>881</v>
+      </c>
+      <c r="D322" t="s">
+        <v>882</v>
+      </c>
+      <c r="E322" t="s">
+        <v>883</v>
+      </c>
+      <c r="F322" t="s">
+        <v>884</v>
+      </c>
+      <c r="G322" t="s">
+        <v>5</v>
+      </c>
+      <c r="H322" s="1">
+        <v>2</v>
+      </c>
+      <c r="I322" s="1">
+        <v>1</v>
+      </c>
+      <c r="J322" s="1">
+        <v>0</v>
+      </c>
+      <c r="K322" t="s">
+        <v>6</v>
+      </c>
+      <c r="L322" t="s">
+        <v>74</v>
+      </c>
+      <c r="M322" s="1">
+        <v>0</v>
+      </c>
+      <c r="N322" s="1">
+        <v>1</v>
+      </c>
+      <c r="O322" s="1">
+        <v>2</v>
+      </c>
+      <c r="P322" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q322" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="323" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A323">
+        <v>322</v>
+      </c>
+      <c r="B323">
+        <v>4</v>
+      </c>
+      <c r="C323" t="s">
+        <v>881</v>
+      </c>
+      <c r="D323" t="s">
+        <v>113</v>
+      </c>
+      <c r="E323" t="s">
+        <v>885</v>
+      </c>
+      <c r="F323" t="s">
+        <v>886</v>
+      </c>
+      <c r="G323" t="s">
+        <v>14</v>
+      </c>
+      <c r="H323" s="1">
+        <v>3</v>
+      </c>
+      <c r="I323" s="1">
+        <v>1</v>
+      </c>
+      <c r="J323" s="1">
+        <v>0</v>
+      </c>
+      <c r="K323" t="s">
+        <v>15</v>
+      </c>
+      <c r="L323" t="s">
+        <v>16</v>
+      </c>
+      <c r="M323" s="1">
+        <v>0</v>
+      </c>
+      <c r="N323" s="1">
+        <v>1</v>
+      </c>
+      <c r="O323" s="1">
+        <v>3</v>
+      </c>
+      <c r="P323" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q323" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="324" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A324">
+        <v>323</v>
+      </c>
+      <c r="B324">
+        <v>4</v>
+      </c>
+      <c r="C324" t="s">
+        <v>887</v>
+      </c>
+      <c r="D324" t="s">
+        <v>125</v>
+      </c>
+      <c r="E324" t="s">
+        <v>888</v>
+      </c>
+      <c r="F324" t="s">
+        <v>889</v>
+      </c>
+      <c r="G324" t="s">
+        <v>14</v>
+      </c>
+      <c r="H324" s="1">
+        <v>2</v>
+      </c>
+      <c r="I324" s="1">
+        <v>1</v>
+      </c>
+      <c r="J324" s="1">
+        <v>0</v>
+      </c>
+      <c r="K324" t="s">
+        <v>15</v>
+      </c>
+      <c r="L324" t="s">
+        <v>19</v>
+      </c>
+      <c r="M324" s="1">
+        <v>952</v>
+      </c>
+      <c r="N324" s="1">
+        <v>1</v>
+      </c>
+      <c r="O324" s="1">
+        <v>2</v>
+      </c>
+      <c r="P324" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q324" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="325" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A325">
+        <v>324</v>
+      </c>
+      <c r="B325">
+        <v>4</v>
+      </c>
+      <c r="C325" t="s">
+        <v>890</v>
+      </c>
+      <c r="D325" t="s">
+        <v>347</v>
+      </c>
+      <c r="E325" t="s">
+        <v>891</v>
+      </c>
+      <c r="F325" t="s">
+        <v>892</v>
+      </c>
+      <c r="G325" t="s">
+        <v>14</v>
+      </c>
+      <c r="H325" s="1">
+        <v>3</v>
+      </c>
+      <c r="I325" s="1">
+        <v>1</v>
+      </c>
+      <c r="J325" s="1">
+        <v>0</v>
+      </c>
+      <c r="K325" t="s">
+        <v>15</v>
+      </c>
+      <c r="L325" t="s">
+        <v>523</v>
+      </c>
+      <c r="M325" s="1">
+        <v>582</v>
+      </c>
+      <c r="N325" s="1">
+        <v>1</v>
+      </c>
+      <c r="O325" s="1">
+        <v>3</v>
+      </c>
+      <c r="P325" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q325" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="326" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A326">
+        <v>325</v>
+      </c>
+      <c r="B326">
+        <v>4</v>
+      </c>
+      <c r="C326" t="s">
+        <v>893</v>
+      </c>
+      <c r="D326" t="s">
+        <v>894</v>
+      </c>
+      <c r="E326" t="s">
+        <v>895</v>
+      </c>
+      <c r="F326" t="s">
+        <v>896</v>
+      </c>
+      <c r="G326" t="s">
+        <v>5</v>
+      </c>
+      <c r="H326" s="1">
+        <v>2</v>
+      </c>
+      <c r="I326" s="1">
+        <v>1</v>
+      </c>
+      <c r="J326" s="1">
+        <v>0</v>
+      </c>
+      <c r="K326" t="s">
+        <v>6</v>
+      </c>
+      <c r="L326" t="s">
+        <v>16</v>
+      </c>
+      <c r="M326" s="1">
+        <v>0</v>
+      </c>
+      <c r="N326" s="1">
+        <v>1</v>
+      </c>
+      <c r="O326" s="1">
+        <v>2</v>
+      </c>
+      <c r="P326" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q326" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="327" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A327">
+        <v>326</v>
+      </c>
+      <c r="B327">
+        <v>4</v>
+      </c>
+      <c r="C327" t="s">
+        <v>897</v>
+      </c>
+      <c r="D327" t="s">
+        <v>113</v>
+      </c>
+      <c r="E327" t="s">
+        <v>898</v>
+      </c>
+      <c r="F327" t="s">
+        <v>899</v>
+      </c>
+      <c r="G327" t="s">
+        <v>14</v>
+      </c>
+      <c r="H327" s="1">
+        <v>10</v>
+      </c>
+      <c r="I327" s="1">
+        <v>2</v>
+      </c>
+      <c r="J327" s="1">
+        <v>0</v>
+      </c>
+      <c r="K327" t="s">
+        <v>15</v>
+      </c>
+      <c r="L327" t="s">
+        <v>129</v>
+      </c>
+      <c r="M327" s="1">
+        <v>3100</v>
+      </c>
+      <c r="N327" s="1">
+        <v>10</v>
+      </c>
+      <c r="O327" s="1">
+        <v>2</v>
+      </c>
+      <c r="P327" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q327" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="328" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A328">
+        <v>327</v>
+      </c>
+      <c r="B328">
+        <v>4</v>
+      </c>
+      <c r="C328" t="s">
+        <v>897</v>
+      </c>
+      <c r="D328" t="s">
+        <v>113</v>
+      </c>
+      <c r="E328" t="s">
+        <v>900</v>
+      </c>
+      <c r="F328" t="s">
+        <v>901</v>
+      </c>
+      <c r="G328" t="s">
+        <v>5</v>
+      </c>
+      <c r="H328" s="1">
+        <v>3</v>
+      </c>
+      <c r="I328" s="1">
+        <v>1</v>
+      </c>
+      <c r="J328" s="1">
+        <v>0</v>
+      </c>
+      <c r="K328" t="s">
+        <v>6</v>
+      </c>
+      <c r="L328" t="s">
+        <v>24</v>
+      </c>
+      <c r="M328" s="1">
+        <v>0</v>
+      </c>
+      <c r="N328" s="1">
+        <v>1</v>
+      </c>
+      <c r="O328" s="1">
+        <v>3</v>
+      </c>
+      <c r="P328" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q328" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="329" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A329">
+        <v>328</v>
+      </c>
+      <c r="B329">
+        <v>4</v>
+      </c>
+      <c r="C329" t="s">
+        <v>902</v>
+      </c>
+      <c r="D329" t="s">
+        <v>869</v>
+      </c>
+      <c r="E329" t="s">
+        <v>903</v>
+      </c>
+      <c r="F329" t="s">
+        <v>904</v>
+      </c>
+      <c r="G329" t="s">
+        <v>14</v>
+      </c>
+      <c r="H329" s="1">
+        <v>4</v>
+      </c>
+      <c r="I329" s="1">
+        <v>0</v>
+      </c>
+      <c r="J329" s="1">
+        <v>0</v>
+      </c>
+      <c r="K329" t="s">
+        <v>48</v>
+      </c>
+      <c r="L329" t="s">
+        <v>19</v>
+      </c>
+      <c r="M329" s="1">
+        <v>17</v>
+      </c>
+      <c r="N329" s="1">
+        <v>1</v>
+      </c>
+      <c r="O329" s="1">
+        <v>3</v>
+      </c>
+      <c r="P329" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q329" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="330" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A330">
+        <v>329</v>
+      </c>
+      <c r="B330">
+        <v>4</v>
+      </c>
+      <c r="C330" t="s">
+        <v>902</v>
+      </c>
+      <c r="D330" t="s">
+        <v>597</v>
+      </c>
+      <c r="E330" t="s">
+        <v>905</v>
+      </c>
+      <c r="F330" t="s">
+        <v>906</v>
+      </c>
+      <c r="G330" t="s">
+        <v>14</v>
+      </c>
+      <c r="H330" s="1">
+        <v>2</v>
+      </c>
+      <c r="I330" s="1">
+        <v>1</v>
+      </c>
+      <c r="J330" s="1">
+        <v>0</v>
+      </c>
+      <c r="K330" t="s">
+        <v>15</v>
+      </c>
+      <c r="L330" t="s">
+        <v>74</v>
+      </c>
+      <c r="M330" s="1">
+        <v>0</v>
+      </c>
+      <c r="N330" s="1">
+        <v>1</v>
+      </c>
+      <c r="O330" s="1">
+        <v>2</v>
+      </c>
+      <c r="P330" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q330" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="331" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A331">
+        <v>330</v>
+      </c>
+      <c r="B331">
+        <v>4</v>
+      </c>
+      <c r="C331" t="s">
+        <v>902</v>
+      </c>
+      <c r="D331" t="s">
+        <v>445</v>
+      </c>
+      <c r="E331" t="s">
+        <v>907</v>
+      </c>
+      <c r="F331" t="s">
+        <v>908</v>
+      </c>
+      <c r="G331" t="s">
+        <v>5</v>
+      </c>
+      <c r="H331" s="1">
+        <v>2</v>
+      </c>
+      <c r="I331" s="1">
+        <v>1</v>
+      </c>
+      <c r="J331" s="1">
+        <v>0</v>
+      </c>
+      <c r="K331" t="s">
+        <v>6</v>
+      </c>
+      <c r="L331" t="s">
+        <v>74</v>
+      </c>
+      <c r="M331" s="1">
+        <v>0</v>
+      </c>
+      <c r="N331" s="1">
+        <v>1</v>
+      </c>
+      <c r="O331" s="1">
+        <v>2</v>
+      </c>
+      <c r="P331" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q331" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="332" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A332">
+        <v>331</v>
+      </c>
+      <c r="B332">
+        <v>4</v>
+      </c>
+      <c r="C332" t="s">
+        <v>909</v>
+      </c>
+      <c r="D332" t="s">
+        <v>910</v>
+      </c>
+      <c r="E332" t="s">
+        <v>911</v>
+      </c>
+      <c r="F332" t="s">
+        <v>912</v>
+      </c>
+      <c r="G332" t="s">
+        <v>14</v>
+      </c>
+      <c r="H332" s="1">
+        <v>2</v>
+      </c>
+      <c r="I332" s="1">
+        <v>1</v>
+      </c>
+      <c r="J332" s="1">
+        <v>0</v>
+      </c>
+      <c r="K332" t="s">
+        <v>15</v>
+      </c>
+      <c r="L332" t="s">
+        <v>74</v>
+      </c>
+      <c r="M332" s="1">
+        <v>1</v>
+      </c>
+      <c r="N332" s="1">
+        <v>1</v>
+      </c>
+      <c r="O332" s="1">
+        <v>2</v>
+      </c>
+      <c r="P332" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q332" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="333" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A333">
+        <v>332</v>
+      </c>
+      <c r="B333">
+        <v>4</v>
+      </c>
+      <c r="C333" t="s">
+        <v>909</v>
+      </c>
+      <c r="D333" t="s">
+        <v>913</v>
+      </c>
+      <c r="E333" t="s">
+        <v>914</v>
+      </c>
+      <c r="F333" t="s">
+        <v>915</v>
+      </c>
+      <c r="G333" t="s">
+        <v>5</v>
+      </c>
+      <c r="H333" s="1">
+        <v>2</v>
+      </c>
+      <c r="I333" s="1">
+        <v>0</v>
+      </c>
+      <c r="J333" s="1">
+        <v>0</v>
+      </c>
+      <c r="K333" t="s">
+        <v>6</v>
+      </c>
+      <c r="L333" t="s">
+        <v>24</v>
+      </c>
+      <c r="M333" s="1">
+        <v>0</v>
+      </c>
+      <c r="N333" s="1">
+        <v>1</v>
+      </c>
+      <c r="O333" s="1">
+        <v>1</v>
+      </c>
+      <c r="P333" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q333" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="334" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A334">
+        <v>333</v>
+      </c>
+      <c r="B334">
+        <v>4</v>
+      </c>
+      <c r="C334" t="s">
+        <v>909</v>
+      </c>
+      <c r="D334" t="s">
+        <v>913</v>
+      </c>
+      <c r="E334" t="s">
+        <v>916</v>
+      </c>
+      <c r="F334" t="s">
+        <v>917</v>
+      </c>
+      <c r="G334" t="s">
+        <v>5</v>
+      </c>
+      <c r="H334" s="1">
+        <v>2</v>
+      </c>
+      <c r="I334" s="1">
+        <v>0</v>
+      </c>
+      <c r="J334" s="1">
+        <v>0</v>
+      </c>
+      <c r="K334" t="s">
+        <v>6</v>
+      </c>
+      <c r="L334" t="s">
+        <v>74</v>
+      </c>
+      <c r="M334" s="1">
+        <v>0</v>
+      </c>
+      <c r="N334" s="1">
+        <v>1</v>
+      </c>
+      <c r="O334" s="1">
+        <v>1</v>
+      </c>
+      <c r="P334" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q334" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="335" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A335">
+        <v>334</v>
+      </c>
+      <c r="B335">
+        <v>4</v>
+      </c>
+      <c r="C335" t="s">
+        <v>909</v>
+      </c>
+      <c r="D335" t="s">
+        <v>918</v>
+      </c>
+      <c r="E335" t="s">
+        <v>919</v>
+      </c>
+      <c r="F335" t="s">
+        <v>920</v>
+      </c>
+      <c r="G335" t="s">
+        <v>5</v>
+      </c>
+      <c r="H335" s="1">
+        <v>2</v>
+      </c>
+      <c r="I335" s="1">
+        <v>1</v>
+      </c>
+      <c r="J335" s="1">
+        <v>0</v>
+      </c>
+      <c r="K335" t="s">
+        <v>6</v>
+      </c>
+      <c r="L335" t="s">
+        <v>74</v>
+      </c>
+      <c r="M335" s="1">
+        <v>0</v>
+      </c>
+      <c r="N335" s="1">
+        <v>1</v>
+      </c>
+      <c r="O335" s="1">
+        <v>2</v>
+      </c>
+      <c r="P335" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q335" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="336" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A336">
+        <v>335</v>
+      </c>
+      <c r="B336">
+        <v>4</v>
+      </c>
+      <c r="C336" t="s">
+        <v>95</v>
+      </c>
+      <c r="D336" t="s">
+        <v>95</v>
+      </c>
+      <c r="E336" t="s">
+        <v>921</v>
+      </c>
+      <c r="F336" t="s">
+        <v>922</v>
+      </c>
+      <c r="G336" t="s">
+        <v>14</v>
+      </c>
+      <c r="H336" s="1">
+        <v>0</v>
+      </c>
+      <c r="I336" s="1">
+        <v>50</v>
+      </c>
+      <c r="J336" s="1">
+        <v>0</v>
+      </c>
+      <c r="K336" t="s">
+        <v>0</v>
+      </c>
+      <c r="L336" t="s">
+        <v>44</v>
+      </c>
+      <c r="M336" s="1">
+        <v>250</v>
+      </c>
+      <c r="N336" s="1">
+        <v>50</v>
+      </c>
+      <c r="O336" s="1">
+        <v>0</v>
+      </c>
+      <c r="P336" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q336" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="337" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A337">
+        <v>336</v>
+      </c>
+      <c r="B337">
+        <v>4</v>
+      </c>
+      <c r="C337" t="s">
+        <v>95</v>
+      </c>
+      <c r="D337" t="s">
+        <v>96</v>
+      </c>
+      <c r="E337" t="s">
+        <v>923</v>
+      </c>
+      <c r="F337" t="s">
+        <v>924</v>
+      </c>
+      <c r="G337" t="s">
+        <v>5</v>
+      </c>
+      <c r="H337" s="1">
+        <v>102</v>
+      </c>
+      <c r="I337" s="1">
+        <v>25</v>
+      </c>
+      <c r="J337" s="1">
+        <v>0</v>
+      </c>
+      <c r="K337" t="s">
+        <v>6</v>
+      </c>
+      <c r="L337" t="s">
+        <v>44</v>
+      </c>
+      <c r="M337" s="1">
+        <v>225</v>
+      </c>
+      <c r="N337" s="1">
+        <v>125</v>
+      </c>
+      <c r="O337" s="1">
+        <v>2</v>
+      </c>
+      <c r="P337" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q337" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="338" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A338">
+        <v>337</v>
+      </c>
+      <c r="B338">
+        <v>4</v>
+      </c>
+      <c r="C338" t="s">
+        <v>95</v>
+      </c>
+      <c r="D338" t="s">
+        <v>96</v>
+      </c>
+      <c r="E338" t="s">
+        <v>925</v>
+      </c>
+      <c r="F338" t="s">
+        <v>926</v>
+      </c>
+      <c r="G338" t="s">
+        <v>5</v>
+      </c>
+      <c r="H338" s="1">
+        <v>3</v>
+      </c>
+      <c r="I338" s="1">
+        <v>1</v>
+      </c>
+      <c r="J338" s="1">
+        <v>0</v>
+      </c>
+      <c r="K338" t="s">
+        <v>6</v>
+      </c>
+      <c r="L338" t="s">
+        <v>24</v>
+      </c>
+      <c r="M338" s="1">
+        <v>0</v>
+      </c>
+      <c r="N338" s="1">
+        <v>1</v>
+      </c>
+      <c r="O338" s="1">
+        <v>3</v>
+      </c>
+      <c r="P338" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q338" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="339" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A339">
+        <v>338</v>
+      </c>
+      <c r="B339">
+        <v>4</v>
+      </c>
+      <c r="C339" t="s">
+        <v>95</v>
+      </c>
+      <c r="D339" t="s">
+        <v>96</v>
+      </c>
+      <c r="E339" t="s">
+        <v>927</v>
+      </c>
+      <c r="F339" t="s">
+        <v>928</v>
+      </c>
+      <c r="G339" t="s">
+        <v>5</v>
+      </c>
+      <c r="H339" s="1">
+        <v>3</v>
+      </c>
+      <c r="I339" s="1">
+        <v>1</v>
+      </c>
+      <c r="J339" s="1">
+        <v>0</v>
+      </c>
+      <c r="K339" t="s">
+        <v>6</v>
+      </c>
+      <c r="L339" t="s">
+        <v>24</v>
+      </c>
+      <c r="M339" s="1">
+        <v>0</v>
+      </c>
+      <c r="N339" s="1">
+        <v>1</v>
+      </c>
+      <c r="O339" s="1">
+        <v>3</v>
+      </c>
+      <c r="P339" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q339" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="340" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A340">
+        <v>339</v>
+      </c>
+      <c r="B340">
+        <v>4</v>
+      </c>
+      <c r="C340" t="s">
+        <v>95</v>
+      </c>
+      <c r="D340" t="s">
+        <v>96</v>
+      </c>
+      <c r="E340" t="s">
+        <v>929</v>
+      </c>
+      <c r="F340" t="s">
+        <v>922</v>
+      </c>
+      <c r="G340" t="s">
+        <v>14</v>
+      </c>
+      <c r="H340" s="1">
+        <v>0</v>
+      </c>
+      <c r="I340" s="1">
+        <v>150</v>
+      </c>
+      <c r="J340" s="1">
+        <v>0</v>
+      </c>
+      <c r="K340" t="s">
+        <v>0</v>
+      </c>
+      <c r="L340" t="s">
+        <v>44</v>
+      </c>
+      <c r="M340" s="1">
+        <v>0</v>
+      </c>
+      <c r="N340" s="1">
+        <v>50</v>
+      </c>
+      <c r="O340" s="1">
+        <v>100</v>
+      </c>
+      <c r="P340" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q340" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="341" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A341">
+        <v>340</v>
+      </c>
+      <c r="B341">
+        <v>4</v>
+      </c>
+      <c r="C341" t="s">
+        <v>930</v>
+      </c>
+      <c r="D341" t="s">
+        <v>332</v>
+      </c>
+      <c r="E341" t="s">
+        <v>931</v>
+      </c>
+      <c r="F341" t="s">
+        <v>932</v>
+      </c>
+      <c r="G341" t="s">
+        <v>5</v>
+      </c>
+      <c r="H341" s="1">
+        <v>2</v>
+      </c>
+      <c r="I341" s="1">
+        <v>0</v>
+      </c>
+      <c r="J341" s="1">
+        <v>0</v>
+      </c>
+      <c r="K341" t="s">
+        <v>6</v>
+      </c>
+      <c r="L341" t="s">
+        <v>31</v>
+      </c>
+      <c r="M341" s="1">
+        <v>0</v>
+      </c>
+      <c r="N341" s="1">
+        <v>1</v>
+      </c>
+      <c r="O341" s="1">
+        <v>1</v>
+      </c>
+      <c r="P341" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q341" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="342" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A342">
+        <v>341</v>
+      </c>
+      <c r="B342">
+        <v>4</v>
+      </c>
+      <c r="C342" t="s">
+        <v>930</v>
+      </c>
+      <c r="D342" t="s">
+        <v>933</v>
+      </c>
+      <c r="E342" t="s">
+        <v>934</v>
+      </c>
+      <c r="F342" t="s">
+        <v>935</v>
+      </c>
+      <c r="G342" t="s">
+        <v>14</v>
+      </c>
+      <c r="H342" s="1">
+        <v>3</v>
+      </c>
+      <c r="I342" s="1">
+        <v>1</v>
+      </c>
+      <c r="J342" s="1">
+        <v>0</v>
+      </c>
+      <c r="K342" t="s">
+        <v>15</v>
+      </c>
+      <c r="L342" t="s">
+        <v>74</v>
+      </c>
+      <c r="M342" s="1">
+        <v>1</v>
+      </c>
+      <c r="N342" s="1">
+        <v>1</v>
+      </c>
+      <c r="O342" s="1">
+        <v>3</v>
+      </c>
+      <c r="P342" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q342" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="343" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A343">
+        <v>342</v>
+      </c>
+      <c r="B343">
+        <v>5</v>
+      </c>
+      <c r="C343" t="s">
+        <v>936</v>
+      </c>
+      <c r="D343" t="s">
+        <v>869</v>
+      </c>
+      <c r="E343" t="s">
+        <v>937</v>
+      </c>
+      <c r="F343" t="s">
+        <v>938</v>
+      </c>
+      <c r="G343" t="s">
+        <v>14</v>
+      </c>
+      <c r="H343" s="1">
+        <v>2</v>
+      </c>
+      <c r="I343" s="1">
+        <v>0</v>
+      </c>
+      <c r="J343" s="1">
+        <v>0</v>
+      </c>
+      <c r="K343" t="s">
+        <v>15</v>
+      </c>
+      <c r="L343" t="s">
+        <v>79</v>
+      </c>
+      <c r="M343" s="1">
+        <v>80</v>
+      </c>
+      <c r="N343" s="1">
+        <v>1</v>
+      </c>
+      <c r="O343" s="1">
+        <v>1</v>
+      </c>
+      <c r="P343" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q343" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="344" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A344">
+        <v>343</v>
+      </c>
+      <c r="B344">
+        <v>5</v>
+      </c>
+      <c r="C344" t="s">
+        <v>936</v>
+      </c>
+      <c r="D344" t="s">
+        <v>869</v>
+      </c>
+      <c r="E344" t="s">
+        <v>939</v>
+      </c>
+      <c r="F344" t="s">
+        <v>940</v>
+      </c>
+      <c r="G344" t="s">
+        <v>14</v>
+      </c>
+      <c r="H344" s="1">
+        <v>2</v>
+      </c>
+      <c r="I344" s="1">
+        <v>0</v>
+      </c>
+      <c r="J344" s="1">
+        <v>0</v>
+      </c>
+      <c r="K344" t="s">
+        <v>15</v>
+      </c>
+      <c r="L344" t="s">
+        <v>79</v>
+      </c>
+      <c r="M344" s="1">
+        <v>316</v>
+      </c>
+      <c r="N344" s="1">
+        <v>1</v>
+      </c>
+      <c r="O344" s="1">
+        <v>1</v>
+      </c>
+      <c r="P344" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q344" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="345" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A345">
+        <v>344</v>
+      </c>
+      <c r="B345">
+        <v>5</v>
+      </c>
+      <c r="C345" t="s">
+        <v>936</v>
+      </c>
+      <c r="D345" t="s">
+        <v>941</v>
+      </c>
+      <c r="E345" t="s">
+        <v>942</v>
+      </c>
+      <c r="F345" t="s">
+        <v>943</v>
+      </c>
+      <c r="G345" t="s">
+        <v>5</v>
+      </c>
+      <c r="H345" s="1">
+        <v>2</v>
+      </c>
+      <c r="I345" s="1">
+        <v>1</v>
+      </c>
+      <c r="J345" s="1">
+        <v>0</v>
+      </c>
+      <c r="K345" t="s">
+        <v>6</v>
+      </c>
+      <c r="L345" t="s">
+        <v>24</v>
+      </c>
+      <c r="M345" s="1">
+        <v>2030</v>
+      </c>
+      <c r="N345" s="1">
+        <v>1</v>
+      </c>
+      <c r="O345" s="1">
+        <v>2</v>
+      </c>
+      <c r="P345" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="346" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A346">
+        <v>345</v>
+      </c>
+      <c r="B346">
+        <v>5</v>
+      </c>
+      <c r="C346" t="s">
+        <v>936</v>
+      </c>
+      <c r="D346" t="s">
+        <v>944</v>
+      </c>
+      <c r="E346" t="s">
+        <v>945</v>
+      </c>
+      <c r="F346" t="s">
+        <v>946</v>
+      </c>
+      <c r="G346" t="s">
+        <v>14</v>
+      </c>
+      <c r="H346" s="1">
+        <v>5</v>
+      </c>
+      <c r="I346" s="1">
+        <v>1</v>
+      </c>
+      <c r="J346" s="1">
+        <v>0</v>
+      </c>
+      <c r="K346" t="s">
+        <v>48</v>
+      </c>
+      <c r="L346" t="s">
+        <v>44</v>
+      </c>
+      <c r="M346" s="1">
+        <v>520</v>
+      </c>
+      <c r="N346" s="1">
+        <v>5</v>
+      </c>
+      <c r="O346" s="1">
+        <v>1</v>
+      </c>
+      <c r="P346" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q346" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="347" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A347">
+        <v>346</v>
+      </c>
+      <c r="B347">
+        <v>5</v>
+      </c>
+      <c r="C347" t="s">
+        <v>936</v>
+      </c>
+      <c r="D347" t="s">
+        <v>944</v>
+      </c>
+      <c r="E347" t="s">
+        <v>947</v>
+      </c>
+      <c r="F347" t="s">
+        <v>948</v>
+      </c>
+      <c r="G347" t="s">
+        <v>5</v>
+      </c>
+      <c r="H347" s="1">
+        <v>2</v>
+      </c>
+      <c r="I347" s="1">
+        <v>1</v>
+      </c>
+      <c r="J347" s="1">
+        <v>0</v>
+      </c>
+      <c r="K347" t="s">
+        <v>6</v>
+      </c>
+      <c r="L347" t="s">
+        <v>16</v>
+      </c>
+      <c r="M347" s="1">
+        <v>570</v>
+      </c>
+      <c r="N347" s="1">
+        <v>1</v>
+      </c>
+      <c r="O347" s="1">
+        <v>2</v>
+      </c>
+      <c r="P347" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q347" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="348" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A348">
+        <v>347</v>
+      </c>
+      <c r="B348">
+        <v>5</v>
+      </c>
+      <c r="C348" t="s">
+        <v>936</v>
+      </c>
+      <c r="D348" t="s">
+        <v>949</v>
+      </c>
+      <c r="E348" t="s">
+        <v>950</v>
+      </c>
+      <c r="F348" t="s">
+        <v>951</v>
+      </c>
+      <c r="G348" t="s">
+        <v>5</v>
+      </c>
+      <c r="H348" s="1">
+        <v>2</v>
+      </c>
+      <c r="I348" s="1">
+        <v>1</v>
+      </c>
+      <c r="J348" s="1">
+        <v>0</v>
+      </c>
+      <c r="K348" t="s">
+        <v>6</v>
+      </c>
+      <c r="L348" t="s">
+        <v>16</v>
+      </c>
+      <c r="M348" s="1">
+        <v>234</v>
+      </c>
+      <c r="N348" s="1">
+        <v>1</v>
+      </c>
+      <c r="O348" s="1">
+        <v>2</v>
+      </c>
+      <c r="P348" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q348" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="349" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A349">
+        <v>348</v>
+      </c>
+      <c r="B349">
+        <v>5</v>
+      </c>
+      <c r="C349" t="s">
+        <v>936</v>
+      </c>
+      <c r="D349" t="s">
+        <v>952</v>
+      </c>
+      <c r="E349" t="s">
+        <v>953</v>
+      </c>
+      <c r="F349" t="s">
+        <v>954</v>
+      </c>
+      <c r="G349" t="s">
+        <v>14</v>
+      </c>
+      <c r="H349" s="1">
+        <v>276</v>
+      </c>
+      <c r="I349" s="1">
+        <v>69</v>
+      </c>
+      <c r="J349" s="1">
+        <v>0</v>
+      </c>
+      <c r="K349" t="s">
+        <v>15</v>
+      </c>
+      <c r="L349" t="s">
+        <v>24</v>
+      </c>
+      <c r="M349" s="1">
+        <v>5</v>
+      </c>
+      <c r="N349" s="1">
+        <v>45</v>
+      </c>
+      <c r="O349" s="1">
+        <v>300</v>
+      </c>
+      <c r="P349" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q349" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="350" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A350">
+        <v>349</v>
+      </c>
+      <c r="B350">
+        <v>5</v>
+      </c>
+      <c r="C350" t="s">
+        <v>936</v>
+      </c>
+      <c r="D350" t="s">
+        <v>155</v>
+      </c>
+      <c r="E350" t="s">
+        <v>955</v>
+      </c>
+      <c r="F350" t="s">
+        <v>956</v>
+      </c>
+      <c r="G350" t="s">
+        <v>14</v>
+      </c>
+      <c r="H350" s="1">
+        <v>2</v>
+      </c>
+      <c r="I350" s="1">
+        <v>0</v>
+      </c>
+      <c r="J350" s="1">
+        <v>0</v>
+      </c>
+      <c r="K350" t="s">
+        <v>15</v>
+      </c>
+      <c r="L350" t="s">
+        <v>24</v>
+      </c>
+      <c r="M350" s="1">
+        <v>189</v>
+      </c>
+      <c r="N350" s="1">
+        <v>1</v>
+      </c>
+      <c r="O350" s="1">
+        <v>1</v>
+      </c>
+      <c r="P350" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q350" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="351" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A351">
+        <v>350</v>
+      </c>
+      <c r="B351">
+        <v>5</v>
+      </c>
+      <c r="C351" t="s">
+        <v>936</v>
+      </c>
+      <c r="D351" t="s">
+        <v>155</v>
+      </c>
+      <c r="E351" t="s">
+        <v>957</v>
+      </c>
+      <c r="F351" t="s">
+        <v>958</v>
+      </c>
+      <c r="G351" t="s">
+        <v>14</v>
+      </c>
+      <c r="H351" s="1">
+        <v>320</v>
+      </c>
+      <c r="I351" s="1">
+        <v>80</v>
+      </c>
+      <c r="J351" s="1">
+        <v>0</v>
+      </c>
+      <c r="K351" t="s">
+        <v>15</v>
+      </c>
+      <c r="L351" t="s">
+        <v>282</v>
+      </c>
+      <c r="M351" s="1">
+        <v>2205</v>
+      </c>
+      <c r="N351" s="1">
+        <v>300</v>
+      </c>
+      <c r="O351" s="1">
+        <v>100</v>
+      </c>
+      <c r="P351" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q351" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="352" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A352">
+        <v>351</v>
+      </c>
+      <c r="B352">
+        <v>5</v>
+      </c>
+      <c r="C352" t="s">
+        <v>936</v>
+      </c>
+      <c r="D352" t="s">
+        <v>959</v>
+      </c>
+      <c r="E352" t="s">
+        <v>960</v>
+      </c>
+      <c r="F352" t="s">
+        <v>961</v>
+      </c>
+      <c r="G352" t="s">
+        <v>14</v>
+      </c>
+      <c r="H352" s="1">
+        <v>0</v>
+      </c>
+      <c r="I352" s="1">
+        <v>6</v>
+      </c>
+      <c r="J352" s="1">
+        <v>0</v>
+      </c>
+      <c r="K352" t="s">
+        <v>0</v>
+      </c>
+      <c r="L352" t="s">
+        <v>24</v>
+      </c>
+      <c r="M352" s="1">
+        <v>225</v>
+      </c>
+      <c r="N352" s="1">
+        <v>5</v>
+      </c>
+      <c r="O352" s="1">
+        <v>1</v>
+      </c>
+      <c r="P352" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q352" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="353" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A353">
+        <v>352</v>
+      </c>
+      <c r="B353">
+        <v>5</v>
+      </c>
+      <c r="C353" t="s">
+        <v>936</v>
+      </c>
+      <c r="D353" t="s">
+        <v>962</v>
+      </c>
+      <c r="E353" t="s">
+        <v>963</v>
+      </c>
+      <c r="F353" t="s">
+        <v>964</v>
+      </c>
+      <c r="G353" t="s">
+        <v>14</v>
+      </c>
+      <c r="H353" s="1">
+        <v>2</v>
+      </c>
+      <c r="I353" s="1">
+        <v>1</v>
+      </c>
+      <c r="J353" s="1">
+        <v>0</v>
+      </c>
+      <c r="K353" t="s">
+        <v>15</v>
+      </c>
+      <c r="L353" t="s">
+        <v>74</v>
+      </c>
+      <c r="M353" s="1">
+        <v>197</v>
+      </c>
+      <c r="N353" s="1">
+        <v>1</v>
+      </c>
+      <c r="O353" s="1">
+        <v>2</v>
+      </c>
+      <c r="P353" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q353" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="354" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A354">
+        <v>353</v>
+      </c>
+      <c r="B354">
+        <v>5</v>
+      </c>
+      <c r="C354" t="s">
+        <v>936</v>
+      </c>
+      <c r="D354" t="s">
+        <v>414</v>
+      </c>
+      <c r="E354" t="s">
+        <v>965</v>
+      </c>
+      <c r="F354" t="s">
+        <v>966</v>
+      </c>
+      <c r="G354" t="s">
+        <v>5</v>
+      </c>
+      <c r="H354" s="1">
+        <v>2</v>
+      </c>
+      <c r="I354" s="1">
+        <v>1</v>
+      </c>
+      <c r="J354" s="1">
+        <v>0</v>
+      </c>
+      <c r="K354" t="s">
+        <v>6</v>
+      </c>
+      <c r="L354" t="s">
+        <v>31</v>
+      </c>
+      <c r="M354" s="1">
+        <v>157</v>
+      </c>
+      <c r="N354" s="1">
+        <v>1</v>
+      </c>
+      <c r="O354" s="1">
+        <v>2</v>
+      </c>
+      <c r="P354" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q354" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="355" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A355">
+        <v>354</v>
+      </c>
+      <c r="B355">
+        <v>5</v>
+      </c>
+      <c r="C355" t="s">
+        <v>936</v>
+      </c>
+      <c r="D355" t="s">
+        <v>347</v>
+      </c>
+      <c r="E355" t="s">
+        <v>967</v>
+      </c>
+      <c r="F355" t="s">
+        <v>968</v>
+      </c>
+      <c r="G355" t="s">
+        <v>14</v>
+      </c>
+      <c r="H355" s="1">
+        <v>2</v>
+      </c>
+      <c r="I355" s="1">
+        <v>0</v>
+      </c>
+      <c r="J355" s="1">
+        <v>0</v>
+      </c>
+      <c r="K355" t="s">
+        <v>15</v>
+      </c>
+      <c r="L355" t="s">
+        <v>24</v>
+      </c>
+      <c r="M355" s="1">
+        <v>310</v>
+      </c>
+      <c r="N355" s="1">
+        <v>1</v>
+      </c>
+      <c r="O355" s="1">
+        <v>1</v>
+      </c>
+      <c r="P355" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q355" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="356" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A356">
+        <v>355</v>
+      </c>
+      <c r="B356">
+        <v>5</v>
+      </c>
+      <c r="C356" t="s">
+        <v>969</v>
+      </c>
+      <c r="D356" t="s">
+        <v>970</v>
+      </c>
+      <c r="E356" t="s">
+        <v>971</v>
+      </c>
+      <c r="F356" t="s">
+        <v>972</v>
+      </c>
+      <c r="G356" t="s">
+        <v>14</v>
+      </c>
+      <c r="H356" s="1">
+        <v>18</v>
+      </c>
+      <c r="I356" s="1">
+        <v>2</v>
+      </c>
+      <c r="J356" s="1">
+        <v>0</v>
+      </c>
+      <c r="K356" t="s">
+        <v>15</v>
+      </c>
+      <c r="L356" t="s">
+        <v>7</v>
+      </c>
+      <c r="M356" s="1">
+        <v>0</v>
+      </c>
+      <c r="N356" s="1">
+        <v>5</v>
+      </c>
+      <c r="O356" s="1">
+        <v>15</v>
+      </c>
+      <c r="P356" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q356" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="357" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A357">
+        <v>356</v>
+      </c>
+      <c r="B357">
+        <v>5</v>
+      </c>
+      <c r="C357" t="s">
+        <v>969</v>
+      </c>
+      <c r="D357" t="s">
+        <v>973</v>
+      </c>
+      <c r="E357" t="s">
+        <v>974</v>
+      </c>
+      <c r="F357" t="s">
+        <v>975</v>
+      </c>
+      <c r="G357" t="s">
+        <v>14</v>
+      </c>
+      <c r="H357" s="1">
+        <v>2</v>
+      </c>
+      <c r="I357" s="1">
+        <v>1</v>
+      </c>
+      <c r="J357" s="1">
+        <v>0</v>
+      </c>
+      <c r="K357" t="s">
+        <v>15</v>
+      </c>
+      <c r="L357" t="s">
+        <v>24</v>
+      </c>
+      <c r="M357" s="1">
+        <v>336</v>
+      </c>
+      <c r="N357" s="1">
+        <v>1</v>
+      </c>
+      <c r="O357" s="1">
+        <v>2</v>
+      </c>
+      <c r="P357" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q357" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="358" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A358">
+        <v>357</v>
+      </c>
+      <c r="B358">
+        <v>5</v>
+      </c>
+      <c r="C358" t="s">
+        <v>969</v>
+      </c>
+      <c r="D358" t="s">
+        <v>973</v>
+      </c>
+      <c r="E358" t="s">
+        <v>976</v>
+      </c>
+      <c r="F358" t="s">
+        <v>977</v>
+      </c>
+      <c r="G358" t="s">
+        <v>14</v>
+      </c>
+      <c r="H358" s="1">
+        <v>0</v>
+      </c>
+      <c r="I358" s="1">
+        <v>115</v>
+      </c>
+      <c r="J358" s="1">
+        <v>0</v>
+      </c>
+      <c r="K358" t="s">
+        <v>0</v>
+      </c>
+      <c r="L358" t="s">
+        <v>31</v>
+      </c>
+      <c r="M358" s="1">
+        <v>10</v>
+      </c>
+      <c r="N358" s="1">
+        <v>50</v>
+      </c>
+      <c r="O358" s="1">
+        <v>65</v>
+      </c>
+      <c r="P358" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q358" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="359" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A359">
+        <v>358</v>
+      </c>
+      <c r="B359">
+        <v>5</v>
+      </c>
+      <c r="C359" t="s">
+        <v>969</v>
+      </c>
+      <c r="D359" t="s">
+        <v>286</v>
+      </c>
+      <c r="E359" t="s">
+        <v>978</v>
+      </c>
+      <c r="F359" t="s">
+        <v>979</v>
+      </c>
+      <c r="G359" t="s">
+        <v>5</v>
+      </c>
+      <c r="H359" s="1">
+        <v>96</v>
+      </c>
+      <c r="I359" s="1">
+        <v>24</v>
+      </c>
+      <c r="J359" s="1">
+        <v>0</v>
+      </c>
+      <c r="K359" t="s">
+        <v>6</v>
+      </c>
+      <c r="L359" t="s">
+        <v>7</v>
+      </c>
+      <c r="M359" s="1">
+        <v>768</v>
+      </c>
+      <c r="N359" s="1">
+        <v>100</v>
+      </c>
+      <c r="O359" s="1">
+        <v>20</v>
+      </c>
+      <c r="P359" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q359" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="360" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A360">
+        <v>359</v>
+      </c>
+      <c r="B360">
+        <v>5</v>
+      </c>
+      <c r="C360" t="s">
+        <v>969</v>
+      </c>
+      <c r="D360" t="s">
+        <v>332</v>
+      </c>
+      <c r="E360" t="s">
+        <v>980</v>
+      </c>
+      <c r="F360" t="s">
+        <v>981</v>
+      </c>
+      <c r="G360" t="s">
+        <v>14</v>
+      </c>
+      <c r="H360" s="1">
+        <v>2</v>
+      </c>
+      <c r="I360" s="1">
+        <v>1</v>
+      </c>
+      <c r="J360" s="1">
+        <v>0</v>
+      </c>
+      <c r="K360" t="s">
+        <v>15</v>
+      </c>
+      <c r="L360" t="s">
+        <v>24</v>
+      </c>
+      <c r="M360" s="1">
+        <v>2</v>
+      </c>
+      <c r="N360" s="1">
+        <v>1</v>
+      </c>
+      <c r="O360" s="1">
+        <v>2</v>
+      </c>
+      <c r="P360" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q360" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="361" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A361">
+        <v>360</v>
+      </c>
+      <c r="B361">
+        <v>5</v>
+      </c>
+      <c r="C361" t="s">
+        <v>969</v>
+      </c>
+      <c r="D361" t="s">
+        <v>264</v>
+      </c>
+      <c r="E361" t="s">
+        <v>982</v>
+      </c>
+      <c r="F361" t="s">
+        <v>983</v>
+      </c>
+      <c r="G361" t="s">
+        <v>5</v>
+      </c>
+      <c r="H361" s="1">
+        <v>2</v>
+      </c>
+      <c r="I361" s="1">
+        <v>1</v>
+      </c>
+      <c r="J361" s="1">
+        <v>0</v>
+      </c>
+      <c r="K361" t="s">
+        <v>6</v>
+      </c>
+      <c r="L361" t="s">
+        <v>74</v>
+      </c>
+      <c r="M361" s="1">
+        <v>132</v>
+      </c>
+      <c r="N361" s="1">
+        <v>1</v>
+      </c>
+      <c r="O361" s="1">
+        <v>2</v>
+      </c>
+      <c r="P361" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q361" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="362" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A362">
+        <v>361</v>
+      </c>
+      <c r="B362">
+        <v>5</v>
+      </c>
+      <c r="C362" t="s">
+        <v>969</v>
+      </c>
+      <c r="D362" t="s">
+        <v>177</v>
+      </c>
+      <c r="E362" t="s">
+        <v>984</v>
+      </c>
+      <c r="F362" t="s">
+        <v>985</v>
+      </c>
+      <c r="G362" t="s">
+        <v>5</v>
+      </c>
+      <c r="H362" s="1">
+        <v>562</v>
+      </c>
+      <c r="I362" s="1">
+        <v>140</v>
+      </c>
+      <c r="J362" s="1">
+        <v>0</v>
+      </c>
+      <c r="K362" t="s">
+        <v>6</v>
+      </c>
+      <c r="L362" t="s">
+        <v>523</v>
+      </c>
+      <c r="M362" s="1">
+        <v>0</v>
+      </c>
+      <c r="N362" s="1">
+        <v>100</v>
+      </c>
+      <c r="O362" s="1">
+        <v>602</v>
+      </c>
+      <c r="P362" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q362" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="363" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A363">
+        <v>362</v>
+      </c>
+      <c r="B363">
+        <v>5</v>
+      </c>
+      <c r="C363" t="s">
+        <v>969</v>
+      </c>
+      <c r="D363" t="s">
+        <v>177</v>
+      </c>
+      <c r="E363" t="s">
+        <v>986</v>
+      </c>
+      <c r="F363" t="s">
+        <v>987</v>
+      </c>
+      <c r="G363" t="s">
+        <v>14</v>
+      </c>
+      <c r="H363" s="1">
+        <v>720</v>
+      </c>
+      <c r="I363" s="1">
+        <v>180</v>
+      </c>
+      <c r="J363" s="1">
+        <v>0</v>
+      </c>
+      <c r="K363" t="s">
+        <v>15</v>
+      </c>
+      <c r="L363" t="s">
+        <v>44</v>
+      </c>
+      <c r="M363" s="1">
+        <v>0</v>
+      </c>
+      <c r="N363" s="1">
+        <v>250</v>
+      </c>
+      <c r="O363" s="1">
+        <v>650</v>
+      </c>
+      <c r="P363" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q363" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="364" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A364">
+        <v>363</v>
+      </c>
+      <c r="B364">
+        <v>5</v>
+      </c>
+      <c r="C364" t="s">
+        <v>969</v>
+      </c>
+      <c r="D364" t="s">
+        <v>988</v>
+      </c>
+      <c r="E364" t="s">
+        <v>989</v>
+      </c>
+      <c r="F364" t="s">
+        <v>990</v>
+      </c>
+      <c r="G364" t="s">
+        <v>14</v>
+      </c>
+      <c r="H364" s="1">
+        <v>41</v>
+      </c>
+      <c r="I364" s="1">
+        <v>4</v>
+      </c>
+      <c r="J364" s="1">
+        <v>0</v>
+      </c>
+      <c r="K364" t="s">
+        <v>48</v>
+      </c>
+      <c r="L364" t="s">
+        <v>129</v>
+      </c>
+      <c r="M364" s="1">
+        <v>1460</v>
+      </c>
+      <c r="N364" s="1">
+        <v>40</v>
+      </c>
+      <c r="O364" s="1">
+        <v>5</v>
+      </c>
+      <c r="P364" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q364" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="365" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A365">
+        <v>364</v>
+      </c>
+      <c r="B365">
+        <v>5</v>
+      </c>
+      <c r="C365" t="s">
+        <v>969</v>
+      </c>
+      <c r="D365" t="s">
+        <v>988</v>
+      </c>
+      <c r="E365" t="s">
+        <v>991</v>
+      </c>
+      <c r="F365" t="s">
+        <v>992</v>
+      </c>
+      <c r="G365" t="s">
+        <v>14</v>
+      </c>
+      <c r="H365" s="1">
+        <v>2</v>
+      </c>
+      <c r="I365" s="1">
+        <v>1</v>
+      </c>
+      <c r="J365" s="1">
+        <v>0</v>
+      </c>
+      <c r="K365" t="s">
+        <v>15</v>
+      </c>
+      <c r="L365" t="s">
+        <v>16</v>
+      </c>
+      <c r="M365" s="1">
+        <v>653</v>
+      </c>
+      <c r="N365" s="1">
+        <v>1</v>
+      </c>
+      <c r="O365" s="1">
+        <v>2</v>
+      </c>
+      <c r="P365" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q365" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="366" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A366">
+        <v>365</v>
+      </c>
+      <c r="B366">
+        <v>5</v>
+      </c>
+      <c r="C366" t="s">
+        <v>969</v>
+      </c>
+      <c r="D366" t="s">
+        <v>993</v>
+      </c>
+      <c r="E366" t="s">
+        <v>994</v>
+      </c>
+      <c r="F366" t="s">
+        <v>995</v>
+      </c>
+      <c r="G366" t="s">
+        <v>14</v>
+      </c>
+      <c r="H366" s="1">
+        <v>6</v>
+      </c>
+      <c r="I366" s="1">
+        <v>1</v>
+      </c>
+      <c r="J366" s="1">
+        <v>0</v>
+      </c>
+      <c r="K366" t="s">
+        <v>15</v>
+      </c>
+      <c r="L366" t="s">
+        <v>31</v>
+      </c>
+      <c r="M366" s="1">
+        <v>341</v>
+      </c>
+      <c r="N366" s="1">
+        <v>5</v>
+      </c>
+      <c r="O366" s="1">
+        <v>2</v>
+      </c>
+      <c r="P366" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q366" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="367" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A367">
+        <v>366</v>
+      </c>
+      <c r="B367">
+        <v>5</v>
+      </c>
+      <c r="C367" t="s">
+        <v>969</v>
+      </c>
+      <c r="D367" t="s">
+        <v>993</v>
+      </c>
+      <c r="E367" t="s">
+        <v>996</v>
+      </c>
+      <c r="F367" t="s">
+        <v>997</v>
+      </c>
+      <c r="G367" t="s">
+        <v>5</v>
+      </c>
+      <c r="H367" s="1">
+        <v>16</v>
+      </c>
+      <c r="I367" s="1">
+        <v>4</v>
+      </c>
+      <c r="J367" s="1">
+        <v>0</v>
+      </c>
+      <c r="K367" t="s">
+        <v>6</v>
+      </c>
+      <c r="L367" t="s">
+        <v>31</v>
+      </c>
+      <c r="M367" s="1">
+        <v>0</v>
+      </c>
+      <c r="N367" s="1">
+        <v>10</v>
+      </c>
+      <c r="O367" s="1">
+        <v>10</v>
+      </c>
+      <c r="P367" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q367" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="368" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A368">
+        <v>367</v>
+      </c>
+      <c r="B368">
+        <v>5</v>
+      </c>
+      <c r="C368" t="s">
+        <v>998</v>
+      </c>
+      <c r="D368" t="s">
+        <v>297</v>
+      </c>
+      <c r="E368" t="s">
+        <v>999</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G368" t="s">
+        <v>14</v>
+      </c>
+      <c r="H368" s="1">
+        <v>14</v>
+      </c>
+      <c r="I368" s="1">
+        <v>1</v>
+      </c>
+      <c r="J368" s="1">
+        <v>0</v>
+      </c>
+      <c r="K368" t="s">
+        <v>15</v>
+      </c>
+      <c r="L368" t="s">
+        <v>24</v>
+      </c>
+      <c r="M368" s="1">
+        <v>10</v>
+      </c>
+      <c r="N368" s="1">
+        <v>5</v>
+      </c>
+      <c r="O368" s="1">
+        <v>10</v>
+      </c>
+      <c r="P368" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q368" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="369" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A369">
+        <v>368</v>
+      </c>
+      <c r="B369">
+        <v>5</v>
+      </c>
+      <c r="C369" t="s">
+        <v>998</v>
+      </c>
+      <c r="D369" t="s">
+        <v>158</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1001</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1002</v>
+      </c>
+      <c r="G369" t="s">
+        <v>14</v>
+      </c>
+      <c r="H369" s="1">
+        <v>176</v>
+      </c>
+      <c r="I369" s="1">
+        <v>44</v>
+      </c>
+      <c r="J369" s="1">
+        <v>0</v>
+      </c>
+      <c r="K369" t="s">
+        <v>15</v>
+      </c>
+      <c r="L369" t="s">
+        <v>16</v>
+      </c>
+      <c r="M369" s="1">
+        <v>210</v>
+      </c>
+      <c r="N369" s="1">
+        <v>100</v>
+      </c>
+      <c r="O369" s="1">
+        <v>120</v>
+      </c>
+      <c r="P369" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q369" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="370" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A370">
+        <v>369</v>
+      </c>
+      <c r="B370">
+        <v>5</v>
+      </c>
+      <c r="C370" t="s">
+        <v>998</v>
+      </c>
+      <c r="D370" t="s">
+        <v>158</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1004</v>
+      </c>
+      <c r="G370" t="s">
+        <v>5</v>
+      </c>
+      <c r="H370" s="1">
+        <v>44</v>
+      </c>
+      <c r="I370" s="1">
+        <v>11</v>
+      </c>
+      <c r="J370" s="1">
+        <v>0</v>
+      </c>
+      <c r="K370" t="s">
+        <v>6</v>
+      </c>
+      <c r="L370" t="s">
+        <v>24</v>
+      </c>
+      <c r="M370" s="1">
+        <v>200</v>
+      </c>
+      <c r="N370" s="1">
+        <v>50</v>
+      </c>
+      <c r="O370" s="1">
+        <v>5</v>
+      </c>
+      <c r="P370" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q370" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="371" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A371">
+        <v>370</v>
+      </c>
+      <c r="B371">
+        <v>5</v>
+      </c>
+      <c r="C371" t="s">
+        <v>998</v>
+      </c>
+      <c r="D371" t="s">
+        <v>303</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G371" t="s">
+        <v>14</v>
+      </c>
+      <c r="H371" s="1">
+        <v>272</v>
+      </c>
+      <c r="I371" s="1">
+        <v>68</v>
+      </c>
+      <c r="J371" s="1">
+        <v>0</v>
+      </c>
+      <c r="K371" t="s">
+        <v>15</v>
+      </c>
+      <c r="L371" t="s">
+        <v>24</v>
+      </c>
+      <c r="M371" s="1">
+        <v>10</v>
+      </c>
+      <c r="N371" s="1">
+        <v>10</v>
+      </c>
+      <c r="O371" s="1">
+        <v>330</v>
+      </c>
+      <c r="P371" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q371" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="372" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A372">
+        <v>371</v>
+      </c>
+      <c r="B372">
+        <v>5</v>
+      </c>
+      <c r="C372" t="s">
+        <v>998</v>
+      </c>
+      <c r="D372" t="s">
+        <v>303</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F372" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G372" t="s">
+        <v>5</v>
+      </c>
+      <c r="H372" s="1">
+        <v>238</v>
+      </c>
+      <c r="I372" s="1">
+        <v>60</v>
+      </c>
+      <c r="J372" s="1">
+        <v>0</v>
+      </c>
+      <c r="K372" t="s">
+        <v>6</v>
+      </c>
+      <c r="L372" t="s">
+        <v>16</v>
+      </c>
+      <c r="M372" s="1">
+        <v>0</v>
+      </c>
+      <c r="N372" s="1">
+        <v>200</v>
+      </c>
+      <c r="O372" s="1">
+        <v>98</v>
+      </c>
+      <c r="P372" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q372" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="373" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A373">
+        <v>372</v>
+      </c>
+      <c r="B373">
+        <v>5</v>
+      </c>
+      <c r="C373" t="s">
+        <v>998</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1011</v>
+      </c>
+      <c r="G373" t="s">
+        <v>14</v>
+      </c>
+      <c r="H373" s="1">
+        <v>4</v>
+      </c>
+      <c r="I373" s="1">
+        <v>1</v>
+      </c>
+      <c r="J373" s="1">
+        <v>0</v>
+      </c>
+      <c r="K373" t="s">
+        <v>15</v>
+      </c>
+      <c r="L373" t="s">
+        <v>31</v>
+      </c>
+      <c r="M373" s="1">
+        <v>35</v>
+      </c>
+      <c r="N373" s="1">
+        <v>5</v>
+      </c>
+      <c r="O373" s="1">
+        <v>0</v>
+      </c>
+      <c r="P373" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q373" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="374" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A374">
+        <v>373</v>
+      </c>
+      <c r="B374">
+        <v>5</v>
+      </c>
+      <c r="C374" t="s">
+        <v>998</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F374" t="s">
+        <v>1013</v>
+      </c>
+      <c r="G374" t="s">
+        <v>14</v>
+      </c>
+      <c r="H374" s="1">
+        <v>3</v>
+      </c>
+      <c r="I374" s="1">
+        <v>1</v>
+      </c>
+      <c r="J374" s="1">
+        <v>0</v>
+      </c>
+      <c r="K374" t="s">
+        <v>15</v>
+      </c>
+      <c r="L374" t="s">
+        <v>31</v>
+      </c>
+      <c r="M374" s="1">
+        <v>0</v>
+      </c>
+      <c r="N374" s="1">
+        <v>2</v>
+      </c>
+      <c r="O374" s="1">
+        <v>2</v>
+      </c>
+      <c r="P374" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q374" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="375" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A375">
+        <v>374</v>
+      </c>
+      <c r="B375">
+        <v>5</v>
+      </c>
+      <c r="C375" t="s">
+        <v>998</v>
+      </c>
+      <c r="D375" t="s">
+        <v>229</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F375" t="s">
+        <v>1015</v>
+      </c>
+      <c r="G375" t="s">
+        <v>5</v>
+      </c>
+      <c r="H375" s="1">
+        <v>24</v>
+      </c>
+      <c r="I375" s="1">
+        <v>6</v>
+      </c>
+      <c r="J375" s="1">
+        <v>0</v>
+      </c>
+      <c r="K375" t="s">
+        <v>6</v>
+      </c>
+      <c r="L375" t="s">
+        <v>74</v>
+      </c>
+      <c r="M375" s="1">
+        <v>100</v>
+      </c>
+      <c r="N375" s="1">
+        <v>20</v>
+      </c>
+      <c r="O375" s="1">
+        <v>10</v>
+      </c>
+      <c r="P375" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q375" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="376" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A376">
+        <v>375</v>
+      </c>
+      <c r="B376">
+        <v>5</v>
+      </c>
+      <c r="C376" t="s">
+        <v>998</v>
+      </c>
+      <c r="D376" t="s">
+        <v>229</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F376" t="s">
+        <v>1017</v>
+      </c>
+      <c r="G376" t="s">
+        <v>5</v>
+      </c>
+      <c r="H376" s="1">
+        <v>178</v>
+      </c>
+      <c r="I376" s="1">
+        <v>44</v>
+      </c>
+      <c r="J376" s="1">
+        <v>0</v>
+      </c>
+      <c r="K376" t="s">
+        <v>6</v>
+      </c>
+      <c r="L376" t="s">
+        <v>74</v>
+      </c>
+      <c r="M376" s="1">
+        <v>15</v>
+      </c>
+      <c r="N376" s="1">
+        <v>15</v>
+      </c>
+      <c r="O376" s="1">
+        <v>207</v>
+      </c>
+      <c r="P376" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q376" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="377" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A377">
+        <v>376</v>
+      </c>
+      <c r="B377">
+        <v>5</v>
+      </c>
+      <c r="C377" t="s">
+        <v>998</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F377" t="s">
+        <v>1020</v>
+      </c>
+      <c r="G377" t="s">
+        <v>5</v>
+      </c>
+      <c r="H377" s="1">
+        <v>88</v>
+      </c>
+      <c r="I377" s="1">
+        <v>22</v>
+      </c>
+      <c r="J377" s="1">
+        <v>0</v>
+      </c>
+      <c r="K377" t="s">
+        <v>6</v>
+      </c>
+      <c r="L377" t="s">
+        <v>74</v>
+      </c>
+      <c r="M377" s="1">
+        <v>0</v>
+      </c>
+      <c r="N377" s="1">
+        <v>100</v>
+      </c>
+      <c r="O377" s="1">
+        <v>10</v>
+      </c>
+      <c r="P377" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q377" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="378" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A378">
+        <v>377</v>
+      </c>
+      <c r="B378">
+        <v>5</v>
+      </c>
+      <c r="C378" t="s">
+        <v>998</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F378" t="s">
+        <v>1023</v>
+      </c>
+      <c r="G378" t="s">
+        <v>5</v>
+      </c>
+      <c r="H378" s="1">
+        <v>2</v>
+      </c>
+      <c r="I378" s="1">
+        <v>0</v>
+      </c>
+      <c r="J378" s="1">
+        <v>0</v>
+      </c>
+      <c r="K378" t="s">
+        <v>6</v>
+      </c>
+      <c r="L378" t="s">
+        <v>31</v>
+      </c>
+      <c r="M378" s="1">
+        <v>80</v>
+      </c>
+      <c r="N378" s="1">
+        <v>1</v>
+      </c>
+      <c r="O378" s="1">
+        <v>1</v>
+      </c>
+      <c r="P378" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q378" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="379" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A379">
+        <v>378</v>
+      </c>
+      <c r="B379">
+        <v>5</v>
+      </c>
+      <c r="C379" t="s">
+        <v>998</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F379" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G379" t="s">
+        <v>5</v>
+      </c>
+      <c r="H379" s="1">
+        <v>184</v>
+      </c>
+      <c r="I379" s="1">
+        <v>46</v>
+      </c>
+      <c r="J379" s="1">
+        <v>0</v>
+      </c>
+      <c r="K379" t="s">
+        <v>6</v>
+      </c>
+      <c r="L379" t="s">
+        <v>24</v>
+      </c>
+      <c r="M379" s="1">
+        <v>20</v>
+      </c>
+      <c r="N379" s="1">
+        <v>50</v>
+      </c>
+      <c r="O379" s="1">
+        <v>180</v>
+      </c>
+      <c r="P379" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q379" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="380" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A380">
+        <v>379</v>
+      </c>
+      <c r="B380">
+        <v>5</v>
+      </c>
+      <c r="C380" t="s">
+        <v>998</v>
+      </c>
+      <c r="D380" t="s">
+        <v>166</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1027</v>
+      </c>
+      <c r="G380" t="s">
+        <v>5</v>
+      </c>
+      <c r="H380" s="1">
+        <v>2</v>
+      </c>
+      <c r="I380" s="1">
+        <v>0</v>
+      </c>
+      <c r="J380" s="1">
+        <v>0</v>
+      </c>
+      <c r="K380" t="s">
+        <v>6</v>
+      </c>
+      <c r="L380" t="s">
+        <v>31</v>
+      </c>
+      <c r="M380" s="1">
+        <v>17</v>
+      </c>
+      <c r="N380" s="1">
+        <v>1</v>
+      </c>
+      <c r="O380" s="1">
+        <v>1</v>
+      </c>
+      <c r="P380" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q380" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="381" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A381">
+        <v>380</v>
+      </c>
+      <c r="B381">
+        <v>5</v>
+      </c>
+      <c r="C381" t="s">
+        <v>998</v>
+      </c>
+      <c r="D381" t="s">
+        <v>166</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1029</v>
+      </c>
+      <c r="G381" t="s">
+        <v>5</v>
+      </c>
+      <c r="H381" s="1">
+        <v>3</v>
+      </c>
+      <c r="I381" s="1">
+        <v>1</v>
+      </c>
+      <c r="J381" s="1">
+        <v>0</v>
+      </c>
+      <c r="K381" t="s">
+        <v>6</v>
+      </c>
+      <c r="L381" t="s">
+        <v>79</v>
+      </c>
+      <c r="M381" s="1">
+        <v>4503</v>
+      </c>
+      <c r="N381" s="1">
+        <v>2</v>
+      </c>
+      <c r="O381" s="1">
+        <v>2</v>
+      </c>
+      <c r="P381" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q381" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="382" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A382">
+        <v>381</v>
+      </c>
+      <c r="B382">
+        <v>5</v>
+      </c>
+      <c r="C382" t="s">
+        <v>998</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F382" t="s">
+        <v>1032</v>
+      </c>
+      <c r="G382" t="s">
+        <v>5</v>
+      </c>
+      <c r="H382" s="1">
+        <v>2</v>
+      </c>
+      <c r="I382" s="1">
+        <v>0</v>
+      </c>
+      <c r="J382" s="1">
+        <v>0</v>
+      </c>
+      <c r="K382" t="s">
+        <v>6</v>
+      </c>
+      <c r="L382" t="s">
+        <v>44</v>
+      </c>
+      <c r="M382" s="1">
+        <v>1515</v>
+      </c>
+      <c r="N382" s="1">
+        <v>1</v>
+      </c>
+      <c r="O382" s="1">
+        <v>1</v>
+      </c>
+      <c r="P382" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q382" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="383" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A383">
+        <v>382</v>
+      </c>
+      <c r="B383">
+        <v>5</v>
+      </c>
+      <c r="C383" t="s">
+        <v>998</v>
+      </c>
+      <c r="D383" t="s">
+        <v>214</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1034</v>
+      </c>
+      <c r="G383" t="s">
+        <v>5</v>
+      </c>
+      <c r="H383" s="1">
+        <v>56</v>
+      </c>
+      <c r="I383" s="1">
+        <v>14</v>
+      </c>
+      <c r="J383" s="1">
+        <v>0</v>
+      </c>
+      <c r="K383" t="s">
+        <v>6</v>
+      </c>
+      <c r="L383" t="s">
+        <v>31</v>
+      </c>
+      <c r="M383" s="1">
+        <v>0</v>
+      </c>
+      <c r="N383" s="1">
+        <v>30</v>
+      </c>
+      <c r="O383" s="1">
+        <v>40</v>
+      </c>
+      <c r="P383" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q383" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="384" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A384">
+        <v>383</v>
+      </c>
+      <c r="B384">
+        <v>5</v>
+      </c>
+      <c r="C384" t="s">
+        <v>998</v>
+      </c>
+      <c r="D384" t="s">
+        <v>501</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F384" t="s">
+        <v>1036</v>
+      </c>
+      <c r="G384" t="s">
+        <v>5</v>
+      </c>
+      <c r="H384" s="1">
+        <v>408</v>
+      </c>
+      <c r="I384" s="1">
+        <v>102</v>
+      </c>
+      <c r="J384" s="1">
+        <v>0</v>
+      </c>
+      <c r="K384" t="s">
+        <v>6</v>
+      </c>
+      <c r="L384" t="s">
+        <v>7</v>
+      </c>
+      <c r="M384" s="1">
+        <v>300</v>
+      </c>
+      <c r="N384" s="1">
+        <v>310</v>
+      </c>
+      <c r="O384" s="1">
+        <v>200</v>
+      </c>
+      <c r="P384" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q384" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="385" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A385">
+        <v>384</v>
+      </c>
+      <c r="B385">
+        <v>5</v>
+      </c>
+      <c r="C385" t="s">
+        <v>998</v>
+      </c>
+      <c r="D385" t="s">
+        <v>988</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F385" t="s">
+        <v>1038</v>
+      </c>
+      <c r="G385" t="s">
+        <v>14</v>
+      </c>
+      <c r="H385" s="1">
+        <v>298</v>
+      </c>
+      <c r="I385" s="1">
+        <v>74</v>
+      </c>
+      <c r="J385" s="1">
+        <v>0</v>
+      </c>
+      <c r="K385" t="s">
+        <v>15</v>
+      </c>
+      <c r="L385" t="s">
+        <v>24</v>
+      </c>
+      <c r="M385" s="1">
+        <v>20</v>
+      </c>
+      <c r="N385" s="1">
+        <v>10</v>
+      </c>
+      <c r="O385" s="1">
+        <v>362</v>
+      </c>
+      <c r="P385" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q385" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="386" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A386">
+        <v>385</v>
+      </c>
+      <c r="B386">
+        <v>5</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G386" t="s">
+        <v>14</v>
+      </c>
+      <c r="H386" s="1">
+        <v>88</v>
+      </c>
+      <c r="I386" s="1">
+        <v>22</v>
+      </c>
+      <c r="J386" s="1">
+        <v>0</v>
+      </c>
+      <c r="K386" t="s">
+        <v>15</v>
+      </c>
+      <c r="L386" t="s">
+        <v>24</v>
+      </c>
+      <c r="M386" s="1">
+        <v>108</v>
+      </c>
+      <c r="N386" s="1">
+        <v>100</v>
+      </c>
+      <c r="O386" s="1">
+        <v>10</v>
+      </c>
+      <c r="P386" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q386" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="387" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A387">
+        <v>386</v>
+      </c>
+      <c r="B387">
+        <v>5</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1045</v>
+      </c>
+      <c r="G387" t="s">
+        <v>14</v>
+      </c>
+      <c r="H387" s="1">
+        <v>23</v>
+      </c>
+      <c r="I387" s="1">
+        <v>2</v>
+      </c>
+      <c r="J387" s="1">
+        <v>0</v>
+      </c>
+      <c r="K387" t="s">
+        <v>15</v>
+      </c>
+      <c r="L387" t="s">
+        <v>24</v>
+      </c>
+      <c r="M387" s="1">
+        <v>20</v>
+      </c>
+      <c r="N387" s="1">
+        <v>20</v>
+      </c>
+      <c r="O387" s="1">
+        <v>5</v>
+      </c>
+      <c r="P387" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q387" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="388" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A388">
+        <v>387</v>
+      </c>
+      <c r="B388">
+        <v>5</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F388" t="s">
+        <v>1047</v>
+      </c>
+      <c r="G388" t="s">
+        <v>14</v>
+      </c>
+      <c r="H388" s="1">
+        <v>136</v>
+      </c>
+      <c r="I388" s="1">
+        <v>15</v>
+      </c>
+      <c r="J388" s="1">
+        <v>0</v>
+      </c>
+      <c r="K388" t="s">
+        <v>15</v>
+      </c>
+      <c r="L388" t="s">
+        <v>24</v>
+      </c>
+      <c r="M388" s="1">
+        <v>0</v>
+      </c>
+      <c r="N388" s="1">
+        <v>5</v>
+      </c>
+      <c r="O388" s="1">
+        <v>146</v>
+      </c>
+      <c r="P388" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q388" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="389" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A389">
+        <v>388</v>
+      </c>
+      <c r="B389">
+        <v>5</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1049</v>
+      </c>
+      <c r="G389" t="s">
+        <v>14</v>
+      </c>
+      <c r="H389" s="1">
+        <v>883</v>
+      </c>
+      <c r="I389" s="1">
+        <v>98</v>
+      </c>
+      <c r="J389" s="1">
+        <v>0</v>
+      </c>
+      <c r="K389" t="s">
+        <v>15</v>
+      </c>
+      <c r="L389" t="s">
+        <v>19</v>
+      </c>
+      <c r="M389" s="1">
+        <v>0</v>
+      </c>
+      <c r="N389" s="1">
+        <v>50</v>
+      </c>
+      <c r="O389" s="1">
+        <v>931</v>
+      </c>
+      <c r="P389" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q389" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="390" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A390">
+        <v>389</v>
+      </c>
+      <c r="B390">
+        <v>5</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F390" t="s">
+        <v>1052</v>
+      </c>
+      <c r="G390" t="s">
+        <v>14</v>
+      </c>
+      <c r="H390" s="1">
+        <v>1433</v>
+      </c>
+      <c r="I390" s="1">
+        <v>159</v>
+      </c>
+      <c r="J390" s="1">
+        <v>0</v>
+      </c>
+      <c r="K390" t="s">
+        <v>15</v>
+      </c>
+      <c r="L390" t="s">
+        <v>19</v>
+      </c>
+      <c r="M390" s="1">
+        <v>0</v>
+      </c>
+      <c r="N390" s="1">
+        <v>92</v>
+      </c>
+      <c r="O390" s="1">
+        <v>1500</v>
+      </c>
+      <c r="P390" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q390" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="391" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A391">
+        <v>390</v>
+      </c>
+      <c r="B391">
+        <v>5</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F391" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G391" t="s">
+        <v>14</v>
+      </c>
+      <c r="H391" s="1">
+        <v>990</v>
+      </c>
+      <c r="I391" s="1">
+        <v>110</v>
+      </c>
+      <c r="J391" s="1">
+        <v>0</v>
+      </c>
+      <c r="K391" t="s">
+        <v>15</v>
+      </c>
+      <c r="L391" t="s">
+        <v>7</v>
+      </c>
+      <c r="M391" s="1">
+        <v>0</v>
+      </c>
+      <c r="N391" s="1">
+        <v>50</v>
+      </c>
+      <c r="O391" s="1">
+        <v>1050</v>
+      </c>
+      <c r="P391" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q391" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="392" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A392">
+        <v>391</v>
+      </c>
+      <c r="B392">
+        <v>5</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G392" t="s">
+        <v>14</v>
+      </c>
+      <c r="H392" s="1">
+        <v>162</v>
+      </c>
+      <c r="I392" s="1">
+        <v>18</v>
+      </c>
+      <c r="J392" s="1">
+        <v>0</v>
+      </c>
+      <c r="K392" t="s">
+        <v>15</v>
+      </c>
+      <c r="L392" t="s">
+        <v>16</v>
+      </c>
+      <c r="M392" s="1">
+        <v>70</v>
+      </c>
+      <c r="N392" s="1">
+        <v>50</v>
+      </c>
+      <c r="O392" s="1">
+        <v>130</v>
+      </c>
+      <c r="P392" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q392" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="393" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A393">
+        <v>392</v>
+      </c>
+      <c r="B393">
+        <v>5</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1060</v>
+      </c>
+      <c r="G393" t="s">
+        <v>14</v>
+      </c>
+      <c r="H393" s="1">
+        <v>5</v>
+      </c>
+      <c r="I393" s="1">
+        <v>0</v>
+      </c>
+      <c r="J393" s="1">
+        <v>0</v>
+      </c>
+      <c r="K393" t="s">
+        <v>15</v>
+      </c>
+      <c r="L393" t="s">
+        <v>153</v>
+      </c>
+      <c r="M393" s="1">
+        <v>4</v>
+      </c>
+      <c r="N393" s="1">
+        <v>3</v>
+      </c>
+      <c r="O393" s="1">
+        <v>2</v>
+      </c>
+      <c r="P393" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q393" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="394" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A394">
+        <v>393</v>
+      </c>
+      <c r="B394">
+        <v>5</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1063</v>
+      </c>
+      <c r="G394" t="s">
+        <v>14</v>
+      </c>
+      <c r="H394" s="1">
+        <v>900</v>
+      </c>
+      <c r="I394" s="1">
+        <v>100</v>
+      </c>
+      <c r="J394" s="1">
+        <v>0</v>
+      </c>
+      <c r="K394" t="s">
+        <v>15</v>
+      </c>
+      <c r="L394" t="s">
+        <v>79</v>
+      </c>
+      <c r="M394" s="1">
+        <v>1200</v>
+      </c>
+      <c r="N394" s="1">
+        <v>500</v>
+      </c>
+      <c r="O394" s="1">
+        <v>500</v>
+      </c>
+      <c r="P394" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q394" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="395" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A395">
+        <v>394</v>
+      </c>
+      <c r="B395">
+        <v>5</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D395" t="s">
+        <v>297</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1064</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1065</v>
+      </c>
+      <c r="G395" t="s">
+        <v>14</v>
+      </c>
+      <c r="H395" s="1">
+        <v>9</v>
+      </c>
+      <c r="I395" s="1">
+        <v>1</v>
+      </c>
+      <c r="J395" s="1">
+        <v>0</v>
+      </c>
+      <c r="K395" t="s">
+        <v>15</v>
+      </c>
+      <c r="L395" t="s">
+        <v>129</v>
+      </c>
+      <c r="M395" s="1">
+        <v>4000</v>
+      </c>
+      <c r="N395" s="1">
+        <v>5</v>
+      </c>
+      <c r="O395" s="1">
+        <v>5</v>
+      </c>
+      <c r="P395" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q395" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="396" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A396">
+        <v>395</v>
+      </c>
+      <c r="B396">
+        <v>5</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D396" t="s">
+        <v>944</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G396" t="s">
+        <v>14</v>
+      </c>
+      <c r="H396" s="1">
+        <v>48</v>
+      </c>
+      <c r="I396" s="1">
+        <v>12</v>
+      </c>
+      <c r="J396" s="1">
+        <v>0</v>
+      </c>
+      <c r="K396" t="s">
+        <v>15</v>
+      </c>
+      <c r="L396" t="s">
+        <v>7</v>
+      </c>
+      <c r="M396" s="1">
+        <v>60</v>
+      </c>
+      <c r="N396" s="1">
+        <v>30</v>
+      </c>
+      <c r="O396" s="1">
+        <v>30</v>
+      </c>
+      <c r="P396" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q396" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="397" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A397">
+        <v>396</v>
+      </c>
+      <c r="B397">
+        <v>5</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G397" t="s">
+        <v>14</v>
+      </c>
+      <c r="H397" s="1">
+        <v>24</v>
+      </c>
+      <c r="I397" s="1">
+        <v>6</v>
+      </c>
+      <c r="J397" s="1">
+        <v>0</v>
+      </c>
+      <c r="K397" t="s">
+        <v>15</v>
+      </c>
+      <c r="L397" t="s">
+        <v>74</v>
+      </c>
+      <c r="M397" s="1">
+        <v>235</v>
+      </c>
+      <c r="N397" s="1">
+        <v>10</v>
+      </c>
+      <c r="O397" s="1">
+        <v>20</v>
+      </c>
+      <c r="P397" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q397" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="398" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A398">
+        <v>397</v>
+      </c>
+      <c r="B398">
+        <v>5</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F398" t="s">
+        <v>1073</v>
+      </c>
+      <c r="G398" t="s">
+        <v>14</v>
+      </c>
+      <c r="H398" s="1">
+        <v>2</v>
+      </c>
+      <c r="I398" s="1">
+        <v>0</v>
+      </c>
+      <c r="J398" s="1">
+        <v>0</v>
+      </c>
+      <c r="K398" t="s">
+        <v>15</v>
+      </c>
+      <c r="L398" t="s">
+        <v>24</v>
+      </c>
+      <c r="M398" s="1">
+        <v>60</v>
+      </c>
+      <c r="N398" s="1">
+        <v>1</v>
+      </c>
+      <c r="O398" s="1">
+        <v>1</v>
+      </c>
+      <c r="P398" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q398" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="399" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A399">
+        <v>398</v>
+      </c>
+      <c r="B399">
+        <v>5</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1075</v>
+      </c>
+      <c r="G399" t="s">
+        <v>14</v>
+      </c>
+      <c r="H399" s="1">
+        <v>16</v>
+      </c>
+      <c r="I399" s="1">
+        <v>4</v>
+      </c>
+      <c r="J399" s="1">
+        <v>0</v>
+      </c>
+      <c r="K399" t="s">
+        <v>15</v>
+      </c>
+      <c r="L399" t="s">
+        <v>24</v>
+      </c>
+      <c r="M399" s="1">
+        <v>20</v>
+      </c>
+      <c r="N399" s="1">
+        <v>10</v>
+      </c>
+      <c r="O399" s="1">
+        <v>10</v>
+      </c>
+      <c r="P399" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q399" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="400" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A400">
+        <v>399</v>
+      </c>
+      <c r="B400">
+        <v>5</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1077</v>
+      </c>
+      <c r="G400" t="s">
+        <v>14</v>
+      </c>
+      <c r="H400" s="1">
+        <v>480</v>
+      </c>
+      <c r="I400" s="1">
+        <v>120</v>
+      </c>
+      <c r="J400" s="1">
+        <v>0</v>
+      </c>
+      <c r="K400" t="s">
+        <v>15</v>
+      </c>
+      <c r="L400" t="s">
+        <v>44</v>
+      </c>
+      <c r="M400" s="1">
+        <v>0</v>
+      </c>
+      <c r="N400" s="1">
+        <v>50</v>
+      </c>
+      <c r="O400" s="1">
+        <v>550</v>
+      </c>
+      <c r="P400" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q400" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="401" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A401">
+        <v>400</v>
+      </c>
+      <c r="B401">
+        <v>5</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F401" t="s">
+        <v>1080</v>
+      </c>
+      <c r="G401" t="s">
+        <v>14</v>
+      </c>
+      <c r="H401" s="1">
+        <v>166</v>
+      </c>
+      <c r="I401" s="1">
+        <v>42</v>
+      </c>
+      <c r="J401" s="1">
+        <v>0</v>
+      </c>
+      <c r="K401" t="s">
+        <v>15</v>
+      </c>
+      <c r="L401" t="s">
+        <v>24</v>
+      </c>
+      <c r="M401" s="1">
+        <v>0</v>
+      </c>
+      <c r="N401" s="1">
+        <v>100</v>
+      </c>
+      <c r="O401" s="1">
+        <v>108</v>
+      </c>
+      <c r="P401" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q401" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="402" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A402">
+        <v>401</v>
+      </c>
+      <c r="B402">
+        <v>5</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D402" t="s">
+        <v>308</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1082</v>
+      </c>
+      <c r="G402" t="s">
+        <v>5</v>
+      </c>
+      <c r="H402" s="1">
+        <v>8</v>
+      </c>
+      <c r="I402" s="1">
+        <v>2</v>
+      </c>
+      <c r="J402" s="1">
+        <v>0</v>
+      </c>
+      <c r="K402" t="s">
+        <v>6</v>
+      </c>
+      <c r="L402" t="s">
+        <v>74</v>
+      </c>
+      <c r="M402" s="1">
+        <v>165</v>
+      </c>
+      <c r="N402" s="1">
+        <v>5</v>
+      </c>
+      <c r="O402" s="1">
+        <v>5</v>
+      </c>
+      <c r="P402" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q402" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="403" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A403">
+        <v>402</v>
+      </c>
+      <c r="B403">
+        <v>5</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D403" t="s">
+        <v>308</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F403" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G403" t="s">
+        <v>14</v>
+      </c>
+      <c r="H403" s="1">
+        <v>228</v>
+      </c>
+      <c r="I403" s="1">
+        <v>57</v>
+      </c>
+      <c r="J403" s="1">
+        <v>0</v>
+      </c>
+      <c r="K403" t="s">
+        <v>15</v>
+      </c>
+      <c r="L403" t="s">
+        <v>16</v>
+      </c>
+      <c r="M403" s="1">
+        <v>0</v>
+      </c>
+      <c r="N403" s="1">
+        <v>15</v>
+      </c>
+      <c r="O403" s="1">
+        <v>270</v>
+      </c>
+      <c r="P403" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q403" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="404" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A404">
+        <v>403</v>
+      </c>
+      <c r="B404">
+        <v>5</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D404" t="s">
+        <v>246</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F404" t="s">
+        <v>1086</v>
+      </c>
+      <c r="G404" t="s">
+        <v>5</v>
+      </c>
+      <c r="H404" s="1">
+        <v>8</v>
+      </c>
+      <c r="I404" s="1">
+        <v>2</v>
+      </c>
+      <c r="J404" s="1">
+        <v>0</v>
+      </c>
+      <c r="K404" t="s">
+        <v>6</v>
+      </c>
+      <c r="L404" t="s">
+        <v>31</v>
+      </c>
+      <c r="M404" s="1">
+        <v>155</v>
+      </c>
+      <c r="N404" s="1">
+        <v>5</v>
+      </c>
+      <c r="O404" s="1">
+        <v>5</v>
+      </c>
+      <c r="P404" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q404" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="405" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A405">
+        <v>404</v>
+      </c>
+      <c r="B405">
+        <v>5</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1088</v>
+      </c>
+      <c r="F405" t="s">
+        <v>1089</v>
+      </c>
+      <c r="G405" t="s">
+        <v>14</v>
+      </c>
+      <c r="H405" s="1">
+        <v>140</v>
+      </c>
+      <c r="I405" s="1">
+        <v>15</v>
+      </c>
+      <c r="J405" s="1">
+        <v>0</v>
+      </c>
+      <c r="K405" t="s">
+        <v>48</v>
+      </c>
+      <c r="L405" t="s">
+        <v>24</v>
+      </c>
+      <c r="M405" s="1">
+        <v>0</v>
+      </c>
+      <c r="N405" s="1">
+        <v>110</v>
+      </c>
+      <c r="O405" s="1">
+        <v>45</v>
+      </c>
+      <c r="P405" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q405" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="406" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A406">
+        <v>405</v>
+      </c>
+      <c r="B406">
+        <v>5</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F406" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G406" t="s">
+        <v>14</v>
+      </c>
+      <c r="H406" s="1">
+        <v>128</v>
+      </c>
+      <c r="I406" s="1">
+        <v>32</v>
+      </c>
+      <c r="J406" s="1">
+        <v>0</v>
+      </c>
+      <c r="K406" t="s">
+        <v>15</v>
+      </c>
+      <c r="L406" t="s">
+        <v>79</v>
+      </c>
+      <c r="M406" s="1">
+        <v>1097</v>
+      </c>
+      <c r="N406" s="1">
+        <v>150</v>
+      </c>
+      <c r="O406" s="1">
+        <v>10</v>
+      </c>
+      <c r="P406" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q406" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="407" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A407">
+        <v>406</v>
+      </c>
+      <c r="B407">
+        <v>5</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D407" t="s">
+        <v>347</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F407" t="s">
+        <v>1094</v>
+      </c>
+      <c r="G407" t="s">
+        <v>14</v>
+      </c>
+      <c r="H407" s="1">
+        <v>20</v>
+      </c>
+      <c r="I407" s="1">
+        <v>5</v>
+      </c>
+      <c r="J407" s="1">
+        <v>0</v>
+      </c>
+      <c r="K407" t="s">
+        <v>15</v>
+      </c>
+      <c r="L407" t="s">
+        <v>24</v>
+      </c>
+      <c r="M407" s="1">
+        <v>300</v>
+      </c>
+      <c r="N407" s="1">
+        <v>20</v>
+      </c>
+      <c r="O407" s="1">
+        <v>5</v>
+      </c>
+      <c r="P407" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q407" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="408" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A408">
+        <v>407</v>
+      </c>
+      <c r="B408">
+        <v>5</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D408" t="s">
+        <v>988</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F408" t="s">
+        <v>1096</v>
+      </c>
+      <c r="G408" t="s">
+        <v>5</v>
+      </c>
+      <c r="H408" s="1">
+        <v>6</v>
+      </c>
+      <c r="I408" s="1">
+        <v>1</v>
+      </c>
+      <c r="J408" s="1">
+        <v>0</v>
+      </c>
+      <c r="K408" t="s">
+        <v>6</v>
+      </c>
+      <c r="L408" t="s">
+        <v>74</v>
+      </c>
+      <c r="M408" s="1">
+        <v>178</v>
+      </c>
+      <c r="N408" s="1">
+        <v>5</v>
+      </c>
+      <c r="O408" s="1">
+        <v>2</v>
+      </c>
+      <c r="P408" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q408" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="409" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A409">
+        <v>408</v>
+      </c>
+      <c r="B409">
+        <v>5</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D409" t="s">
+        <v>988</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1097</v>
+      </c>
+      <c r="F409" t="s">
+        <v>1098</v>
+      </c>
+      <c r="G409" t="s">
+        <v>5</v>
+      </c>
+      <c r="H409" s="1">
+        <v>12</v>
+      </c>
+      <c r="I409" s="1">
+        <v>3</v>
+      </c>
+      <c r="J409" s="1">
+        <v>0</v>
+      </c>
+      <c r="K409" t="s">
+        <v>6</v>
+      </c>
+      <c r="L409" t="s">
+        <v>24</v>
+      </c>
+      <c r="M409" s="1">
+        <v>379</v>
+      </c>
+      <c r="N409" s="1">
+        <v>10</v>
+      </c>
+      <c r="O409" s="1">
+        <v>5</v>
+      </c>
+      <c r="P409" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q409" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="410" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A410">
+        <v>409</v>
+      </c>
+      <c r="B410">
+        <v>5</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D410" t="s">
+        <v>988</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F410" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G410" t="s">
+        <v>14</v>
+      </c>
+      <c r="H410" s="1">
+        <v>183</v>
+      </c>
+      <c r="I410" s="1">
+        <v>46</v>
+      </c>
+      <c r="J410" s="1">
+        <v>0</v>
+      </c>
+      <c r="K410" t="s">
+        <v>15</v>
+      </c>
+      <c r="L410" t="s">
+        <v>24</v>
+      </c>
+      <c r="M410" s="1">
+        <v>20</v>
+      </c>
+      <c r="N410" s="1">
+        <v>10</v>
+      </c>
+      <c r="O410" s="1">
+        <v>219</v>
+      </c>
+      <c r="P410" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q410" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="411" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A411">
+        <v>410</v>
+      </c>
+      <c r="B411">
+        <v>5</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F411" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G411" t="s">
+        <v>14</v>
+      </c>
+      <c r="H411" s="1">
+        <v>4000</v>
+      </c>
+      <c r="I411" s="1">
+        <v>1000</v>
+      </c>
+      <c r="J411" s="1">
+        <v>0</v>
+      </c>
+      <c r="K411" t="s">
+        <v>15</v>
+      </c>
+      <c r="L411" t="s">
+        <v>129</v>
+      </c>
+      <c r="M411" s="1">
+        <v>1</v>
+      </c>
+      <c r="N411" s="1">
+        <v>2500</v>
+      </c>
+      <c r="O411" s="1">
+        <v>2500</v>
+      </c>
+      <c r="P411" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q411" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="412" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A412">
+        <v>411</v>
+      </c>
+      <c r="B412">
+        <v>5</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F412" t="s">
+        <v>1107</v>
+      </c>
+      <c r="G412" t="s">
+        <v>14</v>
+      </c>
+      <c r="H412" s="1">
+        <v>68</v>
+      </c>
+      <c r="I412" s="1">
+        <v>17</v>
+      </c>
+      <c r="J412" s="1">
+        <v>0</v>
+      </c>
+      <c r="K412" t="s">
+        <v>15</v>
+      </c>
+      <c r="L412" t="s">
+        <v>74</v>
+      </c>
+      <c r="M412" s="1">
+        <v>3</v>
+      </c>
+      <c r="N412" s="1">
+        <v>1</v>
+      </c>
+      <c r="O412" s="1">
+        <v>84</v>
+      </c>
+      <c r="P412" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q412" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="413" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A413">
+        <v>412</v>
+      </c>
+      <c r="B413">
+        <v>5</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F413" t="s">
+        <v>1110</v>
+      </c>
+      <c r="G413" t="s">
+        <v>14</v>
+      </c>
+      <c r="H413" s="1">
+        <v>59</v>
+      </c>
+      <c r="I413" s="1">
+        <v>15</v>
+      </c>
+      <c r="J413" s="1">
+        <v>0</v>
+      </c>
+      <c r="K413" t="s">
+        <v>15</v>
+      </c>
+      <c r="L413" t="s">
+        <v>31</v>
+      </c>
+      <c r="M413" s="1">
+        <v>4</v>
+      </c>
+      <c r="N413" s="1">
+        <v>69</v>
+      </c>
+      <c r="O413" s="1">
+        <v>5</v>
+      </c>
+      <c r="P413" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q413" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="414" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A414">
+        <v>413</v>
+      </c>
+      <c r="B414">
+        <v>5</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D414" t="s">
+        <v>869</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F414" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G414" t="s">
+        <v>14</v>
+      </c>
+      <c r="H414" s="1">
+        <v>8100</v>
+      </c>
+      <c r="I414" s="1">
+        <v>900</v>
+      </c>
+      <c r="J414" s="1">
+        <v>0</v>
+      </c>
+      <c r="K414" t="s">
+        <v>15</v>
+      </c>
+      <c r="L414" t="s">
+        <v>44</v>
+      </c>
+      <c r="M414" s="1">
+        <v>0</v>
+      </c>
+      <c r="N414" s="1">
+        <v>3000</v>
+      </c>
+      <c r="O414" s="1">
+        <v>6000</v>
+      </c>
+      <c r="P414" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q414" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="415" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A415">
+        <v>414</v>
+      </c>
+      <c r="B415">
+        <v>5</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E415" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F415" t="s">
+        <v>1114</v>
+      </c>
+      <c r="G415" t="s">
+        <v>14</v>
+      </c>
+      <c r="H415" s="1">
+        <v>180</v>
+      </c>
+      <c r="I415" s="1">
+        <v>20</v>
+      </c>
+      <c r="J415" s="1">
+        <v>0</v>
+      </c>
+      <c r="K415" t="s">
+        <v>15</v>
+      </c>
+      <c r="L415" t="s">
+        <v>24</v>
+      </c>
+      <c r="M415" s="1">
+        <v>274</v>
+      </c>
+      <c r="N415" s="1">
+        <v>195</v>
+      </c>
+      <c r="O415" s="1">
+        <v>5</v>
+      </c>
+      <c r="P415" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q415" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="416" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A416">
+        <v>415</v>
+      </c>
+      <c r="B416">
+        <v>5</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E416" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F416" t="s">
+        <v>1116</v>
+      </c>
+      <c r="G416" t="s">
+        <v>14</v>
+      </c>
+      <c r="H416" s="1">
+        <v>37</v>
+      </c>
+      <c r="I416" s="1">
+        <v>4</v>
+      </c>
+      <c r="J416" s="1">
+        <v>0</v>
+      </c>
+      <c r="K416" t="s">
+        <v>15</v>
+      </c>
+      <c r="L416" t="s">
+        <v>74</v>
+      </c>
+      <c r="M416" s="1">
+        <v>51</v>
+      </c>
+      <c r="N416" s="1">
+        <v>36</v>
+      </c>
+      <c r="O416" s="1">
+        <v>5</v>
+      </c>
+      <c r="P416" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q416" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="417" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A417">
+        <v>416</v>
+      </c>
+      <c r="B417">
+        <v>5</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E417" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F417" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G417" t="s">
+        <v>14</v>
+      </c>
+      <c r="H417" s="1">
+        <v>182</v>
+      </c>
+      <c r="I417" s="1">
+        <v>20</v>
+      </c>
+      <c r="J417" s="1">
+        <v>0</v>
+      </c>
+      <c r="K417" t="s">
+        <v>15</v>
+      </c>
+      <c r="L417" t="s">
+        <v>7</v>
+      </c>
+      <c r="M417" s="1">
+        <v>10</v>
+      </c>
+      <c r="N417" s="1">
+        <v>197</v>
+      </c>
+      <c r="O417" s="1">
+        <v>5</v>
+      </c>
+      <c r="P417" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q417" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="418" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A418">
+        <v>417</v>
+      </c>
+      <c r="B418">
+        <v>5</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E418" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F418" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G418" t="s">
+        <v>14</v>
+      </c>
+      <c r="H418" s="1">
+        <v>2</v>
+      </c>
+      <c r="I418" s="1">
+        <v>0</v>
+      </c>
+      <c r="J418" s="1">
+        <v>0</v>
+      </c>
+      <c r="K418" t="s">
+        <v>15</v>
+      </c>
+      <c r="L418" t="s">
+        <v>44</v>
+      </c>
+      <c r="M418" s="1">
+        <v>2435</v>
+      </c>
+      <c r="N418" s="1">
+        <v>1</v>
+      </c>
+      <c r="O418" s="1">
+        <v>1</v>
+      </c>
+      <c r="P418" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q418" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="419" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A419">
+        <v>418</v>
+      </c>
+      <c r="B419">
+        <v>5</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E419" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F419" t="s">
+        <v>1122</v>
+      </c>
+      <c r="G419" t="s">
+        <v>14</v>
+      </c>
+      <c r="H419" s="1">
+        <v>55</v>
+      </c>
+      <c r="I419" s="1">
+        <v>6</v>
+      </c>
+      <c r="J419" s="1">
+        <v>0</v>
+      </c>
+      <c r="K419" t="s">
+        <v>15</v>
+      </c>
+      <c r="L419" t="s">
+        <v>74</v>
+      </c>
+      <c r="M419" s="1">
+        <v>2</v>
+      </c>
+      <c r="N419" s="1">
+        <v>1</v>
+      </c>
+      <c r="O419" s="1">
+        <v>60</v>
+      </c>
+      <c r="P419" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q419" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="420" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A420">
+        <v>419</v>
+      </c>
+      <c r="B420">
+        <v>5</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D420" t="s">
+        <v>297</v>
+      </c>
+      <c r="E420" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F420" t="s">
+        <v>1124</v>
+      </c>
+      <c r="G420" t="s">
+        <v>14</v>
+      </c>
+      <c r="H420" s="1">
+        <v>900</v>
+      </c>
+      <c r="I420" s="1">
+        <v>100</v>
+      </c>
+      <c r="J420" s="1">
+        <v>0</v>
+      </c>
+      <c r="K420" t="s">
+        <v>48</v>
+      </c>
+      <c r="L420" t="s">
+        <v>7</v>
+      </c>
+      <c r="M420" s="1">
+        <v>250</v>
+      </c>
+      <c r="N420" s="1">
+        <v>750</v>
+      </c>
+      <c r="O420" s="1">
+        <v>250</v>
+      </c>
+      <c r="P420" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q420" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="421" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A421">
+        <v>420</v>
+      </c>
+      <c r="B421">
+        <v>5</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D421" t="s">
+        <v>297</v>
+      </c>
+      <c r="E421" t="s">
+        <v>1125</v>
+      </c>
+      <c r="F421" t="s">
+        <v>1126</v>
+      </c>
+      <c r="G421" t="s">
+        <v>14</v>
+      </c>
+      <c r="H421" s="1">
+        <v>180</v>
+      </c>
+      <c r="I421" s="1">
+        <v>20</v>
+      </c>
+      <c r="J421" s="1">
+        <v>0</v>
+      </c>
+      <c r="K421" t="s">
+        <v>15</v>
+      </c>
+      <c r="L421" t="s">
+        <v>24</v>
+      </c>
+      <c r="M421" s="1">
+        <v>0</v>
+      </c>
+      <c r="N421" s="1">
+        <v>125</v>
+      </c>
+      <c r="O421" s="1">
+        <v>75</v>
+      </c>
+      <c r="P421" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q421" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="422" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A422">
+        <v>421</v>
+      </c>
+      <c r="B422">
+        <v>5</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E422" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F422" t="s">
+        <v>1129</v>
+      </c>
+      <c r="G422" t="s">
+        <v>14</v>
+      </c>
+      <c r="H422" s="1">
+        <v>440</v>
+      </c>
+      <c r="I422" s="1">
+        <v>110</v>
+      </c>
+      <c r="J422" s="1">
+        <v>0</v>
+      </c>
+      <c r="K422" t="s">
+        <v>15</v>
+      </c>
+      <c r="L422" t="s">
+        <v>16</v>
+      </c>
+      <c r="M422" s="1">
+        <v>150</v>
+      </c>
+      <c r="N422" s="1">
+        <v>200</v>
+      </c>
+      <c r="O422" s="1">
+        <v>350</v>
+      </c>
+      <c r="P422" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q422" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="423" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A423">
+        <v>422</v>
+      </c>
+      <c r="B423">
+        <v>5</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D423" t="s">
+        <v>952</v>
+      </c>
+      <c r="E423" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F423" t="s">
+        <v>1131</v>
+      </c>
+      <c r="G423" t="s">
+        <v>14</v>
+      </c>
+      <c r="H423" s="1">
+        <v>1200</v>
+      </c>
+      <c r="I423" s="1">
+        <v>300</v>
+      </c>
+      <c r="J423" s="1">
+        <v>0</v>
+      </c>
+      <c r="K423" t="s">
+        <v>15</v>
+      </c>
+      <c r="L423" t="s">
+        <v>7</v>
+      </c>
+      <c r="M423" s="1">
+        <v>5</v>
+      </c>
+      <c r="N423" s="1">
+        <v>400</v>
+      </c>
+      <c r="O423" s="1">
+        <v>1100</v>
+      </c>
+      <c r="P423" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q423" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="424" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A424">
+        <v>423</v>
+      </c>
+      <c r="B424">
+        <v>5</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E424" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F424" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G424" t="s">
+        <v>14</v>
+      </c>
+      <c r="H424" s="1">
+        <v>200</v>
+      </c>
+      <c r="I424" s="1">
+        <v>50</v>
+      </c>
+      <c r="J424" s="1">
+        <v>0</v>
+      </c>
+      <c r="K424" t="s">
+        <v>15</v>
+      </c>
+      <c r="L424" t="s">
+        <v>24</v>
+      </c>
+      <c r="M424" s="1">
+        <v>150</v>
+      </c>
+      <c r="N424" s="1">
+        <v>100</v>
+      </c>
+      <c r="O424" s="1">
+        <v>150</v>
+      </c>
+      <c r="P424" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q424" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="425" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A425">
+        <v>424</v>
+      </c>
+      <c r="B425">
+        <v>5</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E425" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F425" t="s">
+        <v>1137</v>
+      </c>
+      <c r="G425" t="s">
+        <v>14</v>
+      </c>
+      <c r="H425" s="1">
+        <v>113</v>
+      </c>
+      <c r="I425" s="1">
+        <v>28</v>
+      </c>
+      <c r="J425" s="1">
+        <v>0</v>
+      </c>
+      <c r="K425" t="s">
+        <v>15</v>
+      </c>
+      <c r="L425" t="s">
+        <v>24</v>
+      </c>
+      <c r="M425" s="1">
+        <v>9</v>
+      </c>
+      <c r="N425" s="1">
+        <v>136</v>
+      </c>
+      <c r="O425" s="1">
+        <v>5</v>
+      </c>
+      <c r="P425" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q425" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="426" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A426">
+        <v>425</v>
+      </c>
+      <c r="B426">
+        <v>5</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D426" t="s">
+        <v>96</v>
+      </c>
+      <c r="E426" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F426" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G426" t="s">
+        <v>14</v>
+      </c>
+      <c r="H426" s="1">
+        <v>120</v>
+      </c>
+      <c r="I426" s="1">
+        <v>30</v>
+      </c>
+      <c r="J426" s="1">
+        <v>0</v>
+      </c>
+      <c r="K426" t="s">
+        <v>15</v>
+      </c>
+      <c r="L426" t="s">
+        <v>44</v>
+      </c>
+      <c r="M426" s="1">
+        <v>0</v>
+      </c>
+      <c r="N426" s="1">
+        <v>125</v>
+      </c>
+      <c r="O426" s="1">
+        <v>25</v>
+      </c>
+      <c r="P426" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q426" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="427" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A427">
+        <v>426</v>
+      </c>
+      <c r="B427">
+        <v>5</v>
+      </c>
+      <c r="C427" t="s">
+        <v>95</v>
+      </c>
+      <c r="D427" t="s">
+        <v>95</v>
+      </c>
+      <c r="E427" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F427" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G427" t="s">
+        <v>5</v>
+      </c>
+      <c r="H427" s="1">
+        <v>48</v>
+      </c>
+      <c r="I427" s="1">
+        <v>12</v>
+      </c>
+      <c r="J427" s="1">
+        <v>0</v>
+      </c>
+      <c r="K427" t="s">
+        <v>6</v>
+      </c>
+      <c r="L427" t="s">
+        <v>44</v>
+      </c>
+      <c r="M427" s="1">
+        <v>252</v>
+      </c>
+      <c r="N427" s="1">
+        <v>50</v>
+      </c>
+      <c r="O427" s="1">
+        <v>10</v>
+      </c>
+      <c r="P427" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q427" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="428" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A428">
+        <v>427</v>
+      </c>
+      <c r="B428">
+        <v>5</v>
+      </c>
+      <c r="C428" t="s">
+        <v>95</v>
+      </c>
+      <c r="D428" t="s">
+        <v>96</v>
+      </c>
+      <c r="E428" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F428" t="s">
+        <v>1143</v>
+      </c>
+      <c r="G428" t="s">
+        <v>5</v>
+      </c>
+      <c r="H428" s="1">
+        <v>2</v>
+      </c>
+      <c r="I428" s="1">
+        <v>0</v>
+      </c>
+      <c r="J428" s="1">
+        <v>0</v>
+      </c>
+      <c r="K428" t="s">
+        <v>6</v>
+      </c>
+      <c r="L428" t="s">
+        <v>153</v>
+      </c>
+      <c r="M428" s="1">
+        <v>107</v>
+      </c>
+      <c r="N428" s="1">
+        <v>1</v>
+      </c>
+      <c r="O428" s="1">
+        <v>1</v>
+      </c>
+      <c r="P428" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q428" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="429" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A429">
+        <v>428</v>
+      </c>
+      <c r="B429">
+        <v>5</v>
+      </c>
+      <c r="C429" t="s">
+        <v>95</v>
+      </c>
+      <c r="D429" t="s">
+        <v>96</v>
+      </c>
+      <c r="E429" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F429" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G429" t="s">
+        <v>5</v>
+      </c>
+      <c r="H429" s="1">
+        <v>1</v>
+      </c>
+      <c r="I429" s="1">
+        <v>0</v>
+      </c>
+      <c r="J429" s="1">
+        <v>0</v>
+      </c>
+      <c r="K429" t="s">
+        <v>6</v>
+      </c>
+      <c r="L429" t="s">
+        <v>31</v>
+      </c>
+      <c r="M429" s="1">
+        <v>50</v>
+      </c>
+      <c r="N429" s="1">
+        <v>1</v>
+      </c>
+      <c r="O429" s="1">
+        <v>0</v>
+      </c>
+      <c r="P429" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q429" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="430" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A430">
+        <v>429</v>
+      </c>
+      <c r="B430">
+        <v>5</v>
+      </c>
+      <c r="C430" t="s">
+        <v>95</v>
+      </c>
+      <c r="D430" t="s">
+        <v>96</v>
+      </c>
+      <c r="E430" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F430" t="s">
+        <v>1147</v>
+      </c>
+      <c r="G430" t="s">
+        <v>5</v>
+      </c>
+      <c r="H430" s="1">
+        <v>1</v>
+      </c>
+      <c r="I430" s="1">
+        <v>0</v>
+      </c>
+      <c r="J430" s="1">
+        <v>0</v>
+      </c>
+      <c r="K430" t="s">
+        <v>6</v>
+      </c>
+      <c r="L430" t="s">
+        <v>74</v>
+      </c>
+      <c r="M430" s="1">
+        <v>86</v>
+      </c>
+      <c r="N430" s="1">
+        <v>1</v>
+      </c>
+      <c r="O430" s="1">
+        <v>0</v>
+      </c>
+      <c r="P430" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q430" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="431" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A431">
+        <v>430</v>
+      </c>
+      <c r="B431">
+        <v>5</v>
+      </c>
+      <c r="C431" t="s">
+        <v>95</v>
+      </c>
+      <c r="D431" t="s">
+        <v>96</v>
+      </c>
+      <c r="E431" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F431" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G431" t="s">
+        <v>5</v>
+      </c>
+      <c r="H431" s="1">
+        <v>400</v>
+      </c>
+      <c r="I431" s="1">
+        <v>100</v>
+      </c>
+      <c r="J431" s="1">
+        <v>0</v>
+      </c>
+      <c r="K431" t="s">
+        <v>6</v>
+      </c>
+      <c r="L431" t="s">
+        <v>44</v>
+      </c>
+      <c r="M431" s="1">
+        <v>302</v>
+      </c>
+      <c r="N431" s="1">
+        <v>250</v>
+      </c>
+      <c r="O431" s="1">
+        <v>250</v>
+      </c>
+      <c r="P431" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q431" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="432" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A432">
+        <v>431</v>
+      </c>
+      <c r="B432">
+        <v>5</v>
+      </c>
+      <c r="C432" t="s">
+        <v>95</v>
+      </c>
+      <c r="D432" t="s">
+        <v>96</v>
+      </c>
+      <c r="E432" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F432" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G432" t="s">
+        <v>5</v>
+      </c>
+      <c r="H432" s="1">
+        <v>3</v>
+      </c>
+      <c r="I432" s="1">
+        <v>1</v>
+      </c>
+      <c r="J432" s="1">
+        <v>0</v>
+      </c>
+      <c r="K432" t="s">
+        <v>6</v>
+      </c>
+      <c r="L432" t="s">
+        <v>44</v>
+      </c>
+      <c r="M432" s="1">
+        <v>154</v>
+      </c>
+      <c r="N432" s="1">
+        <v>2</v>
+      </c>
+      <c r="O432" s="1">
+        <v>2</v>
+      </c>
+      <c r="P432" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q432" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="433" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A433">
+        <v>432</v>
+      </c>
+      <c r="B433">
+        <v>5</v>
+      </c>
+      <c r="C433" t="s">
+        <v>95</v>
+      </c>
+      <c r="D433" t="s">
+        <v>96</v>
+      </c>
+      <c r="E433" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F433" t="s">
+        <v>1153</v>
+      </c>
+      <c r="G433" t="s">
+        <v>5</v>
+      </c>
+      <c r="H433" s="1">
+        <v>84</v>
+      </c>
+      <c r="I433" s="1">
+        <v>21</v>
+      </c>
+      <c r="J433" s="1">
+        <v>0</v>
+      </c>
+      <c r="K433" t="s">
+        <v>6</v>
+      </c>
+      <c r="L433" t="s">
+        <v>44</v>
+      </c>
+      <c r="M433" s="1">
+        <v>900</v>
+      </c>
+      <c r="N433" s="1">
+        <v>100</v>
+      </c>
+      <c r="O433" s="1">
+        <v>5</v>
+      </c>
+      <c r="P433" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q433" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="434" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A434">
+        <v>433</v>
+      </c>
+      <c r="B434">
+        <v>5</v>
+      </c>
+      <c r="C434" t="s">
+        <v>95</v>
+      </c>
+      <c r="D434" t="s">
+        <v>96</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F434" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G434" t="s">
+        <v>5</v>
+      </c>
+      <c r="H434" s="1">
+        <v>560</v>
+      </c>
+      <c r="I434" s="1">
+        <v>140</v>
+      </c>
+      <c r="J434" s="1">
+        <v>0</v>
+      </c>
+      <c r="K434" t="s">
+        <v>6</v>
+      </c>
+      <c r="L434" t="s">
+        <v>44</v>
+      </c>
+      <c r="M434" s="1">
+        <v>1200</v>
+      </c>
+      <c r="N434" s="1">
+        <v>350</v>
+      </c>
+      <c r="O434" s="1">
+        <v>350</v>
+      </c>
+      <c r="P434" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q434" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="435" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A435">
+        <v>434</v>
+      </c>
+      <c r="B435">
+        <v>5</v>
+      </c>
+      <c r="C435" t="s">
+        <v>95</v>
+      </c>
+      <c r="D435" t="s">
+        <v>96</v>
+      </c>
+      <c r="E435" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F435" t="s">
+        <v>1157</v>
+      </c>
+      <c r="G435" t="s">
+        <v>5</v>
+      </c>
+      <c r="H435" s="1">
+        <v>82</v>
+      </c>
+      <c r="I435" s="1">
+        <v>20</v>
+      </c>
+      <c r="J435" s="1">
+        <v>0</v>
+      </c>
+      <c r="K435" t="s">
+        <v>6</v>
+      </c>
+      <c r="L435" t="s">
+        <v>44</v>
+      </c>
+      <c r="M435" s="1">
+        <v>602</v>
+      </c>
+      <c r="N435" s="1">
+        <v>100</v>
+      </c>
+      <c r="O435" s="1">
+        <v>2</v>
+      </c>
+      <c r="P435" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q435" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="436" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A436">
+        <v>435</v>
+      </c>
+      <c r="B436">
+        <v>5</v>
+      </c>
+      <c r="C436" t="s">
+        <v>95</v>
+      </c>
+      <c r="D436" t="s">
+        <v>96</v>
+      </c>
+      <c r="E436" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F436" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G436" t="s">
+        <v>14</v>
+      </c>
+      <c r="H436" s="1">
+        <v>360</v>
+      </c>
+      <c r="I436" s="1">
+        <v>40</v>
+      </c>
+      <c r="J436" s="1">
+        <v>0</v>
+      </c>
+      <c r="K436" t="s">
+        <v>48</v>
+      </c>
+      <c r="L436" t="s">
+        <v>44</v>
+      </c>
+      <c r="M436" s="1">
+        <v>400</v>
+      </c>
+      <c r="N436" s="1">
+        <v>200</v>
+      </c>
+      <c r="O436" s="1">
+        <v>200</v>
+      </c>
+      <c r="P436" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q436" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="437" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A437">
+        <v>436</v>
+      </c>
+      <c r="B437">
+        <v>5</v>
+      </c>
+      <c r="C437" t="s">
+        <v>95</v>
+      </c>
+      <c r="D437" t="s">
+        <v>96</v>
+      </c>
+      <c r="E437" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F437" t="s">
+        <v>1161</v>
+      </c>
+      <c r="G437" t="s">
+        <v>5</v>
+      </c>
+      <c r="H437" s="1">
+        <v>320</v>
+      </c>
+      <c r="I437" s="1">
+        <v>80</v>
+      </c>
+      <c r="J437" s="1">
+        <v>0</v>
+      </c>
+      <c r="K437" t="s">
+        <v>6</v>
+      </c>
+      <c r="L437" t="s">
+        <v>44</v>
+      </c>
+      <c r="M437" s="1">
+        <v>989</v>
+      </c>
+      <c r="N437" s="1">
+        <v>200</v>
+      </c>
+      <c r="O437" s="1">
+        <v>200</v>
+      </c>
+      <c r="P437" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q437" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="438" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A438">
+        <v>437</v>
+      </c>
+      <c r="B438">
+        <v>5</v>
+      </c>
+      <c r="C438" t="s">
+        <v>95</v>
+      </c>
+      <c r="D438" t="s">
+        <v>96</v>
+      </c>
+      <c r="E438" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F438" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G438" t="s">
+        <v>5</v>
+      </c>
+      <c r="H438" s="1">
+        <v>40</v>
+      </c>
+      <c r="I438" s="1">
+        <v>10</v>
+      </c>
+      <c r="J438" s="1">
+        <v>0</v>
+      </c>
+      <c r="K438" t="s">
+        <v>6</v>
+      </c>
+      <c r="L438" t="s">
+        <v>44</v>
+      </c>
+      <c r="M438" s="1">
+        <v>450</v>
+      </c>
+      <c r="N438" s="1">
+        <v>45</v>
+      </c>
+      <c r="O438" s="1">
+        <v>5</v>
+      </c>
+      <c r="P438" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q438" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="439" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A439">
+        <v>438</v>
+      </c>
+      <c r="B439">
+        <v>5</v>
+      </c>
+      <c r="C439" t="s">
+        <v>95</v>
+      </c>
+      <c r="D439" t="s">
+        <v>96</v>
+      </c>
+      <c r="E439" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F439" t="s">
+        <v>1165</v>
+      </c>
+      <c r="G439" t="s">
+        <v>14</v>
+      </c>
+      <c r="H439" s="1">
+        <v>360</v>
+      </c>
+      <c r="I439" s="1">
+        <v>40</v>
+      </c>
+      <c r="J439" s="1">
+        <v>0</v>
+      </c>
+      <c r="K439" t="s">
+        <v>48</v>
+      </c>
+      <c r="L439" t="s">
+        <v>44</v>
+      </c>
+      <c r="M439" s="1">
+        <v>100</v>
+      </c>
+      <c r="N439" s="1">
+        <v>100</v>
+      </c>
+      <c r="O439" s="1">
+        <v>300</v>
+      </c>
+      <c r="P439" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q439" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="440" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A440">
+        <v>439</v>
+      </c>
+      <c r="B440">
+        <v>5</v>
+      </c>
+      <c r="C440" t="s">
+        <v>95</v>
+      </c>
+      <c r="D440" t="s">
+        <v>96</v>
+      </c>
+      <c r="E440" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F440" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G440" t="s">
+        <v>5</v>
+      </c>
+      <c r="H440" s="1">
+        <v>1</v>
+      </c>
+      <c r="I440" s="1">
+        <v>0</v>
+      </c>
+      <c r="J440" s="1">
+        <v>0</v>
+      </c>
+      <c r="K440" t="s">
+        <v>6</v>
+      </c>
+      <c r="L440" t="s">
+        <v>44</v>
+      </c>
+      <c r="M440" s="1">
+        <v>200</v>
+      </c>
+      <c r="N440" s="1">
+        <v>1</v>
+      </c>
+      <c r="O440" s="1">
+        <v>0</v>
+      </c>
+      <c r="P440" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q440" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="441" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A441">
+        <v>440</v>
+      </c>
+      <c r="B441">
+        <v>5</v>
+      </c>
+      <c r="C441" t="s">
+        <v>95</v>
+      </c>
+      <c r="D441" t="s">
+        <v>96</v>
+      </c>
+      <c r="E441" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F441" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G441" t="s">
+        <v>5</v>
+      </c>
+      <c r="H441" s="1">
+        <v>3</v>
+      </c>
+      <c r="I441" s="1">
+        <v>1</v>
+      </c>
+      <c r="J441" s="1">
+        <v>0</v>
+      </c>
+      <c r="K441" t="s">
+        <v>6</v>
+      </c>
+      <c r="L441" t="s">
+        <v>44</v>
+      </c>
+      <c r="M441" s="1">
+        <v>200</v>
+      </c>
+      <c r="N441" s="1">
+        <v>2</v>
+      </c>
+      <c r="O441" s="1">
+        <v>2</v>
+      </c>
+      <c r="P441" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q441" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="442" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A442">
+        <v>441</v>
+      </c>
+      <c r="B442">
+        <v>5</v>
+      </c>
+      <c r="C442" t="s">
+        <v>95</v>
+      </c>
+      <c r="D442" t="s">
+        <v>96</v>
+      </c>
+      <c r="E442" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F442" t="s">
+        <v>1171</v>
+      </c>
+      <c r="G442" t="s">
+        <v>5</v>
+      </c>
+      <c r="H442" s="1">
+        <v>1</v>
+      </c>
+      <c r="I442" s="1">
+        <v>0</v>
+      </c>
+      <c r="J442" s="1">
+        <v>0</v>
+      </c>
+      <c r="K442" t="s">
+        <v>6</v>
+      </c>
+      <c r="L442" t="s">
+        <v>44</v>
+      </c>
+      <c r="M442" s="1">
+        <v>200</v>
+      </c>
+      <c r="N442" s="1">
+        <v>1</v>
+      </c>
+      <c r="O442" s="1">
+        <v>0</v>
+      </c>
+      <c r="P442" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q442" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="443" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A443">
+        <v>442</v>
+      </c>
+      <c r="B443">
+        <v>5</v>
+      </c>
+      <c r="C443" t="s">
+        <v>95</v>
+      </c>
+      <c r="D443" t="s">
+        <v>96</v>
+      </c>
+      <c r="E443" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F443" t="s">
+        <v>1173</v>
+      </c>
+      <c r="G443" t="s">
+        <v>14</v>
+      </c>
+      <c r="H443" s="1">
+        <v>1</v>
+      </c>
+      <c r="I443" s="1">
+        <v>0</v>
+      </c>
+      <c r="J443" s="1">
+        <v>0</v>
+      </c>
+      <c r="K443" t="s">
+        <v>302</v>
+      </c>
+      <c r="L443" t="s">
+        <v>44</v>
+      </c>
+      <c r="M443" s="1">
+        <v>200</v>
+      </c>
+      <c r="N443" s="1">
+        <v>1</v>
+      </c>
+      <c r="O443" s="1">
+        <v>0</v>
+      </c>
+      <c r="P443" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q443" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="444" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A444">
+        <v>443</v>
+      </c>
+      <c r="B444">
+        <v>5</v>
+      </c>
+      <c r="C444" t="s">
+        <v>95</v>
+      </c>
+      <c r="D444" t="s">
+        <v>96</v>
+      </c>
+      <c r="E444" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F444" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G444" t="s">
+        <v>5</v>
+      </c>
+      <c r="H444" s="1">
+        <v>320</v>
+      </c>
+      <c r="I444" s="1">
+        <v>80</v>
+      </c>
+      <c r="J444" s="1">
+        <v>0</v>
+      </c>
+      <c r="K444" t="s">
+        <v>6</v>
+      </c>
+      <c r="L444" t="s">
+        <v>44</v>
+      </c>
+      <c r="M444" s="1">
+        <v>100</v>
+      </c>
+      <c r="N444" s="1">
+        <v>100</v>
+      </c>
+      <c r="O444" s="1">
+        <v>300</v>
+      </c>
+      <c r="P444" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q444" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="445" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A445">
+        <v>444</v>
+      </c>
+      <c r="B445">
+        <v>5</v>
+      </c>
+      <c r="C445" t="s">
+        <v>95</v>
+      </c>
+      <c r="D445" t="s">
+        <v>96</v>
+      </c>
+      <c r="E445" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F445" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G445" t="s">
+        <v>5</v>
+      </c>
+      <c r="H445" s="1">
+        <v>404</v>
+      </c>
+      <c r="I445" s="1">
+        <v>101</v>
+      </c>
+      <c r="J445" s="1">
+        <v>0</v>
+      </c>
+      <c r="K445" t="s">
+        <v>6</v>
+      </c>
+      <c r="L445" t="s">
+        <v>44</v>
+      </c>
+      <c r="M445" s="1">
+        <v>5</v>
+      </c>
+      <c r="N445" s="1">
+        <v>100</v>
+      </c>
+      <c r="O445" s="1">
+        <v>405</v>
+      </c>
+      <c r="P445" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q445" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="446" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A446">
+        <v>445</v>
+      </c>
+      <c r="B446">
+        <v>5</v>
+      </c>
+      <c r="C446" t="s">
+        <v>95</v>
+      </c>
+      <c r="D446" t="s">
+        <v>96</v>
+      </c>
+      <c r="E446" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F446" t="s">
+        <v>1179</v>
+      </c>
+      <c r="G446" t="s">
+        <v>14</v>
+      </c>
+      <c r="H446" s="1">
+        <v>404</v>
+      </c>
+      <c r="I446" s="1">
+        <v>101</v>
+      </c>
+      <c r="J446" s="1">
+        <v>0</v>
+      </c>
+      <c r="K446" t="s">
+        <v>302</v>
+      </c>
+      <c r="L446" t="s">
+        <v>44</v>
+      </c>
+      <c r="M446" s="1">
+        <v>5</v>
+      </c>
+      <c r="N446" s="1">
+        <v>5</v>
+      </c>
+      <c r="O446" s="1">
+        <v>500</v>
+      </c>
+      <c r="P446" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q446" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="447" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A447">
+        <v>446</v>
+      </c>
+      <c r="B447">
+        <v>5</v>
+      </c>
+      <c r="C447" t="s">
+        <v>95</v>
+      </c>
+      <c r="D447" t="s">
+        <v>96</v>
+      </c>
+      <c r="E447" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F447" t="s">
+        <v>1181</v>
+      </c>
+      <c r="G447" t="s">
+        <v>5</v>
+      </c>
+      <c r="H447" s="1">
+        <v>404</v>
+      </c>
+      <c r="I447" s="1">
+        <v>101</v>
+      </c>
+      <c r="J447" s="1">
+        <v>0</v>
+      </c>
+      <c r="K447" t="s">
+        <v>6</v>
+      </c>
+      <c r="L447" t="s">
+        <v>44</v>
+      </c>
+      <c r="M447" s="1">
+        <v>5</v>
+      </c>
+      <c r="N447" s="1">
+        <v>5</v>
+      </c>
+      <c r="O447" s="1">
+        <v>500</v>
+      </c>
+      <c r="P447" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q447" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="448" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A448">
+        <v>447</v>
+      </c>
+      <c r="B448">
+        <v>5</v>
+      </c>
+      <c r="C448" t="s">
+        <v>95</v>
+      </c>
+      <c r="D448" t="s">
+        <v>96</v>
+      </c>
+      <c r="E448" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F448" t="s">
+        <v>1183</v>
+      </c>
+      <c r="G448" t="s">
+        <v>14</v>
+      </c>
+      <c r="H448" s="1">
+        <v>10</v>
+      </c>
+      <c r="I448" s="1">
+        <v>2</v>
+      </c>
+      <c r="J448" s="1">
+        <v>0</v>
+      </c>
+      <c r="K448" t="s">
+        <v>38</v>
+      </c>
+      <c r="L448" t="s">
+        <v>44</v>
+      </c>
+      <c r="M448" s="1">
+        <v>190</v>
+      </c>
+      <c r="N448" s="1">
+        <v>10</v>
+      </c>
+      <c r="O448" s="1">
+        <v>2</v>
+      </c>
+      <c r="P448" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q448" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="449" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A449">
+        <v>448</v>
+      </c>
+      <c r="B449">
+        <v>5</v>
+      </c>
+      <c r="C449" t="s">
+        <v>95</v>
+      </c>
+      <c r="D449" t="s">
+        <v>96</v>
+      </c>
+      <c r="E449" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F449" t="s">
+        <v>1185</v>
+      </c>
+      <c r="G449" t="s">
+        <v>14</v>
+      </c>
+      <c r="H449" s="1">
+        <v>2</v>
+      </c>
+      <c r="I449" s="1">
+        <v>0</v>
+      </c>
+      <c r="J449" s="1">
+        <v>0</v>
+      </c>
+      <c r="K449" t="s">
+        <v>15</v>
+      </c>
+      <c r="L449" t="s">
+        <v>24</v>
+      </c>
+      <c r="M449" s="1">
+        <v>200</v>
+      </c>
+      <c r="N449" s="1">
+        <v>1</v>
+      </c>
+      <c r="O449" s="1">
+        <v>1</v>
+      </c>
+      <c r="P449" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q449" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="450" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A450">
+        <v>449</v>
+      </c>
+      <c r="B450">
+        <v>5</v>
+      </c>
+      <c r="C450" t="s">
+        <v>95</v>
+      </c>
+      <c r="D450" t="s">
+        <v>96</v>
+      </c>
+      <c r="E450" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F450" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G450" t="s">
+        <v>14</v>
+      </c>
+      <c r="H450" s="1">
+        <v>2</v>
+      </c>
+      <c r="I450" s="1">
+        <v>0</v>
+      </c>
+      <c r="J450" s="1">
+        <v>0</v>
+      </c>
+      <c r="K450" t="s">
+        <v>15</v>
+      </c>
+      <c r="L450" t="s">
+        <v>74</v>
+      </c>
+      <c r="M450" s="1">
+        <v>200</v>
+      </c>
+      <c r="N450" s="1">
+        <v>1</v>
+      </c>
+      <c r="O450" s="1">
+        <v>1</v>
+      </c>
+      <c r="P450" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q450" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="451" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A451">
+        <v>450</v>
+      </c>
+      <c r="B451">
+        <v>5</v>
+      </c>
+      <c r="C451" t="s">
+        <v>95</v>
+      </c>
+      <c r="D451" t="s">
+        <v>96</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F451" t="s">
+        <v>1189</v>
+      </c>
+      <c r="G451" t="s">
+        <v>5</v>
+      </c>
+      <c r="H451" s="1">
+        <v>48</v>
+      </c>
+      <c r="I451" s="1">
+        <v>12</v>
+      </c>
+      <c r="J451" s="1">
+        <v>0</v>
+      </c>
+      <c r="K451" t="s">
+        <v>6</v>
+      </c>
+      <c r="L451" t="s">
+        <v>44</v>
+      </c>
+      <c r="M451" s="1">
+        <v>0</v>
+      </c>
+      <c r="N451" s="1">
+        <v>50</v>
+      </c>
+      <c r="O451" s="1">
+        <v>10</v>
+      </c>
+      <c r="P451" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q451" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="452" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A452">
+        <v>451</v>
+      </c>
+      <c r="B452">
+        <v>5</v>
+      </c>
+      <c r="C452" t="s">
+        <v>95</v>
+      </c>
+      <c r="D452" t="s">
+        <v>96</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F452" t="s">
+        <v>1191</v>
+      </c>
+      <c r="G452" t="s">
+        <v>14</v>
+      </c>
+      <c r="H452" s="1">
+        <v>25</v>
+      </c>
+      <c r="I452" s="1">
+        <v>6</v>
+      </c>
+      <c r="J452" s="1">
+        <v>0</v>
+      </c>
+      <c r="K452" t="s">
+        <v>15</v>
+      </c>
+      <c r="L452" t="s">
+        <v>74</v>
+      </c>
+      <c r="M452" s="1">
+        <v>0</v>
+      </c>
+      <c r="N452" s="1">
+        <v>1</v>
+      </c>
+      <c r="O452" s="1">
+        <v>30</v>
+      </c>
+      <c r="P452" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q452" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="453" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A453">
+        <v>452</v>
+      </c>
+      <c r="B453">
+        <v>5</v>
+      </c>
+      <c r="C453" t="s">
+        <v>95</v>
+      </c>
+      <c r="D453" t="s">
+        <v>96</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F453" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G453" t="s">
+        <v>5</v>
+      </c>
+      <c r="H453" s="1">
+        <v>200</v>
+      </c>
+      <c r="I453" s="1">
+        <v>50</v>
+      </c>
+      <c r="J453" s="1">
+        <v>0</v>
+      </c>
+      <c r="K453" t="s">
+        <v>6</v>
+      </c>
+      <c r="L453" t="s">
+        <v>44</v>
+      </c>
+      <c r="M453" s="1">
+        <v>0</v>
+      </c>
+      <c r="N453" s="1">
+        <v>200</v>
+      </c>
+      <c r="O453" s="1">
+        <v>50</v>
+      </c>
+      <c r="P453" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q453" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="454" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A454">
+        <v>453</v>
+      </c>
+      <c r="B454">
+        <v>5</v>
+      </c>
+      <c r="C454" t="s">
+        <v>95</v>
+      </c>
+      <c r="D454" t="s">
+        <v>96</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1194</v>
+      </c>
+      <c r="F454" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G454" t="s">
+        <v>5</v>
+      </c>
+      <c r="H454" s="1">
+        <v>161</v>
+      </c>
+      <c r="I454" s="1">
+        <v>40</v>
+      </c>
+      <c r="J454" s="1">
+        <v>0</v>
+      </c>
+      <c r="K454" t="s">
+        <v>6</v>
+      </c>
+      <c r="L454" t="s">
+        <v>44</v>
+      </c>
+      <c r="M454" s="1">
+        <v>0</v>
+      </c>
+      <c r="N454" s="1">
+        <v>200</v>
+      </c>
+      <c r="O454" s="1">
+        <v>1</v>
+      </c>
+      <c r="P454" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q454" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="455" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A455">
+        <v>454</v>
+      </c>
+      <c r="B455">
+        <v>5</v>
+      </c>
+      <c r="C455" t="s">
+        <v>95</v>
+      </c>
+      <c r="D455" t="s">
+        <v>96</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F455" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G455" t="s">
+        <v>5</v>
+      </c>
+      <c r="H455" s="1">
+        <v>161</v>
+      </c>
+      <c r="I455" s="1">
+        <v>40</v>
+      </c>
+      <c r="J455" s="1">
+        <v>0</v>
+      </c>
+      <c r="K455" t="s">
+        <v>6</v>
+      </c>
+      <c r="L455" t="s">
+        <v>44</v>
+      </c>
+      <c r="M455" s="1">
+        <v>0</v>
+      </c>
+      <c r="N455" s="1">
+        <v>200</v>
+      </c>
+      <c r="O455" s="1">
+        <v>1</v>
+      </c>
+      <c r="P455" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q455" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="456" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A456">
+        <v>455</v>
+      </c>
+      <c r="B456">
+        <v>5</v>
+      </c>
+      <c r="C456" t="s">
+        <v>95</v>
+      </c>
+      <c r="D456" t="s">
+        <v>96</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F456" t="s">
+        <v>1197</v>
+      </c>
+      <c r="G456" t="s">
+        <v>5</v>
+      </c>
+      <c r="H456" s="1">
+        <v>640</v>
+      </c>
+      <c r="I456" s="1">
+        <v>160</v>
+      </c>
+      <c r="J456" s="1">
+        <v>0</v>
+      </c>
+      <c r="K456" t="s">
+        <v>6</v>
+      </c>
+      <c r="L456" t="s">
+        <v>44</v>
+      </c>
+      <c r="M456" s="1">
+        <v>0</v>
+      </c>
+      <c r="N456" s="1">
+        <v>200</v>
+      </c>
+      <c r="O456" s="1">
+        <v>600</v>
+      </c>
+      <c r="P456" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q456" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="457" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A457">
+        <v>456</v>
+      </c>
+      <c r="B457">
+        <v>5</v>
+      </c>
+      <c r="C457" t="s">
+        <v>95</v>
+      </c>
+      <c r="D457" t="s">
+        <v>96</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F457" t="s">
+        <v>1199</v>
+      </c>
+      <c r="G457" t="s">
+        <v>5</v>
+      </c>
+      <c r="H457" s="1">
+        <v>148</v>
+      </c>
+      <c r="I457" s="1">
+        <v>37</v>
+      </c>
+      <c r="J457" s="1">
+        <v>0</v>
+      </c>
+      <c r="K457" t="s">
+        <v>6</v>
+      </c>
+      <c r="L457" t="s">
+        <v>44</v>
+      </c>
+      <c r="M457" s="1">
+        <v>0</v>
+      </c>
+      <c r="N457" s="1">
+        <v>175</v>
+      </c>
+      <c r="O457" s="1">
+        <v>10</v>
+      </c>
+      <c r="P457" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q457" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="458" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A458">
+        <v>457</v>
+      </c>
+      <c r="B458">
+        <v>5</v>
+      </c>
+      <c r="C458" t="s">
+        <v>95</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F458" t="s">
+        <v>1202</v>
+      </c>
+      <c r="G458" t="s">
+        <v>5</v>
+      </c>
+      <c r="H458" s="1">
+        <v>96</v>
+      </c>
+      <c r="I458" s="1">
+        <v>24</v>
+      </c>
+      <c r="J458" s="1">
+        <v>0</v>
+      </c>
+      <c r="K458" t="s">
+        <v>6</v>
+      </c>
+      <c r="L458" t="s">
+        <v>44</v>
+      </c>
+      <c r="M458" s="1">
+        <v>80</v>
+      </c>
+      <c r="N458" s="1">
+        <v>75</v>
+      </c>
+      <c r="O458" s="1">
+        <v>45</v>
+      </c>
+      <c r="P458" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q458" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="459" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A459">
+        <v>458</v>
+      </c>
+      <c r="B459">
+        <v>5</v>
+      </c>
+      <c r="C459" t="s">
+        <v>95</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1203</v>
+      </c>
+      <c r="F459" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G459" t="s">
+        <v>5</v>
+      </c>
+      <c r="H459" s="1">
+        <v>148</v>
+      </c>
+      <c r="I459" s="1">
+        <v>37</v>
+      </c>
+      <c r="J459" s="1">
+        <v>0</v>
+      </c>
+      <c r="K459" t="s">
+        <v>6</v>
+      </c>
+      <c r="L459" t="s">
+        <v>44</v>
+      </c>
+      <c r="M459" s="1">
+        <v>0</v>
+      </c>
+      <c r="N459" s="1">
+        <v>175</v>
+      </c>
+      <c r="O459" s="1">
+        <v>10</v>
+      </c>
+      <c r="P459" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q459" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="460" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A460">
+        <v>459</v>
+      </c>
+      <c r="B460">
+        <v>6</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F460" t="s">
+        <v>1208</v>
+      </c>
+      <c r="G460" t="s">
+        <v>14</v>
+      </c>
+      <c r="H460" s="1">
+        <v>10</v>
+      </c>
+      <c r="I460" s="1">
+        <v>2</v>
+      </c>
+      <c r="J460" s="1">
+        <v>0</v>
+      </c>
+      <c r="K460" t="s">
+        <v>236</v>
+      </c>
+      <c r="L460" t="s">
+        <v>16</v>
+      </c>
+      <c r="M460" s="1">
+        <v>10</v>
+      </c>
+      <c r="N460" s="1">
+        <v>3</v>
+      </c>
+      <c r="O460" s="1">
+        <v>9</v>
+      </c>
+      <c r="P460" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q460" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="461" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A461">
+        <v>460</v>
+      </c>
+      <c r="B461">
+        <v>6</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F461" t="s">
+        <v>1210</v>
+      </c>
+      <c r="G461" t="s">
+        <v>14</v>
+      </c>
+      <c r="H461" s="1">
+        <v>40</v>
+      </c>
+      <c r="I461" s="1">
+        <v>10</v>
+      </c>
+      <c r="J461" s="1">
+        <v>0</v>
+      </c>
+      <c r="K461" t="s">
+        <v>15</v>
+      </c>
+      <c r="L461" t="s">
+        <v>24</v>
+      </c>
+      <c r="M461" s="1">
+        <v>0</v>
+      </c>
+      <c r="N461" s="1">
+        <v>10</v>
+      </c>
+      <c r="O461" s="1">
+        <v>40</v>
+      </c>
+      <c r="P461" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q461" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="462" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A462">
+        <v>461</v>
+      </c>
+      <c r="B462">
+        <v>6</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1212</v>
+      </c>
+      <c r="F462" t="s">
+        <v>1213</v>
+      </c>
+      <c r="G462" t="s">
+        <v>14</v>
+      </c>
+      <c r="H462" s="1">
+        <v>400</v>
+      </c>
+      <c r="I462" s="1">
+        <v>100</v>
+      </c>
+      <c r="J462" s="1">
+        <v>0</v>
+      </c>
+      <c r="K462" t="s">
+        <v>15</v>
+      </c>
+      <c r="L462" t="s">
+        <v>79</v>
+      </c>
+      <c r="M462" s="1">
+        <v>100</v>
+      </c>
+      <c r="N462" s="1">
+        <v>100</v>
+      </c>
+      <c r="O462" s="1">
+        <v>400</v>
+      </c>
+      <c r="P462" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q462" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="463" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A463">
+        <v>462</v>
+      </c>
+      <c r="B463">
+        <v>6</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F463" t="s">
+        <v>1216</v>
+      </c>
+      <c r="G463" t="s">
+        <v>14</v>
+      </c>
+      <c r="H463" s="1">
+        <v>16</v>
+      </c>
+      <c r="I463" s="1">
+        <v>4</v>
+      </c>
+      <c r="J463" s="1">
+        <v>0</v>
+      </c>
+      <c r="K463" t="s">
+        <v>15</v>
+      </c>
+      <c r="L463" t="s">
+        <v>129</v>
+      </c>
+      <c r="M463" s="1">
+        <v>3344</v>
+      </c>
+      <c r="N463" s="1">
+        <v>20</v>
+      </c>
+      <c r="O463" s="1">
+        <v>0</v>
+      </c>
+      <c r="P463" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q463" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="464" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A464">
+        <v>463</v>
+      </c>
+      <c r="B464">
+        <v>6</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D464" t="s">
+        <v>524</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1218</v>
+      </c>
+      <c r="F464" t="s">
+        <v>1219</v>
+      </c>
+      <c r="G464" t="s">
+        <v>14</v>
+      </c>
+      <c r="H464" s="1">
+        <v>282</v>
+      </c>
+      <c r="I464" s="1">
+        <v>31</v>
+      </c>
+      <c r="J464" s="1">
+        <v>0</v>
+      </c>
+      <c r="K464" t="s">
+        <v>15</v>
+      </c>
+      <c r="L464" t="s">
+        <v>19</v>
+      </c>
+      <c r="M464" s="1">
+        <v>0</v>
+      </c>
+      <c r="N464" s="1">
+        <v>283</v>
+      </c>
+      <c r="O464" s="1">
+        <v>30</v>
+      </c>
+      <c r="P464" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q464" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="465" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A465">
+        <v>464</v>
+      </c>
+      <c r="B465">
+        <v>6</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F465" t="s">
+        <v>1222</v>
+      </c>
+      <c r="G465" t="s">
+        <v>5</v>
+      </c>
+      <c r="H465" s="1">
+        <v>4</v>
+      </c>
+      <c r="I465" s="1">
+        <v>1</v>
+      </c>
+      <c r="J465" s="1">
+        <v>0</v>
+      </c>
+      <c r="K465" t="s">
+        <v>6</v>
+      </c>
+      <c r="L465" t="s">
+        <v>24</v>
+      </c>
+      <c r="M465" s="1">
+        <v>20</v>
+      </c>
+      <c r="N465" s="1">
+        <v>5</v>
+      </c>
+      <c r="O465" s="1">
+        <v>0</v>
+      </c>
+      <c r="P465" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q465" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="466" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A466">
+        <v>465</v>
+      </c>
+      <c r="B466">
+        <v>6</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D466" t="s">
+        <v>894</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F466" t="s">
+        <v>1225</v>
+      </c>
+      <c r="G466" t="s">
+        <v>5</v>
+      </c>
+      <c r="H466" s="1">
+        <v>40</v>
+      </c>
+      <c r="I466" s="1">
+        <v>10</v>
+      </c>
+      <c r="J466" s="1">
+        <v>0</v>
+      </c>
+      <c r="K466" t="s">
+        <v>6</v>
+      </c>
+      <c r="L466" t="s">
+        <v>19</v>
+      </c>
+      <c r="M466" s="1">
+        <v>40</v>
+      </c>
+      <c r="N466" s="1">
+        <v>10</v>
+      </c>
+      <c r="O466" s="1">
+        <v>40</v>
+      </c>
+      <c r="P466" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q466" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="467" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A467">
+        <v>466</v>
+      </c>
+      <c r="B467">
+        <v>6</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D467" t="s">
+        <v>973</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F467" t="s">
+        <v>1228</v>
+      </c>
+      <c r="G467" t="s">
+        <v>14</v>
+      </c>
+      <c r="H467" s="1">
+        <v>240</v>
+      </c>
+      <c r="I467" s="1">
+        <v>60</v>
+      </c>
+      <c r="J467" s="1">
+        <v>0</v>
+      </c>
+      <c r="K467" t="s">
+        <v>15</v>
+      </c>
+      <c r="L467" t="s">
+        <v>74</v>
+      </c>
+      <c r="M467" s="1">
+        <v>0</v>
+      </c>
+      <c r="N467" s="1">
+        <v>60</v>
+      </c>
+      <c r="O467" s="1">
+        <v>240</v>
+      </c>
+      <c r="P467" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q467" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="468" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A468">
+        <v>467</v>
+      </c>
+      <c r="B468">
+        <v>6</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D468" t="s">
+        <v>816</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F468" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G468" t="s">
+        <v>14</v>
+      </c>
+      <c r="H468" s="1">
+        <v>0</v>
+      </c>
+      <c r="I468" s="1">
+        <v>25</v>
+      </c>
+      <c r="J468" s="1">
+        <v>0</v>
+      </c>
+      <c r="K468" t="s">
+        <v>0</v>
+      </c>
+      <c r="L468" t="s">
+        <v>31</v>
+      </c>
+      <c r="M468" s="1">
+        <v>30</v>
+      </c>
+      <c r="N468" s="1">
+        <v>5</v>
+      </c>
+      <c r="O468" s="1">
+        <v>20</v>
+      </c>
+      <c r="P468" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q468" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="469" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A469">
+        <v>468</v>
+      </c>
+      <c r="B469">
+        <v>6</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D469" t="s">
+        <v>467</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F469" t="s">
+        <v>1232</v>
+      </c>
+      <c r="G469" t="s">
+        <v>5</v>
+      </c>
+      <c r="H469" s="1">
+        <v>16</v>
+      </c>
+      <c r="I469" s="1">
+        <v>4</v>
+      </c>
+      <c r="J469" s="1">
+        <v>0</v>
+      </c>
+      <c r="K469" t="s">
+        <v>128</v>
+      </c>
+      <c r="L469" t="s">
+        <v>79</v>
+      </c>
+      <c r="M469" s="1">
+        <v>90</v>
+      </c>
+      <c r="N469" s="1">
+        <v>20</v>
+      </c>
+      <c r="O469" s="1">
+        <v>0</v>
+      </c>
+      <c r="P469" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q469" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="470" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A470">
+        <v>469</v>
+      </c>
+      <c r="B470">
+        <v>6</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D470" t="s">
+        <v>467</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F470" t="s">
+        <v>1234</v>
+      </c>
+      <c r="G470" t="s">
+        <v>14</v>
+      </c>
+      <c r="H470" s="1">
+        <v>32</v>
+      </c>
+      <c r="I470" s="1">
+        <v>8</v>
+      </c>
+      <c r="J470" s="1">
+        <v>0</v>
+      </c>
+      <c r="K470" t="s">
+        <v>15</v>
+      </c>
+      <c r="L470" t="s">
+        <v>24</v>
+      </c>
+      <c r="M470" s="1">
+        <v>10</v>
+      </c>
+      <c r="N470" s="1">
+        <v>10</v>
+      </c>
+      <c r="O470" s="1">
+        <v>30</v>
+      </c>
+      <c r="P470" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q470" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="471" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A471">
+        <v>470</v>
+      </c>
+      <c r="B471">
+        <v>6</v>
+      </c>
+      <c r="C471" t="s">
+        <v>516</v>
+      </c>
+      <c r="D471" t="s">
+        <v>674</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1235</v>
+      </c>
+      <c r="F471" t="s">
+        <v>1236</v>
+      </c>
+      <c r="G471" t="s">
+        <v>14</v>
+      </c>
+      <c r="H471" s="1">
+        <v>7</v>
+      </c>
+      <c r="I471" s="1">
+        <v>1</v>
+      </c>
+      <c r="J471" s="1">
+        <v>0</v>
+      </c>
+      <c r="K471" t="s">
+        <v>48</v>
+      </c>
+      <c r="L471" t="s">
+        <v>74</v>
+      </c>
+      <c r="M471" s="1">
+        <v>94</v>
+      </c>
+      <c r="N471" s="1">
+        <v>2</v>
+      </c>
+      <c r="O471" s="1">
+        <v>6</v>
+      </c>
+      <c r="P471" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q471" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="472" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A472">
+        <v>471</v>
+      </c>
+      <c r="B472">
+        <v>6</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D472" t="s">
+        <v>125</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1239</v>
+      </c>
+      <c r="G472" t="s">
+        <v>14</v>
+      </c>
+      <c r="H472" s="1">
+        <v>80</v>
+      </c>
+      <c r="I472" s="1">
+        <v>20</v>
+      </c>
+      <c r="J472" s="1">
+        <v>0</v>
+      </c>
+      <c r="K472" t="s">
+        <v>15</v>
+      </c>
+      <c r="L472" t="s">
+        <v>7</v>
+      </c>
+      <c r="M472" s="1">
+        <v>0</v>
+      </c>
+      <c r="N472" s="1">
+        <v>20</v>
+      </c>
+      <c r="O472" s="1">
+        <v>100</v>
+      </c>
+      <c r="P472" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q472" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="473" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A473">
+        <v>472</v>
+      </c>
+      <c r="B473">
+        <v>6</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D473" t="s">
+        <v>362</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1241</v>
+      </c>
+      <c r="F473" t="s">
+        <v>1242</v>
+      </c>
+      <c r="G473" t="s">
+        <v>14</v>
+      </c>
+      <c r="H473" s="1">
+        <v>180</v>
+      </c>
+      <c r="I473" s="1">
+        <v>20</v>
+      </c>
+      <c r="J473" s="1">
+        <v>0</v>
+      </c>
+      <c r="K473" t="s">
+        <v>48</v>
+      </c>
+      <c r="L473" t="s">
+        <v>79</v>
+      </c>
+      <c r="M473" s="1">
+        <v>78</v>
+      </c>
+      <c r="N473" s="1">
+        <v>100</v>
+      </c>
+      <c r="O473" s="1">
+        <v>100</v>
+      </c>
+      <c r="P473" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q473" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="474" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A474">
+        <v>473</v>
+      </c>
+      <c r="B474">
+        <v>6</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F474" t="s">
+        <v>1245</v>
+      </c>
+      <c r="G474" t="s">
+        <v>5</v>
+      </c>
+      <c r="H474" s="1">
+        <v>40</v>
+      </c>
+      <c r="I474" s="1">
+        <v>10</v>
+      </c>
+      <c r="J474" s="1">
+        <v>0</v>
+      </c>
+      <c r="K474" t="s">
+        <v>6</v>
+      </c>
+      <c r="L474" t="s">
+        <v>24</v>
+      </c>
+      <c r="M474" s="1">
+        <v>10</v>
+      </c>
+      <c r="N474" s="1">
+        <v>10</v>
+      </c>
+      <c r="O474" s="1">
+        <v>40</v>
+      </c>
+      <c r="P474" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q474" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="475" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A475">
+        <v>474</v>
+      </c>
+      <c r="B475">
+        <v>6</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D475" t="s">
+        <v>467</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1246</v>
+      </c>
+      <c r="F475" t="s">
+        <v>1247</v>
+      </c>
+      <c r="G475" t="s">
+        <v>14</v>
+      </c>
+      <c r="H475" s="1">
+        <v>45</v>
+      </c>
+      <c r="I475" s="1">
+        <v>5</v>
+      </c>
+      <c r="J475" s="1">
+        <v>0</v>
+      </c>
+      <c r="K475" t="s">
+        <v>48</v>
+      </c>
+      <c r="L475" t="s">
+        <v>79</v>
+      </c>
+      <c r="M475" s="1">
+        <v>200</v>
+      </c>
+      <c r="N475" s="1">
+        <v>50</v>
+      </c>
+      <c r="O475" s="1">
+        <v>0</v>
+      </c>
+      <c r="P475" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q475" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="476" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A476">
+        <v>475</v>
+      </c>
+      <c r="B476">
+        <v>6</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D476" t="s">
+        <v>467</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F476" t="s">
+        <v>1249</v>
+      </c>
+      <c r="G476" t="s">
+        <v>14</v>
+      </c>
+      <c r="H476" s="1">
+        <v>160</v>
+      </c>
+      <c r="I476" s="1">
+        <v>40</v>
+      </c>
+      <c r="J476" s="1">
+        <v>0</v>
+      </c>
+      <c r="K476" t="s">
+        <v>15</v>
+      </c>
+      <c r="L476" t="s">
+        <v>19</v>
+      </c>
+      <c r="M476" s="1">
+        <v>300</v>
+      </c>
+      <c r="N476" s="1">
+        <v>100</v>
+      </c>
+      <c r="O476" s="1">
+        <v>100</v>
+      </c>
+      <c r="P476" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q476" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="477" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A477">
+        <v>476</v>
+      </c>
+      <c r="B477">
+        <v>6</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D477" t="s">
+        <v>816</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F477" t="s">
+        <v>1252</v>
+      </c>
+      <c r="G477" t="s">
+        <v>5</v>
+      </c>
+      <c r="H477" s="1">
+        <v>136</v>
+      </c>
+      <c r="I477" s="1">
+        <v>34</v>
+      </c>
+      <c r="J477" s="1">
+        <v>0</v>
+      </c>
+      <c r="K477" t="s">
+        <v>6</v>
+      </c>
+      <c r="L477" t="s">
+        <v>74</v>
+      </c>
+      <c r="M477" s="1">
+        <v>50</v>
+      </c>
+      <c r="N477" s="1">
+        <v>50</v>
+      </c>
+      <c r="O477" s="1">
+        <v>120</v>
+      </c>
+      <c r="P477" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q477" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="478" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A478">
+        <v>477</v>
+      </c>
+      <c r="B478">
+        <v>6</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F478" t="s">
+        <v>1254</v>
+      </c>
+      <c r="G478" t="s">
+        <v>14</v>
+      </c>
+      <c r="H478" s="1">
+        <v>104</v>
+      </c>
+      <c r="I478" s="1">
+        <v>26</v>
+      </c>
+      <c r="J478" s="1">
+        <v>0</v>
+      </c>
+      <c r="K478" t="s">
+        <v>15</v>
+      </c>
+      <c r="L478" t="s">
+        <v>31</v>
+      </c>
+      <c r="M478" s="1">
+        <v>50</v>
+      </c>
+      <c r="N478" s="1">
+        <v>50</v>
+      </c>
+      <c r="O478" s="1">
+        <v>80</v>
+      </c>
+      <c r="P478" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q478" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="479" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A479">
+        <v>478</v>
+      </c>
+      <c r="B479">
+        <v>6</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D479" t="s">
+        <v>973</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F479" t="s">
+        <v>1257</v>
+      </c>
+      <c r="G479" t="s">
+        <v>5</v>
+      </c>
+      <c r="H479" s="1">
+        <v>8</v>
+      </c>
+      <c r="I479" s="1">
+        <v>2</v>
+      </c>
+      <c r="J479" s="1">
+        <v>0</v>
+      </c>
+      <c r="K479" t="s">
+        <v>6</v>
+      </c>
+      <c r="L479" t="s">
+        <v>31</v>
+      </c>
+      <c r="M479" s="1">
+        <v>2</v>
+      </c>
+      <c r="N479" s="1">
+        <v>2</v>
+      </c>
+      <c r="O479" s="1">
+        <v>8</v>
+      </c>
+      <c r="P479" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q479" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="480" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A480">
+        <v>479</v>
+      </c>
+      <c r="B480">
+        <v>6</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D480" t="s">
+        <v>869</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F480" t="s">
+        <v>1260</v>
+      </c>
+      <c r="G480" t="s">
+        <v>14</v>
+      </c>
+      <c r="H480" s="1">
+        <v>36</v>
+      </c>
+      <c r="I480" s="1">
+        <v>4</v>
+      </c>
+      <c r="J480" s="1">
+        <v>0</v>
+      </c>
+      <c r="K480" t="s">
+        <v>15</v>
+      </c>
+      <c r="L480" t="s">
+        <v>16</v>
+      </c>
+      <c r="M480" s="1">
+        <v>10</v>
+      </c>
+      <c r="N480" s="1">
+        <v>10</v>
+      </c>
+      <c r="O480" s="1">
+        <v>30</v>
+      </c>
+      <c r="P480" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q480" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="481" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A481">
+        <v>480</v>
+      </c>
+      <c r="B481">
+        <v>6</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F481" t="s">
+        <v>1263</v>
+      </c>
+      <c r="G481" t="s">
+        <v>5</v>
+      </c>
+      <c r="H481" s="1">
+        <v>20</v>
+      </c>
+      <c r="I481" s="1">
+        <v>5</v>
+      </c>
+      <c r="J481" s="1">
+        <v>0</v>
+      </c>
+      <c r="K481" t="s">
+        <v>6</v>
+      </c>
+      <c r="L481" t="s">
+        <v>31</v>
+      </c>
+      <c r="M481" s="1">
+        <v>5</v>
+      </c>
+      <c r="N481" s="1">
+        <v>5</v>
+      </c>
+      <c r="O481" s="1">
+        <v>20</v>
+      </c>
+      <c r="P481" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q481" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="482" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A482">
+        <v>481</v>
+      </c>
+      <c r="B482">
+        <v>6</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1265</v>
+      </c>
+      <c r="F482" t="s">
+        <v>1266</v>
+      </c>
+      <c r="G482" t="s">
+        <v>5</v>
+      </c>
+      <c r="H482" s="1">
+        <v>8</v>
+      </c>
+      <c r="I482" s="1">
+        <v>2</v>
+      </c>
+      <c r="J482" s="1">
+        <v>0</v>
+      </c>
+      <c r="K482" t="s">
+        <v>6</v>
+      </c>
+      <c r="L482" t="s">
+        <v>31</v>
+      </c>
+      <c r="M482" s="1">
+        <v>2</v>
+      </c>
+      <c r="N482" s="1">
+        <v>2</v>
+      </c>
+      <c r="O482" s="1">
+        <v>8</v>
+      </c>
+      <c r="P482" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q482" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="483" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A483">
+        <v>482</v>
+      </c>
+      <c r="B483">
+        <v>6</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F483" t="s">
+        <v>1268</v>
+      </c>
+      <c r="G483" t="s">
+        <v>5</v>
+      </c>
+      <c r="H483" s="1">
+        <v>400</v>
+      </c>
+      <c r="I483" s="1">
+        <v>100</v>
+      </c>
+      <c r="J483" s="1">
+        <v>0</v>
+      </c>
+      <c r="K483" t="s">
+        <v>6</v>
+      </c>
+      <c r="L483" t="s">
+        <v>129</v>
+      </c>
+      <c r="M483" s="1">
+        <v>210</v>
+      </c>
+      <c r="N483" s="1">
+        <v>100</v>
+      </c>
+      <c r="O483" s="1">
+        <v>500</v>
+      </c>
+      <c r="P483" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q483" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="484" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A484">
+        <v>483</v>
+      </c>
+      <c r="B484">
+        <v>6</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F484" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G484" t="s">
+        <v>14</v>
+      </c>
+      <c r="H484" s="1">
+        <v>80</v>
+      </c>
+      <c r="I484" s="1">
+        <v>20</v>
+      </c>
+      <c r="J484" s="1">
+        <v>0</v>
+      </c>
+      <c r="K484" t="s">
+        <v>15</v>
+      </c>
+      <c r="L484" t="s">
+        <v>7</v>
+      </c>
+      <c r="M484" s="1">
+        <v>0</v>
+      </c>
+      <c r="N484" s="1">
+        <v>20</v>
+      </c>
+      <c r="O484" s="1">
+        <v>80</v>
+      </c>
+      <c r="P484" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q484" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="485" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A485">
+        <v>484</v>
+      </c>
+      <c r="B485">
+        <v>6</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D485" t="s">
+        <v>362</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F485" t="s">
+        <v>1273</v>
+      </c>
+      <c r="G485" t="s">
+        <v>14</v>
+      </c>
+      <c r="H485" s="1">
+        <v>12</v>
+      </c>
+      <c r="I485" s="1">
+        <v>3</v>
+      </c>
+      <c r="J485" s="1">
+        <v>0</v>
+      </c>
+      <c r="K485" t="s">
+        <v>15</v>
+      </c>
+      <c r="L485" t="s">
+        <v>74</v>
+      </c>
+      <c r="M485" s="1">
+        <v>5</v>
+      </c>
+      <c r="N485" s="1">
+        <v>5</v>
+      </c>
+      <c r="O485" s="1">
+        <v>10</v>
+      </c>
+      <c r="P485" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q485" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="486" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A486">
+        <v>485</v>
+      </c>
+      <c r="B486">
+        <v>6</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1275</v>
+      </c>
+      <c r="F486" t="s">
+        <v>1276</v>
+      </c>
+      <c r="G486" t="s">
+        <v>14</v>
+      </c>
+      <c r="H486" s="1">
+        <v>20</v>
+      </c>
+      <c r="I486" s="1">
+        <v>5</v>
+      </c>
+      <c r="J486" s="1">
+        <v>0</v>
+      </c>
+      <c r="K486" t="s">
+        <v>15</v>
+      </c>
+      <c r="L486" t="s">
+        <v>74</v>
+      </c>
+      <c r="M486" s="1">
+        <v>5</v>
+      </c>
+      <c r="N486" s="1">
+        <v>5</v>
+      </c>
+      <c r="O486" s="1">
+        <v>20</v>
+      </c>
+      <c r="P486" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q486" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="487" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A487">
+        <v>486</v>
+      </c>
+      <c r="B487">
+        <v>6</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D487" t="s">
+        <v>674</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F487" t="s">
+        <v>1278</v>
+      </c>
+      <c r="G487" t="s">
+        <v>5</v>
+      </c>
+      <c r="H487" s="1">
+        <v>16</v>
+      </c>
+      <c r="I487" s="1">
+        <v>4</v>
+      </c>
+      <c r="J487" s="1">
+        <v>0</v>
+      </c>
+      <c r="K487" t="s">
+        <v>6</v>
+      </c>
+      <c r="L487" t="s">
+        <v>79</v>
+      </c>
+      <c r="M487" s="1">
+        <v>80</v>
+      </c>
+      <c r="N487" s="1">
+        <v>20</v>
+      </c>
+      <c r="O487" s="1">
+        <v>0</v>
+      </c>
+      <c r="P487" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q487" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="488" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A488">
+        <v>487</v>
+      </c>
+      <c r="B488">
+        <v>6</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1280</v>
+      </c>
+      <c r="F488" t="s">
+        <v>1281</v>
+      </c>
+      <c r="G488" t="s">
+        <v>5</v>
+      </c>
+      <c r="H488" s="1">
+        <v>12</v>
+      </c>
+      <c r="I488" s="1">
+        <v>3</v>
+      </c>
+      <c r="J488" s="1">
+        <v>0</v>
+      </c>
+      <c r="K488" t="s">
+        <v>6</v>
+      </c>
+      <c r="L488" t="s">
+        <v>74</v>
+      </c>
+      <c r="M488" s="1">
+        <v>5</v>
+      </c>
+      <c r="N488" s="1">
+        <v>5</v>
+      </c>
+      <c r="O488" s="1">
+        <v>10</v>
+      </c>
+      <c r="P488" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q488" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="489" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A489">
+        <v>488</v>
+      </c>
+      <c r="B489">
+        <v>6</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F489" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G489" t="s">
+        <v>5</v>
+      </c>
+      <c r="H489" s="1">
+        <v>32</v>
+      </c>
+      <c r="I489" s="1">
+        <v>8</v>
+      </c>
+      <c r="J489" s="1">
+        <v>0</v>
+      </c>
+      <c r="K489" t="s">
+        <v>6</v>
+      </c>
+      <c r="L489" t="s">
+        <v>24</v>
+      </c>
+      <c r="M489" s="1">
+        <v>5</v>
+      </c>
+      <c r="N489" s="1">
+        <v>10</v>
+      </c>
+      <c r="O489" s="1">
+        <v>30</v>
+      </c>
+      <c r="P489" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q489" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="490" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A490">
+        <v>489</v>
+      </c>
+      <c r="B490">
+        <v>6</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F490" t="s">
+        <v>1288</v>
+      </c>
+      <c r="G490" t="s">
+        <v>5</v>
+      </c>
+      <c r="H490" s="1">
+        <v>3</v>
+      </c>
+      <c r="I490" s="1">
+        <v>1</v>
+      </c>
+      <c r="J490" s="1">
+        <v>0</v>
+      </c>
+      <c r="K490" t="s">
+        <v>6</v>
+      </c>
+      <c r="L490" t="s">
+        <v>31</v>
+      </c>
+      <c r="M490" s="1">
+        <v>4</v>
+      </c>
+      <c r="N490" s="1">
+        <v>1</v>
+      </c>
+      <c r="O490" s="1">
+        <v>3</v>
+      </c>
+      <c r="P490" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q490" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="491" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A491">
+        <v>490</v>
+      </c>
+      <c r="B491">
+        <v>6</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D491" t="s">
+        <v>869</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F491" t="s">
+        <v>1291</v>
+      </c>
+      <c r="G491" t="s">
+        <v>14</v>
+      </c>
+      <c r="H491" s="1">
+        <v>72</v>
+      </c>
+      <c r="I491" s="1">
+        <v>8</v>
+      </c>
+      <c r="J491" s="1">
+        <v>0</v>
+      </c>
+      <c r="K491" t="s">
+        <v>15</v>
+      </c>
+      <c r="L491" t="s">
+        <v>129</v>
+      </c>
+      <c r="M491" s="1">
+        <v>235</v>
+      </c>
+      <c r="N491" s="1">
+        <v>20</v>
+      </c>
+      <c r="O491" s="1">
+        <v>60</v>
+      </c>
+      <c r="P491" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q491" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="492" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A492">
+        <v>491</v>
+      </c>
+      <c r="B492">
+        <v>6</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D492" t="s">
+        <v>524</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F492" t="s">
+        <v>1293</v>
+      </c>
+      <c r="G492" t="s">
+        <v>14</v>
+      </c>
+      <c r="H492" s="1">
+        <v>180</v>
+      </c>
+      <c r="I492" s="1">
+        <v>20</v>
+      </c>
+      <c r="J492" s="1">
+        <v>0</v>
+      </c>
+      <c r="K492" t="s">
+        <v>15</v>
+      </c>
+      <c r="L492" t="s">
+        <v>129</v>
+      </c>
+      <c r="M492" s="1">
+        <v>80</v>
+      </c>
+      <c r="N492" s="1">
+        <v>50</v>
+      </c>
+      <c r="O492" s="1">
+        <v>150</v>
+      </c>
+      <c r="P492" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q492" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="493" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A493">
+        <v>492</v>
+      </c>
+      <c r="B493">
+        <v>6</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F493" t="s">
+        <v>1296</v>
+      </c>
+      <c r="G493" t="s">
+        <v>14</v>
+      </c>
+      <c r="H493" s="1">
+        <v>120</v>
+      </c>
+      <c r="I493" s="1">
+        <v>30</v>
+      </c>
+      <c r="J493" s="1">
+        <v>0</v>
+      </c>
+      <c r="K493" t="s">
+        <v>15</v>
+      </c>
+      <c r="L493" t="s">
+        <v>24</v>
+      </c>
+      <c r="M493" s="1">
+        <v>273</v>
+      </c>
+      <c r="N493" s="1">
+        <v>30</v>
+      </c>
+      <c r="O493" s="1">
+        <v>120</v>
+      </c>
+      <c r="P493" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q493" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="494" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A494">
+        <v>493</v>
+      </c>
+      <c r="B494">
+        <v>6</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F494" t="s">
+        <v>1299</v>
+      </c>
+      <c r="G494" t="s">
+        <v>14</v>
+      </c>
+      <c r="H494" s="1">
+        <v>40</v>
+      </c>
+      <c r="I494" s="1">
+        <v>10</v>
+      </c>
+      <c r="J494" s="1">
+        <v>0</v>
+      </c>
+      <c r="K494" t="s">
+        <v>15</v>
+      </c>
+      <c r="L494" t="s">
+        <v>24</v>
+      </c>
+      <c r="M494" s="1">
+        <v>10</v>
+      </c>
+      <c r="N494" s="1">
+        <v>10</v>
+      </c>
+      <c r="O494" s="1">
+        <v>40</v>
+      </c>
+      <c r="P494" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q494" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="495" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A495">
+        <v>494</v>
+      </c>
+      <c r="B495">
+        <v>6</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F495" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G495" t="s">
+        <v>14</v>
+      </c>
+      <c r="H495" s="1">
+        <v>824</v>
+      </c>
+      <c r="I495" s="1">
+        <v>206</v>
+      </c>
+      <c r="J495" s="1">
+        <v>0</v>
+      </c>
+      <c r="K495" t="s">
+        <v>15</v>
+      </c>
+      <c r="L495" t="s">
+        <v>44</v>
+      </c>
+      <c r="M495" s="1">
+        <v>0</v>
+      </c>
+      <c r="N495" s="1">
+        <v>1000</v>
+      </c>
+      <c r="O495" s="1">
+        <v>30</v>
+      </c>
+      <c r="P495" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q495" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="496" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A496">
+        <v>495</v>
+      </c>
+      <c r="B496">
+        <v>6</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F496" t="s">
+        <v>1305</v>
+      </c>
+      <c r="G496" t="s">
+        <v>14</v>
+      </c>
+      <c r="H496" s="1">
+        <v>32</v>
+      </c>
+      <c r="I496" s="1">
+        <v>8</v>
+      </c>
+      <c r="J496" s="1">
+        <v>0</v>
+      </c>
+      <c r="K496" t="s">
+        <v>15</v>
+      </c>
+      <c r="L496" t="s">
+        <v>79</v>
+      </c>
+      <c r="M496" s="1">
+        <v>40</v>
+      </c>
+      <c r="N496" s="1">
+        <v>10</v>
+      </c>
+      <c r="O496" s="1">
+        <v>30</v>
+      </c>
+      <c r="P496" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q496" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="497" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A497">
+        <v>496</v>
+      </c>
+      <c r="B497">
+        <v>6</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1307</v>
+      </c>
+      <c r="G497" t="s">
+        <v>14</v>
+      </c>
+      <c r="H497" s="1">
+        <v>8</v>
+      </c>
+      <c r="I497" s="1">
+        <v>2</v>
+      </c>
+      <c r="J497" s="1">
+        <v>0</v>
+      </c>
+      <c r="K497" t="s">
+        <v>15</v>
+      </c>
+      <c r="L497" t="s">
+        <v>24</v>
+      </c>
+      <c r="M497" s="1">
+        <v>0</v>
+      </c>
+      <c r="N497" s="1">
+        <v>2</v>
+      </c>
+      <c r="O497" s="1">
+        <v>8</v>
+      </c>
+      <c r="P497" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q497" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="498" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A498">
+        <v>497</v>
+      </c>
+      <c r="B498">
+        <v>6</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G498" t="s">
+        <v>14</v>
+      </c>
+      <c r="H498" s="1">
+        <v>15</v>
+      </c>
+      <c r="I498" s="1">
+        <v>4</v>
+      </c>
+      <c r="J498" s="1">
+        <v>0</v>
+      </c>
+      <c r="K498" t="s">
+        <v>15</v>
+      </c>
+      <c r="L498" t="s">
+        <v>16</v>
+      </c>
+      <c r="M498" s="1">
+        <v>2</v>
+      </c>
+      <c r="N498" s="1">
+        <v>5</v>
+      </c>
+      <c r="O498" s="1">
+        <v>14</v>
+      </c>
+      <c r="P498" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q498" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="499" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A499">
+        <v>498</v>
+      </c>
+      <c r="B499">
+        <v>6</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F499" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G499" t="s">
+        <v>14</v>
+      </c>
+      <c r="H499" s="1">
+        <v>40</v>
+      </c>
+      <c r="I499" s="1">
+        <v>10</v>
+      </c>
+      <c r="J499" s="1">
+        <v>0</v>
+      </c>
+      <c r="K499" t="s">
+        <v>15</v>
+      </c>
+      <c r="L499" t="s">
+        <v>24</v>
+      </c>
+      <c r="M499" s="1">
+        <v>10</v>
+      </c>
+      <c r="N499" s="1">
+        <v>10</v>
+      </c>
+      <c r="O499" s="1">
+        <v>40</v>
+      </c>
+      <c r="P499" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q499" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="500" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A500">
+        <v>499</v>
+      </c>
+      <c r="B500">
+        <v>6</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1316</v>
+      </c>
+      <c r="G500" t="s">
+        <v>14</v>
+      </c>
+      <c r="H500" s="1">
+        <v>10</v>
+      </c>
+      <c r="I500" s="1">
+        <v>3</v>
+      </c>
+      <c r="J500" s="1">
+        <v>0</v>
+      </c>
+      <c r="K500" t="s">
+        <v>15</v>
+      </c>
+      <c r="L500" t="s">
+        <v>74</v>
+      </c>
+      <c r="M500" s="1">
+        <v>10</v>
+      </c>
+      <c r="N500" s="1">
+        <v>5</v>
+      </c>
+      <c r="O500" s="1">
+        <v>8</v>
+      </c>
+      <c r="P500" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q500" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="501" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A501">
+        <v>500</v>
+      </c>
+      <c r="B501">
+        <v>6</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G501" t="s">
+        <v>14</v>
+      </c>
+      <c r="H501" s="1">
+        <v>8</v>
+      </c>
+      <c r="I501" s="1">
+        <v>2</v>
+      </c>
+      <c r="J501" s="1">
+        <v>0</v>
+      </c>
+      <c r="K501" t="s">
+        <v>15</v>
+      </c>
+      <c r="L501" t="s">
+        <v>31</v>
+      </c>
+      <c r="M501" s="1">
+        <v>2</v>
+      </c>
+      <c r="N501" s="1">
+        <v>2</v>
+      </c>
+      <c r="O501" s="1">
+        <v>8</v>
+      </c>
+      <c r="P501" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q501" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="502" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A502">
+        <v>501</v>
+      </c>
+      <c r="B502">
+        <v>6</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1322</v>
+      </c>
+      <c r="G502" t="s">
+        <v>14</v>
+      </c>
+      <c r="H502" s="1">
+        <v>135</v>
+      </c>
+      <c r="I502" s="1">
+        <v>15</v>
+      </c>
+      <c r="J502" s="1">
+        <v>0</v>
+      </c>
+      <c r="K502" t="s">
+        <v>48</v>
+      </c>
+      <c r="L502" t="s">
+        <v>24</v>
+      </c>
+      <c r="M502" s="1">
+        <v>0</v>
+      </c>
+      <c r="N502" s="1">
+        <v>50</v>
+      </c>
+      <c r="O502" s="1">
+        <v>100</v>
+      </c>
+      <c r="P502" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q502" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="503" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A503">
+        <v>502</v>
+      </c>
+      <c r="B503">
+        <v>6</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1325</v>
+      </c>
+      <c r="G503" t="s">
+        <v>14</v>
+      </c>
+      <c r="H503" s="1">
+        <v>10</v>
+      </c>
+      <c r="I503" s="1">
+        <v>3</v>
+      </c>
+      <c r="J503" s="1">
+        <v>0</v>
+      </c>
+      <c r="K503" t="s">
+        <v>15</v>
+      </c>
+      <c r="L503" t="s">
+        <v>74</v>
+      </c>
+      <c r="M503" s="1">
+        <v>10</v>
+      </c>
+      <c r="N503" s="1">
+        <v>5</v>
+      </c>
+      <c r="O503" s="1">
+        <v>8</v>
+      </c>
+      <c r="P503" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q503" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="504" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A504">
+        <v>503</v>
+      </c>
+      <c r="B504">
+        <v>6</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1323</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1327</v>
+      </c>
+      <c r="G504" t="s">
+        <v>14</v>
+      </c>
+      <c r="H504" s="1">
+        <v>225</v>
+      </c>
+      <c r="I504" s="1">
+        <v>25</v>
+      </c>
+      <c r="J504" s="1">
+        <v>0</v>
+      </c>
+      <c r="K504" t="s">
+        <v>48</v>
+      </c>
+      <c r="L504" t="s">
+        <v>16</v>
+      </c>
+      <c r="M504" s="1">
+        <v>0</v>
+      </c>
+      <c r="N504" s="1">
+        <v>50</v>
+      </c>
+      <c r="O504" s="1">
+        <v>200</v>
+      </c>
+      <c r="P504" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q504" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="505" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A505">
+        <v>504</v>
+      </c>
+      <c r="B505">
+        <v>6</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D505" t="s">
+        <v>308</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1328</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1329</v>
+      </c>
+      <c r="G505" t="s">
+        <v>5</v>
+      </c>
+      <c r="H505" s="1">
+        <v>16</v>
+      </c>
+      <c r="I505" s="1">
+        <v>4</v>
+      </c>
+      <c r="J505" s="1">
+        <v>0</v>
+      </c>
+      <c r="K505" t="s">
+        <v>6</v>
+      </c>
+      <c r="L505" t="s">
+        <v>31</v>
+      </c>
+      <c r="M505" s="1">
+        <v>5</v>
+      </c>
+      <c r="N505" s="1">
+        <v>5</v>
+      </c>
+      <c r="O505" s="1">
+        <v>15</v>
+      </c>
+      <c r="P505" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q505" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="506" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A506">
+        <v>505</v>
+      </c>
+      <c r="B506">
+        <v>6</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D506" t="s">
+        <v>392</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F506" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G506" t="s">
+        <v>14</v>
+      </c>
+      <c r="H506" s="1">
+        <v>40</v>
+      </c>
+      <c r="I506" s="1">
+        <v>10</v>
+      </c>
+      <c r="J506" s="1">
+        <v>0</v>
+      </c>
+      <c r="K506" t="s">
+        <v>15</v>
+      </c>
+      <c r="L506" t="s">
+        <v>24</v>
+      </c>
+      <c r="M506" s="1">
+        <v>10</v>
+      </c>
+      <c r="N506" s="1">
+        <v>10</v>
+      </c>
+      <c r="O506" s="1">
+        <v>40</v>
+      </c>
+      <c r="P506" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q506" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="507" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A507">
+        <v>506</v>
+      </c>
+      <c r="B507">
+        <v>6</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D507" t="s">
+        <v>600</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1332</v>
+      </c>
+      <c r="F507" t="s">
+        <v>1333</v>
+      </c>
+      <c r="G507" t="s">
+        <v>14</v>
+      </c>
+      <c r="H507" s="1">
+        <v>165</v>
+      </c>
+      <c r="I507" s="1">
+        <v>41</v>
+      </c>
+      <c r="J507" s="1">
+        <v>0</v>
+      </c>
+      <c r="K507" t="s">
+        <v>15</v>
+      </c>
+      <c r="L507" t="s">
+        <v>24</v>
+      </c>
+      <c r="M507" s="1">
+        <v>0</v>
+      </c>
+      <c r="N507" s="1">
+        <v>100</v>
+      </c>
+      <c r="O507" s="1">
+        <v>108</v>
+      </c>
+      <c r="P507" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q507" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="508" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A508">
+        <v>507</v>
+      </c>
+      <c r="B508">
+        <v>6</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F508" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G508" t="s">
+        <v>5</v>
+      </c>
+      <c r="H508" s="1">
+        <v>24</v>
+      </c>
+      <c r="I508" s="1">
+        <v>6</v>
+      </c>
+      <c r="J508" s="1">
+        <v>0</v>
+      </c>
+      <c r="K508" t="s">
+        <v>6</v>
+      </c>
+      <c r="L508" t="s">
+        <v>24</v>
+      </c>
+      <c r="M508" s="1">
+        <v>70</v>
+      </c>
+      <c r="N508" s="1">
+        <v>10</v>
+      </c>
+      <c r="O508" s="1">
+        <v>20</v>
+      </c>
+      <c r="P508" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q508" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="509" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A509">
+        <v>508</v>
+      </c>
+      <c r="B509">
+        <v>6</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1338</v>
+      </c>
+      <c r="F509" t="s">
+        <v>1339</v>
+      </c>
+      <c r="G509" t="s">
+        <v>5</v>
+      </c>
+      <c r="H509" s="1">
+        <v>198</v>
+      </c>
+      <c r="I509" s="1">
+        <v>50</v>
+      </c>
+      <c r="J509" s="1">
+        <v>0</v>
+      </c>
+      <c r="K509" t="s">
+        <v>6</v>
+      </c>
+      <c r="L509" t="s">
+        <v>24</v>
+      </c>
+      <c r="M509" s="1">
+        <v>400</v>
+      </c>
+      <c r="N509" s="1">
+        <v>62</v>
+      </c>
+      <c r="O509" s="1">
+        <v>186</v>
+      </c>
+      <c r="P509" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q509" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="510" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A510">
+        <v>509</v>
+      </c>
+      <c r="B510">
+        <v>6</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D510" t="s">
+        <v>869</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F510" t="s">
+        <v>1342</v>
+      </c>
+      <c r="G510" t="s">
+        <v>14</v>
+      </c>
+      <c r="H510" s="1">
+        <v>17</v>
+      </c>
+      <c r="I510" s="1">
+        <v>2</v>
+      </c>
+      <c r="J510" s="1">
+        <v>0</v>
+      </c>
+      <c r="K510" t="s">
+        <v>15</v>
+      </c>
+      <c r="L510" t="s">
+        <v>74</v>
+      </c>
+      <c r="M510" s="1">
+        <v>5</v>
+      </c>
+      <c r="N510" s="1">
+        <v>5</v>
+      </c>
+      <c r="O510" s="1">
+        <v>14</v>
+      </c>
+      <c r="P510" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q510" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="511" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A511">
+        <v>510</v>
+      </c>
+      <c r="B511">
+        <v>6</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D511" t="s">
+        <v>869</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1343</v>
+      </c>
+      <c r="F511" t="s">
+        <v>1344</v>
+      </c>
+      <c r="G511" t="s">
+        <v>14</v>
+      </c>
+      <c r="H511" s="1">
+        <v>36</v>
+      </c>
+      <c r="I511" s="1">
+        <v>4</v>
+      </c>
+      <c r="J511" s="1">
+        <v>0</v>
+      </c>
+      <c r="K511" t="s">
+        <v>15</v>
+      </c>
+      <c r="L511" t="s">
+        <v>16</v>
+      </c>
+      <c r="M511" s="1">
+        <v>10</v>
+      </c>
+      <c r="N511" s="1">
+        <v>10</v>
+      </c>
+      <c r="O511" s="1">
+        <v>30</v>
+      </c>
+      <c r="P511" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q511" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="512" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A512">
+        <v>511</v>
+      </c>
+      <c r="B512">
+        <v>6</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1345</v>
+      </c>
+      <c r="F512" t="s">
+        <v>1346</v>
+      </c>
+      <c r="G512" t="s">
+        <v>14</v>
+      </c>
+      <c r="H512" s="1">
+        <v>12</v>
+      </c>
+      <c r="I512" s="1">
+        <v>3</v>
+      </c>
+      <c r="J512" s="1">
+        <v>0</v>
+      </c>
+      <c r="K512" t="s">
+        <v>15</v>
+      </c>
+      <c r="L512" t="s">
+        <v>523</v>
+      </c>
+      <c r="M512" s="1">
+        <v>1052</v>
+      </c>
+      <c r="N512" s="1">
+        <v>15</v>
+      </c>
+      <c r="O512" s="1">
+        <v>0</v>
+      </c>
+      <c r="P512" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q512" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="513" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A513">
+        <v>512</v>
+      </c>
+      <c r="B513">
+        <v>6</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D513" t="s">
+        <v>2</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F513" t="s">
+        <v>1349</v>
+      </c>
+      <c r="G513" t="s">
+        <v>5</v>
+      </c>
+      <c r="H513" s="1">
+        <v>6</v>
+      </c>
+      <c r="I513" s="1">
+        <v>2</v>
+      </c>
+      <c r="J513" s="1">
+        <v>0</v>
+      </c>
+      <c r="K513" t="s">
+        <v>6</v>
+      </c>
+      <c r="L513" t="s">
+        <v>31</v>
+      </c>
+      <c r="M513" s="1">
+        <v>1</v>
+      </c>
+      <c r="N513" s="1">
+        <v>5</v>
+      </c>
+      <c r="O513" s="1">
+        <v>3</v>
+      </c>
+      <c r="P513" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q513" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="514" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A514">
+        <v>513</v>
+      </c>
+      <c r="B514">
+        <v>6</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F514" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G514" t="s">
+        <v>5</v>
+      </c>
+      <c r="H514" s="1">
+        <v>3</v>
+      </c>
+      <c r="I514" s="1">
+        <v>1</v>
+      </c>
+      <c r="J514" s="1">
+        <v>0</v>
+      </c>
+      <c r="K514" t="s">
+        <v>6</v>
+      </c>
+      <c r="L514" t="s">
+        <v>153</v>
+      </c>
+      <c r="M514" s="1">
+        <v>1</v>
+      </c>
+      <c r="N514" s="1">
+        <v>1</v>
+      </c>
+      <c r="O514" s="1">
+        <v>3</v>
+      </c>
+      <c r="P514" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q514" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="515" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A515">
+        <v>514</v>
+      </c>
+      <c r="B515">
+        <v>6</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D515" t="s">
+        <v>869</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F515" t="s">
+        <v>1355</v>
+      </c>
+      <c r="G515" t="s">
+        <v>14</v>
+      </c>
+      <c r="H515" s="1">
+        <v>9</v>
+      </c>
+      <c r="I515" s="1">
+        <v>1</v>
+      </c>
+      <c r="J515" s="1">
+        <v>0</v>
+      </c>
+      <c r="K515" t="s">
+        <v>48</v>
+      </c>
+      <c r="L515" t="s">
+        <v>7</v>
+      </c>
+      <c r="M515" s="1">
+        <v>200</v>
+      </c>
+      <c r="N515" s="1">
+        <v>10</v>
+      </c>
+      <c r="O515" s="1">
+        <v>0</v>
+      </c>
+      <c r="P515" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q515" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="516" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A516">
+        <v>515</v>
+      </c>
+      <c r="B516">
+        <v>6</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D516" t="s">
+        <v>869</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1356</v>
+      </c>
+      <c r="F516" t="s">
+        <v>1357</v>
+      </c>
+      <c r="G516" t="s">
+        <v>14</v>
+      </c>
+      <c r="H516" s="1">
+        <v>450</v>
+      </c>
+      <c r="I516" s="1">
+        <v>50</v>
+      </c>
+      <c r="J516" s="1">
+        <v>0</v>
+      </c>
+      <c r="K516" t="s">
+        <v>15</v>
+      </c>
+      <c r="L516" t="s">
+        <v>129</v>
+      </c>
+      <c r="M516" s="1">
+        <v>40</v>
+      </c>
+      <c r="N516" s="1">
+        <v>100</v>
+      </c>
+      <c r="O516" s="1">
+        <v>400</v>
+      </c>
+      <c r="P516" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q516" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="517" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A517">
+        <v>516</v>
+      </c>
+      <c r="B517">
+        <v>6</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D517" t="s">
+        <v>869</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F517" t="s">
+        <v>1359</v>
+      </c>
+      <c r="G517" t="s">
+        <v>14</v>
+      </c>
+      <c r="H517" s="1">
+        <v>4</v>
+      </c>
+      <c r="I517" s="1">
+        <v>0</v>
+      </c>
+      <c r="J517" s="1">
+        <v>0</v>
+      </c>
+      <c r="K517" t="s">
+        <v>15</v>
+      </c>
+      <c r="L517" t="s">
+        <v>153</v>
+      </c>
+      <c r="M517" s="1">
+        <v>1</v>
+      </c>
+      <c r="N517" s="1">
+        <v>1</v>
+      </c>
+      <c r="O517" s="1">
+        <v>3</v>
+      </c>
+      <c r="P517" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q517" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="518" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A518">
+        <v>517</v>
+      </c>
+      <c r="B518">
+        <v>6</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D518" t="s">
+        <v>869</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1360</v>
+      </c>
+      <c r="F518" t="s">
+        <v>1361</v>
+      </c>
+      <c r="G518" t="s">
+        <v>14</v>
+      </c>
+      <c r="H518" s="1">
+        <v>225</v>
+      </c>
+      <c r="I518" s="1">
+        <v>25</v>
+      </c>
+      <c r="J518" s="1">
+        <v>0</v>
+      </c>
+      <c r="K518" t="s">
+        <v>15</v>
+      </c>
+      <c r="L518" t="s">
+        <v>16</v>
+      </c>
+      <c r="M518" s="1">
+        <v>0</v>
+      </c>
+      <c r="N518" s="1">
+        <v>50</v>
+      </c>
+      <c r="O518" s="1">
+        <v>200</v>
+      </c>
+      <c r="P518" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q518" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="519" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A519">
+        <v>518</v>
+      </c>
+      <c r="B519">
+        <v>6</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D519" t="s">
+        <v>869</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F519" t="s">
+        <v>1363</v>
+      </c>
+      <c r="G519" t="s">
+        <v>14</v>
+      </c>
+      <c r="H519" s="1">
+        <v>27</v>
+      </c>
+      <c r="I519" s="1">
+        <v>3</v>
+      </c>
+      <c r="J519" s="1">
+        <v>0</v>
+      </c>
+      <c r="K519" t="s">
+        <v>15</v>
+      </c>
+      <c r="L519" t="s">
+        <v>74</v>
+      </c>
+      <c r="M519" s="1">
+        <v>0</v>
+      </c>
+      <c r="N519" s="1">
+        <v>6</v>
+      </c>
+      <c r="O519" s="1">
+        <v>24</v>
+      </c>
+      <c r="P519" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q519" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="520" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A520">
+        <v>519</v>
+      </c>
+      <c r="B520">
+        <v>6</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D520" t="s">
+        <v>869</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F520" t="s">
+        <v>1365</v>
+      </c>
+      <c r="G520" t="s">
+        <v>14</v>
+      </c>
+      <c r="H520" s="1">
+        <v>0</v>
+      </c>
+      <c r="I520" s="1">
+        <v>40</v>
+      </c>
+      <c r="J520" s="1">
+        <v>0</v>
+      </c>
+      <c r="K520" t="s">
+        <v>0</v>
+      </c>
+      <c r="L520" t="s">
+        <v>24</v>
+      </c>
+      <c r="M520" s="1">
+        <v>0</v>
+      </c>
+      <c r="N520" s="1">
+        <v>30</v>
+      </c>
+      <c r="O520" s="1">
+        <v>10</v>
+      </c>
+      <c r="P520" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q520" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="521" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A521">
+        <v>520</v>
+      </c>
+      <c r="B521">
+        <v>6</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F521" t="s">
+        <v>1367</v>
+      </c>
+      <c r="G521" t="s">
+        <v>14</v>
+      </c>
+      <c r="H521" s="1">
+        <v>32</v>
+      </c>
+      <c r="I521" s="1">
+        <v>8</v>
+      </c>
+      <c r="J521" s="1">
+        <v>0</v>
+      </c>
+      <c r="K521" t="s">
+        <v>15</v>
+      </c>
+      <c r="L521" t="s">
+        <v>74</v>
+      </c>
+      <c r="M521" s="1">
+        <v>10</v>
+      </c>
+      <c r="N521" s="1">
+        <v>10</v>
+      </c>
+      <c r="O521" s="1">
+        <v>30</v>
+      </c>
+      <c r="P521" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q521" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="522" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A522">
+        <v>521</v>
+      </c>
+      <c r="B522">
+        <v>6</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F522" t="s">
+        <v>1369</v>
+      </c>
+      <c r="G522" t="s">
+        <v>14</v>
+      </c>
+      <c r="H522" s="1">
+        <v>7</v>
+      </c>
+      <c r="I522" s="1">
+        <v>2</v>
+      </c>
+      <c r="J522" s="1">
+        <v>0</v>
+      </c>
+      <c r="K522" t="s">
+        <v>236</v>
+      </c>
+      <c r="L522" t="s">
+        <v>153</v>
+      </c>
+      <c r="M522" s="1">
+        <v>1</v>
+      </c>
+      <c r="N522" s="1">
+        <v>2</v>
+      </c>
+      <c r="O522" s="1">
+        <v>7</v>
+      </c>
+      <c r="P522" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q522" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="523" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A523">
+        <v>522</v>
+      </c>
+      <c r="B523">
+        <v>6</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F523" t="s">
+        <v>1372</v>
+      </c>
+      <c r="G523" t="s">
+        <v>5</v>
+      </c>
+      <c r="H523" s="1">
+        <v>48</v>
+      </c>
+      <c r="I523" s="1">
+        <v>12</v>
+      </c>
+      <c r="J523" s="1">
+        <v>0</v>
+      </c>
+      <c r="K523" t="s">
+        <v>6</v>
+      </c>
+      <c r="L523" t="s">
+        <v>24</v>
+      </c>
+      <c r="M523" s="1">
+        <v>5</v>
+      </c>
+      <c r="N523" s="1">
+        <v>15</v>
+      </c>
+      <c r="O523" s="1">
+        <v>45</v>
+      </c>
+      <c r="P523" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q523" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="524" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A524">
+        <v>523</v>
+      </c>
+      <c r="B524">
+        <v>6</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1373</v>
+      </c>
+      <c r="F524" t="s">
+        <v>1374</v>
+      </c>
+      <c r="G524" t="s">
+        <v>5</v>
+      </c>
+      <c r="H524" s="1">
+        <v>5</v>
+      </c>
+      <c r="I524" s="1">
+        <v>1</v>
+      </c>
+      <c r="J524" s="1">
+        <v>0</v>
+      </c>
+      <c r="K524" t="s">
+        <v>6</v>
+      </c>
+      <c r="L524" t="s">
+        <v>24</v>
+      </c>
+      <c r="M524" s="1">
+        <v>24</v>
+      </c>
+      <c r="N524" s="1">
+        <v>2</v>
+      </c>
+      <c r="O524" s="1">
+        <v>4</v>
+      </c>
+      <c r="P524" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q524" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="525" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A525">
+        <v>524</v>
+      </c>
+      <c r="B525">
+        <v>6</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F525" t="s">
+        <v>1376</v>
+      </c>
+      <c r="G525" t="s">
+        <v>5</v>
+      </c>
+      <c r="H525" s="1">
+        <v>32</v>
+      </c>
+      <c r="I525" s="1">
+        <v>8</v>
+      </c>
+      <c r="J525" s="1">
+        <v>0</v>
+      </c>
+      <c r="K525" t="s">
+        <v>6</v>
+      </c>
+      <c r="L525" t="s">
+        <v>24</v>
+      </c>
+      <c r="M525" s="1">
+        <v>10</v>
+      </c>
+      <c r="N525" s="1">
+        <v>10</v>
+      </c>
+      <c r="O525" s="1">
+        <v>30</v>
+      </c>
+      <c r="P525" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q525" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="526" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A526">
+        <v>525</v>
+      </c>
+      <c r="B526">
+        <v>6</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F526" t="s">
+        <v>1378</v>
+      </c>
+      <c r="G526" t="s">
+        <v>14</v>
+      </c>
+      <c r="H526" s="1">
+        <v>40</v>
+      </c>
+      <c r="I526" s="1">
+        <v>10</v>
+      </c>
+      <c r="J526" s="1">
+        <v>0</v>
+      </c>
+      <c r="K526" t="s">
+        <v>15</v>
+      </c>
+      <c r="L526" t="s">
+        <v>24</v>
+      </c>
+      <c r="M526" s="1">
+        <v>0</v>
+      </c>
+      <c r="N526" s="1">
+        <v>10</v>
+      </c>
+      <c r="O526" s="1">
+        <v>40</v>
+      </c>
+      <c r="P526" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q526" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="527" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A527">
+        <v>526</v>
+      </c>
+      <c r="B527">
+        <v>6</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1380</v>
+      </c>
+      <c r="F527" t="s">
+        <v>1381</v>
+      </c>
+      <c r="G527" t="s">
+        <v>5</v>
+      </c>
+      <c r="H527" s="1">
+        <v>16</v>
+      </c>
+      <c r="I527" s="1">
+        <v>4</v>
+      </c>
+      <c r="J527" s="1">
+        <v>0</v>
+      </c>
+      <c r="K527" t="s">
+        <v>6</v>
+      </c>
+      <c r="L527" t="s">
+        <v>74</v>
+      </c>
+      <c r="M527" s="1">
+        <v>5</v>
+      </c>
+      <c r="N527" s="1">
+        <v>5</v>
+      </c>
+      <c r="O527" s="1">
+        <v>15</v>
+      </c>
+      <c r="P527" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q527" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="528" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A528">
+        <v>527</v>
+      </c>
+      <c r="B528">
+        <v>6</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1384</v>
+      </c>
+      <c r="G528" t="s">
+        <v>5</v>
+      </c>
+      <c r="H528" s="1">
+        <v>4</v>
+      </c>
+      <c r="I528" s="1">
+        <v>1</v>
+      </c>
+      <c r="J528" s="1">
+        <v>0</v>
+      </c>
+      <c r="K528" t="s">
+        <v>6</v>
+      </c>
+      <c r="L528" t="s">
+        <v>24</v>
+      </c>
+      <c r="M528" s="1">
+        <v>10</v>
+      </c>
+      <c r="N528" s="1">
+        <v>5</v>
+      </c>
+      <c r="O528" s="1">
+        <v>0</v>
+      </c>
+      <c r="P528" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q528" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="529" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A529">
+        <v>528</v>
+      </c>
+      <c r="B529">
+        <v>6</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1379</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F529" t="s">
+        <v>1386</v>
+      </c>
+      <c r="G529" t="s">
+        <v>5</v>
+      </c>
+      <c r="H529" s="1">
+        <v>3</v>
+      </c>
+      <c r="I529" s="1">
+        <v>1</v>
+      </c>
+      <c r="J529" s="1">
+        <v>0</v>
+      </c>
+      <c r="K529" t="s">
+        <v>6</v>
+      </c>
+      <c r="L529" t="s">
+        <v>24</v>
+      </c>
+      <c r="M529" s="1">
+        <v>5</v>
+      </c>
+      <c r="N529" s="1">
+        <v>1</v>
+      </c>
+      <c r="O529" s="1">
+        <v>3</v>
+      </c>
+      <c r="P529" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q529" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="530" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A530">
+        <v>529</v>
+      </c>
+      <c r="B530">
+        <v>6</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D530" t="s">
+        <v>362</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F530" t="s">
+        <v>1389</v>
+      </c>
+      <c r="G530" t="s">
+        <v>5</v>
+      </c>
+      <c r="H530" s="1">
+        <v>20</v>
+      </c>
+      <c r="I530" s="1">
+        <v>5</v>
+      </c>
+      <c r="J530" s="1">
+        <v>0</v>
+      </c>
+      <c r="K530" t="s">
+        <v>128</v>
+      </c>
+      <c r="L530" t="s">
+        <v>16</v>
+      </c>
+      <c r="M530" s="1">
+        <v>5</v>
+      </c>
+      <c r="N530" s="1">
+        <v>5</v>
+      </c>
+      <c r="O530" s="1">
+        <v>20</v>
+      </c>
+      <c r="P530" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q530" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="531" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A531">
+        <v>530</v>
+      </c>
+      <c r="B531">
+        <v>6</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D531" t="s">
+        <v>362</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F531" t="s">
+        <v>1391</v>
+      </c>
+      <c r="G531" t="s">
+        <v>14</v>
+      </c>
+      <c r="H531" s="1">
+        <v>23</v>
+      </c>
+      <c r="I531" s="1">
+        <v>6</v>
+      </c>
+      <c r="J531" s="1">
+        <v>0</v>
+      </c>
+      <c r="K531" t="s">
+        <v>15</v>
+      </c>
+      <c r="L531" t="s">
+        <v>24</v>
+      </c>
+      <c r="M531" s="1">
+        <v>10</v>
+      </c>
+      <c r="N531" s="1">
+        <v>5</v>
+      </c>
+      <c r="O531" s="1">
+        <v>24</v>
+      </c>
+      <c r="P531" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q531" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="532" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A532">
+        <v>531</v>
+      </c>
+      <c r="B532">
+        <v>6</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D532" t="s">
+        <v>538</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1392</v>
+      </c>
+      <c r="F532" t="s">
+        <v>1393</v>
+      </c>
+      <c r="G532" t="s">
+        <v>14</v>
+      </c>
+      <c r="H532" s="1">
+        <v>160</v>
+      </c>
+      <c r="I532" s="1">
+        <v>40</v>
+      </c>
+      <c r="J532" s="1">
+        <v>0</v>
+      </c>
+      <c r="K532" t="s">
+        <v>15</v>
+      </c>
+      <c r="L532" t="s">
+        <v>24</v>
+      </c>
+      <c r="M532" s="1">
+        <v>0</v>
+      </c>
+      <c r="N532" s="1">
+        <v>40</v>
+      </c>
+      <c r="O532" s="1">
+        <v>160</v>
+      </c>
+      <c r="P532" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q532" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="533" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A533">
+        <v>532</v>
+      </c>
+      <c r="B533">
+        <v>6</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D533" t="s">
+        <v>125</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F533" t="s">
+        <v>1395</v>
+      </c>
+      <c r="G533" t="s">
+        <v>14</v>
+      </c>
+      <c r="H533" s="1">
+        <v>20</v>
+      </c>
+      <c r="I533" s="1">
+        <v>5</v>
+      </c>
+      <c r="J533" s="1">
+        <v>0</v>
+      </c>
+      <c r="K533" t="s">
+        <v>15</v>
+      </c>
+      <c r="L533" t="s">
+        <v>16</v>
+      </c>
+      <c r="M533" s="1">
+        <v>5</v>
+      </c>
+      <c r="N533" s="1">
+        <v>5</v>
+      </c>
+      <c r="O533" s="1">
+        <v>20</v>
+      </c>
+      <c r="P533" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q533" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="534" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A534">
+        <v>533</v>
+      </c>
+      <c r="B534">
+        <v>6</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D534" t="s">
+        <v>362</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F534" t="s">
+        <v>1398</v>
+      </c>
+      <c r="G534" t="s">
+        <v>14</v>
+      </c>
+      <c r="H534" s="1">
+        <v>12</v>
+      </c>
+      <c r="I534" s="1">
+        <v>3</v>
+      </c>
+      <c r="J534" s="1">
+        <v>0</v>
+      </c>
+      <c r="K534" t="s">
+        <v>15</v>
+      </c>
+      <c r="L534" t="s">
+        <v>16</v>
+      </c>
+      <c r="M534" s="1">
+        <v>15</v>
+      </c>
+      <c r="N534" s="1">
+        <v>5</v>
+      </c>
+      <c r="O534" s="1">
+        <v>10</v>
+      </c>
+      <c r="P534" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q534" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="535" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A535">
+        <v>534</v>
+      </c>
+      <c r="B535">
+        <v>6</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D535" t="s">
+        <v>362</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1399</v>
+      </c>
+      <c r="F535" t="s">
+        <v>1400</v>
+      </c>
+      <c r="G535" t="s">
+        <v>14</v>
+      </c>
+      <c r="H535" s="1">
+        <v>28</v>
+      </c>
+      <c r="I535" s="1">
+        <v>7</v>
+      </c>
+      <c r="J535" s="1">
+        <v>0</v>
+      </c>
+      <c r="K535" t="s">
+        <v>236</v>
+      </c>
+      <c r="L535" t="s">
+        <v>24</v>
+      </c>
+      <c r="M535" s="1">
+        <v>0</v>
+      </c>
+      <c r="N535" s="1">
+        <v>10</v>
+      </c>
+      <c r="O535" s="1">
+        <v>30</v>
+      </c>
+      <c r="P535" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q535" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="536" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A536">
+        <v>535</v>
+      </c>
+      <c r="B536">
+        <v>6</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1401</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F536" t="s">
+        <v>1403</v>
+      </c>
+      <c r="G536" t="s">
+        <v>14</v>
+      </c>
+      <c r="H536" s="1">
+        <v>4</v>
+      </c>
+      <c r="I536" s="1">
+        <v>0</v>
+      </c>
+      <c r="J536" s="1">
+        <v>0</v>
+      </c>
+      <c r="K536" t="s">
+        <v>48</v>
+      </c>
+      <c r="L536" t="s">
+        <v>16</v>
+      </c>
+      <c r="M536" s="1">
+        <v>94</v>
+      </c>
+      <c r="N536" s="1">
+        <v>2</v>
+      </c>
+      <c r="O536" s="1">
+        <v>2</v>
+      </c>
+      <c r="P536" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q536" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="537" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A537">
+        <v>536</v>
+      </c>
+      <c r="B537">
+        <v>6</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1405</v>
+      </c>
+      <c r="F537" t="s">
+        <v>1406</v>
+      </c>
+      <c r="G537" t="s">
+        <v>14</v>
+      </c>
+      <c r="H537" s="1">
+        <v>8</v>
+      </c>
+      <c r="I537" s="1">
+        <v>2</v>
+      </c>
+      <c r="J537" s="1">
+        <v>0</v>
+      </c>
+      <c r="K537" t="s">
+        <v>15</v>
+      </c>
+      <c r="L537" t="s">
+        <v>79</v>
+      </c>
+      <c r="M537" s="1">
+        <v>210</v>
+      </c>
+      <c r="N537" s="1">
+        <v>10</v>
+      </c>
+      <c r="O537" s="1">
+        <v>0</v>
+      </c>
+      <c r="P537" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q537" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="538" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A538">
+        <v>537</v>
+      </c>
+      <c r="B538">
+        <v>6</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F538" t="s">
+        <v>1408</v>
+      </c>
+      <c r="G538" t="s">
+        <v>14</v>
+      </c>
+      <c r="H538" s="1">
+        <v>26</v>
+      </c>
+      <c r="I538" s="1">
+        <v>7</v>
+      </c>
+      <c r="J538" s="1">
+        <v>0</v>
+      </c>
+      <c r="K538" t="s">
+        <v>15</v>
+      </c>
+      <c r="L538" t="s">
+        <v>16</v>
+      </c>
+      <c r="M538" s="1">
+        <v>10</v>
+      </c>
+      <c r="N538" s="1">
+        <v>10</v>
+      </c>
+      <c r="O538" s="1">
+        <v>23</v>
+      </c>
+      <c r="P538" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q538" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="539" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A539">
+        <v>538</v>
+      </c>
+      <c r="B539">
+        <v>6</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D539" t="s">
+        <v>261</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F539" t="s">
+        <v>1410</v>
+      </c>
+      <c r="G539" t="s">
+        <v>5</v>
+      </c>
+      <c r="H539" s="1">
+        <v>32</v>
+      </c>
+      <c r="I539" s="1">
+        <v>8</v>
+      </c>
+      <c r="J539" s="1">
+        <v>0</v>
+      </c>
+      <c r="K539" t="s">
+        <v>6</v>
+      </c>
+      <c r="L539" t="s">
+        <v>24</v>
+      </c>
+      <c r="M539" s="1">
+        <v>10</v>
+      </c>
+      <c r="N539" s="1">
+        <v>10</v>
+      </c>
+      <c r="O539" s="1">
+        <v>30</v>
+      </c>
+      <c r="P539" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q539" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="540" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A540">
+        <v>539</v>
+      </c>
+      <c r="B540">
+        <v>6</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F540" t="s">
+        <v>1414</v>
+      </c>
+      <c r="G540" t="s">
+        <v>5</v>
+      </c>
+      <c r="H540" s="1">
+        <v>40</v>
+      </c>
+      <c r="I540" s="1">
+        <v>10</v>
+      </c>
+      <c r="J540" s="1">
+        <v>0</v>
+      </c>
+      <c r="K540" t="s">
+        <v>6</v>
+      </c>
+      <c r="L540" t="s">
+        <v>74</v>
+      </c>
+      <c r="M540" s="1">
+        <v>10</v>
+      </c>
+      <c r="N540" s="1">
+        <v>10</v>
+      </c>
+      <c r="O540" s="1">
+        <v>40</v>
+      </c>
+      <c r="P540" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q540" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="541" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A541">
+        <v>540</v>
+      </c>
+      <c r="B541">
+        <v>6</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F541" t="s">
+        <v>1417</v>
+      </c>
+      <c r="G541" t="s">
+        <v>14</v>
+      </c>
+      <c r="H541" s="1">
+        <v>16</v>
+      </c>
+      <c r="I541" s="1">
+        <v>4</v>
+      </c>
+      <c r="J541" s="1">
+        <v>0</v>
+      </c>
+      <c r="K541" t="s">
+        <v>236</v>
+      </c>
+      <c r="L541" t="s">
+        <v>24</v>
+      </c>
+      <c r="M541" s="1">
+        <v>0</v>
+      </c>
+      <c r="N541" s="1">
+        <v>10</v>
+      </c>
+      <c r="O541" s="1">
+        <v>10</v>
+      </c>
+      <c r="P541" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q541" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="542" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A542">
+        <v>541</v>
+      </c>
+      <c r="B542">
+        <v>6</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E542" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F542" t="s">
+        <v>1420</v>
+      </c>
+      <c r="G542" t="s">
+        <v>14</v>
+      </c>
+      <c r="H542" s="1">
+        <v>270</v>
+      </c>
+      <c r="I542" s="1">
+        <v>30</v>
+      </c>
+      <c r="J542" s="1">
+        <v>0</v>
+      </c>
+      <c r="K542" t="s">
+        <v>48</v>
+      </c>
+      <c r="L542" t="s">
+        <v>16</v>
+      </c>
+      <c r="M542" s="1">
+        <v>0</v>
+      </c>
+      <c r="N542" s="1">
+        <v>100</v>
+      </c>
+      <c r="O542" s="1">
+        <v>200</v>
+      </c>
+      <c r="P542" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q542" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="543" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A543">
+        <v>542</v>
+      </c>
+      <c r="B543">
+        <v>6</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F543" t="s">
+        <v>1422</v>
+      </c>
+      <c r="G543" t="s">
+        <v>5</v>
+      </c>
+      <c r="H543" s="1">
+        <v>32</v>
+      </c>
+      <c r="I543" s="1">
+        <v>8</v>
+      </c>
+      <c r="J543" s="1">
+        <v>0</v>
+      </c>
+      <c r="K543" t="s">
+        <v>6</v>
+      </c>
+      <c r="L543" t="s">
+        <v>16</v>
+      </c>
+      <c r="M543" s="1">
+        <v>10</v>
+      </c>
+      <c r="N543" s="1">
+        <v>10</v>
+      </c>
+      <c r="O543" s="1">
+        <v>30</v>
+      </c>
+      <c r="P543" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q543" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="544" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A544">
+        <v>543</v>
+      </c>
+      <c r="B544">
+        <v>6</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D544" t="s">
+        <v>467</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F544" t="s">
+        <v>1424</v>
+      </c>
+      <c r="G544" t="s">
+        <v>14</v>
+      </c>
+      <c r="H544" s="1">
+        <v>400</v>
+      </c>
+      <c r="I544" s="1">
+        <v>100</v>
+      </c>
+      <c r="J544" s="1">
+        <v>0</v>
+      </c>
+      <c r="K544" t="s">
+        <v>15</v>
+      </c>
+      <c r="L544" t="s">
+        <v>19</v>
+      </c>
+      <c r="M544" s="1">
+        <v>300</v>
+      </c>
+      <c r="N544" s="1">
+        <v>100</v>
+      </c>
+      <c r="O544" s="1">
+        <v>400</v>
+      </c>
+      <c r="P544" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q544" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="545" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A545">
+        <v>544</v>
+      </c>
+      <c r="B545">
+        <v>6</v>
+      </c>
+      <c r="C545" t="s">
+        <v>95</v>
+      </c>
+      <c r="D545" t="s">
+        <v>96</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F545" t="s">
+        <v>1426</v>
+      </c>
+      <c r="G545" t="s">
+        <v>5</v>
+      </c>
+      <c r="H545" s="1">
+        <v>120</v>
+      </c>
+      <c r="I545" s="1">
+        <v>30</v>
+      </c>
+      <c r="J545" s="1">
+        <v>0</v>
+      </c>
+      <c r="K545" t="s">
+        <v>6</v>
+      </c>
+      <c r="L545" t="s">
+        <v>44</v>
+      </c>
+      <c r="M545" s="1">
+        <v>650</v>
+      </c>
+      <c r="N545" s="1">
+        <v>50</v>
+      </c>
+      <c r="O545" s="1">
+        <v>100</v>
+      </c>
+      <c r="P545" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q545" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="546" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A546">
+        <v>545</v>
+      </c>
+      <c r="B546">
+        <v>6</v>
+      </c>
+      <c r="C546" t="s">
+        <v>95</v>
+      </c>
+      <c r="D546" t="s">
+        <v>96</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F546" t="s">
+        <v>1428</v>
+      </c>
+      <c r="G546" t="s">
+        <v>5</v>
+      </c>
+      <c r="H546" s="1">
+        <v>120</v>
+      </c>
+      <c r="I546" s="1">
+        <v>30</v>
+      </c>
+      <c r="J546" s="1">
+        <v>0</v>
+      </c>
+      <c r="K546" t="s">
+        <v>6</v>
+      </c>
+      <c r="L546" t="s">
+        <v>44</v>
+      </c>
+      <c r="M546" s="1">
+        <v>100</v>
+      </c>
+      <c r="N546" s="1">
+        <v>50</v>
+      </c>
+      <c r="O546" s="1">
+        <v>100</v>
+      </c>
+      <c r="P546" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q546" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="547" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A547">
+        <v>546</v>
+      </c>
+      <c r="B547">
+        <v>6</v>
+      </c>
+      <c r="C547" t="s">
+        <v>95</v>
+      </c>
+      <c r="D547" t="s">
+        <v>96</v>
+      </c>
+      <c r="E547" t="s">
+        <v>1429</v>
+      </c>
+      <c r="F547" t="s">
+        <v>1430</v>
+      </c>
+      <c r="G547" t="s">
+        <v>5</v>
+      </c>
+      <c r="H547" s="1">
+        <v>16</v>
+      </c>
+      <c r="I547" s="1">
+        <v>4</v>
+      </c>
+      <c r="J547" s="1">
+        <v>0</v>
+      </c>
+      <c r="K547" t="s">
+        <v>6</v>
+      </c>
+      <c r="L547" t="s">
+        <v>16</v>
+      </c>
+      <c r="M547" s="1">
+        <v>5</v>
+      </c>
+      <c r="N547" s="1">
+        <v>5</v>
+      </c>
+      <c r="O547" s="1">
+        <v>15</v>
+      </c>
+      <c r="P547" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q547" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="548" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A548">
+        <v>547</v>
+      </c>
+      <c r="B548">
+        <v>6</v>
+      </c>
+      <c r="C548" t="s">
+        <v>95</v>
+      </c>
+      <c r="D548" t="s">
+        <v>96</v>
+      </c>
+      <c r="E548" t="s">
+        <v>1431</v>
+      </c>
+      <c r="F548" t="s">
+        <v>1432</v>
+      </c>
+      <c r="G548" t="s">
+        <v>5</v>
+      </c>
+      <c r="H548" s="1">
+        <v>64</v>
+      </c>
+      <c r="I548" s="1">
+        <v>16</v>
+      </c>
+      <c r="J548" s="1">
+        <v>0</v>
+      </c>
+      <c r="K548" t="s">
+        <v>6</v>
+      </c>
+      <c r="L548" t="s">
+        <v>44</v>
+      </c>
+      <c r="M548" s="1">
+        <v>20</v>
+      </c>
+      <c r="N548" s="1">
+        <v>20</v>
+      </c>
+      <c r="O548" s="1">
+        <v>60</v>
+      </c>
+      <c r="P548" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q548" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="549" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A549">
+        <v>548</v>
+      </c>
+      <c r="B549">
+        <v>6</v>
+      </c>
+      <c r="C549" t="s">
+        <v>95</v>
+      </c>
+      <c r="D549" t="s">
+        <v>96</v>
+      </c>
+      <c r="E549" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F549" t="s">
+        <v>1434</v>
+      </c>
+      <c r="G549" t="s">
+        <v>5</v>
+      </c>
+      <c r="H549" s="1">
+        <v>32</v>
+      </c>
+      <c r="I549" s="1">
+        <v>8</v>
+      </c>
+      <c r="J549" s="1">
+        <v>0</v>
+      </c>
+      <c r="K549" t="s">
+        <v>6</v>
+      </c>
+      <c r="L549" t="s">
+        <v>74</v>
+      </c>
+      <c r="M549" s="1">
+        <v>10</v>
+      </c>
+      <c r="N549" s="1">
+        <v>10</v>
+      </c>
+      <c r="O549" s="1">
+        <v>30</v>
+      </c>
+      <c r="P549" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q549" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="550" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A550">
+        <v>549</v>
+      </c>
+      <c r="B550">
+        <v>6</v>
+      </c>
+      <c r="C550" t="s">
+        <v>95</v>
+      </c>
+      <c r="D550" t="s">
+        <v>96</v>
+      </c>
+      <c r="E550" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F550" t="s">
+        <v>1436</v>
+      </c>
+      <c r="G550" t="s">
+        <v>5</v>
+      </c>
+      <c r="H550" s="1">
+        <v>32</v>
+      </c>
+      <c r="I550" s="1">
+        <v>8</v>
+      </c>
+      <c r="J550" s="1">
+        <v>0</v>
+      </c>
+      <c r="K550" t="s">
+        <v>6</v>
+      </c>
+      <c r="L550" t="s">
+        <v>74</v>
+      </c>
+      <c r="M550" s="1">
+        <v>10</v>
+      </c>
+      <c r="N550" s="1">
+        <v>10</v>
+      </c>
+      <c r="O550" s="1">
+        <v>30</v>
+      </c>
+      <c r="P550" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q550" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="551" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A551">
+        <v>550</v>
+      </c>
+      <c r="B551">
+        <v>6</v>
+      </c>
+      <c r="C551" t="s">
+        <v>95</v>
+      </c>
+      <c r="D551" t="s">
+        <v>96</v>
+      </c>
+      <c r="E551" t="s">
+        <v>1437</v>
+      </c>
+      <c r="F551" t="s">
+        <v>1438</v>
+      </c>
+      <c r="G551" t="s">
+        <v>5</v>
+      </c>
+      <c r="H551" s="1">
+        <v>32</v>
+      </c>
+      <c r="I551" s="1">
+        <v>8</v>
+      </c>
+      <c r="J551" s="1">
+        <v>0</v>
+      </c>
+      <c r="K551" t="s">
+        <v>6</v>
+      </c>
+      <c r="L551" t="s">
+        <v>74</v>
+      </c>
+      <c r="M551" s="1">
+        <v>10</v>
+      </c>
+      <c r="N551" s="1">
+        <v>10</v>
+      </c>
+      <c r="O551" s="1">
+        <v>30</v>
+      </c>
+      <c r="P551" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q551" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="552" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A552">
+        <v>551</v>
+      </c>
+      <c r="B552">
+        <v>6</v>
+      </c>
+      <c r="C552" t="s">
+        <v>95</v>
+      </c>
+      <c r="D552" t="s">
+        <v>96</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F552" t="s">
+        <v>1440</v>
+      </c>
+      <c r="G552" t="s">
+        <v>14</v>
+      </c>
+      <c r="H552" s="1">
+        <v>0</v>
+      </c>
+      <c r="I552" s="1">
+        <v>80</v>
+      </c>
+      <c r="J552" s="1">
+        <v>0</v>
+      </c>
+      <c r="K552" t="s">
+        <v>0</v>
+      </c>
+      <c r="L552" t="s">
+        <v>44</v>
+      </c>
+      <c r="M552" s="1">
+        <v>20</v>
+      </c>
+      <c r="N552" s="1">
+        <v>20</v>
+      </c>
+      <c r="O552" s="1">
+        <v>60</v>
+      </c>
+      <c r="P552" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q552" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="553" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A553">
+        <v>552</v>
+      </c>
+      <c r="B553">
+        <v>6</v>
+      </c>
+      <c r="C553" t="s">
+        <v>95</v>
+      </c>
+      <c r="D553" t="s">
+        <v>96</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F553" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G553" t="s">
+        <v>5</v>
+      </c>
+      <c r="H553" s="1">
+        <v>96</v>
+      </c>
+      <c r="I553" s="1">
+        <v>24</v>
+      </c>
+      <c r="J553" s="1">
+        <v>0</v>
+      </c>
+      <c r="K553" t="s">
+        <v>6</v>
+      </c>
+      <c r="L553" t="s">
+        <v>74</v>
+      </c>
+      <c r="M553" s="1">
+        <v>30</v>
+      </c>
+      <c r="N553" s="1">
+        <v>30</v>
+      </c>
+      <c r="O553" s="1">
+        <v>90</v>
+      </c>
+      <c r="P553" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q553" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="554" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A554">
+        <v>553</v>
+      </c>
+      <c r="B554">
+        <v>6</v>
+      </c>
+      <c r="C554" t="s">
+        <v>95</v>
+      </c>
+      <c r="D554" t="s">
+        <v>96</v>
+      </c>
+      <c r="E554" t="s">
+        <v>1443</v>
+      </c>
+      <c r="F554" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G554" t="s">
+        <v>5</v>
+      </c>
+      <c r="H554" s="1">
+        <v>32</v>
+      </c>
+      <c r="I554" s="1">
+        <v>8</v>
+      </c>
+      <c r="J554" s="1">
+        <v>0</v>
+      </c>
+      <c r="K554" t="s">
+        <v>6</v>
+      </c>
+      <c r="L554" t="s">
+        <v>74</v>
+      </c>
+      <c r="M554" s="1">
+        <v>10</v>
+      </c>
+      <c r="N554" s="1">
+        <v>10</v>
+      </c>
+      <c r="O554" s="1">
+        <v>30</v>
+      </c>
+      <c r="P554" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q554" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="555" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A555">
+        <v>554</v>
+      </c>
+      <c r="B555">
+        <v>6</v>
+      </c>
+      <c r="C555" t="s">
+        <v>95</v>
+      </c>
+      <c r="D555" t="s">
+        <v>96</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F555" t="s">
+        <v>1446</v>
+      </c>
+      <c r="G555" t="s">
+        <v>14</v>
+      </c>
+      <c r="H555" s="1">
+        <v>160</v>
+      </c>
+      <c r="I555" s="1">
+        <v>40</v>
+      </c>
+      <c r="J555" s="1">
+        <v>0</v>
+      </c>
+      <c r="K555" t="s">
+        <v>15</v>
+      </c>
+      <c r="L555" t="s">
+        <v>74</v>
+      </c>
+      <c r="M555" s="1">
+        <v>50</v>
+      </c>
+      <c r="N555" s="1">
+        <v>50</v>
+      </c>
+      <c r="O555" s="1">
+        <v>150</v>
+      </c>
+      <c r="P555" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q555" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="556" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A556">
+        <v>555</v>
+      </c>
+      <c r="B556">
+        <v>6</v>
+      </c>
+      <c r="C556" t="s">
+        <v>95</v>
+      </c>
+      <c r="D556" t="s">
+        <v>96</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F556" t="s">
+        <v>1448</v>
+      </c>
+      <c r="G556" t="s">
+        <v>14</v>
+      </c>
+      <c r="H556" s="1">
+        <v>90</v>
+      </c>
+      <c r="I556" s="1">
+        <v>10</v>
+      </c>
+      <c r="J556" s="1">
+        <v>0</v>
+      </c>
+      <c r="K556" t="s">
+        <v>48</v>
+      </c>
+      <c r="L556" t="s">
+        <v>7</v>
+      </c>
+      <c r="M556" s="1">
+        <v>25</v>
+      </c>
+      <c r="N556" s="1">
+        <v>25</v>
+      </c>
+      <c r="O556" s="1">
+        <v>75</v>
+      </c>
+      <c r="P556" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q556" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="557" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A557">
+        <v>556</v>
+      </c>
+      <c r="B557">
+        <v>6</v>
+      </c>
+      <c r="C557" t="s">
+        <v>95</v>
+      </c>
+      <c r="D557" t="s">
+        <v>96</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F557" t="s">
+        <v>1450</v>
+      </c>
+      <c r="G557" t="s">
+        <v>14</v>
+      </c>
+      <c r="H557" s="1">
+        <v>32</v>
+      </c>
+      <c r="I557" s="1">
+        <v>8</v>
+      </c>
+      <c r="J557" s="1">
+        <v>0</v>
+      </c>
+      <c r="K557" t="s">
+        <v>302</v>
+      </c>
+      <c r="L557" t="s">
+        <v>74</v>
+      </c>
+      <c r="M557" s="1">
+        <v>10</v>
+      </c>
+      <c r="N557" s="1">
+        <v>10</v>
+      </c>
+      <c r="O557" s="1">
+        <v>30</v>
+      </c>
+      <c r="P557" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q557" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="558" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A558">
+        <v>557</v>
+      </c>
+      <c r="B558">
+        <v>6</v>
+      </c>
+      <c r="C558" t="s">
+        <v>95</v>
+      </c>
+      <c r="D558" t="s">
+        <v>96</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1451</v>
+      </c>
+      <c r="F558" t="s">
+        <v>1452</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5</v>
+      </c>
+      <c r="H558" s="1">
+        <v>64</v>
+      </c>
+      <c r="I558" s="1">
+        <v>16</v>
+      </c>
+      <c r="J558" s="1">
+        <v>0</v>
+      </c>
+      <c r="K558" t="s">
+        <v>6</v>
+      </c>
+      <c r="L558" t="s">
+        <v>74</v>
+      </c>
+      <c r="M558" s="1">
+        <v>20</v>
+      </c>
+      <c r="N558" s="1">
+        <v>20</v>
+      </c>
+      <c r="O558" s="1">
+        <v>60</v>
+      </c>
+      <c r="P558" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q558" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="559" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A559">
+        <v>558</v>
+      </c>
+      <c r="B559">
+        <v>6</v>
+      </c>
+      <c r="C559" t="s">
+        <v>95</v>
+      </c>
+      <c r="D559" t="s">
+        <v>96</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F559" t="s">
+        <v>1454</v>
+      </c>
+      <c r="G559" t="s">
+        <v>5</v>
+      </c>
+      <c r="H559" s="1">
+        <v>52</v>
+      </c>
+      <c r="I559" s="1">
+        <v>13</v>
+      </c>
+      <c r="J559" s="1">
+        <v>0</v>
+      </c>
+      <c r="K559" t="s">
+        <v>6</v>
+      </c>
+      <c r="L559" t="s">
+        <v>16</v>
+      </c>
+      <c r="M559" s="1">
+        <v>5</v>
+      </c>
+      <c r="N559" s="1">
+        <v>5</v>
+      </c>
+      <c r="O559" s="1">
+        <v>60</v>
+      </c>
+      <c r="P559" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q559" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="560" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A560">
+        <v>559</v>
+      </c>
+      <c r="B560">
+        <v>6</v>
+      </c>
+      <c r="C560" t="s">
+        <v>95</v>
+      </c>
+      <c r="D560" t="s">
+        <v>96</v>
+      </c>
+      <c r="E560" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F560" t="s">
+        <v>1456</v>
+      </c>
+      <c r="G560" t="s">
+        <v>5</v>
+      </c>
+      <c r="H560" s="1">
+        <v>40</v>
+      </c>
+      <c r="I560" s="1">
+        <v>10</v>
+      </c>
+      <c r="J560" s="1">
+        <v>0</v>
+      </c>
+      <c r="K560" t="s">
+        <v>6</v>
+      </c>
+      <c r="L560" t="s">
+        <v>44</v>
+      </c>
+      <c r="M560" s="1">
+        <v>10</v>
+      </c>
+      <c r="N560" s="1">
+        <v>10</v>
+      </c>
+      <c r="O560" s="1">
+        <v>40</v>
+      </c>
+      <c r="P560" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q560" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="561" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A561">
+        <v>560</v>
+      </c>
+      <c r="B561">
+        <v>6</v>
+      </c>
+      <c r="C561" t="s">
+        <v>95</v>
+      </c>
+      <c r="D561" t="s">
+        <v>96</v>
+      </c>
+      <c r="E561" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F561" t="s">
+        <v>1458</v>
+      </c>
+      <c r="G561" t="s">
+        <v>5</v>
+      </c>
+      <c r="H561" s="1">
+        <v>400</v>
+      </c>
+      <c r="I561" s="1">
+        <v>100</v>
+      </c>
+      <c r="J561" s="1">
+        <v>0</v>
+      </c>
+      <c r="K561" t="s">
+        <v>6</v>
+      </c>
+      <c r="L561" t="s">
+        <v>44</v>
+      </c>
+      <c r="M561" s="1">
+        <v>100</v>
+      </c>
+      <c r="N561" s="1">
+        <v>100</v>
+      </c>
+      <c r="O561" s="1">
+        <v>400</v>
+      </c>
+      <c r="P561" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q561" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="562" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A562">
+        <v>561</v>
+      </c>
+      <c r="B562">
+        <v>6</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D562" t="s">
+        <v>402</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1460</v>
+      </c>
+      <c r="F562" t="s">
+        <v>1461</v>
+      </c>
+      <c r="G562" t="s">
+        <v>5</v>
+      </c>
+      <c r="H562" s="1">
+        <v>40</v>
+      </c>
+      <c r="I562" s="1">
+        <v>10</v>
+      </c>
+      <c r="J562" s="1">
+        <v>0</v>
+      </c>
+      <c r="K562" t="s">
+        <v>6</v>
+      </c>
+      <c r="L562" t="s">
+        <v>31</v>
+      </c>
+      <c r="M562" s="1">
+        <v>30</v>
+      </c>
+      <c r="N562" s="1">
+        <v>10</v>
+      </c>
+      <c r="O562" s="1">
+        <v>40</v>
+      </c>
+      <c r="P562" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q562" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="563" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A563">
+        <v>562</v>
+      </c>
+      <c r="B563">
+        <v>6</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D563" t="s">
+        <v>125</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F563" t="s">
+        <v>1463</v>
+      </c>
+      <c r="G563" t="s">
+        <v>14</v>
+      </c>
+      <c r="H563" s="1">
+        <v>5</v>
+      </c>
+      <c r="I563" s="1">
+        <v>1</v>
+      </c>
+      <c r="J563" s="1">
+        <v>0</v>
+      </c>
+      <c r="K563" t="s">
+        <v>48</v>
+      </c>
+      <c r="L563" t="s">
+        <v>16</v>
+      </c>
+      <c r="M563" s="1">
+        <v>94</v>
+      </c>
+      <c r="N563" s="1">
+        <v>2</v>
+      </c>
+      <c r="O563" s="1">
+        <v>4</v>
+      </c>
+      <c r="P563" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q563" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="564" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A564">
+        <v>563</v>
+      </c>
+      <c r="B564">
+        <v>6</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D564" t="s">
+        <v>125</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F564" t="s">
+        <v>1465</v>
+      </c>
+      <c r="G564" t="s">
+        <v>14</v>
+      </c>
+      <c r="H564" s="1">
+        <v>20</v>
+      </c>
+      <c r="I564" s="1">
+        <v>5</v>
+      </c>
+      <c r="J564" s="1">
+        <v>0</v>
+      </c>
+      <c r="K564" t="s">
+        <v>15</v>
+      </c>
+      <c r="L564" t="s">
+        <v>24</v>
+      </c>
+      <c r="M564" s="1">
+        <v>5</v>
+      </c>
+      <c r="N564" s="1">
+        <v>5</v>
+      </c>
+      <c r="O564" s="1">
+        <v>20</v>
+      </c>
+      <c r="P564" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q564" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="565" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A565">
+        <v>564</v>
+      </c>
+      <c r="B565">
+        <v>6</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D565" t="s">
+        <v>125</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F565" t="s">
+        <v>1467</v>
+      </c>
+      <c r="G565" t="s">
+        <v>14</v>
+      </c>
+      <c r="H565" s="1">
+        <v>4</v>
+      </c>
+      <c r="I565" s="1">
+        <v>1</v>
+      </c>
+      <c r="J565" s="1">
+        <v>0</v>
+      </c>
+      <c r="K565" t="s">
+        <v>15</v>
+      </c>
+      <c r="L565" t="s">
+        <v>153</v>
+      </c>
+      <c r="M565" s="1">
+        <v>2</v>
+      </c>
+      <c r="N565" s="1">
+        <v>2</v>
+      </c>
+      <c r="O565" s="1">
+        <v>3</v>
+      </c>
+      <c r="P565" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q565" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="566" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A566">
+        <v>565</v>
+      </c>
+      <c r="B566">
+        <v>6</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D566" t="s">
+        <v>876</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F566" t="s">
+        <v>1470</v>
+      </c>
+      <c r="G566" t="s">
+        <v>14</v>
+      </c>
+      <c r="H566" s="1">
+        <v>72</v>
+      </c>
+      <c r="I566" s="1">
+        <v>8</v>
+      </c>
+      <c r="J566" s="1">
+        <v>0</v>
+      </c>
+      <c r="K566" t="s">
+        <v>15</v>
+      </c>
+      <c r="L566" t="s">
+        <v>16</v>
+      </c>
+      <c r="M566" s="1">
+        <v>45</v>
+      </c>
+      <c r="N566" s="1">
+        <v>20</v>
+      </c>
+      <c r="O566" s="1">
+        <v>60</v>
+      </c>
+      <c r="P566" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q566" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="567" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A567">
+        <v>566</v>
+      </c>
+      <c r="B567">
+        <v>6</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F567" t="s">
+        <v>1473</v>
+      </c>
+      <c r="G567" t="s">
+        <v>5</v>
+      </c>
+      <c r="H567" s="1">
+        <v>40</v>
+      </c>
+      <c r="I567" s="1">
+        <v>10</v>
+      </c>
+      <c r="J567" s="1">
+        <v>0</v>
+      </c>
+      <c r="K567" t="s">
+        <v>6</v>
+      </c>
+      <c r="L567" t="s">
+        <v>24</v>
+      </c>
+      <c r="M567" s="1">
+        <v>0</v>
+      </c>
+      <c r="N567" s="1">
+        <v>10</v>
+      </c>
+      <c r="O567" s="1">
+        <v>40</v>
+      </c>
+      <c r="P567" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q567" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="568" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A568">
+        <v>567</v>
+      </c>
+      <c r="B568">
+        <v>6</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F568" t="s">
+        <v>1475</v>
+      </c>
+      <c r="G568" t="s">
+        <v>14</v>
+      </c>
+      <c r="H568" s="1">
+        <v>80</v>
+      </c>
+      <c r="I568" s="1">
+        <v>20</v>
+      </c>
+      <c r="J568" s="1">
+        <v>0</v>
+      </c>
+      <c r="K568" t="s">
+        <v>15</v>
+      </c>
+      <c r="L568" t="s">
+        <v>79</v>
+      </c>
+      <c r="M568" s="1">
+        <v>80</v>
+      </c>
+      <c r="N568" s="1">
+        <v>20</v>
+      </c>
+      <c r="O568" s="1">
+        <v>80</v>
+      </c>
+      <c r="P568" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q568" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="569" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A569">
+        <v>568</v>
+      </c>
+      <c r="B569">
+        <v>6</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F569" t="s">
+        <v>1477</v>
+      </c>
+      <c r="G569" t="s">
+        <v>5</v>
+      </c>
+      <c r="H569" s="1">
+        <v>120</v>
+      </c>
+      <c r="I569" s="1">
+        <v>30</v>
+      </c>
+      <c r="J569" s="1">
+        <v>0</v>
+      </c>
+      <c r="K569" t="s">
+        <v>6</v>
+      </c>
+      <c r="L569" t="s">
+        <v>7</v>
+      </c>
+      <c r="M569" s="1">
+        <v>393</v>
+      </c>
+      <c r="N569" s="1">
+        <v>50</v>
+      </c>
+      <c r="O569" s="1">
+        <v>100</v>
+      </c>
+      <c r="P569" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q569" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="570" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A570">
+        <v>569</v>
+      </c>
+      <c r="B570">
+        <v>6</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1478</v>
+      </c>
+      <c r="F570" t="s">
+        <v>1479</v>
+      </c>
+      <c r="G570" t="s">
+        <v>5</v>
+      </c>
+      <c r="H570" s="1">
+        <v>8</v>
+      </c>
+      <c r="I570" s="1">
+        <v>2</v>
+      </c>
+      <c r="J570" s="1">
+        <v>0</v>
+      </c>
+      <c r="K570" t="s">
+        <v>6</v>
+      </c>
+      <c r="L570" t="s">
+        <v>79</v>
+      </c>
+      <c r="M570" s="1">
+        <v>1203</v>
+      </c>
+      <c r="N570" s="1">
+        <v>10</v>
+      </c>
+      <c r="O570" s="1">
+        <v>0</v>
+      </c>
+      <c r="P570" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q570" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="571" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A571">
+        <v>570</v>
+      </c>
+      <c r="B571">
+        <v>6</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F571" t="s">
+        <v>1481</v>
+      </c>
+      <c r="G571" t="s">
+        <v>14</v>
+      </c>
+      <c r="H571" s="1">
+        <v>6</v>
+      </c>
+      <c r="I571" s="1">
+        <v>2</v>
+      </c>
+      <c r="J571" s="1">
+        <v>0</v>
+      </c>
+      <c r="K571" t="s">
+        <v>15</v>
+      </c>
+      <c r="L571" t="s">
+        <v>31</v>
+      </c>
+      <c r="M571" s="1">
+        <v>2</v>
+      </c>
+      <c r="N571" s="1">
+        <v>2</v>
+      </c>
+      <c r="O571" s="1">
+        <v>6</v>
+      </c>
+      <c r="P571" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q571" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="572" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A572">
+        <v>571</v>
+      </c>
+      <c r="B572">
+        <v>6</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F572" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G572" t="s">
+        <v>14</v>
+      </c>
+      <c r="H572" s="1">
+        <v>16</v>
+      </c>
+      <c r="I572" s="1">
+        <v>4</v>
+      </c>
+      <c r="J572" s="1">
+        <v>0</v>
+      </c>
+      <c r="K572" t="s">
+        <v>15</v>
+      </c>
+      <c r="L572" t="s">
+        <v>24</v>
+      </c>
+      <c r="M572" s="1">
+        <v>5</v>
+      </c>
+      <c r="N572" s="1">
+        <v>5</v>
+      </c>
+      <c r="O572" s="1">
+        <v>15</v>
+      </c>
+      <c r="P572" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q572" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="573" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A573">
+        <v>572</v>
+      </c>
+      <c r="B573">
+        <v>6</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1485</v>
+      </c>
+      <c r="F573" t="s">
+        <v>1486</v>
+      </c>
+      <c r="G573" t="s">
+        <v>5</v>
+      </c>
+      <c r="H573" s="1">
+        <v>40</v>
+      </c>
+      <c r="I573" s="1">
+        <v>10</v>
+      </c>
+      <c r="J573" s="1">
+        <v>0</v>
+      </c>
+      <c r="K573" t="s">
+        <v>6</v>
+      </c>
+      <c r="L573" t="s">
+        <v>24</v>
+      </c>
+      <c r="M573" s="1">
+        <v>40</v>
+      </c>
+      <c r="N573" s="1">
+        <v>10</v>
+      </c>
+      <c r="O573" s="1">
+        <v>40</v>
+      </c>
+      <c r="P573" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q573" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="574" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A574">
+        <v>573</v>
+      </c>
+      <c r="B574">
+        <v>6</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1488</v>
+      </c>
+      <c r="F574" t="s">
+        <v>1489</v>
+      </c>
+      <c r="G574" t="s">
+        <v>5</v>
+      </c>
+      <c r="H574" s="1">
+        <v>8</v>
+      </c>
+      <c r="I574" s="1">
+        <v>2</v>
+      </c>
+      <c r="J574" s="1">
+        <v>0</v>
+      </c>
+      <c r="K574" t="s">
+        <v>6</v>
+      </c>
+      <c r="L574" t="s">
+        <v>79</v>
+      </c>
+      <c r="M574" s="1">
+        <v>144</v>
+      </c>
+      <c r="N574" s="1">
+        <v>10</v>
+      </c>
+      <c r="O574" s="1">
+        <v>0</v>
+      </c>
+      <c r="P574" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q574" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="575" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A575">
+        <v>574</v>
+      </c>
+      <c r="B575">
+        <v>6</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1490</v>
+      </c>
+      <c r="F575" t="s">
+        <v>1491</v>
+      </c>
+      <c r="G575" t="s">
+        <v>5</v>
+      </c>
+      <c r="H575" s="1">
+        <v>8</v>
+      </c>
+      <c r="I575" s="1">
+        <v>2</v>
+      </c>
+      <c r="J575" s="1">
+        <v>0</v>
+      </c>
+      <c r="K575" t="s">
+        <v>6</v>
+      </c>
+      <c r="L575" t="s">
+        <v>16</v>
+      </c>
+      <c r="M575" s="1">
+        <v>40</v>
+      </c>
+      <c r="N575" s="1">
+        <v>10</v>
+      </c>
+      <c r="O575" s="1">
+        <v>0</v>
+      </c>
+      <c r="P575" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q575" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="576" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A576">
+        <v>575</v>
+      </c>
+      <c r="B576">
+        <v>6</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F576" t="s">
+        <v>1493</v>
+      </c>
+      <c r="G576" t="s">
+        <v>14</v>
+      </c>
+      <c r="H576" s="1">
+        <v>6</v>
+      </c>
+      <c r="I576" s="1">
+        <v>2</v>
+      </c>
+      <c r="J576" s="1">
+        <v>0</v>
+      </c>
+      <c r="K576" t="s">
+        <v>15</v>
+      </c>
+      <c r="L576" t="s">
+        <v>31</v>
+      </c>
+      <c r="M576" s="1">
+        <v>2</v>
+      </c>
+      <c r="N576" s="1">
+        <v>2</v>
+      </c>
+      <c r="O576" s="1">
+        <v>6</v>
+      </c>
+      <c r="P576" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q576" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="577" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A577">
+        <v>576</v>
+      </c>
+      <c r="B577">
+        <v>6</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D577" t="s">
+        <v>467</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F577" t="s">
+        <v>1495</v>
+      </c>
+      <c r="G577" t="s">
+        <v>14</v>
+      </c>
+      <c r="H577" s="1">
+        <v>246</v>
+      </c>
+      <c r="I577" s="1">
+        <v>62</v>
+      </c>
+      <c r="J577" s="1">
+        <v>0</v>
+      </c>
+      <c r="K577" t="s">
+        <v>15</v>
+      </c>
+      <c r="L577" t="s">
+        <v>24</v>
+      </c>
+      <c r="M577" s="1">
+        <v>50</v>
+      </c>
+      <c r="N577" s="1">
+        <v>50</v>
+      </c>
+      <c r="O577" s="1">
+        <v>258</v>
+      </c>
+      <c r="P577" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q577" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="578" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A578">
+        <v>577</v>
+      </c>
+      <c r="B578">
+        <v>6</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1497</v>
+      </c>
+      <c r="F578" t="s">
+        <v>1498</v>
+      </c>
+      <c r="G578" t="s">
+        <v>5</v>
+      </c>
+      <c r="H578" s="1">
+        <v>40</v>
+      </c>
+      <c r="I578" s="1">
+        <v>10</v>
+      </c>
+      <c r="J578" s="1">
+        <v>0</v>
+      </c>
+      <c r="K578" t="s">
+        <v>6</v>
+      </c>
+      <c r="L578" t="s">
+        <v>24</v>
+      </c>
+      <c r="M578" s="1">
+        <v>110</v>
+      </c>
+      <c r="N578" s="1">
+        <v>10</v>
+      </c>
+      <c r="O578" s="1">
+        <v>40</v>
+      </c>
+      <c r="P578" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q578" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="579" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A579">
+        <v>578</v>
+      </c>
+      <c r="B579">
+        <v>6</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D579" t="s">
+        <v>869</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F579" t="s">
+        <v>1500</v>
+      </c>
+      <c r="G579" t="s">
+        <v>14</v>
+      </c>
+      <c r="H579" s="1">
+        <v>135</v>
+      </c>
+      <c r="I579" s="1">
+        <v>15</v>
+      </c>
+      <c r="J579" s="1">
+        <v>0</v>
+      </c>
+      <c r="K579" t="s">
+        <v>15</v>
+      </c>
+      <c r="L579" t="s">
+        <v>129</v>
+      </c>
+      <c r="M579" s="1">
+        <v>740</v>
+      </c>
+      <c r="N579" s="1">
+        <v>150</v>
+      </c>
+      <c r="O579" s="1">
+        <v>0</v>
+      </c>
+      <c r="P579" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q579" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="580" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A580">
+        <v>579</v>
+      </c>
+      <c r="B580">
+        <v>6</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D580" t="s">
+        <v>869</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1501</v>
+      </c>
+      <c r="F580" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G580" t="s">
+        <v>14</v>
+      </c>
+      <c r="H580" s="1">
+        <v>5</v>
+      </c>
+      <c r="I580" s="1">
+        <v>1</v>
+      </c>
+      <c r="J580" s="1">
+        <v>0</v>
+      </c>
+      <c r="K580" t="s">
+        <v>48</v>
+      </c>
+      <c r="L580" t="s">
+        <v>24</v>
+      </c>
+      <c r="M580" s="1">
+        <v>85</v>
+      </c>
+      <c r="N580" s="1">
+        <v>2</v>
+      </c>
+      <c r="O580" s="1">
+        <v>4</v>
+      </c>
+      <c r="P580" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q580" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="581" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A581">
+        <v>580</v>
+      </c>
+      <c r="B581">
+        <v>6</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D581" t="s">
+        <v>869</v>
+      </c>
+      <c r="E581" t="s">
+        <v>1503</v>
+      </c>
+      <c r="F581" t="s">
+        <v>1504</v>
+      </c>
+      <c r="G581" t="s">
+        <v>14</v>
+      </c>
+      <c r="H581" s="1">
+        <v>4</v>
+      </c>
+      <c r="I581" s="1">
+        <v>0</v>
+      </c>
+      <c r="J581" s="1">
+        <v>0</v>
+      </c>
+      <c r="K581" t="s">
+        <v>15</v>
+      </c>
+      <c r="L581" t="s">
+        <v>153</v>
+      </c>
+      <c r="M581" s="1">
+        <v>1</v>
+      </c>
+      <c r="N581" s="1">
+        <v>1</v>
+      </c>
+      <c r="O581" s="1">
+        <v>3</v>
+      </c>
+      <c r="P581" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q581" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="582" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A582">
+        <v>581</v>
+      </c>
+      <c r="B582">
+        <v>6</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D582" t="s">
+        <v>869</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F582" t="s">
+        <v>1506</v>
+      </c>
+      <c r="G582" t="s">
+        <v>14</v>
+      </c>
+      <c r="H582" s="1">
+        <v>18</v>
+      </c>
+      <c r="I582" s="1">
+        <v>2</v>
+      </c>
+      <c r="J582" s="1">
+        <v>0</v>
+      </c>
+      <c r="K582" t="s">
+        <v>15</v>
+      </c>
+      <c r="L582" t="s">
+        <v>24</v>
+      </c>
+      <c r="M582" s="1">
+        <v>5</v>
+      </c>
+      <c r="N582" s="1">
+        <v>5</v>
+      </c>
+      <c r="O582" s="1">
+        <v>15</v>
+      </c>
+      <c r="P582" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q582" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="583" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A583">
+        <v>582</v>
+      </c>
+      <c r="B583">
+        <v>6</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D583" t="s">
+        <v>869</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1507</v>
+      </c>
+      <c r="F583" t="s">
+        <v>1508</v>
+      </c>
+      <c r="G583" t="s">
+        <v>5</v>
+      </c>
+      <c r="H583" s="1">
+        <v>8</v>
+      </c>
+      <c r="I583" s="1">
+        <v>1</v>
+      </c>
+      <c r="J583" s="1">
+        <v>0</v>
+      </c>
+      <c r="K583" t="s">
+        <v>128</v>
+      </c>
+      <c r="L583" t="s">
+        <v>31</v>
+      </c>
+      <c r="M583" s="1">
+        <v>1</v>
+      </c>
+      <c r="N583" s="1">
+        <v>1</v>
+      </c>
+      <c r="O583" s="1">
+        <v>8</v>
+      </c>
+      <c r="P583" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q583" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="584" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A584">
+        <v>583</v>
+      </c>
+      <c r="B584">
+        <v>6</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D584" t="s">
+        <v>869</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F584" t="s">
+        <v>1510</v>
+      </c>
+      <c r="G584" t="s">
+        <v>14</v>
+      </c>
+      <c r="H584" s="1">
+        <v>360</v>
+      </c>
+      <c r="I584" s="1">
+        <v>40</v>
+      </c>
+      <c r="J584" s="1">
+        <v>0</v>
+      </c>
+      <c r="K584" t="s">
+        <v>15</v>
+      </c>
+      <c r="L584" t="s">
+        <v>129</v>
+      </c>
+      <c r="M584" s="1">
+        <v>100</v>
+      </c>
+      <c r="N584" s="1">
+        <v>100</v>
+      </c>
+      <c r="O584" s="1">
+        <v>300</v>
+      </c>
+      <c r="P584" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q584" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="585" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A585">
+        <v>584</v>
+      </c>
+      <c r="B585">
+        <v>6</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D585" t="s">
+        <v>64</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F585" t="s">
+        <v>1512</v>
+      </c>
+      <c r="G585" t="s">
+        <v>14</v>
+      </c>
+      <c r="H585" s="1">
+        <v>360</v>
+      </c>
+      <c r="I585" s="1">
+        <v>90</v>
+      </c>
+      <c r="J585" s="1">
+        <v>0</v>
+      </c>
+      <c r="K585" t="s">
+        <v>15</v>
+      </c>
+      <c r="L585" t="s">
+        <v>79</v>
+      </c>
+      <c r="M585" s="1">
+        <v>550</v>
+      </c>
+      <c r="N585" s="1">
+        <v>150</v>
+      </c>
+      <c r="O585" s="1">
+        <v>300</v>
+      </c>
+      <c r="P585" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q585" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="586" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A586">
+        <v>585</v>
+      </c>
+      <c r="B586">
+        <v>6</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D586" t="s">
+        <v>64</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F586" t="s">
+        <v>1514</v>
+      </c>
+      <c r="G586" t="s">
+        <v>14</v>
+      </c>
+      <c r="H586" s="1">
+        <v>135</v>
+      </c>
+      <c r="I586" s="1">
+        <v>15</v>
+      </c>
+      <c r="J586" s="1">
+        <v>0</v>
+      </c>
+      <c r="K586" t="s">
+        <v>48</v>
+      </c>
+      <c r="L586" t="s">
+        <v>7</v>
+      </c>
+      <c r="M586" s="1">
+        <v>350</v>
+      </c>
+      <c r="N586" s="1">
+        <v>50</v>
+      </c>
+      <c r="O586" s="1">
+        <v>100</v>
+      </c>
+      <c r="P586" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q586" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="587" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A587">
+        <v>586</v>
+      </c>
+      <c r="B587">
+        <v>6</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D587" t="s">
+        <v>362</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F587" t="s">
+        <v>1516</v>
+      </c>
+      <c r="G587" t="s">
+        <v>14</v>
+      </c>
+      <c r="H587" s="1">
+        <v>90</v>
+      </c>
+      <c r="I587" s="1">
+        <v>10</v>
+      </c>
+      <c r="J587" s="1">
+        <v>0</v>
+      </c>
+      <c r="K587" t="s">
+        <v>48</v>
+      </c>
+      <c r="L587" t="s">
+        <v>24</v>
+      </c>
+      <c r="M587" s="1">
+        <v>120</v>
+      </c>
+      <c r="N587" s="1">
+        <v>20</v>
+      </c>
+      <c r="O587" s="1">
+        <v>80</v>
+      </c>
+      <c r="P587" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q587" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="588" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A588">
+        <v>587</v>
+      </c>
+      <c r="B588">
+        <v>6</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D588" t="s">
+        <v>362</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1517</v>
+      </c>
+      <c r="F588" t="s">
+        <v>1518</v>
+      </c>
+      <c r="G588" t="s">
+        <v>14</v>
+      </c>
+      <c r="H588" s="1">
+        <v>160</v>
+      </c>
+      <c r="I588" s="1">
+        <v>40</v>
+      </c>
+      <c r="J588" s="1">
+        <v>0</v>
+      </c>
+      <c r="K588" t="s">
+        <v>15</v>
+      </c>
+      <c r="L588" t="s">
+        <v>24</v>
+      </c>
+      <c r="M588" s="1">
+        <v>0</v>
+      </c>
+      <c r="N588" s="1">
+        <v>100</v>
+      </c>
+      <c r="O588" s="1">
+        <v>100</v>
+      </c>
+      <c r="P588" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q588" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="589" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A589">
+        <v>588</v>
+      </c>
+      <c r="B589">
+        <v>6</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D589" t="s">
+        <v>362</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1519</v>
+      </c>
+      <c r="F589" t="s">
+        <v>1520</v>
+      </c>
+      <c r="G589" t="s">
+        <v>14</v>
+      </c>
+      <c r="H589" s="1">
+        <v>560</v>
+      </c>
+      <c r="I589" s="1">
+        <v>140</v>
+      </c>
+      <c r="J589" s="1">
+        <v>0</v>
+      </c>
+      <c r="K589" t="s">
+        <v>15</v>
+      </c>
+      <c r="L589" t="s">
+        <v>7</v>
+      </c>
+      <c r="M589" s="1">
+        <v>0</v>
+      </c>
+      <c r="N589" s="1">
+        <v>200</v>
+      </c>
+      <c r="O589" s="1">
+        <v>600</v>
+      </c>
+      <c r="P589" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q589" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="590" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A590">
+        <v>589</v>
+      </c>
+      <c r="B590">
+        <v>6</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1522</v>
+      </c>
+      <c r="F590" t="s">
+        <v>1523</v>
+      </c>
+      <c r="G590" t="s">
+        <v>14</v>
+      </c>
+      <c r="H590" s="1">
+        <v>800</v>
+      </c>
+      <c r="I590" s="1">
+        <v>200</v>
+      </c>
+      <c r="J590" s="1">
+        <v>0</v>
+      </c>
+      <c r="K590" t="s">
+        <v>15</v>
+      </c>
+      <c r="L590" t="s">
+        <v>79</v>
+      </c>
+      <c r="M590" s="1">
+        <v>502</v>
+      </c>
+      <c r="N590" s="1">
+        <v>300</v>
+      </c>
+      <c r="O590" s="1">
+        <v>700</v>
+      </c>
+      <c r="P590" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q590" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="591" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A591">
+        <v>590</v>
+      </c>
+      <c r="B591">
+        <v>6</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1521</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1524</v>
+      </c>
+      <c r="F591" t="s">
+        <v>1525</v>
+      </c>
+      <c r="G591" t="s">
+        <v>14</v>
+      </c>
+      <c r="H591" s="1">
+        <v>16</v>
+      </c>
+      <c r="I591" s="1">
+        <v>4</v>
+      </c>
+      <c r="J591" s="1">
+        <v>0</v>
+      </c>
+      <c r="K591" t="s">
+        <v>15</v>
+      </c>
+      <c r="L591" t="s">
+        <v>24</v>
+      </c>
+      <c r="M591" s="1">
+        <v>5</v>
+      </c>
+      <c r="N591" s="1">
+        <v>5</v>
+      </c>
+      <c r="O591" s="1">
+        <v>15</v>
+      </c>
+      <c r="P591" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q591" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="592" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A592">
+        <v>591</v>
+      </c>
+      <c r="B592">
+        <v>6</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D592" t="s">
+        <v>959</v>
+      </c>
+      <c r="E592" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F592" t="s">
+        <v>1527</v>
+      </c>
+      <c r="G592" t="s">
+        <v>5</v>
+      </c>
+      <c r="H592" s="1">
+        <v>4</v>
+      </c>
+      <c r="I592" s="1">
+        <v>1</v>
+      </c>
+      <c r="J592" s="1">
+        <v>0</v>
+      </c>
+      <c r="K592" t="s">
+        <v>6</v>
+      </c>
+      <c r="L592" t="s">
+        <v>16</v>
+      </c>
+      <c r="M592" s="1">
+        <v>40</v>
+      </c>
+      <c r="N592" s="1">
+        <v>5</v>
+      </c>
+      <c r="O592" s="1">
+        <v>0</v>
+      </c>
+      <c r="P592" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q592" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="593" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A593">
+        <v>592</v>
+      </c>
+      <c r="B593">
+        <v>6</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1529</v>
+      </c>
+      <c r="F593" t="s">
+        <v>1530</v>
+      </c>
+      <c r="G593" t="s">
+        <v>5</v>
+      </c>
+      <c r="H593" s="1">
+        <v>8</v>
+      </c>
+      <c r="I593" s="1">
+        <v>2</v>
+      </c>
+      <c r="J593" s="1">
+        <v>0</v>
+      </c>
+      <c r="K593" t="s">
+        <v>6</v>
+      </c>
+      <c r="L593" t="s">
+        <v>24</v>
+      </c>
+      <c r="M593" s="1">
+        <v>40</v>
+      </c>
+      <c r="N593" s="1">
+        <v>10</v>
+      </c>
+      <c r="O593" s="1">
+        <v>0</v>
+      </c>
+      <c r="P593" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q593" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="594" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A594">
+        <v>593</v>
+      </c>
+      <c r="B594">
+        <v>6</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D594" t="s">
+        <v>308</v>
+      </c>
+      <c r="E594" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F594" t="s">
+        <v>1532</v>
+      </c>
+      <c r="G594" t="s">
+        <v>14</v>
+      </c>
+      <c r="H594" s="1">
+        <v>120</v>
+      </c>
+      <c r="I594" s="1">
+        <v>30</v>
+      </c>
+      <c r="J594" s="1">
+        <v>0</v>
+      </c>
+      <c r="K594" t="s">
+        <v>15</v>
+      </c>
+      <c r="L594" t="s">
+        <v>16</v>
+      </c>
+      <c r="M594" s="1">
+        <v>60</v>
+      </c>
+      <c r="N594" s="1">
+        <v>30</v>
+      </c>
+      <c r="O594" s="1">
+        <v>120</v>
+      </c>
+      <c r="P594" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q594" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="595" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A595">
+        <v>594</v>
+      </c>
+      <c r="B595">
+        <v>6</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1533</v>
+      </c>
+      <c r="E595" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F595" t="s">
+        <v>1535</v>
+      </c>
+      <c r="G595" t="s">
+        <v>14</v>
+      </c>
+      <c r="H595" s="1">
+        <v>8</v>
+      </c>
+      <c r="I595" s="1">
+        <v>2</v>
+      </c>
+      <c r="J595" s="1">
+        <v>0</v>
+      </c>
+      <c r="K595" t="s">
+        <v>15</v>
+      </c>
+      <c r="L595" t="s">
+        <v>31</v>
+      </c>
+      <c r="M595" s="1">
+        <v>2</v>
+      </c>
+      <c r="N595" s="1">
+        <v>2</v>
+      </c>
+      <c r="O595" s="1">
+        <v>8</v>
+      </c>
+      <c r="P595" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q595" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="596" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A596">
+        <v>595</v>
+      </c>
+      <c r="B596">
+        <v>6</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E596" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F596" t="s">
+        <v>1538</v>
+      </c>
+      <c r="G596" t="s">
+        <v>5</v>
+      </c>
+      <c r="H596" s="1">
+        <v>120</v>
+      </c>
+      <c r="I596" s="1">
+        <v>30</v>
+      </c>
+      <c r="J596" s="1">
+        <v>0</v>
+      </c>
+      <c r="K596" t="s">
+        <v>6</v>
+      </c>
+      <c r="L596" t="s">
+        <v>16</v>
+      </c>
+      <c r="M596" s="1">
+        <v>200</v>
+      </c>
+      <c r="N596" s="1">
+        <v>50</v>
+      </c>
+      <c r="O596" s="1">
+        <v>100</v>
+      </c>
+      <c r="P596" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q596" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="597" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A597">
+        <v>596</v>
+      </c>
+      <c r="B597">
+        <v>6</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D597" t="s">
+        <v>261</v>
+      </c>
+      <c r="E597" t="s">
+        <v>1539</v>
+      </c>
+      <c r="F597" t="s">
+        <v>1540</v>
+      </c>
+      <c r="G597" t="s">
+        <v>5</v>
+      </c>
+      <c r="H597" s="1">
+        <v>16</v>
+      </c>
+      <c r="I597" s="1">
+        <v>4</v>
+      </c>
+      <c r="J597" s="1">
+        <v>0</v>
+      </c>
+      <c r="K597" t="s">
+        <v>6</v>
+      </c>
+      <c r="L597" t="s">
+        <v>31</v>
+      </c>
+      <c r="M597" s="1">
+        <v>5</v>
+      </c>
+      <c r="N597" s="1">
+        <v>5</v>
+      </c>
+      <c r="O597" s="1">
+        <v>15</v>
+      </c>
+      <c r="P597" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q597" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="598" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A598">
+        <v>597</v>
+      </c>
+      <c r="B598">
+        <v>6</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D598" t="s">
+        <v>335</v>
+      </c>
+      <c r="E598" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F598" t="s">
+        <v>1542</v>
+      </c>
+      <c r="G598" t="s">
+        <v>5</v>
+      </c>
+      <c r="H598" s="1">
+        <v>800</v>
+      </c>
+      <c r="I598" s="1">
+        <v>200</v>
+      </c>
+      <c r="J598" s="1">
+        <v>0</v>
+      </c>
+      <c r="K598" t="s">
+        <v>6</v>
+      </c>
+      <c r="L598" t="s">
+        <v>523</v>
+      </c>
+      <c r="M598" s="1">
+        <v>4047</v>
+      </c>
+      <c r="N598" s="1">
+        <v>200</v>
+      </c>
+      <c r="O598" s="1">
+        <v>800</v>
+      </c>
+      <c r="P598" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q598" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="599" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A599">
+        <v>598</v>
+      </c>
+      <c r="B599">
+        <v>6</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D599" t="s">
+        <v>335</v>
+      </c>
+      <c r="E599" t="s">
+        <v>1543</v>
+      </c>
+      <c r="F599" t="s">
+        <v>1544</v>
+      </c>
+      <c r="G599" t="s">
+        <v>5</v>
+      </c>
+      <c r="H599" s="1">
+        <v>200</v>
+      </c>
+      <c r="I599" s="1">
+        <v>50</v>
+      </c>
+      <c r="J599" s="1">
+        <v>0</v>
+      </c>
+      <c r="K599" t="s">
+        <v>6</v>
+      </c>
+      <c r="L599" t="s">
+        <v>7</v>
+      </c>
+      <c r="M599" s="1">
+        <v>300</v>
+      </c>
+      <c r="N599" s="1">
+        <v>50</v>
+      </c>
+      <c r="O599" s="1">
+        <v>200</v>
+      </c>
+      <c r="P599" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q599" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="600" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A600">
+        <v>599</v>
+      </c>
+      <c r="B600">
+        <v>6</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D600" t="s">
+        <v>335</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F600" t="s">
+        <v>1546</v>
+      </c>
+      <c r="G600" t="s">
+        <v>5</v>
+      </c>
+      <c r="H600" s="1">
+        <v>208</v>
+      </c>
+      <c r="I600" s="1">
+        <v>52</v>
+      </c>
+      <c r="J600" s="1">
+        <v>0</v>
+      </c>
+      <c r="K600" t="s">
+        <v>6</v>
+      </c>
+      <c r="L600" t="s">
+        <v>7</v>
+      </c>
+      <c r="M600" s="1">
+        <v>540</v>
+      </c>
+      <c r="N600" s="1">
+        <v>100</v>
+      </c>
+      <c r="O600" s="1">
+        <v>160</v>
+      </c>
+      <c r="P600" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q600" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="601" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A601">
+        <v>600</v>
+      </c>
+      <c r="B601">
+        <v>6</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D601" t="s">
+        <v>335</v>
+      </c>
+      <c r="E601" t="s">
+        <v>1547</v>
+      </c>
+      <c r="F601" t="s">
+        <v>1548</v>
+      </c>
+      <c r="G601" t="s">
+        <v>14</v>
+      </c>
+      <c r="H601" s="1">
+        <v>153</v>
+      </c>
+      <c r="I601" s="1">
+        <v>17</v>
+      </c>
+      <c r="J601" s="1">
+        <v>0</v>
+      </c>
+      <c r="K601" t="s">
+        <v>48</v>
+      </c>
+      <c r="L601" t="s">
+        <v>74</v>
+      </c>
+      <c r="M601" s="1">
+        <v>0</v>
+      </c>
+      <c r="N601" s="1">
+        <v>50</v>
+      </c>
+      <c r="O601" s="1">
+        <v>120</v>
+      </c>
+      <c r="P601" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q601" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="602" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A602">
+        <v>601</v>
+      </c>
+      <c r="B602">
+        <v>6</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1549</v>
+      </c>
+      <c r="E602" t="s">
+        <v>1550</v>
+      </c>
+      <c r="F602" t="s">
+        <v>1551</v>
+      </c>
+      <c r="G602" t="s">
+        <v>14</v>
+      </c>
+      <c r="H602" s="1">
+        <v>585</v>
+      </c>
+      <c r="I602" s="1">
+        <v>65</v>
+      </c>
+      <c r="J602" s="1">
+        <v>0</v>
+      </c>
+      <c r="K602" t="s">
+        <v>48</v>
+      </c>
+      <c r="L602" t="s">
+        <v>523</v>
+      </c>
+      <c r="M602" s="1">
+        <v>500</v>
+      </c>
+      <c r="N602" s="1">
+        <v>500</v>
+      </c>
+      <c r="O602" s="1">
+        <v>150</v>
+      </c>
+      <c r="P602" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q602" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="603" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A603">
+        <v>602</v>
+      </c>
+      <c r="B603">
+        <v>6</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E603" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F603" t="s">
+        <v>1554</v>
+      </c>
+      <c r="G603" t="s">
+        <v>5</v>
+      </c>
+      <c r="H603" s="1">
+        <v>28</v>
+      </c>
+      <c r="I603" s="1">
+        <v>7</v>
+      </c>
+      <c r="J603" s="1">
+        <v>0</v>
+      </c>
+      <c r="K603" t="s">
+        <v>6</v>
+      </c>
+      <c r="L603" t="s">
+        <v>24</v>
+      </c>
+      <c r="M603" s="1">
+        <v>0</v>
+      </c>
+      <c r="N603" s="1">
+        <v>10</v>
+      </c>
+      <c r="O603" s="1">
+        <v>25</v>
+      </c>
+      <c r="P603" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q603" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="604" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A604">
+        <v>603</v>
+      </c>
+      <c r="B604">
+        <v>6</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F604" t="s">
+        <v>1556</v>
+      </c>
+      <c r="G604" t="s">
+        <v>5</v>
+      </c>
+      <c r="H604" s="1">
+        <v>80</v>
+      </c>
+      <c r="I604" s="1">
+        <v>20</v>
+      </c>
+      <c r="J604" s="1">
+        <v>0</v>
+      </c>
+      <c r="K604" t="s">
+        <v>6</v>
+      </c>
+      <c r="L604" t="s">
+        <v>79</v>
+      </c>
+      <c r="M604" s="1">
+        <v>80</v>
+      </c>
+      <c r="N604" s="1">
+        <v>20</v>
+      </c>
+      <c r="O604" s="1">
+        <v>80</v>
+      </c>
+      <c r="P604" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q604" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="605" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A605">
+        <v>604</v>
+      </c>
+      <c r="B605">
+        <v>6</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E605" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F605" t="s">
+        <v>1558</v>
+      </c>
+      <c r="G605" t="s">
+        <v>5</v>
+      </c>
+      <c r="H605" s="1">
+        <v>18</v>
+      </c>
+      <c r="I605" s="1">
+        <v>5</v>
+      </c>
+      <c r="J605" s="1">
+        <v>0</v>
+      </c>
+      <c r="K605" t="s">
+        <v>6</v>
+      </c>
+      <c r="L605" t="s">
+        <v>74</v>
+      </c>
+      <c r="M605" s="1">
+        <v>5</v>
+      </c>
+      <c r="N605" s="1">
+        <v>5</v>
+      </c>
+      <c r="O605" s="1">
+        <v>18</v>
+      </c>
+      <c r="P605" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q605" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="606" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A606">
+        <v>605</v>
+      </c>
+      <c r="B606">
+        <v>6</v>
+      </c>
+      <c r="C606" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E606" t="s">
+        <v>1559</v>
+      </c>
+      <c r="F606" t="s">
+        <v>1560</v>
+      </c>
+      <c r="G606" t="s">
+        <v>14</v>
+      </c>
+      <c r="H606" s="1">
+        <v>5</v>
+      </c>
+      <c r="I606" s="1">
+        <v>1</v>
+      </c>
+      <c r="J606" s="1">
+        <v>0</v>
+      </c>
+      <c r="K606" t="s">
+        <v>15</v>
+      </c>
+      <c r="L606" t="s">
+        <v>79</v>
+      </c>
+      <c r="M606" s="1">
+        <v>18</v>
+      </c>
+      <c r="N606" s="1">
+        <v>2</v>
+      </c>
+      <c r="O606" s="1">
+        <v>4</v>
+      </c>
+      <c r="P606" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q606" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="607" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A607">
+        <v>606</v>
+      </c>
+      <c r="B607">
+        <v>6</v>
+      </c>
+      <c r="C607" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E607" t="s">
+        <v>1561</v>
+      </c>
+      <c r="F607" t="s">
+        <v>1562</v>
+      </c>
+      <c r="G607" t="s">
+        <v>14</v>
+      </c>
+      <c r="H607" s="1">
+        <v>6</v>
+      </c>
+      <c r="I607" s="1">
+        <v>2</v>
+      </c>
+      <c r="J607" s="1">
+        <v>0</v>
+      </c>
+      <c r="K607" t="s">
+        <v>15</v>
+      </c>
+      <c r="L607" t="s">
+        <v>24</v>
+      </c>
+      <c r="M607" s="1">
+        <v>2</v>
+      </c>
+      <c r="N607" s="1">
+        <v>2</v>
+      </c>
+      <c r="O607" s="1">
+        <v>6</v>
+      </c>
+      <c r="P607" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q607" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="608" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A608">
+        <v>607</v>
+      </c>
+      <c r="B608">
+        <v>6</v>
+      </c>
+      <c r="C608" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E608" t="s">
+        <v>1563</v>
+      </c>
+      <c r="F608" t="s">
+        <v>1564</v>
+      </c>
+      <c r="G608" t="s">
+        <v>14</v>
+      </c>
+      <c r="H608" s="1">
+        <v>400</v>
+      </c>
+      <c r="I608" s="1">
+        <v>100</v>
+      </c>
+      <c r="J608" s="1">
+        <v>0</v>
+      </c>
+      <c r="K608" t="s">
+        <v>15</v>
+      </c>
+      <c r="L608" t="s">
+        <v>7</v>
+      </c>
+      <c r="M608" s="1">
+        <v>0</v>
+      </c>
+      <c r="N608" s="1">
+        <v>100</v>
+      </c>
+      <c r="O608" s="1">
+        <v>400</v>
+      </c>
+      <c r="P608" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q608" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="609" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A609">
+        <v>608</v>
+      </c>
+      <c r="B609">
+        <v>6</v>
+      </c>
+      <c r="C609" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E609" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F609" t="s">
+        <v>1566</v>
+      </c>
+      <c r="G609" t="s">
+        <v>14</v>
+      </c>
+      <c r="H609" s="1">
+        <v>125</v>
+      </c>
+      <c r="I609" s="1">
+        <v>31</v>
+      </c>
+      <c r="J609" s="1">
+        <v>0</v>
+      </c>
+      <c r="K609" t="s">
+        <v>236</v>
+      </c>
+      <c r="L609" t="s">
+        <v>74</v>
+      </c>
+      <c r="M609" s="1">
+        <v>0</v>
+      </c>
+      <c r="N609" s="1">
+        <v>100</v>
+      </c>
+      <c r="O609" s="1">
+        <v>58</v>
+      </c>
+      <c r="P609" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q609" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="610" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A610">
+        <v>609</v>
+      </c>
+      <c r="B610">
+        <v>6</v>
+      </c>
+      <c r="C610" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E610" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F610" t="s">
+        <v>1568</v>
+      </c>
+      <c r="G610" t="s">
+        <v>14</v>
+      </c>
+      <c r="H610" s="1">
+        <v>200</v>
+      </c>
+      <c r="I610" s="1">
+        <v>50</v>
+      </c>
+      <c r="J610" s="1">
+        <v>0</v>
+      </c>
+      <c r="K610" t="s">
+        <v>15</v>
+      </c>
+      <c r="L610" t="s">
+        <v>79</v>
+      </c>
+      <c r="M610" s="1">
+        <v>100</v>
+      </c>
+      <c r="N610" s="1">
+        <v>50</v>
+      </c>
+      <c r="O610" s="1">
+        <v>200</v>
+      </c>
+      <c r="P610" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q610" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="611" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A611">
+        <v>610</v>
+      </c>
+      <c r="B611">
+        <v>6</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E611" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F611" t="s">
+        <v>1570</v>
+      </c>
+      <c r="G611" t="s">
+        <v>14</v>
+      </c>
+      <c r="H611" s="1">
+        <v>4</v>
+      </c>
+      <c r="I611" s="1">
+        <v>1</v>
+      </c>
+      <c r="J611" s="1">
+        <v>0</v>
+      </c>
+      <c r="K611" t="s">
+        <v>15</v>
+      </c>
+      <c r="L611" t="s">
+        <v>16</v>
+      </c>
+      <c r="M611" s="1">
+        <v>85</v>
+      </c>
+      <c r="N611" s="1">
+        <v>5</v>
+      </c>
+      <c r="O611" s="1">
+        <v>0</v>
+      </c>
+      <c r="P611" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q611" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="612" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A612">
+        <v>611</v>
+      </c>
+      <c r="B612">
+        <v>6</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E612" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F612" t="s">
+        <v>1572</v>
+      </c>
+      <c r="G612" t="s">
+        <v>14</v>
+      </c>
+      <c r="H612" s="1">
+        <v>200</v>
+      </c>
+      <c r="I612" s="1">
+        <v>50</v>
+      </c>
+      <c r="J612" s="1">
+        <v>0</v>
+      </c>
+      <c r="K612" t="s">
+        <v>15</v>
+      </c>
+      <c r="L612" t="s">
+        <v>282</v>
+      </c>
+      <c r="M612" s="1">
+        <v>512</v>
+      </c>
+      <c r="N612" s="1">
+        <v>50</v>
+      </c>
+      <c r="O612" s="1">
+        <v>200</v>
+      </c>
+      <c r="P612" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q612" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="613" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A613">
+        <v>612</v>
+      </c>
+      <c r="B613">
+        <v>6</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E613" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F613" t="s">
+        <v>1574</v>
+      </c>
+      <c r="G613" t="s">
+        <v>5</v>
+      </c>
+      <c r="H613" s="1">
+        <v>16</v>
+      </c>
+      <c r="I613" s="1">
+        <v>4</v>
+      </c>
+      <c r="J613" s="1">
+        <v>0</v>
+      </c>
+      <c r="K613" t="s">
+        <v>6</v>
+      </c>
+      <c r="L613" t="s">
+        <v>24</v>
+      </c>
+      <c r="M613" s="1">
+        <v>20</v>
+      </c>
+      <c r="N613" s="1">
+        <v>5</v>
+      </c>
+      <c r="O613" s="1">
+        <v>15</v>
+      </c>
+      <c r="P613" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q613" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="614" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A614">
+        <v>613</v>
+      </c>
+      <c r="B614">
+        <v>6</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E614" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F614" t="s">
+        <v>1576</v>
+      </c>
+      <c r="G614" t="s">
+        <v>14</v>
+      </c>
+      <c r="H614" s="1">
+        <v>24</v>
+      </c>
+      <c r="I614" s="1">
+        <v>6</v>
+      </c>
+      <c r="J614" s="1">
+        <v>0</v>
+      </c>
+      <c r="K614" t="s">
+        <v>15</v>
+      </c>
+      <c r="L614" t="s">
+        <v>24</v>
+      </c>
+      <c r="M614" s="1">
+        <v>160</v>
+      </c>
+      <c r="N614" s="1">
+        <v>10</v>
+      </c>
+      <c r="O614" s="1">
+        <v>20</v>
+      </c>
+      <c r="P614" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q614" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="615" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A615">
+        <v>614</v>
+      </c>
+      <c r="B615">
+        <v>6</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E615" t="s">
+        <v>1577</v>
+      </c>
+      <c r="F615" t="s">
+        <v>1578</v>
+      </c>
+      <c r="G615" t="s">
+        <v>14</v>
+      </c>
+      <c r="H615" s="1">
+        <v>15</v>
+      </c>
+      <c r="I615" s="1">
+        <v>4</v>
+      </c>
+      <c r="J615" s="1">
+        <v>0</v>
+      </c>
+      <c r="K615" t="s">
+        <v>15</v>
+      </c>
+      <c r="L615" t="s">
+        <v>31</v>
+      </c>
+      <c r="M615" s="1">
+        <v>3</v>
+      </c>
+      <c r="N615" s="1">
+        <v>5</v>
+      </c>
+      <c r="O615" s="1">
+        <v>14</v>
+      </c>
+      <c r="P615" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q615" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="616" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A616">
+        <v>615</v>
+      </c>
+      <c r="B616">
+        <v>6</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E616" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F616" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G616" t="s">
+        <v>14</v>
+      </c>
+      <c r="H616" s="1">
+        <v>16</v>
+      </c>
+      <c r="I616" s="1">
+        <v>4</v>
+      </c>
+      <c r="J616" s="1">
+        <v>0</v>
+      </c>
+      <c r="K616" t="s">
+        <v>15</v>
+      </c>
+      <c r="L616" t="s">
+        <v>74</v>
+      </c>
+      <c r="M616" s="1">
+        <v>5</v>
+      </c>
+      <c r="N616" s="1">
+        <v>5</v>
+      </c>
+      <c r="O616" s="1">
+        <v>15</v>
+      </c>
+      <c r="P616" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q616" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="617" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A617">
+        <v>616</v>
+      </c>
+      <c r="B617">
+        <v>6</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E617" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F617" t="s">
+        <v>1582</v>
+      </c>
+      <c r="G617" t="s">
+        <v>14</v>
+      </c>
+      <c r="H617" s="1">
+        <v>32</v>
+      </c>
+      <c r="I617" s="1">
+        <v>8</v>
+      </c>
+      <c r="J617" s="1">
+        <v>0</v>
+      </c>
+      <c r="K617" t="s">
+        <v>15</v>
+      </c>
+      <c r="L617" t="s">
+        <v>24</v>
+      </c>
+      <c r="M617" s="1">
+        <v>10</v>
+      </c>
+      <c r="N617" s="1">
+        <v>10</v>
+      </c>
+      <c r="O617" s="1">
+        <v>30</v>
+      </c>
+      <c r="P617" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q617" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="618" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A618">
+        <v>617</v>
+      </c>
+      <c r="B618">
+        <v>6</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E618" t="s">
+        <v>1583</v>
+      </c>
+      <c r="F618" t="s">
+        <v>1584</v>
+      </c>
+      <c r="G618" t="s">
+        <v>14</v>
+      </c>
+      <c r="H618" s="1">
+        <v>5</v>
+      </c>
+      <c r="I618" s="1">
+        <v>1</v>
+      </c>
+      <c r="J618" s="1">
+        <v>0</v>
+      </c>
+      <c r="K618" t="s">
+        <v>15</v>
+      </c>
+      <c r="L618" t="s">
+        <v>24</v>
+      </c>
+      <c r="M618" s="1">
+        <v>2</v>
+      </c>
+      <c r="N618" s="1">
+        <v>2</v>
+      </c>
+      <c r="O618" s="1">
+        <v>4</v>
+      </c>
+      <c r="P618" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q618" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="619" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A619">
+        <v>618</v>
+      </c>
+      <c r="B619">
+        <v>6</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D619" t="s">
+        <v>464</v>
+      </c>
+      <c r="E619" t="s">
+        <v>1585</v>
+      </c>
+      <c r="F619" t="s">
+        <v>1586</v>
+      </c>
+      <c r="G619" t="s">
+        <v>14</v>
+      </c>
+      <c r="H619" s="1">
+        <v>32</v>
+      </c>
+      <c r="I619" s="1">
+        <v>8</v>
+      </c>
+      <c r="J619" s="1">
+        <v>0</v>
+      </c>
+      <c r="K619" t="s">
+        <v>15</v>
+      </c>
+      <c r="L619" t="s">
+        <v>31</v>
+      </c>
+      <c r="M619" s="1">
+        <v>0</v>
+      </c>
+      <c r="N619" s="1">
+        <v>10</v>
+      </c>
+      <c r="O619" s="1">
+        <v>30</v>
+      </c>
+      <c r="P619" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q619" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="620" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A620">
+        <v>619</v>
+      </c>
+      <c r="B620">
+        <v>6</v>
+      </c>
+      <c r="C620" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D620" t="s">
+        <v>467</v>
+      </c>
+      <c r="E620" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F620" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G620" t="s">
+        <v>14</v>
+      </c>
+      <c r="H620" s="1">
+        <v>3</v>
+      </c>
+      <c r="I620" s="1">
+        <v>1</v>
+      </c>
+      <c r="J620" s="1">
+        <v>0</v>
+      </c>
+      <c r="K620" t="s">
+        <v>15</v>
+      </c>
+      <c r="L620" t="s">
+        <v>74</v>
+      </c>
+      <c r="M620" s="1">
+        <v>116</v>
+      </c>
+      <c r="N620" s="1">
+        <v>4</v>
+      </c>
+      <c r="O620" s="1">
+        <v>0</v>
+      </c>
+      <c r="P620" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q620" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="621" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A621">
+        <v>620</v>
+      </c>
+      <c r="B621">
+        <v>6</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D621" t="s">
+        <v>467</v>
+      </c>
+      <c r="E621" t="s">
+        <v>1589</v>
+      </c>
+      <c r="F621" t="s">
+        <v>1590</v>
+      </c>
+      <c r="G621" t="s">
+        <v>14</v>
+      </c>
+      <c r="H621" s="1">
+        <v>288</v>
+      </c>
+      <c r="I621" s="1">
+        <v>72</v>
+      </c>
+      <c r="J621" s="1">
+        <v>0</v>
+      </c>
+      <c r="K621" t="s">
+        <v>15</v>
+      </c>
+      <c r="L621" t="s">
+        <v>16</v>
+      </c>
+      <c r="M621" s="1">
+        <v>170</v>
+      </c>
+      <c r="N621" s="1">
+        <v>320</v>
+      </c>
+      <c r="O621" s="1">
+        <v>40</v>
+      </c>
+      <c r="P621" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q621" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="622" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A622">
+        <v>621</v>
+      </c>
+      <c r="B622">
+        <v>6</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D622" t="s">
+        <v>467</v>
+      </c>
+      <c r="E622" t="s">
+        <v>1591</v>
+      </c>
+      <c r="F622" t="s">
+        <v>1592</v>
+      </c>
+      <c r="G622" t="s">
+        <v>14</v>
+      </c>
+      <c r="H622" s="1">
+        <v>12</v>
+      </c>
+      <c r="I622" s="1">
+        <v>3</v>
+      </c>
+      <c r="J622" s="1">
+        <v>0</v>
+      </c>
+      <c r="K622" t="s">
+        <v>15</v>
+      </c>
+      <c r="L622" t="s">
+        <v>24</v>
+      </c>
+      <c r="M622" s="1">
+        <v>5</v>
+      </c>
+      <c r="N622" s="1">
+        <v>5</v>
+      </c>
+      <c r="O622" s="1">
+        <v>10</v>
+      </c>
+      <c r="P622" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q622" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="623" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A623">
+        <v>622</v>
+      </c>
+      <c r="B623">
+        <v>6</v>
+      </c>
+      <c r="C623" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D623" t="s">
+        <v>261</v>
+      </c>
+      <c r="E623" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F623" t="s">
+        <v>1594</v>
+      </c>
+      <c r="G623" t="s">
+        <v>5</v>
+      </c>
+      <c r="H623" s="1">
+        <v>16</v>
+      </c>
+      <c r="I623" s="1">
+        <v>4</v>
+      </c>
+      <c r="J623" s="1">
+        <v>0</v>
+      </c>
+      <c r="K623" t="s">
+        <v>6</v>
+      </c>
+      <c r="L623" t="s">
+        <v>74</v>
+      </c>
+      <c r="M623" s="1">
+        <v>5</v>
+      </c>
+      <c r="N623" s="1">
+        <v>5</v>
+      </c>
+      <c r="O623" s="1">
+        <v>15</v>
+      </c>
+      <c r="P623" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q623" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="624" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A624">
+        <v>623</v>
+      </c>
+      <c r="B624">
+        <v>6</v>
+      </c>
+      <c r="C624" t="s">
+        <v>95</v>
+      </c>
+      <c r="D624" t="s">
+        <v>96</v>
+      </c>
+      <c r="E624" t="s">
+        <v>1595</v>
+      </c>
+      <c r="F624" t="s">
+        <v>1596</v>
+      </c>
+      <c r="G624" t="s">
+        <v>5</v>
+      </c>
+      <c r="H624" s="1">
+        <v>120</v>
+      </c>
+      <c r="I624" s="1">
+        <v>30</v>
+      </c>
+      <c r="J624" s="1">
+        <v>0</v>
+      </c>
+      <c r="K624" t="s">
+        <v>6</v>
+      </c>
+      <c r="L624" t="s">
+        <v>24</v>
+      </c>
+      <c r="M624" s="1">
+        <v>200</v>
+      </c>
+      <c r="N624" s="1">
+        <v>50</v>
+      </c>
+      <c r="O624" s="1">
+        <v>100</v>
+      </c>
+      <c r="P624" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q624" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="625" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A625">
+        <v>624</v>
+      </c>
+      <c r="B625">
+        <v>6</v>
+      </c>
+      <c r="C625" t="s">
+        <v>95</v>
+      </c>
+      <c r="D625" t="s">
+        <v>96</v>
+      </c>
+      <c r="E625" t="s">
+        <v>1597</v>
+      </c>
+      <c r="F625" t="s">
+        <v>1598</v>
+      </c>
+      <c r="G625" t="s">
+        <v>5</v>
+      </c>
+      <c r="H625" s="1">
+        <v>120</v>
+      </c>
+      <c r="I625" s="1">
+        <v>30</v>
+      </c>
+      <c r="J625" s="1">
+        <v>0</v>
+      </c>
+      <c r="K625" t="s">
+        <v>6</v>
+      </c>
+      <c r="L625" t="s">
+        <v>74</v>
+      </c>
+      <c r="M625" s="1">
+        <v>60</v>
+      </c>
+      <c r="N625" s="1">
+        <v>30</v>
+      </c>
+      <c r="O625" s="1">
+        <v>120</v>
+      </c>
+      <c r="P625" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q625" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="626" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A626">
+        <v>625</v>
+      </c>
+      <c r="B626">
+        <v>6</v>
+      </c>
+      <c r="C626" t="s">
+        <v>95</v>
+      </c>
+      <c r="D626" t="s">
+        <v>96</v>
+      </c>
+      <c r="E626" t="s">
+        <v>1599</v>
+      </c>
+      <c r="F626" t="s">
+        <v>1600</v>
+      </c>
+      <c r="G626" t="s">
+        <v>14</v>
+      </c>
+      <c r="H626" s="1">
+        <v>160</v>
+      </c>
+      <c r="I626" s="1">
+        <v>40</v>
+      </c>
+      <c r="J626" s="1">
+        <v>0</v>
+      </c>
+      <c r="K626" t="s">
+        <v>15</v>
+      </c>
+      <c r="L626" t="s">
+        <v>44</v>
+      </c>
+      <c r="M626" s="1">
+        <v>650</v>
+      </c>
+      <c r="N626" s="1">
+        <v>50</v>
+      </c>
+      <c r="O626" s="1">
+        <v>150</v>
+      </c>
+      <c r="P626" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q626" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="627" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A627">
+        <v>626</v>
+      </c>
+      <c r="B627">
+        <v>6</v>
+      </c>
+      <c r="C627" t="s">
+        <v>95</v>
+      </c>
+      <c r="D627" t="s">
+        <v>96</v>
+      </c>
+      <c r="E627" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F627" t="s">
+        <v>1602</v>
+      </c>
+      <c r="G627" t="s">
+        <v>14</v>
+      </c>
+      <c r="H627" s="1">
+        <v>160</v>
+      </c>
+      <c r="I627" s="1">
+        <v>40</v>
+      </c>
+      <c r="J627" s="1">
+        <v>0</v>
+      </c>
+      <c r="K627" t="s">
+        <v>15</v>
+      </c>
+      <c r="L627" t="s">
+        <v>44</v>
+      </c>
+      <c r="M627" s="1">
+        <v>100</v>
+      </c>
+      <c r="N627" s="1">
+        <v>50</v>
+      </c>
+      <c r="O627" s="1">
+        <v>150</v>
+      </c>
+      <c r="P627" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q627" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="628" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A628">
+        <v>627</v>
+      </c>
+      <c r="B628">
+        <v>6</v>
+      </c>
+      <c r="C628" t="s">
+        <v>95</v>
+      </c>
+      <c r="D628" t="s">
+        <v>96</v>
+      </c>
+      <c r="E628" t="s">
+        <v>1603</v>
+      </c>
+      <c r="F628" t="s">
+        <v>1604</v>
+      </c>
+      <c r="G628" t="s">
+        <v>5</v>
+      </c>
+      <c r="H628" s="1">
+        <v>64</v>
+      </c>
+      <c r="I628" s="1">
+        <v>16</v>
+      </c>
+      <c r="J628" s="1">
+        <v>0</v>
+      </c>
+      <c r="K628" t="s">
+        <v>6</v>
+      </c>
+      <c r="L628" t="s">
+        <v>44</v>
+      </c>
+      <c r="M628" s="1">
+        <v>20</v>
+      </c>
+      <c r="N628" s="1">
+        <v>20</v>
+      </c>
+      <c r="O628" s="1">
+        <v>60</v>
+      </c>
+      <c r="P628" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q628" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="629" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A629">
+        <v>628</v>
+      </c>
+      <c r="B629">
+        <v>6</v>
+      </c>
+      <c r="C629" t="s">
+        <v>95</v>
+      </c>
+      <c r="D629" t="s">
+        <v>96</v>
+      </c>
+      <c r="E629" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F629" t="s">
+        <v>1606</v>
+      </c>
+      <c r="G629" t="s">
+        <v>5</v>
+      </c>
+      <c r="H629" s="1">
+        <v>32</v>
+      </c>
+      <c r="I629" s="1">
+        <v>8</v>
+      </c>
+      <c r="J629" s="1">
+        <v>0</v>
+      </c>
+      <c r="K629" t="s">
+        <v>6</v>
+      </c>
+      <c r="L629" t="s">
+        <v>31</v>
+      </c>
+      <c r="M629" s="1">
+        <v>10</v>
+      </c>
+      <c r="N629" s="1">
+        <v>10</v>
+      </c>
+      <c r="O629" s="1">
+        <v>30</v>
+      </c>
+      <c r="P629" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q629" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="630" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A630">
+        <v>629</v>
+      </c>
+      <c r="B630">
+        <v>6</v>
+      </c>
+      <c r="C630" t="s">
+        <v>95</v>
+      </c>
+      <c r="D630" t="s">
+        <v>96</v>
+      </c>
+      <c r="E630" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F630" t="s">
+        <v>1608</v>
+      </c>
+      <c r="G630" t="s">
+        <v>5</v>
+      </c>
+      <c r="H630" s="1">
+        <v>32</v>
+      </c>
+      <c r="I630" s="1">
+        <v>8</v>
+      </c>
+      <c r="J630" s="1">
+        <v>0</v>
+      </c>
+      <c r="K630" t="s">
+        <v>6</v>
+      </c>
+      <c r="L630" t="s">
+        <v>74</v>
+      </c>
+      <c r="M630" s="1">
+        <v>10</v>
+      </c>
+      <c r="N630" s="1">
+        <v>10</v>
+      </c>
+      <c r="O630" s="1">
+        <v>30</v>
+      </c>
+      <c r="P630" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q630" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="631" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A631">
+        <v>630</v>
+      </c>
+      <c r="B631">
+        <v>6</v>
+      </c>
+      <c r="C631" t="s">
+        <v>95</v>
+      </c>
+      <c r="D631" t="s">
+        <v>96</v>
+      </c>
+      <c r="E631" t="s">
+        <v>1609</v>
+      </c>
+      <c r="F631" t="s">
+        <v>1610</v>
+      </c>
+      <c r="G631" t="s">
+        <v>14</v>
+      </c>
+      <c r="H631" s="1">
+        <v>32</v>
+      </c>
+      <c r="I631" s="1">
+        <v>8</v>
+      </c>
+      <c r="J631" s="1">
+        <v>0</v>
+      </c>
+      <c r="K631" t="s">
+        <v>15</v>
+      </c>
+      <c r="L631" t="s">
+        <v>74</v>
+      </c>
+      <c r="M631" s="1">
+        <v>10</v>
+      </c>
+      <c r="N631" s="1">
+        <v>10</v>
+      </c>
+      <c r="O631" s="1">
+        <v>30</v>
+      </c>
+      <c r="P631" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q631" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="632" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A632">
+        <v>631</v>
+      </c>
+      <c r="B632">
+        <v>6</v>
+      </c>
+      <c r="C632" t="s">
+        <v>95</v>
+      </c>
+      <c r="D632" t="s">
+        <v>96</v>
+      </c>
+      <c r="E632" t="s">
+        <v>1611</v>
+      </c>
+      <c r="F632" t="s">
+        <v>1612</v>
+      </c>
+      <c r="G632" t="s">
+        <v>14</v>
+      </c>
+      <c r="H632" s="1">
+        <v>32</v>
+      </c>
+      <c r="I632" s="1">
+        <v>8</v>
+      </c>
+      <c r="J632" s="1">
+        <v>0</v>
+      </c>
+      <c r="K632" t="s">
+        <v>15</v>
+      </c>
+      <c r="L632" t="s">
+        <v>74</v>
+      </c>
+      <c r="M632" s="1">
+        <v>10</v>
+      </c>
+      <c r="N632" s="1">
+        <v>10</v>
+      </c>
+      <c r="O632" s="1">
+        <v>30</v>
+      </c>
+      <c r="P632" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q632" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="633" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A633">
+        <v>632</v>
+      </c>
+      <c r="B633">
+        <v>6</v>
+      </c>
+      <c r="C633" t="s">
+        <v>95</v>
+      </c>
+      <c r="D633" t="s">
+        <v>96</v>
+      </c>
+      <c r="E633" t="s">
+        <v>1613</v>
+      </c>
+      <c r="F633" t="s">
+        <v>1614</v>
+      </c>
+      <c r="G633" t="s">
+        <v>14</v>
+      </c>
+      <c r="H633" s="1">
+        <v>72</v>
+      </c>
+      <c r="I633" s="1">
+        <v>8</v>
+      </c>
+      <c r="J633" s="1">
+        <v>0</v>
+      </c>
+      <c r="K633" t="s">
+        <v>48</v>
+      </c>
+      <c r="L633" t="s">
+        <v>74</v>
+      </c>
+      <c r="M633" s="1">
+        <v>20</v>
+      </c>
+      <c r="N633" s="1">
+        <v>20</v>
+      </c>
+      <c r="O633" s="1">
+        <v>60</v>
+      </c>
+      <c r="P633" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q633" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="634" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A634">
+        <v>633</v>
+      </c>
+      <c r="B634">
+        <v>6</v>
+      </c>
+      <c r="C634" t="s">
+        <v>95</v>
+      </c>
+      <c r="D634" t="s">
+        <v>96</v>
+      </c>
+      <c r="E634" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F634" t="s">
+        <v>1616</v>
+      </c>
+      <c r="G634" t="s">
+        <v>14</v>
+      </c>
+      <c r="H634" s="1">
+        <v>64</v>
+      </c>
+      <c r="I634" s="1">
+        <v>16</v>
+      </c>
+      <c r="J634" s="1">
+        <v>0</v>
+      </c>
+      <c r="K634" t="s">
+        <v>15</v>
+      </c>
+      <c r="L634" t="s">
+        <v>74</v>
+      </c>
+      <c r="M634" s="1">
+        <v>20</v>
+      </c>
+      <c r="N634" s="1">
+        <v>20</v>
+      </c>
+      <c r="O634" s="1">
+        <v>60</v>
+      </c>
+      <c r="P634" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q634" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="635" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A635">
+        <v>634</v>
+      </c>
+      <c r="B635">
+        <v>6</v>
+      </c>
+      <c r="C635" t="s">
+        <v>95</v>
+      </c>
+      <c r="D635" t="s">
+        <v>96</v>
+      </c>
+      <c r="E635" t="s">
+        <v>1617</v>
+      </c>
+      <c r="F635" t="s">
+        <v>1618</v>
+      </c>
+      <c r="G635" t="s">
+        <v>5</v>
+      </c>
+      <c r="H635" s="1">
+        <v>32</v>
+      </c>
+      <c r="I635" s="1">
+        <v>8</v>
+      </c>
+      <c r="J635" s="1">
+        <v>0</v>
+      </c>
+      <c r="K635" t="s">
+        <v>6</v>
+      </c>
+      <c r="L635" t="s">
+        <v>74</v>
+      </c>
+      <c r="M635" s="1">
+        <v>10</v>
+      </c>
+      <c r="N635" s="1">
+        <v>10</v>
+      </c>
+      <c r="O635" s="1">
+        <v>30</v>
+      </c>
+      <c r="P635" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q635" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="636" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A636">
+        <v>635</v>
+      </c>
+      <c r="B636">
+        <v>6</v>
+      </c>
+      <c r="C636" t="s">
+        <v>95</v>
+      </c>
+      <c r="D636" t="s">
+        <v>96</v>
+      </c>
+      <c r="E636" t="s">
+        <v>1619</v>
+      </c>
+      <c r="F636" t="s">
+        <v>1620</v>
+      </c>
+      <c r="G636" t="s">
+        <v>14</v>
+      </c>
+      <c r="H636" s="1">
+        <v>0</v>
+      </c>
+      <c r="I636" s="1">
+        <v>40</v>
+      </c>
+      <c r="J636" s="1">
+        <v>0</v>
+      </c>
+      <c r="K636" t="s">
+        <v>0</v>
+      </c>
+      <c r="L636" t="s">
+        <v>44</v>
+      </c>
+      <c r="M636" s="1">
+        <v>10</v>
+      </c>
+      <c r="N636" s="1">
+        <v>10</v>
+      </c>
+      <c r="O636" s="1">
+        <v>30</v>
+      </c>
+      <c r="P636" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q636" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="637" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A637">
+        <v>636</v>
+      </c>
+      <c r="B637">
+        <v>6</v>
+      </c>
+      <c r="C637" t="s">
+        <v>95</v>
+      </c>
+      <c r="D637" t="s">
+        <v>96</v>
+      </c>
+      <c r="E637" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F637" t="s">
+        <v>1622</v>
+      </c>
+      <c r="G637" t="s">
+        <v>5</v>
+      </c>
+      <c r="H637" s="1">
+        <v>16</v>
+      </c>
+      <c r="I637" s="1">
+        <v>4</v>
+      </c>
+      <c r="J637" s="1">
+        <v>0</v>
+      </c>
+      <c r="K637" t="s">
+        <v>6</v>
+      </c>
+      <c r="L637" t="s">
+        <v>24</v>
+      </c>
+      <c r="M637" s="1">
+        <v>5</v>
+      </c>
+      <c r="N637" s="1">
+        <v>5</v>
+      </c>
+      <c r="O637" s="1">
+        <v>15</v>
+      </c>
+      <c r="P637" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q637" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="638" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A638">
+        <v>637</v>
+      </c>
+      <c r="B638">
+        <v>6</v>
+      </c>
+      <c r="C638" t="s">
+        <v>95</v>
+      </c>
+      <c r="D638" t="s">
+        <v>96</v>
+      </c>
+      <c r="E638" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F638" t="s">
+        <v>1624</v>
+      </c>
+      <c r="G638" t="s">
+        <v>5</v>
+      </c>
+      <c r="H638" s="1">
+        <v>60</v>
+      </c>
+      <c r="I638" s="1">
+        <v>15</v>
+      </c>
+      <c r="J638" s="1">
+        <v>0</v>
+      </c>
+      <c r="K638" t="s">
+        <v>6</v>
+      </c>
+      <c r="L638" t="s">
+        <v>44</v>
+      </c>
+      <c r="M638" s="1">
+        <v>15</v>
+      </c>
+      <c r="N638" s="1">
+        <v>15</v>
+      </c>
+      <c r="O638" s="1">
+        <v>60</v>
+      </c>
+      <c r="P638" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q638" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="639" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A639">
+        <v>638</v>
+      </c>
+      <c r="B639">
+        <v>6</v>
+      </c>
+      <c r="C639" t="s">
+        <v>95</v>
+      </c>
+      <c r="D639" t="s">
+        <v>96</v>
+      </c>
+      <c r="E639" t="s">
+        <v>1625</v>
+      </c>
+      <c r="F639" t="s">
+        <v>1626</v>
+      </c>
+      <c r="G639" t="s">
+        <v>5</v>
+      </c>
+      <c r="H639" s="1">
+        <v>300</v>
+      </c>
+      <c r="I639" s="1">
+        <v>75</v>
+      </c>
+      <c r="J639" s="1">
+        <v>0</v>
+      </c>
+      <c r="K639" t="s">
+        <v>6</v>
+      </c>
+      <c r="L639" t="s">
+        <v>44</v>
+      </c>
+      <c r="M639" s="1">
+        <v>75</v>
+      </c>
+      <c r="N639" s="1">
+        <v>75</v>
+      </c>
+      <c r="O639" s="1">
+        <v>300</v>
+      </c>
+      <c r="P639" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q639" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="640" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A640">
+        <v>639</v>
+      </c>
+      <c r="B640">
+        <v>7</v>
+      </c>
+      <c r="C640" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D640" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E640" t="s">
+        <v>1629</v>
+      </c>
+      <c r="F640" t="s">
+        <v>1630</v>
+      </c>
+      <c r="G640" t="s">
+        <v>5</v>
+      </c>
+      <c r="H640" s="1">
+        <v>136</v>
+      </c>
+      <c r="I640" s="1">
+        <v>34</v>
+      </c>
+      <c r="J640" s="1">
+        <v>0</v>
+      </c>
+      <c r="K640" t="s">
+        <v>6</v>
+      </c>
+      <c r="L640" t="s">
+        <v>74</v>
+      </c>
+      <c r="M640" s="1">
+        <v>0</v>
+      </c>
+      <c r="N640" s="1">
+        <v>10</v>
+      </c>
+      <c r="O640" s="1">
+        <v>160</v>
+      </c>
+      <c r="P640" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q640" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="641" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A641">
+        <v>640</v>
+      </c>
+      <c r="B641">
+        <v>7</v>
+      </c>
+      <c r="C641" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D641" t="s">
+        <v>286</v>
+      </c>
+      <c r="E641" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F641" t="s">
+        <v>1632</v>
+      </c>
+      <c r="G641" t="s">
+        <v>14</v>
+      </c>
+      <c r="H641" s="1">
+        <v>54</v>
+      </c>
+      <c r="I641" s="1">
+        <v>6</v>
+      </c>
+      <c r="J641" s="1">
+        <v>0</v>
+      </c>
+      <c r="K641" t="s">
+        <v>48</v>
+      </c>
+      <c r="L641" t="s">
+        <v>24</v>
+      </c>
+      <c r="M641" s="1">
+        <v>0</v>
+      </c>
+      <c r="N641" s="1">
+        <v>20</v>
+      </c>
+      <c r="O641" s="1">
+        <v>40</v>
+      </c>
+      <c r="P641" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q641" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="642" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A642">
+        <v>641</v>
+      </c>
+      <c r="B642">
+        <v>7</v>
+      </c>
+      <c r="C642" t="s">
+        <v>1627</v>
+      </c>
+      <c r="D642" t="s">
+        <v>261</v>
+      </c>
+      <c r="E642" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F642" t="s">
+        <v>1634</v>
+      </c>
+      <c r="G642" t="s">
+        <v>5</v>
+      </c>
+      <c r="H642" s="1">
+        <v>40</v>
+      </c>
+      <c r="I642" s="1">
+        <v>10</v>
+      </c>
+      <c r="J642" s="1">
+        <v>0</v>
+      </c>
+      <c r="K642" t="s">
+        <v>6</v>
+      </c>
+      <c r="L642" t="s">
+        <v>31</v>
+      </c>
+      <c r="M642" s="1">
+        <v>0</v>
+      </c>
+      <c r="N642" s="1">
+        <v>5</v>
+      </c>
+      <c r="O642" s="1">
+        <v>45</v>
+      </c>
+      <c r="P642" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q642" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="643" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A643">
+        <v>642</v>
+      </c>
+      <c r="B643">
+        <v>7</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E643" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F643" t="s">
+        <v>1638</v>
+      </c>
+      <c r="G643" t="s">
+        <v>5</v>
+      </c>
+      <c r="H643" s="1">
+        <v>140</v>
+      </c>
+      <c r="I643" s="1">
+        <v>35</v>
+      </c>
+      <c r="J643" s="1">
+        <v>0</v>
+      </c>
+      <c r="K643" t="s">
+        <v>6</v>
+      </c>
+      <c r="L643" t="s">
+        <v>74</v>
+      </c>
+      <c r="M643" s="1">
+        <v>0</v>
+      </c>
+      <c r="N643" s="1">
+        <v>5</v>
+      </c>
+      <c r="O643" s="1">
+        <v>170</v>
+      </c>
+      <c r="P643" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q643" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="644" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A644">
+        <v>643</v>
+      </c>
+      <c r="B644">
+        <v>7</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1639</v>
+      </c>
+      <c r="E644" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F644" t="s">
+        <v>1641</v>
+      </c>
+      <c r="G644" t="s">
+        <v>5</v>
+      </c>
+      <c r="H644" s="1">
+        <v>20</v>
+      </c>
+      <c r="I644" s="1">
+        <v>5</v>
+      </c>
+      <c r="J644" s="1">
+        <v>0</v>
+      </c>
+      <c r="K644" t="s">
+        <v>6</v>
+      </c>
+      <c r="L644" t="s">
+        <v>153</v>
+      </c>
+      <c r="M644" s="1">
+        <v>0</v>
+      </c>
+      <c r="N644" s="1">
+        <v>5</v>
+      </c>
+      <c r="O644" s="1">
+        <v>20</v>
+      </c>
+      <c r="P644" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q644" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="645" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A645">
+        <v>644</v>
+      </c>
+      <c r="B645">
+        <v>7</v>
+      </c>
+      <c r="C645" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D645" t="s">
+        <v>988</v>
+      </c>
+      <c r="E645" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F645" t="s">
+        <v>1643</v>
+      </c>
+      <c r="G645" t="s">
+        <v>14</v>
+      </c>
+      <c r="H645" s="1">
+        <v>2000</v>
+      </c>
+      <c r="I645" s="1">
+        <v>500</v>
+      </c>
+      <c r="J645" s="1">
+        <v>0</v>
+      </c>
+      <c r="K645" t="s">
+        <v>15</v>
+      </c>
+      <c r="L645" t="s">
+        <v>523</v>
+      </c>
+      <c r="M645" s="1">
+        <v>3650</v>
+      </c>
+      <c r="N645" s="1">
+        <v>500</v>
+      </c>
+      <c r="O645" s="1">
+        <v>2000</v>
+      </c>
+      <c r="P645" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q645" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="646" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A646">
+        <v>645</v>
+      </c>
+      <c r="B646">
+        <v>7</v>
+      </c>
+      <c r="C646" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D646" t="s">
+        <v>988</v>
+      </c>
+      <c r="E646" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F646" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G646" t="s">
+        <v>14</v>
+      </c>
+      <c r="H646" s="1">
+        <v>120</v>
+      </c>
+      <c r="I646" s="1">
+        <v>30</v>
+      </c>
+      <c r="J646" s="1">
+        <v>0</v>
+      </c>
+      <c r="K646" t="s">
+        <v>15</v>
+      </c>
+      <c r="L646" t="s">
+        <v>24</v>
+      </c>
+      <c r="M646" s="1">
+        <v>0</v>
+      </c>
+      <c r="N646" s="1">
+        <v>50</v>
+      </c>
+      <c r="O646" s="1">
+        <v>100</v>
+      </c>
+      <c r="P646" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q646" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="647" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A647">
+        <v>646</v>
+      </c>
+      <c r="B647">
+        <v>7</v>
+      </c>
+      <c r="C647" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D647" t="s">
+        <v>1647</v>
+      </c>
+      <c r="E647" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F647" t="s">
+        <v>1649</v>
+      </c>
+      <c r="G647" t="s">
+        <v>14</v>
+      </c>
+      <c r="H647" s="1">
+        <v>48</v>
+      </c>
+      <c r="I647" s="1">
+        <v>12</v>
+      </c>
+      <c r="J647" s="1">
+        <v>0</v>
+      </c>
+      <c r="K647" t="s">
+        <v>15</v>
+      </c>
+      <c r="L647" t="s">
+        <v>16</v>
+      </c>
+      <c r="M647" s="1">
+        <v>0</v>
+      </c>
+      <c r="N647" s="1">
+        <v>20</v>
+      </c>
+      <c r="O647" s="1">
+        <v>40</v>
+      </c>
+      <c r="P647" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q647" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="648" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A648">
+        <v>647</v>
+      </c>
+      <c r="B648">
+        <v>7</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D648" t="s">
+        <v>1650</v>
+      </c>
+      <c r="E648" t="s">
+        <v>1651</v>
+      </c>
+      <c r="F648" t="s">
+        <v>1652</v>
+      </c>
+      <c r="G648" t="s">
+        <v>5</v>
+      </c>
+      <c r="H648" s="1">
+        <v>192</v>
+      </c>
+      <c r="I648" s="1">
+        <v>48</v>
+      </c>
+      <c r="J648" s="1">
+        <v>0</v>
+      </c>
+      <c r="K648" t="s">
+        <v>6</v>
+      </c>
+      <c r="L648" t="s">
+        <v>24</v>
+      </c>
+      <c r="M648" s="1">
+        <v>0</v>
+      </c>
+      <c r="N648" s="1">
+        <v>10</v>
+      </c>
+      <c r="O648" s="1">
+        <v>230</v>
+      </c>
+      <c r="P648" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q648" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="649" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A649">
+        <v>648</v>
+      </c>
+      <c r="B649">
+        <v>7</v>
+      </c>
+      <c r="C649" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D649" t="s">
+        <v>177</v>
+      </c>
+      <c r="E649" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F649" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G649" t="s">
+        <v>5</v>
+      </c>
+      <c r="H649" s="1">
+        <v>80</v>
+      </c>
+      <c r="I649" s="1">
+        <v>20</v>
+      </c>
+      <c r="J649" s="1">
+        <v>0</v>
+      </c>
+      <c r="K649" t="s">
+        <v>6</v>
+      </c>
+      <c r="L649" t="s">
+        <v>16</v>
+      </c>
+      <c r="M649" s="1">
+        <v>460</v>
+      </c>
+      <c r="N649" s="1">
+        <v>50</v>
+      </c>
+      <c r="O649" s="1">
+        <v>50</v>
+      </c>
+      <c r="P649" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q649" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="650" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A650">
+        <v>649</v>
+      </c>
+      <c r="B650">
+        <v>7</v>
+      </c>
+      <c r="C650" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D650" t="s">
+        <v>177</v>
+      </c>
+      <c r="E650" t="s">
+        <v>1655</v>
+      </c>
+      <c r="F650" t="s">
+        <v>1656</v>
+      </c>
+      <c r="G650" t="s">
+        <v>14</v>
+      </c>
+      <c r="H650" s="1">
+        <v>80</v>
+      </c>
+      <c r="I650" s="1">
+        <v>20</v>
+      </c>
+      <c r="J650" s="1">
+        <v>0</v>
+      </c>
+      <c r="K650" t="s">
+        <v>15</v>
+      </c>
+      <c r="L650" t="s">
+        <v>74</v>
+      </c>
+      <c r="M650" s="1">
+        <v>255</v>
+      </c>
+      <c r="N650" s="1">
+        <v>50</v>
+      </c>
+      <c r="O650" s="1">
+        <v>50</v>
+      </c>
+      <c r="P650" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q650" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="651" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A651">
+        <v>650</v>
+      </c>
+      <c r="B651">
+        <v>7</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D651" t="s">
+        <v>177</v>
+      </c>
+      <c r="E651" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F651" t="s">
+        <v>1658</v>
+      </c>
+      <c r="G651" t="s">
+        <v>14</v>
+      </c>
+      <c r="H651" s="1">
+        <v>400</v>
+      </c>
+      <c r="I651" s="1">
+        <v>100</v>
+      </c>
+      <c r="J651" s="1">
+        <v>0</v>
+      </c>
+      <c r="K651" t="s">
+        <v>15</v>
+      </c>
+      <c r="L651" t="s">
+        <v>7</v>
+      </c>
+      <c r="M651" s="1">
+        <v>0</v>
+      </c>
+      <c r="N651" s="1">
+        <v>100</v>
+      </c>
+      <c r="O651" s="1">
+        <v>400</v>
+      </c>
+      <c r="P651" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q651" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="652" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A652">
+        <v>651</v>
+      </c>
+      <c r="B652">
+        <v>7</v>
+      </c>
+      <c r="C652" t="s">
+        <v>1646</v>
+      </c>
+      <c r="D652" t="s">
+        <v>177</v>
+      </c>
+      <c r="E652" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F652" t="s">
+        <v>1660</v>
+      </c>
+      <c r="G652" t="s">
+        <v>14</v>
+      </c>
+      <c r="H652" s="1">
+        <v>240</v>
+      </c>
+      <c r="I652" s="1">
+        <v>60</v>
+      </c>
+      <c r="J652" s="1">
+        <v>0</v>
+      </c>
+      <c r="K652" t="s">
+        <v>15</v>
+      </c>
+      <c r="L652" t="s">
+        <v>16</v>
+      </c>
+      <c r="M652" s="1">
+        <v>0</v>
+      </c>
+      <c r="N652" s="1">
+        <v>100</v>
+      </c>
+      <c r="O652" s="1">
+        <v>200</v>
+      </c>
+      <c r="P652" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q652" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="653" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A653">
+        <v>652</v>
+      </c>
+      <c r="B653">
+        <v>7</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D653" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E653" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F653" t="s">
+        <v>1664</v>
+      </c>
+      <c r="G653" t="s">
+        <v>5</v>
+      </c>
+      <c r="H653" s="1">
+        <v>400</v>
+      </c>
+      <c r="I653" s="1">
+        <v>100</v>
+      </c>
+      <c r="J653" s="1">
+        <v>0</v>
+      </c>
+      <c r="K653" t="s">
+        <v>6</v>
+      </c>
+      <c r="L653" t="s">
+        <v>16</v>
+      </c>
+      <c r="M653" s="1">
+        <v>0</v>
+      </c>
+      <c r="N653" s="1">
+        <v>100</v>
+      </c>
+      <c r="O653" s="1">
+        <v>400</v>
+      </c>
+      <c r="P653" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q653" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="654" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A654">
+        <v>653</v>
+      </c>
+      <c r="B654">
+        <v>7</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D654" t="s">
+        <v>597</v>
+      </c>
+      <c r="E654" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F654" t="s">
+        <v>1666</v>
+      </c>
+      <c r="G654" t="s">
+        <v>5</v>
+      </c>
+      <c r="H654" s="1">
+        <v>24</v>
+      </c>
+      <c r="I654" s="1">
+        <v>6</v>
+      </c>
+      <c r="J654" s="1">
+        <v>0</v>
+      </c>
+      <c r="K654" t="s">
+        <v>6</v>
+      </c>
+      <c r="L654" t="s">
+        <v>24</v>
+      </c>
+      <c r="M654" s="1">
+        <v>0</v>
+      </c>
+      <c r="N654" s="1">
+        <v>10</v>
+      </c>
+      <c r="O654" s="1">
+        <v>20</v>
+      </c>
+      <c r="P654" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q654" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="655" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A655">
+        <v>654</v>
+      </c>
+      <c r="B655">
+        <v>7</v>
+      </c>
+      <c r="C655" t="s">
+        <v>1661</v>
+      </c>
+      <c r="D655" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E655" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F655" t="s">
+        <v>1668</v>
+      </c>
+      <c r="G655" t="s">
+        <v>14</v>
+      </c>
+      <c r="H655" s="1">
+        <v>54</v>
+      </c>
+      <c r="I655" s="1">
+        <v>6</v>
+      </c>
+      <c r="J655" s="1">
+        <v>0</v>
+      </c>
+      <c r="K655" t="s">
+        <v>48</v>
+      </c>
+      <c r="L655" t="s">
+        <v>24</v>
+      </c>
+      <c r="M655" s="1">
+        <v>0</v>
+      </c>
+      <c r="N655" s="1">
+        <v>20</v>
+      </c>
+      <c r="O655" s="1">
+        <v>40</v>
+      </c>
+      <c r="P655" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q655" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="656" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A656">
+        <v>655</v>
+      </c>
+      <c r="B656">
+        <v>7</v>
+      </c>
+      <c r="C656" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E656" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F656" t="s">
+        <v>1672</v>
+      </c>
+      <c r="G656" t="s">
+        <v>5</v>
+      </c>
+      <c r="H656" s="1">
+        <v>176</v>
+      </c>
+      <c r="I656" s="1">
+        <v>44</v>
+      </c>
+      <c r="J656" s="1">
+        <v>0</v>
+      </c>
+      <c r="K656" t="s">
+        <v>6</v>
+      </c>
+      <c r="L656" t="s">
+        <v>24</v>
+      </c>
+      <c r="M656" s="1">
+        <v>0</v>
+      </c>
+      <c r="N656" s="1">
+        <v>50</v>
+      </c>
+      <c r="O656" s="1">
+        <v>170</v>
+      </c>
+      <c r="P656" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q656" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="657" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A657">
+        <v>656</v>
+      </c>
+      <c r="B657">
+        <v>7</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D657" t="s">
+        <v>832</v>
+      </c>
+      <c r="E657" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F657" t="s">
+        <v>1674</v>
+      </c>
+      <c r="G657" t="s">
+        <v>14</v>
+      </c>
+      <c r="H657" s="1">
+        <v>160</v>
+      </c>
+      <c r="I657" s="1">
+        <v>40</v>
+      </c>
+      <c r="J657" s="1">
+        <v>0</v>
+      </c>
+      <c r="K657" t="s">
+        <v>302</v>
+      </c>
+      <c r="L657" t="s">
+        <v>31</v>
+      </c>
+      <c r="M657" s="1">
+        <v>100</v>
+      </c>
+      <c r="N657" s="1">
+        <v>100</v>
+      </c>
+      <c r="O657" s="1">
+        <v>100</v>
+      </c>
+      <c r="P657" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q657" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="658" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A658">
+        <v>657</v>
+      </c>
+      <c r="B658">
+        <v>7</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D658" t="s">
+        <v>311</v>
+      </c>
+      <c r="E658" t="s">
+        <v>1676</v>
+      </c>
+      <c r="F658" t="s">
+        <v>1677</v>
+      </c>
+      <c r="G658" t="s">
+        <v>5</v>
+      </c>
+      <c r="H658" s="1">
+        <v>24</v>
+      </c>
+      <c r="I658" s="1">
+        <v>6</v>
+      </c>
+      <c r="J658" s="1">
+        <v>0</v>
+      </c>
+      <c r="K658" t="s">
+        <v>6</v>
+      </c>
+      <c r="L658" t="s">
+        <v>31</v>
+      </c>
+      <c r="M658" s="1">
+        <v>0</v>
+      </c>
+      <c r="N658" s="1">
+        <v>5</v>
+      </c>
+      <c r="O658" s="1">
+        <v>25</v>
+      </c>
+      <c r="P658" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q658" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="659" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A659">
+        <v>658</v>
+      </c>
+      <c r="B659">
+        <v>7</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E659" t="s">
+        <v>1679</v>
+      </c>
+      <c r="F659" t="s">
+        <v>1680</v>
+      </c>
+      <c r="G659" t="s">
+        <v>14</v>
+      </c>
+      <c r="H659" s="1">
+        <v>400</v>
+      </c>
+      <c r="I659" s="1">
+        <v>100</v>
+      </c>
+      <c r="J659" s="1">
+        <v>0</v>
+      </c>
+      <c r="K659" t="s">
+        <v>15</v>
+      </c>
+      <c r="L659" t="s">
+        <v>129</v>
+      </c>
+      <c r="M659" s="1">
+        <v>1005</v>
+      </c>
+      <c r="N659" s="1">
+        <v>100</v>
+      </c>
+      <c r="O659" s="1">
+        <v>400</v>
+      </c>
+      <c r="P659" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q659" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="660" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A660">
+        <v>659</v>
+      </c>
+      <c r="B660">
+        <v>7</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D660" t="s">
+        <v>490</v>
+      </c>
+      <c r="E660" t="s">
+        <v>1682</v>
+      </c>
+      <c r="F660" t="s">
+        <v>1683</v>
+      </c>
+      <c r="G660" t="s">
+        <v>5</v>
+      </c>
+      <c r="H660" s="1">
+        <v>48</v>
+      </c>
+      <c r="I660" s="1">
+        <v>12</v>
+      </c>
+      <c r="J660" s="1">
+        <v>0</v>
+      </c>
+      <c r="K660" t="s">
+        <v>6</v>
+      </c>
+      <c r="L660" t="s">
+        <v>24</v>
+      </c>
+      <c r="M660" s="1">
+        <v>0</v>
+      </c>
+      <c r="N660" s="1">
+        <v>20</v>
+      </c>
+      <c r="O660" s="1">
+        <v>40</v>
+      </c>
+      <c r="P660" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q660" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="661" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A661">
+        <v>660</v>
+      </c>
+      <c r="B661">
+        <v>7</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D661" t="s">
+        <v>712</v>
+      </c>
+      <c r="E661" t="s">
+        <v>1684</v>
+      </c>
+      <c r="F661" t="s">
+        <v>1685</v>
+      </c>
+      <c r="G661" t="s">
+        <v>5</v>
+      </c>
+      <c r="H661" s="1">
+        <v>88</v>
+      </c>
+      <c r="I661" s="1">
+        <v>22</v>
+      </c>
+      <c r="J661" s="1">
+        <v>0</v>
+      </c>
+      <c r="K661" t="s">
+        <v>6</v>
+      </c>
+      <c r="L661" t="s">
+        <v>74</v>
+      </c>
+      <c r="M661" s="1">
+        <v>0</v>
+      </c>
+      <c r="N661" s="1">
+        <v>30</v>
+      </c>
+      <c r="O661" s="1">
+        <v>80</v>
+      </c>
+      <c r="P661" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q661" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="662" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A662">
+        <v>661</v>
+      </c>
+      <c r="B662">
+        <v>7</v>
+      </c>
+      <c r="C662" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D662" t="s">
+        <v>113</v>
+      </c>
+      <c r="E662" t="s">
+        <v>1686</v>
+      </c>
+      <c r="F662" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G662" t="s">
+        <v>14</v>
+      </c>
+      <c r="H662" s="1">
+        <v>80</v>
+      </c>
+      <c r="I662" s="1">
+        <v>20</v>
+      </c>
+      <c r="J662" s="1">
+        <v>0</v>
+      </c>
+      <c r="K662" t="s">
+        <v>15</v>
+      </c>
+      <c r="L662" t="s">
+        <v>31</v>
+      </c>
+      <c r="M662" s="1">
+        <v>150</v>
+      </c>
+      <c r="N662" s="1">
+        <v>50</v>
+      </c>
+      <c r="O662" s="1">
+        <v>50</v>
+      </c>
+      <c r="P662" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q662" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="663" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A663">
+        <v>662</v>
+      </c>
+      <c r="B663">
+        <v>7</v>
+      </c>
+      <c r="C663" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D663" t="s">
+        <v>113</v>
+      </c>
+      <c r="E663" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F663" t="s">
+        <v>1689</v>
+      </c>
+      <c r="G663" t="s">
+        <v>14</v>
+      </c>
+      <c r="H663" s="1">
+        <v>189</v>
+      </c>
+      <c r="I663" s="1">
+        <v>21</v>
+      </c>
+      <c r="J663" s="1">
+        <v>0</v>
+      </c>
+      <c r="K663" t="s">
+        <v>48</v>
+      </c>
+      <c r="L663" t="s">
+        <v>24</v>
+      </c>
+      <c r="M663" s="1">
+        <v>0</v>
+      </c>
+      <c r="N663" s="1">
+        <v>75</v>
+      </c>
+      <c r="O663" s="1">
+        <v>135</v>
+      </c>
+      <c r="P663" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q663" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="664" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A664">
+        <v>663</v>
+      </c>
+      <c r="B664">
+        <v>7</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D664" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E664" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F664" t="s">
+        <v>1693</v>
+      </c>
+      <c r="G664" t="s">
+        <v>5</v>
+      </c>
+      <c r="H664" s="1">
+        <v>96</v>
+      </c>
+      <c r="I664" s="1">
+        <v>24</v>
+      </c>
+      <c r="J664" s="1">
+        <v>0</v>
+      </c>
+      <c r="K664" t="s">
+        <v>6</v>
+      </c>
+      <c r="L664" t="s">
+        <v>74</v>
+      </c>
+      <c r="M664" s="1">
+        <v>0</v>
+      </c>
+      <c r="N664" s="1">
+        <v>20</v>
+      </c>
+      <c r="O664" s="1">
+        <v>100</v>
+      </c>
+      <c r="P664" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q664" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="665" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A665">
+        <v>664</v>
+      </c>
+      <c r="B665">
+        <v>7</v>
+      </c>
+      <c r="C665" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D665" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E665" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F665" t="s">
+        <v>1695</v>
+      </c>
+      <c r="G665" t="s">
+        <v>5</v>
+      </c>
+      <c r="H665" s="1">
+        <v>120</v>
+      </c>
+      <c r="I665" s="1">
+        <v>30</v>
+      </c>
+      <c r="J665" s="1">
+        <v>0</v>
+      </c>
+      <c r="K665" t="s">
+        <v>6</v>
+      </c>
+      <c r="L665" t="s">
+        <v>24</v>
+      </c>
+      <c r="M665" s="1">
+        <v>466</v>
+      </c>
+      <c r="N665" s="1">
+        <v>50</v>
+      </c>
+      <c r="O665" s="1">
+        <v>100</v>
+      </c>
+      <c r="P665" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q665" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="666" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A666">
+        <v>665</v>
+      </c>
+      <c r="B666">
+        <v>7</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D666" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E666" t="s">
+        <v>1696</v>
+      </c>
+      <c r="F666" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G666" t="s">
+        <v>5</v>
+      </c>
+      <c r="H666" s="1">
+        <v>232</v>
+      </c>
+      <c r="I666" s="1">
+        <v>58</v>
+      </c>
+      <c r="J666" s="1">
+        <v>0</v>
+      </c>
+      <c r="K666" t="s">
+        <v>6</v>
+      </c>
+      <c r="L666" t="s">
+        <v>24</v>
+      </c>
+      <c r="M666" s="1">
+        <v>0</v>
+      </c>
+      <c r="N666" s="1">
+        <v>90</v>
+      </c>
+      <c r="O666" s="1">
+        <v>200</v>
+      </c>
+      <c r="P666" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q666" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="667" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A667">
+        <v>666</v>
+      </c>
+      <c r="B667">
+        <v>7</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D667" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E667" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F667" t="s">
+        <v>1699</v>
+      </c>
+      <c r="G667" t="s">
+        <v>5</v>
+      </c>
+      <c r="H667" s="1">
+        <v>16</v>
+      </c>
+      <c r="I667" s="1">
+        <v>4</v>
+      </c>
+      <c r="J667" s="1">
+        <v>0</v>
+      </c>
+      <c r="K667" t="s">
+        <v>6</v>
+      </c>
+      <c r="L667" t="s">
+        <v>31</v>
+      </c>
+      <c r="M667" s="1">
+        <v>70</v>
+      </c>
+      <c r="N667" s="1">
+        <v>10</v>
+      </c>
+      <c r="O667" s="1">
+        <v>10</v>
+      </c>
+      <c r="P667" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q667" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="668" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A668">
+        <v>667</v>
+      </c>
+      <c r="B668">
+        <v>7</v>
+      </c>
+      <c r="C668" t="s">
+        <v>1690</v>
+      </c>
+      <c r="D668" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E668" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F668" t="s">
+        <v>1702</v>
+      </c>
+      <c r="G668" t="s">
+        <v>14</v>
+      </c>
+      <c r="H668" s="1">
+        <v>180</v>
+      </c>
+      <c r="I668" s="1">
+        <v>20</v>
+      </c>
+      <c r="J668" s="1">
+        <v>0</v>
+      </c>
+      <c r="K668" t="s">
+        <v>48</v>
+      </c>
+      <c r="L668" t="s">
+        <v>24</v>
+      </c>
+      <c r="M668" s="1">
+        <v>0</v>
+      </c>
+      <c r="N668" s="1">
+        <v>50</v>
+      </c>
+      <c r="O668" s="1">
+        <v>150</v>
+      </c>
+      <c r="P668" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q668" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="669" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A669">
+        <v>668</v>
+      </c>
+      <c r="B669">
+        <v>7</v>
+      </c>
+      <c r="C669" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D669" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E669" t="s">
+        <v>1705</v>
+      </c>
+      <c r="F669" t="s">
+        <v>1706</v>
+      </c>
+      <c r="G669" t="s">
+        <v>5</v>
+      </c>
+      <c r="H669" s="1">
+        <v>232</v>
+      </c>
+      <c r="I669" s="1">
+        <v>58</v>
+      </c>
+      <c r="J669" s="1">
+        <v>0</v>
+      </c>
+      <c r="K669" t="s">
+        <v>6</v>
+      </c>
+      <c r="L669" t="s">
+        <v>7</v>
+      </c>
+      <c r="M669" s="1">
+        <v>0</v>
+      </c>
+      <c r="N669" s="1">
+        <v>20</v>
+      </c>
+      <c r="O669" s="1">
+        <v>270</v>
+      </c>
+      <c r="P669" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q669" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="670" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A670">
+        <v>669</v>
+      </c>
+      <c r="B670">
+        <v>7</v>
+      </c>
+      <c r="C670" t="s">
+        <v>1703</v>
+      </c>
+      <c r="D670" t="s">
+        <v>1704</v>
+      </c>
+      <c r="E670" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F670" t="s">
+        <v>1708</v>
+      </c>
+      <c r="G670" t="s">
+        <v>5</v>
+      </c>
+      <c r="H670" s="1">
+        <v>24</v>
+      </c>
+      <c r="I670" s="1">
+        <v>6</v>
+      </c>
+      <c r="J670" s="1">
+        <v>0</v>
+      </c>
+      <c r="K670" t="s">
+        <v>6</v>
+      </c>
+      <c r="L670" t="s">
+        <v>74</v>
+      </c>
+      <c r="M670" s="1">
+        <v>0</v>
+      </c>
+      <c r="N670" s="1">
+        <v>10</v>
+      </c>
+      <c r="O670" s="1">
+        <v>20</v>
+      </c>
+      <c r="P670" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q670" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="671" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A671">
+        <v>670</v>
+      </c>
+      <c r="B671">
+        <v>7</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1709</v>
+      </c>
+      <c r="D671" t="s">
+        <v>970</v>
+      </c>
+      <c r="E671" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F671" t="s">
+        <v>1711</v>
+      </c>
+      <c r="G671" t="s">
+        <v>14</v>
+      </c>
+      <c r="H671" s="1">
+        <v>306</v>
+      </c>
+      <c r="I671" s="1">
+        <v>34</v>
+      </c>
+      <c r="J671" s="1">
+        <v>0</v>
+      </c>
+      <c r="K671" t="s">
+        <v>15</v>
+      </c>
+      <c r="L671" t="s">
+        <v>19</v>
+      </c>
+      <c r="M671" s="1">
+        <v>0</v>
+      </c>
+      <c r="N671" s="1">
+        <v>20</v>
+      </c>
+      <c r="O671" s="1">
+        <v>320</v>
+      </c>
+      <c r="P671" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q671" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="672" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A672">
+        <v>671</v>
+      </c>
+      <c r="B672">
+        <v>7</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D672" t="s">
+        <v>1713</v>
+      </c>
+      <c r="E672" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F672" t="s">
+        <v>1715</v>
+      </c>
+      <c r="G672" t="s">
+        <v>14</v>
+      </c>
+      <c r="H672" s="1">
+        <v>396</v>
+      </c>
+      <c r="I672" s="1">
+        <v>44</v>
+      </c>
+      <c r="J672" s="1">
+        <v>0</v>
+      </c>
+      <c r="K672" t="s">
+        <v>15</v>
+      </c>
+      <c r="L672" t="s">
+        <v>79</v>
+      </c>
+      <c r="M672" s="1">
+        <v>0</v>
+      </c>
+      <c r="N672" s="1">
+        <v>20</v>
+      </c>
+      <c r="O672" s="1">
+        <v>420</v>
+      </c>
+      <c r="P672" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q672" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="673" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A673">
+        <v>672</v>
+      </c>
+      <c r="B673">
+        <v>7</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D673" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E673" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F673" t="s">
+        <v>1718</v>
+      </c>
+      <c r="G673" t="s">
+        <v>5</v>
+      </c>
+      <c r="H673" s="1">
+        <v>96</v>
+      </c>
+      <c r="I673" s="1">
+        <v>24</v>
+      </c>
+      <c r="J673" s="1">
+        <v>0</v>
+      </c>
+      <c r="K673" t="s">
+        <v>6</v>
+      </c>
+      <c r="L673" t="s">
+        <v>31</v>
+      </c>
+      <c r="M673" s="1">
+        <v>0</v>
+      </c>
+      <c r="N673" s="1">
+        <v>30</v>
+      </c>
+      <c r="O673" s="1">
+        <v>90</v>
+      </c>
+      <c r="P673" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q673" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="674" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A674">
+        <v>673</v>
+      </c>
+      <c r="B674">
+        <v>7</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D674" t="s">
+        <v>1678</v>
+      </c>
+      <c r="E674" t="s">
+        <v>1719</v>
+      </c>
+      <c r="F674" t="s">
+        <v>1720</v>
+      </c>
+      <c r="G674" t="s">
+        <v>14</v>
+      </c>
+      <c r="H674" s="1">
+        <v>120</v>
+      </c>
+      <c r="I674" s="1">
+        <v>30</v>
+      </c>
+      <c r="J674" s="1">
+        <v>0</v>
+      </c>
+      <c r="K674" t="s">
+        <v>15</v>
+      </c>
+      <c r="L674" t="s">
+        <v>24</v>
+      </c>
+      <c r="M674" s="1">
+        <v>0</v>
+      </c>
+      <c r="N674" s="1">
+        <v>50</v>
+      </c>
+      <c r="O674" s="1">
+        <v>100</v>
+      </c>
+      <c r="P674" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q674" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="675" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A675">
+        <v>674</v>
+      </c>
+      <c r="B675">
+        <v>7</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D675" t="s">
+        <v>177</v>
+      </c>
+      <c r="E675" t="s">
+        <v>1721</v>
+      </c>
+      <c r="F675" t="s">
+        <v>1722</v>
+      </c>
+      <c r="G675" t="s">
+        <v>5</v>
+      </c>
+      <c r="H675" s="1">
+        <v>176</v>
+      </c>
+      <c r="I675" s="1">
+        <v>44</v>
+      </c>
+      <c r="J675" s="1">
+        <v>0</v>
+      </c>
+      <c r="K675" t="s">
+        <v>6</v>
+      </c>
+      <c r="L675" t="s">
+        <v>24</v>
+      </c>
+      <c r="M675" s="1">
+        <v>0</v>
+      </c>
+      <c r="N675" s="1">
+        <v>10</v>
+      </c>
+      <c r="O675" s="1">
+        <v>210</v>
+      </c>
+      <c r="P675" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q675" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="676" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A676">
+        <v>675</v>
+      </c>
+      <c r="B676">
+        <v>7</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D676" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E676" t="s">
+        <v>1724</v>
+      </c>
+      <c r="F676" t="s">
+        <v>1725</v>
+      </c>
+      <c r="G676" t="s">
+        <v>14</v>
+      </c>
+      <c r="H676" s="1">
+        <v>272</v>
+      </c>
+      <c r="I676" s="1">
+        <v>68</v>
+      </c>
+      <c r="J676" s="1">
+        <v>0</v>
+      </c>
+      <c r="K676" t="s">
+        <v>15</v>
+      </c>
+      <c r="L676" t="s">
+        <v>16</v>
+      </c>
+      <c r="M676" s="1">
+        <v>0</v>
+      </c>
+      <c r="N676" s="1">
+        <v>20</v>
+      </c>
+      <c r="O676" s="1">
+        <v>320</v>
+      </c>
+      <c r="P676" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q676" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="677" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A677">
+        <v>676</v>
+      </c>
+      <c r="B677">
+        <v>7</v>
+      </c>
+      <c r="C677" t="s">
+        <v>1723</v>
+      </c>
+      <c r="D677" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E677" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F677" t="s">
+        <v>1728</v>
+      </c>
+      <c r="G677" t="s">
+        <v>14</v>
+      </c>
+      <c r="H677" s="1">
+        <v>27</v>
+      </c>
+      <c r="I677" s="1">
+        <v>3</v>
+      </c>
+      <c r="J677" s="1">
+        <v>0</v>
+      </c>
+      <c r="K677" t="s">
+        <v>48</v>
+      </c>
+      <c r="L677" t="s">
+        <v>74</v>
+      </c>
+      <c r="M677" s="1">
+        <v>0</v>
+      </c>
+      <c r="N677" s="1">
+        <v>10</v>
+      </c>
+      <c r="O677" s="1">
+        <v>20</v>
+      </c>
+      <c r="P677" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q677" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="678" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A678">
+        <v>677</v>
+      </c>
+      <c r="B678">
+        <v>7</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D678" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E678" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F678" t="s">
+        <v>1731</v>
+      </c>
+      <c r="G678" t="s">
+        <v>14</v>
+      </c>
+      <c r="H678" s="1">
+        <v>54</v>
+      </c>
+      <c r="I678" s="1">
+        <v>6</v>
+      </c>
+      <c r="J678" s="1">
+        <v>0</v>
+      </c>
+      <c r="K678" t="s">
+        <v>48</v>
+      </c>
+      <c r="L678" t="s">
+        <v>24</v>
+      </c>
+      <c r="M678" s="1">
+        <v>0</v>
+      </c>
+      <c r="N678" s="1">
+        <v>20</v>
+      </c>
+      <c r="O678" s="1">
+        <v>40</v>
+      </c>
+      <c r="P678" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q678" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="679" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A679">
+        <v>678</v>
+      </c>
+      <c r="B679">
+        <v>7</v>
+      </c>
+      <c r="C679" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D679" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E679" t="s">
+        <v>1732</v>
+      </c>
+      <c r="F679" t="s">
+        <v>1733</v>
+      </c>
+      <c r="G679" t="s">
+        <v>5</v>
+      </c>
+      <c r="H679" s="1">
+        <v>44</v>
+      </c>
+      <c r="I679" s="1">
+        <v>11</v>
+      </c>
+      <c r="J679" s="1">
+        <v>0</v>
+      </c>
+      <c r="K679" t="s">
+        <v>6</v>
+      </c>
+      <c r="L679" t="s">
+        <v>31</v>
+      </c>
+      <c r="M679" s="1">
+        <v>0</v>
+      </c>
+      <c r="N679" s="1">
+        <v>5</v>
+      </c>
+      <c r="O679" s="1">
+        <v>50</v>
+      </c>
+      <c r="P679" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q679" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="680" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A680">
+        <v>679</v>
+      </c>
+      <c r="B680">
+        <v>7</v>
+      </c>
+      <c r="C680" t="s">
+        <v>1729</v>
+      </c>
+      <c r="D680" t="s">
+        <v>440</v>
+      </c>
+      <c r="E680" t="s">
+        <v>1734</v>
+      </c>
+      <c r="F680" t="s">
+        <v>1735</v>
+      </c>
+      <c r="G680" t="s">
+        <v>14</v>
+      </c>
+      <c r="H680" s="1">
+        <v>54</v>
+      </c>
+      <c r="I680" s="1">
+        <v>6</v>
+      </c>
+      <c r="J680" s="1">
+        <v>0</v>
+      </c>
+      <c r="K680" t="s">
+        <v>48</v>
+      </c>
+      <c r="L680" t="s">
+        <v>24</v>
+      </c>
+      <c r="M680" s="1">
+        <v>0</v>
+      </c>
+      <c r="N680" s="1">
+        <v>20</v>
+      </c>
+      <c r="O680" s="1">
+        <v>40</v>
+      </c>
+      <c r="P680" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q680" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="681" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A681">
+        <v>680</v>
+      </c>
+      <c r="B681">
+        <v>7</v>
+      </c>
+      <c r="C681" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D681" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E681" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F681" t="s">
+        <v>1738</v>
+      </c>
+      <c r="G681" t="s">
+        <v>5</v>
+      </c>
+      <c r="H681" s="1">
+        <v>48</v>
+      </c>
+      <c r="I681" s="1">
+        <v>12</v>
+      </c>
+      <c r="J681" s="1">
+        <v>0</v>
+      </c>
+      <c r="K681" t="s">
+        <v>6</v>
+      </c>
+      <c r="L681" t="s">
+        <v>24</v>
+      </c>
+      <c r="M681" s="1">
+        <v>0</v>
+      </c>
+      <c r="N681" s="1">
+        <v>20</v>
+      </c>
+      <c r="O681" s="1">
+        <v>40</v>
+      </c>
+      <c r="P681" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q681" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="682" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A682">
+        <v>681</v>
+      </c>
+      <c r="B682">
+        <v>7</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D682" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E682" t="s">
+        <v>1741</v>
+      </c>
+      <c r="F682" t="s">
+        <v>1742</v>
+      </c>
+      <c r="G682" t="s">
+        <v>14</v>
+      </c>
+      <c r="H682" s="1">
+        <v>216</v>
+      </c>
+      <c r="I682" s="1">
+        <v>24</v>
+      </c>
+      <c r="J682" s="1">
+        <v>0</v>
+      </c>
+      <c r="K682" t="s">
+        <v>15</v>
+      </c>
+      <c r="L682" t="s">
+        <v>16</v>
+      </c>
+      <c r="M682" s="1">
+        <v>0</v>
+      </c>
+      <c r="N682" s="1">
+        <v>20</v>
+      </c>
+      <c r="O682" s="1">
+        <v>220</v>
+      </c>
+      <c r="P682" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q682" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="683" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A683">
+        <v>682</v>
+      </c>
+      <c r="B683">
+        <v>7</v>
+      </c>
+      <c r="C683" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D683" t="s">
+        <v>344</v>
+      </c>
+      <c r="E683" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F683" t="s">
+        <v>1744</v>
+      </c>
+      <c r="G683" t="s">
+        <v>5</v>
+      </c>
+      <c r="H683" s="1">
+        <v>24</v>
+      </c>
+      <c r="I683" s="1">
+        <v>6</v>
+      </c>
+      <c r="J683" s="1">
+        <v>0</v>
+      </c>
+      <c r="K683" t="s">
+        <v>6</v>
+      </c>
+      <c r="L683" t="s">
+        <v>74</v>
+      </c>
+      <c r="M683" s="1">
+        <v>0</v>
+      </c>
+      <c r="N683" s="1">
+        <v>10</v>
+      </c>
+      <c r="O683" s="1">
+        <v>20</v>
+      </c>
+      <c r="P683" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q683" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="684" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A684">
+        <v>683</v>
+      </c>
+      <c r="B684">
+        <v>7</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D684" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E684" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F684" t="s">
+        <v>1748</v>
+      </c>
+      <c r="G684" t="s">
+        <v>5</v>
+      </c>
+      <c r="H684" s="1">
+        <v>307</v>
+      </c>
+      <c r="I684" s="1">
+        <v>77</v>
+      </c>
+      <c r="J684" s="1">
+        <v>0</v>
+      </c>
+      <c r="K684" t="s">
+        <v>6</v>
+      </c>
+      <c r="L684" t="s">
+        <v>7</v>
+      </c>
+      <c r="M684" s="1">
+        <v>1720</v>
+      </c>
+      <c r="N684" s="1">
+        <v>84</v>
+      </c>
+      <c r="O684" s="1">
+        <v>300</v>
+      </c>
+      <c r="P684" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q684" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="685" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A685">
+        <v>684</v>
+      </c>
+      <c r="B685">
+        <v>7</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D685" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E685" t="s">
+        <v>1749</v>
+      </c>
+      <c r="F685" t="s">
+        <v>1750</v>
+      </c>
+      <c r="G685" t="s">
+        <v>14</v>
+      </c>
+      <c r="H685" s="1">
+        <v>24</v>
+      </c>
+      <c r="I685" s="1">
+        <v>6</v>
+      </c>
+      <c r="J685" s="1">
+        <v>0</v>
+      </c>
+      <c r="K685" t="s">
+        <v>15</v>
+      </c>
+      <c r="L685" t="s">
+        <v>74</v>
+      </c>
+      <c r="M685" s="1">
+        <v>10</v>
+      </c>
+      <c r="N685" s="1">
+        <v>10</v>
+      </c>
+      <c r="O685" s="1">
+        <v>20</v>
+      </c>
+      <c r="P685" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q685" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="686" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A686">
+        <v>685</v>
+      </c>
+      <c r="B686">
+        <v>7</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D686" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E686" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F686" t="s">
+        <v>1752</v>
+      </c>
+      <c r="G686" t="s">
+        <v>14</v>
+      </c>
+      <c r="H686" s="1">
+        <v>80</v>
+      </c>
+      <c r="I686" s="1">
+        <v>20</v>
+      </c>
+      <c r="J686" s="1">
+        <v>0</v>
+      </c>
+      <c r="K686" t="s">
+        <v>15</v>
+      </c>
+      <c r="L686" t="s">
+        <v>31</v>
+      </c>
+      <c r="M686" s="1">
+        <v>0</v>
+      </c>
+      <c r="N686" s="1">
+        <v>25</v>
+      </c>
+      <c r="O686" s="1">
+        <v>75</v>
+      </c>
+      <c r="P686" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q686" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="687" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A687">
+        <v>686</v>
+      </c>
+      <c r="B687">
+        <v>7</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D687" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E687" t="s">
+        <v>1754</v>
+      </c>
+      <c r="F687" t="s">
+        <v>1755</v>
+      </c>
+      <c r="G687" t="s">
+        <v>14</v>
+      </c>
+      <c r="H687" s="1">
+        <v>160</v>
+      </c>
+      <c r="I687" s="1">
+        <v>40</v>
+      </c>
+      <c r="J687" s="1">
+        <v>0</v>
+      </c>
+      <c r="K687" t="s">
+        <v>15</v>
+      </c>
+      <c r="L687" t="s">
+        <v>16</v>
+      </c>
+      <c r="M687" s="1">
+        <v>950</v>
+      </c>
+      <c r="N687" s="1">
+        <v>100</v>
+      </c>
+      <c r="O687" s="1">
+        <v>100</v>
+      </c>
+      <c r="P687" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q687" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="688" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A688">
+        <v>687</v>
+      </c>
+      <c r="B688">
+        <v>7</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D688" t="s">
+        <v>1756</v>
+      </c>
+      <c r="E688" t="s">
+        <v>1757</v>
+      </c>
+      <c r="F688" t="s">
+        <v>1758</v>
+      </c>
+      <c r="G688" t="s">
+        <v>5</v>
+      </c>
+      <c r="H688" s="1">
+        <v>48</v>
+      </c>
+      <c r="I688" s="1">
+        <v>12</v>
+      </c>
+      <c r="J688" s="1">
+        <v>0</v>
+      </c>
+      <c r="K688" t="s">
+        <v>6</v>
+      </c>
+      <c r="L688" t="s">
+        <v>24</v>
+      </c>
+      <c r="M688" s="1">
+        <v>0</v>
+      </c>
+      <c r="N688" s="1">
+        <v>20</v>
+      </c>
+      <c r="O688" s="1">
+        <v>40</v>
+      </c>
+      <c r="P688" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q688" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="689" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A689">
+        <v>688</v>
+      </c>
+      <c r="B689">
+        <v>7</v>
+      </c>
+      <c r="C689" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D689" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E689" t="s">
+        <v>1759</v>
+      </c>
+      <c r="F689" t="s">
+        <v>1760</v>
+      </c>
+      <c r="G689" t="s">
+        <v>5</v>
+      </c>
+      <c r="H689" s="1">
+        <v>72</v>
+      </c>
+      <c r="I689" s="1">
+        <v>18</v>
+      </c>
+      <c r="J689" s="1">
+        <v>0</v>
+      </c>
+      <c r="K689" t="s">
+        <v>6</v>
+      </c>
+      <c r="L689" t="s">
+        <v>31</v>
+      </c>
+      <c r="M689" s="1">
+        <v>0</v>
+      </c>
+      <c r="N689" s="1">
+        <v>10</v>
+      </c>
+      <c r="O689" s="1">
+        <v>80</v>
+      </c>
+      <c r="P689" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q689" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="690" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A690">
+        <v>689</v>
+      </c>
+      <c r="B690">
+        <v>7</v>
+      </c>
+      <c r="C690" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D690" t="s">
+        <v>57</v>
+      </c>
+      <c r="E690" t="s">
+        <v>1761</v>
+      </c>
+      <c r="F690" t="s">
+        <v>1762</v>
+      </c>
+      <c r="G690" t="s">
+        <v>14</v>
+      </c>
+      <c r="H690" s="1">
+        <v>54</v>
+      </c>
+      <c r="I690" s="1">
+        <v>6</v>
+      </c>
+      <c r="J690" s="1">
+        <v>0</v>
+      </c>
+      <c r="K690" t="s">
+        <v>48</v>
+      </c>
+      <c r="L690" t="s">
+        <v>24</v>
+      </c>
+      <c r="M690" s="1">
+        <v>0</v>
+      </c>
+      <c r="N690" s="1">
+        <v>20</v>
+      </c>
+      <c r="O690" s="1">
+        <v>40</v>
+      </c>
+      <c r="P690" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q690" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="691" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A691">
+        <v>690</v>
+      </c>
+      <c r="B691">
+        <v>7</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1753</v>
+      </c>
+      <c r="D691" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E691" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F691" t="s">
+        <v>1765</v>
+      </c>
+      <c r="G691" t="s">
+        <v>14</v>
+      </c>
+      <c r="H691" s="1">
+        <v>1575</v>
+      </c>
+      <c r="I691" s="1">
+        <v>175</v>
+      </c>
+      <c r="J691" s="1">
+        <v>0</v>
+      </c>
+      <c r="K691" t="s">
+        <v>48</v>
+      </c>
+      <c r="L691" t="s">
+        <v>19</v>
+      </c>
+      <c r="M691" s="1">
+        <v>125</v>
+      </c>
+      <c r="N691" s="1">
+        <v>250</v>
+      </c>
+      <c r="O691" s="1">
+        <v>1500</v>
+      </c>
+      <c r="P691" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q691" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="692" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A692">
+        <v>691</v>
+      </c>
+      <c r="B692">
+        <v>7</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D692" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E692" t="s">
+        <v>1767</v>
+      </c>
+      <c r="F692" t="s">
+        <v>1645</v>
+      </c>
+      <c r="G692" t="s">
+        <v>5</v>
+      </c>
+      <c r="H692" s="1">
+        <v>24</v>
+      </c>
+      <c r="I692" s="1">
+        <v>6</v>
+      </c>
+      <c r="J692" s="1">
+        <v>0</v>
+      </c>
+      <c r="K692" t="s">
+        <v>6</v>
+      </c>
+      <c r="L692" t="s">
+        <v>74</v>
+      </c>
+      <c r="M692" s="1">
+        <v>0</v>
+      </c>
+      <c r="N692" s="1">
+        <v>10</v>
+      </c>
+      <c r="O692" s="1">
+        <v>20</v>
+      </c>
+      <c r="P692" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q692" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="693" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A693">
+        <v>692</v>
+      </c>
+      <c r="B693">
+        <v>7</v>
+      </c>
+      <c r="C693" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D693" t="s">
+        <v>1351</v>
+      </c>
+      <c r="E693" t="s">
+        <v>1769</v>
+      </c>
+      <c r="F693" t="s">
+        <v>1770</v>
+      </c>
+      <c r="G693" t="s">
+        <v>5</v>
+      </c>
+      <c r="H693" s="1">
+        <v>40</v>
+      </c>
+      <c r="I693" s="1">
+        <v>10</v>
+      </c>
+      <c r="J693" s="1">
+        <v>0</v>
+      </c>
+      <c r="K693" t="s">
+        <v>6</v>
+      </c>
+      <c r="L693" t="s">
+        <v>24</v>
+      </c>
+      <c r="M693" s="1">
+        <v>10</v>
+      </c>
+      <c r="N693" s="1">
+        <v>10</v>
+      </c>
+      <c r="O693" s="1">
+        <v>40</v>
+      </c>
+      <c r="P693" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q693" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="694" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A694">
+        <v>693</v>
+      </c>
+      <c r="B694">
+        <v>7</v>
+      </c>
+      <c r="C694" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D694" t="s">
+        <v>1771</v>
+      </c>
+      <c r="E694" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F694" t="s">
+        <v>1773</v>
+      </c>
+      <c r="G694" t="s">
+        <v>5</v>
+      </c>
+      <c r="H694" s="1">
+        <v>12</v>
+      </c>
+      <c r="I694" s="1">
+        <v>3</v>
+      </c>
+      <c r="J694" s="1">
+        <v>0</v>
+      </c>
+      <c r="K694" t="s">
+        <v>6</v>
+      </c>
+      <c r="L694" t="s">
+        <v>31</v>
+      </c>
+      <c r="M694" s="1">
+        <v>0</v>
+      </c>
+      <c r="N694" s="1">
+        <v>5</v>
+      </c>
+      <c r="O694" s="1">
+        <v>10</v>
+      </c>
+      <c r="P694" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q694" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="695" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A695">
+        <v>694</v>
+      </c>
+      <c r="B695">
+        <v>7</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D695" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E695" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F695" t="s">
+        <v>1775</v>
+      </c>
+      <c r="G695" t="s">
+        <v>14</v>
+      </c>
+      <c r="H695" s="1">
+        <v>560</v>
+      </c>
+      <c r="I695" s="1">
+        <v>140</v>
+      </c>
+      <c r="J695" s="1">
+        <v>0</v>
+      </c>
+      <c r="K695" t="s">
+        <v>15</v>
+      </c>
+      <c r="L695" t="s">
+        <v>16</v>
+      </c>
+      <c r="M695" s="1">
+        <v>900</v>
+      </c>
+      <c r="N695" s="1">
+        <v>300</v>
+      </c>
+      <c r="O695" s="1">
+        <v>400</v>
+      </c>
+      <c r="P695" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q695" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="696" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A696">
+        <v>695</v>
+      </c>
+      <c r="B696">
+        <v>7</v>
+      </c>
+      <c r="C696" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D696" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E696" t="s">
+        <v>1776</v>
+      </c>
+      <c r="F696" t="s">
+        <v>1777</v>
+      </c>
+      <c r="G696" t="s">
+        <v>5</v>
+      </c>
+      <c r="H696" s="1">
+        <v>152</v>
+      </c>
+      <c r="I696" s="1">
+        <v>38</v>
+      </c>
+      <c r="J696" s="1">
+        <v>0</v>
+      </c>
+      <c r="K696" t="s">
+        <v>6</v>
+      </c>
+      <c r="L696" t="s">
+        <v>24</v>
+      </c>
+      <c r="M696" s="1">
+        <v>0</v>
+      </c>
+      <c r="N696" s="1">
+        <v>40</v>
+      </c>
+      <c r="O696" s="1">
+        <v>150</v>
+      </c>
+      <c r="P696" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q696" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="697" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A697">
+        <v>696</v>
+      </c>
+      <c r="B697">
+        <v>7</v>
+      </c>
+      <c r="C697" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D697" t="s">
+        <v>913</v>
+      </c>
+      <c r="E697" t="s">
+        <v>1779</v>
+      </c>
+      <c r="F697" t="s">
+        <v>1780</v>
+      </c>
+      <c r="G697" t="s">
+        <v>5</v>
+      </c>
+      <c r="H697" s="1">
+        <v>240</v>
+      </c>
+      <c r="I697" s="1">
+        <v>60</v>
+      </c>
+      <c r="J697" s="1">
+        <v>0</v>
+      </c>
+      <c r="K697" t="s">
+        <v>6</v>
+      </c>
+      <c r="L697" t="s">
+        <v>24</v>
+      </c>
+      <c r="M697" s="1">
+        <v>0</v>
+      </c>
+      <c r="N697" s="1">
+        <v>100</v>
+      </c>
+      <c r="O697" s="1">
+        <v>200</v>
+      </c>
+      <c r="P697" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q697" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="698" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A698">
+        <v>697</v>
+      </c>
+      <c r="B698">
+        <v>7</v>
+      </c>
+      <c r="C698" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D698" t="s">
+        <v>913</v>
+      </c>
+      <c r="E698" t="s">
+        <v>1781</v>
+      </c>
+      <c r="F698" t="s">
+        <v>1782</v>
+      </c>
+      <c r="G698" t="s">
+        <v>5</v>
+      </c>
+      <c r="H698" s="1">
+        <v>336</v>
+      </c>
+      <c r="I698" s="1">
+        <v>84</v>
+      </c>
+      <c r="J698" s="1">
+        <v>0</v>
+      </c>
+      <c r="K698" t="s">
+        <v>6</v>
+      </c>
+      <c r="L698" t="s">
+        <v>24</v>
+      </c>
+      <c r="M698" s="1">
+        <v>0</v>
+      </c>
+      <c r="N698" s="1">
+        <v>100</v>
+      </c>
+      <c r="O698" s="1">
+        <v>320</v>
+      </c>
+      <c r="P698" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q698" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="699" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A699">
+        <v>698</v>
+      </c>
+      <c r="B699">
+        <v>7</v>
+      </c>
+      <c r="C699" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D699" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E699" t="s">
+        <v>1783</v>
+      </c>
+      <c r="F699" t="s">
+        <v>1784</v>
+      </c>
+      <c r="G699" t="s">
+        <v>5</v>
+      </c>
+      <c r="H699" s="1">
+        <v>204</v>
+      </c>
+      <c r="I699" s="1">
+        <v>51</v>
+      </c>
+      <c r="J699" s="1">
+        <v>0</v>
+      </c>
+      <c r="K699" t="s">
+        <v>6</v>
+      </c>
+      <c r="L699" t="s">
+        <v>24</v>
+      </c>
+      <c r="M699" s="1">
+        <v>0</v>
+      </c>
+      <c r="N699" s="1">
+        <v>10</v>
+      </c>
+      <c r="O699" s="1">
+        <v>245</v>
+      </c>
+      <c r="P699" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q699" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="700" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A700">
+        <v>699</v>
+      </c>
+      <c r="B700">
+        <v>7</v>
+      </c>
+      <c r="C700" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D700" t="s">
+        <v>113</v>
+      </c>
+      <c r="E700" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F700" t="s">
+        <v>1786</v>
+      </c>
+      <c r="G700" t="s">
+        <v>5</v>
+      </c>
+      <c r="H700" s="1">
+        <v>24</v>
+      </c>
+      <c r="I700" s="1">
+        <v>6</v>
+      </c>
+      <c r="J700" s="1">
+        <v>0</v>
+      </c>
+      <c r="K700" t="s">
+        <v>128</v>
+      </c>
+      <c r="L700" t="s">
+        <v>31</v>
+      </c>
+      <c r="M700" s="1">
+        <v>0</v>
+      </c>
+      <c r="N700" s="1">
+        <v>10</v>
+      </c>
+      <c r="O700" s="1">
+        <v>20</v>
+      </c>
+      <c r="P700" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q700" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="701" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A701">
+        <v>700</v>
+      </c>
+      <c r="B701">
+        <v>7</v>
+      </c>
+      <c r="C701" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D701" t="s">
+        <v>113</v>
+      </c>
+      <c r="E701" t="s">
+        <v>1787</v>
+      </c>
+      <c r="F701" t="s">
+        <v>1788</v>
+      </c>
+      <c r="G701" t="s">
+        <v>14</v>
+      </c>
+      <c r="H701" s="1">
+        <v>560</v>
+      </c>
+      <c r="I701" s="1">
+        <v>140</v>
+      </c>
+      <c r="J701" s="1">
+        <v>0</v>
+      </c>
+      <c r="K701" t="s">
+        <v>15</v>
+      </c>
+      <c r="L701" t="s">
+        <v>7</v>
+      </c>
+      <c r="M701" s="1">
+        <v>0</v>
+      </c>
+      <c r="N701" s="1">
+        <v>300</v>
+      </c>
+      <c r="O701" s="1">
+        <v>400</v>
+      </c>
+      <c r="P701" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q701" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="702" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A702">
+        <v>701</v>
+      </c>
+      <c r="B702">
+        <v>7</v>
+      </c>
+      <c r="C702" t="s">
+        <v>95</v>
+      </c>
+      <c r="D702" t="s">
+        <v>96</v>
+      </c>
+      <c r="E702" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F702" t="s">
+        <v>1790</v>
+      </c>
+      <c r="G702" t="s">
+        <v>5</v>
+      </c>
+      <c r="H702" s="1">
+        <v>400</v>
+      </c>
+      <c r="I702" s="1">
+        <v>100</v>
+      </c>
+      <c r="J702" s="1">
+        <v>0</v>
+      </c>
+      <c r="K702" t="s">
+        <v>6</v>
+      </c>
+      <c r="L702" t="s">
+        <v>44</v>
+      </c>
+      <c r="M702" s="1">
+        <v>201</v>
+      </c>
+      <c r="N702" s="1">
+        <v>100</v>
+      </c>
+      <c r="O702" s="1">
+        <v>400</v>
+      </c>
+      <c r="P702" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q702" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="703" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A703">
+        <v>702</v>
+      </c>
+      <c r="B703">
+        <v>7</v>
+      </c>
+      <c r="C703" t="s">
+        <v>95</v>
+      </c>
+      <c r="D703" t="s">
+        <v>96</v>
+      </c>
+      <c r="E703" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F703" t="s">
+        <v>1792</v>
+      </c>
+      <c r="G703" t="s">
+        <v>14</v>
+      </c>
+      <c r="H703" s="1">
+        <v>0</v>
+      </c>
+      <c r="I703" s="1">
+        <v>150</v>
+      </c>
+      <c r="J703" s="1">
+        <v>0</v>
+      </c>
+      <c r="K703" t="s">
+        <v>0</v>
+      </c>
+      <c r="L703" t="s">
+        <v>24</v>
+      </c>
+      <c r="M703" s="1">
+        <v>300</v>
+      </c>
+      <c r="N703" s="1">
+        <v>50</v>
+      </c>
+      <c r="O703" s="1">
+        <v>100</v>
+      </c>
+      <c r="P703" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q703" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="704" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A704">
+        <v>703</v>
+      </c>
+      <c r="B704">
+        <v>7</v>
+      </c>
+      <c r="C704" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D704" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E704" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F704" t="s">
+        <v>1795</v>
+      </c>
+      <c r="G704" t="s">
+        <v>14</v>
+      </c>
+      <c r="H704" s="1">
+        <v>54</v>
+      </c>
+      <c r="I704" s="1">
+        <v>6</v>
+      </c>
+      <c r="J704" s="1">
+        <v>0</v>
+      </c>
+      <c r="K704" t="s">
+        <v>48</v>
+      </c>
+      <c r="L704" t="s">
+        <v>16</v>
+      </c>
+      <c r="M704" s="1">
+        <v>0</v>
+      </c>
+      <c r="N704" s="1">
+        <v>20</v>
+      </c>
+      <c r="O704" s="1">
+        <v>40</v>
+      </c>
+      <c r="P704" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q704" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="705" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A705">
+        <v>704</v>
+      </c>
+      <c r="B705">
+        <v>7</v>
+      </c>
+      <c r="C705" t="s">
+        <v>1793</v>
+      </c>
+      <c r="D705" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E705" t="s">
+        <v>1797</v>
+      </c>
+      <c r="F705" t="s">
+        <v>1798</v>
+      </c>
+      <c r="G705" t="s">
+        <v>5</v>
+      </c>
+      <c r="H705" s="1">
+        <v>112</v>
+      </c>
+      <c r="I705" s="1">
+        <v>28</v>
+      </c>
+      <c r="J705" s="1">
+        <v>0</v>
+      </c>
+      <c r="K705" t="s">
+        <v>6</v>
+      </c>
+      <c r="L705" t="s">
+        <v>74</v>
+      </c>
+      <c r="M705" s="1">
+        <v>0</v>
+      </c>
+      <c r="N705" s="1">
+        <v>40</v>
+      </c>
+      <c r="O705" s="1">
+        <v>100</v>
+      </c>
+      <c r="P705" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q705" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="706" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A706">
+        <v>705</v>
+      </c>
+      <c r="B706">
+        <v>7</v>
+      </c>
+      <c r="C706" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D706" t="s">
+        <v>261</v>
+      </c>
+      <c r="E706" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F706" t="s">
+        <v>1800</v>
+      </c>
+      <c r="G706" t="s">
+        <v>5</v>
+      </c>
+      <c r="H706" s="1">
+        <v>48</v>
+      </c>
+      <c r="I706" s="1">
+        <v>12</v>
+      </c>
+      <c r="J706" s="1">
+        <v>0</v>
+      </c>
+      <c r="K706" t="s">
+        <v>6</v>
+      </c>
+      <c r="L706" t="s">
+        <v>31</v>
+      </c>
+      <c r="M706" s="1">
+        <v>0</v>
+      </c>
+      <c r="N706" s="1">
+        <v>20</v>
+      </c>
+      <c r="O706" s="1">
+        <v>40</v>
+      </c>
+      <c r="P706" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q706" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="707" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A707">
+        <v>706</v>
+      </c>
+      <c r="B707">
+        <v>7</v>
+      </c>
+      <c r="C707" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D707" t="s">
+        <v>832</v>
+      </c>
+      <c r="E707" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F707" t="s">
+        <v>1803</v>
+      </c>
+      <c r="G707" t="s">
+        <v>14</v>
+      </c>
+      <c r="H707" s="1">
+        <v>27</v>
+      </c>
+      <c r="I707" s="1">
+        <v>3</v>
+      </c>
+      <c r="J707" s="1">
+        <v>0</v>
+      </c>
+      <c r="K707" t="s">
+        <v>48</v>
+      </c>
+      <c r="L707" t="s">
+        <v>24</v>
+      </c>
+      <c r="M707" s="1">
+        <v>10</v>
+      </c>
+      <c r="N707" s="1">
+        <v>10</v>
+      </c>
+      <c r="O707" s="1">
+        <v>20</v>
+      </c>
+      <c r="P707" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q707" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="708" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A708">
+        <v>707</v>
+      </c>
+      <c r="B708">
+        <v>7</v>
+      </c>
+      <c r="C708" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D708" t="s">
+        <v>166</v>
+      </c>
+      <c r="E708" t="s">
+        <v>1804</v>
+      </c>
+      <c r="F708" t="s">
+        <v>1805</v>
+      </c>
+      <c r="G708" t="s">
+        <v>5</v>
+      </c>
+      <c r="H708" s="1">
+        <v>88</v>
+      </c>
+      <c r="I708" s="1">
+        <v>22</v>
+      </c>
+      <c r="J708" s="1">
+        <v>0</v>
+      </c>
+      <c r="K708" t="s">
+        <v>6</v>
+      </c>
+      <c r="L708" t="s">
+        <v>74</v>
+      </c>
+      <c r="M708" s="1">
+        <v>0</v>
+      </c>
+      <c r="N708" s="1">
+        <v>30</v>
+      </c>
+      <c r="O708" s="1">
+        <v>80</v>
+      </c>
+      <c r="P708" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q708" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="709" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A709">
+        <v>708</v>
+      </c>
+      <c r="B709">
+        <v>99</v>
+      </c>
+      <c r="C709" t="s">
+        <v>95</v>
+      </c>
+      <c r="D709" t="s">
+        <v>96</v>
+      </c>
+      <c r="E709" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F709" t="s">
+        <v>1807</v>
+      </c>
+      <c r="G709" t="s">
+        <v>14</v>
+      </c>
+      <c r="H709" s="1">
+        <v>675</v>
+      </c>
+      <c r="I709" s="1">
+        <v>75</v>
+      </c>
+      <c r="J709" s="1">
+        <v>0</v>
+      </c>
+      <c r="K709" t="s">
+        <v>48</v>
+      </c>
+      <c r="L709" t="s">
+        <v>44</v>
+      </c>
+      <c r="M709" s="1">
+        <v>600</v>
+      </c>
+      <c r="N709" s="1">
+        <v>250</v>
+      </c>
+      <c r="O709" s="1">
+        <v>500</v>
+      </c>
+      <c r="P709" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q709" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="710" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A710">
+        <v>709</v>
+      </c>
+      <c r="B710">
+        <v>99</v>
+      </c>
+      <c r="C710" t="s">
+        <v>95</v>
+      </c>
+      <c r="D710" t="s">
+        <v>96</v>
+      </c>
+      <c r="E710" t="s">
+        <v>1808</v>
+      </c>
+      <c r="F710" t="s">
+        <v>1807</v>
+      </c>
+      <c r="G710" t="s">
+        <v>14</v>
+      </c>
+      <c r="H710" s="1">
+        <v>1080</v>
+      </c>
+      <c r="I710" s="1">
+        <v>120</v>
+      </c>
+      <c r="J710" s="1">
+        <v>0</v>
+      </c>
+      <c r="K710" t="s">
+        <v>48</v>
+      </c>
+      <c r="L710" t="s">
+        <v>44</v>
+      </c>
+      <c r="M710" s="1">
+        <v>1600</v>
+      </c>
+      <c r="N710" s="1">
+        <v>400</v>
+      </c>
+      <c r="O710" s="1">
+        <v>800</v>
+      </c>
+      <c r="P710" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q710" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="711" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A711">
+        <v>710</v>
+      </c>
+      <c r="B711">
+        <v>99</v>
+      </c>
+      <c r="C711" t="s">
+        <v>95</v>
+      </c>
+      <c r="D711" t="s">
+        <v>96</v>
+      </c>
+      <c r="E711" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F711" t="s">
+        <v>1810</v>
+      </c>
+      <c r="G711" t="s">
+        <v>5</v>
+      </c>
+      <c r="H711" s="1">
+        <v>640</v>
+      </c>
+      <c r="I711" s="1">
+        <v>160</v>
+      </c>
+      <c r="J711" s="1">
+        <v>0</v>
+      </c>
+      <c r="K711" t="s">
+        <v>6</v>
+      </c>
+      <c r="L711" t="s">
+        <v>44</v>
+      </c>
+      <c r="M711" s="1">
+        <v>821</v>
+      </c>
+      <c r="N711" s="1">
+        <v>400</v>
+      </c>
+      <c r="O711" s="1">
+        <v>400</v>
+      </c>
+      <c r="P711" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q711" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="712" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A712">
+        <v>711</v>
+      </c>
+      <c r="B712">
+        <v>99</v>
+      </c>
+      <c r="C712" t="s">
+        <v>95</v>
+      </c>
+      <c r="D712" t="s">
+        <v>96</v>
+      </c>
+      <c r="E712" t="s">
+        <v>1811</v>
+      </c>
+      <c r="F712" t="s">
+        <v>1812</v>
+      </c>
+      <c r="G712" t="s">
+        <v>5</v>
+      </c>
+      <c r="H712" s="1">
+        <v>6400</v>
+      </c>
+      <c r="I712" s="1">
+        <v>1600</v>
+      </c>
+      <c r="J712" s="1">
+        <v>0</v>
+      </c>
+      <c r="K712" t="s">
+        <v>6</v>
+      </c>
+      <c r="L712" t="s">
+        <v>44</v>
+      </c>
+      <c r="M712" s="1">
+        <v>12000</v>
+      </c>
+      <c r="N712" s="1">
+        <v>6000</v>
+      </c>
+      <c r="O712" s="1">
+        <v>2000</v>
+      </c>
+      <c r="P712" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q712" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="713" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A713">
+        <v>712</v>
+      </c>
+      <c r="B713">
+        <v>99</v>
+      </c>
+      <c r="C713" t="s">
+        <v>95</v>
+      </c>
+      <c r="D713" t="s">
+        <v>96</v>
+      </c>
+      <c r="E713" t="s">
+        <v>1813</v>
+      </c>
+      <c r="F713" t="s">
+        <v>1814</v>
+      </c>
+      <c r="G713" t="s">
+        <v>5</v>
+      </c>
+      <c r="H713" s="1">
+        <v>12000</v>
+      </c>
+      <c r="I713" s="1">
+        <v>3000</v>
+      </c>
+      <c r="J713" s="1">
+        <v>0</v>
+      </c>
+      <c r="K713" t="s">
+        <v>6</v>
+      </c>
+      <c r="L713" t="s">
+        <v>44</v>
+      </c>
+      <c r="M713" s="1">
+        <v>6000</v>
+      </c>
+      <c r="N713" s="1">
+        <v>3000</v>
+      </c>
+      <c r="O713" s="1">
+        <v>12000</v>
+      </c>
+      <c r="P713" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q713" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="714" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A714">
+        <v>713</v>
+      </c>
+      <c r="B714">
+        <v>99</v>
+      </c>
+      <c r="C714" t="s">
+        <v>95</v>
+      </c>
+      <c r="D714" t="s">
+        <v>96</v>
+      </c>
+      <c r="E714" t="s">
+        <v>1815</v>
+      </c>
+      <c r="F714" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G714" t="s">
+        <v>5</v>
+      </c>
+      <c r="H714" s="1">
+        <v>800</v>
+      </c>
+      <c r="I714" s="1">
+        <v>200</v>
+      </c>
+      <c r="J714" s="1">
+        <v>0</v>
+      </c>
+      <c r="K714" t="s">
+        <v>6</v>
+      </c>
+      <c r="L714" t="s">
+        <v>44</v>
+      </c>
+      <c r="M714" s="1">
+        <v>800</v>
+      </c>
+      <c r="N714" s="1">
+        <v>1000</v>
+      </c>
+      <c r="O714" s="1">
+        <v>0</v>
+      </c>
+      <c r="P714" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q714" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="715" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A715">
+        <v>714</v>
+      </c>
+      <c r="B715">
+        <v>99</v>
+      </c>
+      <c r="C715" t="s">
+        <v>95</v>
+      </c>
+      <c r="D715" t="s">
+        <v>96</v>
+      </c>
+      <c r="E715" t="s">
+        <v>1817</v>
+      </c>
+      <c r="F715" t="s">
+        <v>1818</v>
+      </c>
+      <c r="G715" t="s">
+        <v>5</v>
+      </c>
+      <c r="H715" s="1">
+        <v>28</v>
+      </c>
+      <c r="I715" s="1">
+        <v>7</v>
+      </c>
+      <c r="J715" s="1">
+        <v>0</v>
+      </c>
+      <c r="K715" t="s">
+        <v>6</v>
+      </c>
+      <c r="L715" t="s">
+        <v>44</v>
+      </c>
+      <c r="M715" s="1">
+        <v>115</v>
+      </c>
+      <c r="N715" s="1">
+        <v>35</v>
+      </c>
+      <c r="O715" s="1">
+        <v>0</v>
+      </c>
+      <c r="P715" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q715" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="716" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A716">
+        <v>715</v>
+      </c>
+      <c r="B716">
+        <v>99</v>
+      </c>
+      <c r="C716" t="s">
+        <v>95</v>
+      </c>
+      <c r="D716" t="s">
+        <v>96</v>
+      </c>
+      <c r="E716" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F716" t="s">
+        <v>1820</v>
+      </c>
+      <c r="G716" t="s">
+        <v>14</v>
+      </c>
+      <c r="H716" s="1">
+        <v>0</v>
+      </c>
+      <c r="I716" s="1">
+        <v>5</v>
+      </c>
+      <c r="J716" s="1">
+        <v>0</v>
+      </c>
+      <c r="K716" t="s">
+        <v>0</v>
+      </c>
+      <c r="L716" t="s">
+        <v>44</v>
+      </c>
+      <c r="M716" s="1">
+        <v>5</v>
+      </c>
+      <c r="N716" s="1">
+        <v>5</v>
+      </c>
+      <c r="O716" s="1">
+        <v>0</v>
+      </c>
+      <c r="P716" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q716" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="717" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A717">
+        <v>716</v>
+      </c>
+      <c r="B717">
+        <v>99</v>
+      </c>
+      <c r="C717" t="s">
+        <v>95</v>
+      </c>
+      <c r="D717" t="s">
+        <v>96</v>
+      </c>
+      <c r="E717" t="s">
+        <v>1821</v>
+      </c>
+      <c r="F717" t="s">
+        <v>1822</v>
+      </c>
+      <c r="G717" t="s">
+        <v>14</v>
+      </c>
+      <c r="H717" s="1">
+        <v>0</v>
+      </c>
+      <c r="I717" s="1">
+        <v>5</v>
+      </c>
+      <c r="J717" s="1">
+        <v>0</v>
+      </c>
+      <c r="K717" t="s">
+        <v>0</v>
+      </c>
+      <c r="L717" t="s">
+        <v>44</v>
+      </c>
+      <c r="M717" s="1">
+        <v>5</v>
+      </c>
+      <c r="N717" s="1">
+        <v>5</v>
+      </c>
+      <c r="O717" s="1">
+        <v>0</v>
+      </c>
+      <c r="P717" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q717" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="718" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A718">
+        <v>717</v>
+      </c>
+      <c r="B718">
+        <v>99</v>
+      </c>
+      <c r="C718" t="s">
+        <v>95</v>
+      </c>
+      <c r="D718" t="s">
+        <v>96</v>
+      </c>
+      <c r="E718" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F718" t="s">
+        <v>1818</v>
+      </c>
+      <c r="G718" t="s">
+        <v>5</v>
+      </c>
+      <c r="H718" s="1">
+        <v>200</v>
+      </c>
+      <c r="I718" s="1">
+        <v>50</v>
+      </c>
+      <c r="J718" s="1">
+        <v>0</v>
+      </c>
+      <c r="K718" t="s">
+        <v>6</v>
+      </c>
+      <c r="L718" t="s">
+        <v>44</v>
+      </c>
+      <c r="M718" s="1">
+        <v>0</v>
+      </c>
+      <c r="N718" s="1">
+        <v>80</v>
+      </c>
+      <c r="O718" s="1">
+        <v>170</v>
+      </c>
+      <c r="P718" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q718" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="719" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A719">
+        <v>718</v>
+      </c>
+      <c r="B719">
+        <v>99</v>
+      </c>
+      <c r="C719" t="s">
+        <v>95</v>
+      </c>
+      <c r="D719" t="s">
+        <v>96</v>
+      </c>
+      <c r="E719" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F719" t="s">
+        <v>1825</v>
+      </c>
+      <c r="G719" t="s">
+        <v>5</v>
+      </c>
+      <c r="H719" s="1">
+        <v>400</v>
+      </c>
+      <c r="I719" s="1">
+        <v>100</v>
+      </c>
+      <c r="J719" s="1">
+        <v>0</v>
+      </c>
+      <c r="K719" t="s">
+        <v>6</v>
+      </c>
+      <c r="L719" t="s">
+        <v>44</v>
+      </c>
+      <c r="M719" s="1">
+        <v>500</v>
+      </c>
+      <c r="N719" s="1">
+        <v>500</v>
+      </c>
+      <c r="O719" s="1">
+        <v>0</v>
+      </c>
+      <c r="P719" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q719" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="720" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A720">
+        <v>719</v>
+      </c>
+      <c r="B720">
+        <v>99</v>
+      </c>
+      <c r="C720" t="s">
+        <v>95</v>
+      </c>
+      <c r="D720" t="s">
+        <v>96</v>
+      </c>
+      <c r="E720" t="s">
+        <v>1826</v>
+      </c>
+      <c r="F720" t="s">
+        <v>1827</v>
+      </c>
+      <c r="G720" t="s">
+        <v>14</v>
+      </c>
+      <c r="H720" s="1">
+        <v>450</v>
+      </c>
+      <c r="I720" s="1">
+        <v>50</v>
+      </c>
+      <c r="J720" s="1">
+        <v>0</v>
+      </c>
+      <c r="K720" t="s">
+        <v>48</v>
+      </c>
+      <c r="L720" t="s">
+        <v>44</v>
+      </c>
+      <c r="M720" s="1">
+        <v>500</v>
+      </c>
+      <c r="N720" s="1">
+        <v>500</v>
+      </c>
+      <c r="O720" s="1">
+        <v>0</v>
+      </c>
+      <c r="P720" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q720" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="721" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A721">
+        <v>720</v>
+      </c>
+      <c r="B721">
+        <v>99</v>
+      </c>
+      <c r="C721" t="s">
+        <v>95</v>
+      </c>
+      <c r="D721" t="s">
+        <v>96</v>
+      </c>
+      <c r="E721" t="s">
+        <v>1828</v>
+      </c>
+      <c r="F721" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G721" t="s">
+        <v>14</v>
+      </c>
+      <c r="H721" s="1">
+        <v>150</v>
+      </c>
+      <c r="I721" s="1">
+        <v>0</v>
+      </c>
+      <c r="J721" s="1">
+        <v>0</v>
+      </c>
+      <c r="K721" t="s">
+        <v>38</v>
+      </c>
+      <c r="L721" t="s">
+        <v>44</v>
+      </c>
+      <c r="M721" s="1">
+        <v>0</v>
+      </c>
+      <c r="N721" s="1">
+        <v>150</v>
+      </c>
+      <c r="O721" s="1">
+        <v>0</v>
+      </c>
+      <c r="P721" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q721" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="722" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A722">
+        <v>721</v>
+      </c>
+      <c r="B722">
+        <v>99</v>
+      </c>
+      <c r="C722" t="s">
+        <v>95</v>
+      </c>
+      <c r="D722" t="s">
+        <v>96</v>
+      </c>
+      <c r="E722" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F722" t="s">
+        <v>1831</v>
+      </c>
+      <c r="G722" t="s">
+        <v>5</v>
+      </c>
+      <c r="H722" s="1">
+        <v>120</v>
+      </c>
+      <c r="I722" s="1">
+        <v>30</v>
+      </c>
+      <c r="J722" s="1">
+        <v>0</v>
+      </c>
+      <c r="K722" t="s">
+        <v>6</v>
+      </c>
+      <c r="L722" t="s">
+        <v>44</v>
+      </c>
+      <c r="M722" s="1">
+        <v>0</v>
+      </c>
+      <c r="N722" s="1">
+        <v>150</v>
+      </c>
+      <c r="O722" s="1">
+        <v>0</v>
+      </c>
+      <c r="P722" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q722" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="723" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A723">
+        <v>722</v>
+      </c>
+      <c r="B723">
+        <v>99</v>
+      </c>
+      <c r="C723" t="s">
+        <v>95</v>
+      </c>
+      <c r="D723" t="s">
+        <v>96</v>
+      </c>
+      <c r="E723" t="s">
         <v>1832</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="F723" t="s">
         <v>1833</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="G723" t="s">
+        <v>14</v>
+      </c>
+      <c r="H723" s="1">
+        <v>0</v>
+      </c>
+      <c r="I723" s="1">
+        <v>1125</v>
+      </c>
+      <c r="J723" s="1">
+        <v>0</v>
+      </c>
+      <c r="K723" t="s">
+        <v>0</v>
+      </c>
+      <c r="L723" t="s">
+        <v>44</v>
+      </c>
+      <c r="M723" s="1">
+        <v>0</v>
+      </c>
+      <c r="N723" s="1">
+        <v>125</v>
+      </c>
+      <c r="O723" s="1">
+        <v>1125</v>
+      </c>
+      <c r="P723" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q723" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="724" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A724">
+        <v>723</v>
+      </c>
+      <c r="B724">
+        <v>99</v>
+      </c>
+      <c r="C724" t="s">
+        <v>95</v>
+      </c>
+      <c r="D724" t="s">
+        <v>96</v>
+      </c>
+      <c r="E724" t="s">
         <v>1834</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F724" t="s">
         <v>1835</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G724" t="s">
+        <v>14</v>
+      </c>
+      <c r="H724" s="1">
+        <v>148</v>
+      </c>
+      <c r="I724" s="1">
+        <v>37</v>
+      </c>
+      <c r="J724" s="1">
+        <v>0</v>
+      </c>
+      <c r="K724" t="s">
+        <v>302</v>
+      </c>
+      <c r="L724" t="s">
+        <v>44</v>
+      </c>
+      <c r="M724" s="1">
+        <v>0</v>
+      </c>
+      <c r="N724" s="1">
+        <v>185</v>
+      </c>
+      <c r="O724" s="1">
+        <v>0</v>
+      </c>
+      <c r="P724" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q724" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="725" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A725">
+        <v>724</v>
+      </c>
+      <c r="B725">
+        <v>99</v>
+      </c>
+      <c r="C725" t="s">
+        <v>95</v>
+      </c>
+      <c r="D725" t="s">
+        <v>96</v>
+      </c>
+      <c r="E725" t="s">
         <v>1836</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F725" t="s">
         <v>1837</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G725" t="s">
+        <v>14</v>
+      </c>
+      <c r="H725" s="1">
+        <v>154</v>
+      </c>
+      <c r="I725" s="1">
+        <v>38</v>
+      </c>
+      <c r="J725" s="1">
+        <v>0</v>
+      </c>
+      <c r="K725" t="s">
+        <v>302</v>
+      </c>
+      <c r="L725" t="s">
+        <v>44</v>
+      </c>
+      <c r="M725" s="1">
+        <v>0</v>
+      </c>
+      <c r="N725" s="1">
+        <v>154</v>
+      </c>
+      <c r="O725" s="1">
+        <v>38</v>
+      </c>
+      <c r="P725" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q725" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="726" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A726">
+        <v>725</v>
+      </c>
+      <c r="B726">
+        <v>99</v>
+      </c>
+      <c r="C726" t="s">
+        <v>95</v>
+      </c>
+      <c r="D726" t="s">
+        <v>96</v>
+      </c>
+      <c r="E726" t="s">
         <v>1838</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="F726" t="s">
         <v>1839</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="G726" t="s">
+        <v>14</v>
+      </c>
+      <c r="H726" s="1">
+        <v>0</v>
+      </c>
+      <c r="I726" s="1">
+        <v>225</v>
+      </c>
+      <c r="J726" s="1">
+        <v>0</v>
+      </c>
+      <c r="K726" t="s">
+        <v>0</v>
+      </c>
+      <c r="L726" t="s">
+        <v>44</v>
+      </c>
+      <c r="M726" s="1">
+        <v>0</v>
+      </c>
+      <c r="N726" s="1">
+        <v>75</v>
+      </c>
+      <c r="O726" s="1">
+        <v>150</v>
+      </c>
+      <c r="P726" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q726" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="727" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A727">
+        <v>726</v>
+      </c>
+      <c r="B727">
+        <v>99</v>
+      </c>
+      <c r="C727" t="s">
+        <v>95</v>
+      </c>
+      <c r="D727" t="s">
         <v>1840</v>
       </c>
-      <c r="J1" s="1" t="s">
+      <c r="E727" t="s">
         <v>1841</v>
       </c>
-      <c r="K1" s="1" t="s">
+      <c r="F727" t="s">
         <v>1842</v>
       </c>
-      <c r="L1" s="1" t="s">
+      <c r="G727" t="s">
+        <v>14</v>
+      </c>
+      <c r="H727" s="1">
+        <v>16000</v>
+      </c>
+      <c r="I727" s="1">
+        <v>4000</v>
+      </c>
+      <c r="J727" s="1">
+        <v>0</v>
+      </c>
+      <c r="K727" t="s">
+        <v>15</v>
+      </c>
+      <c r="L727" t="s">
+        <v>44</v>
+      </c>
+      <c r="M727" s="1">
+        <v>6500</v>
+      </c>
+      <c r="N727" s="1">
+        <v>5000</v>
+      </c>
+      <c r="O727" s="1">
+        <v>15000</v>
+      </c>
+      <c r="P727" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q727" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="728" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A728">
+        <v>727</v>
+      </c>
+      <c r="B728">
+        <v>99</v>
+      </c>
+      <c r="C728" t="s">
+        <v>95</v>
+      </c>
+      <c r="D728" t="s">
+        <v>96</v>
+      </c>
+      <c r="E728" t="s">
         <v>1843</v>
       </c>
-      <c r="M1" s="1" t="s">
+      <c r="F728" t="s">
         <v>1844</v>
       </c>
-      <c r="N1" s="1" t="s">
+      <c r="G728" t="s">
+        <v>5</v>
+      </c>
+      <c r="H728" s="1">
+        <v>400</v>
+      </c>
+      <c r="I728" s="1">
+        <v>100</v>
+      </c>
+      <c r="J728" s="1">
+        <v>0</v>
+      </c>
+      <c r="K728" t="s">
+        <v>6</v>
+      </c>
+      <c r="L728" t="s">
+        <v>44</v>
+      </c>
+      <c r="M728" s="1">
+        <v>500</v>
+      </c>
+      <c r="N728" s="1">
+        <v>500</v>
+      </c>
+      <c r="O728" s="1">
+        <v>0</v>
+      </c>
+      <c r="P728" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q728" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="729" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A729">
+        <v>728</v>
+      </c>
+      <c r="B729">
+        <v>99</v>
+      </c>
+      <c r="C729" t="s">
+        <v>95</v>
+      </c>
+      <c r="D729" t="s">
+        <v>96</v>
+      </c>
+      <c r="E729" t="s">
         <v>1845</v>
       </c>
-      <c r="O1" s="1" t="s">
+      <c r="F729" t="s">
         <v>1846</v>
       </c>
-    </row>
-[...483 lines deleted...]
-      <c r="E12" s="3" t="s">
+      <c r="G729" t="s">
+        <v>14</v>
+      </c>
+      <c r="H729" s="1">
+        <v>0</v>
+      </c>
+      <c r="I729" s="1">
+        <v>5</v>
+      </c>
+      <c r="J729" s="1">
+        <v>0</v>
+      </c>
+      <c r="K729" t="s">
+        <v>0</v>
+      </c>
+      <c r="L729" t="s">
         <v>44</v>
       </c>
-      <c r="F12" s="3" t="s">
-[...419 lines deleted...]
-      <c r="E21" s="3" t="s">
+      <c r="M729" s="1">
+        <v>5</v>
+      </c>
+      <c r="N729" s="1">
+        <v>5</v>
+      </c>
+      <c r="O729" s="1">
+        <v>0</v>
+      </c>
+      <c r="P729" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q729" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="730" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A730">
+        <v>729</v>
+      </c>
+      <c r="B730">
+        <v>99</v>
+      </c>
+      <c r="C730" t="s">
+        <v>95</v>
+      </c>
+      <c r="D730" t="s">
+        <v>96</v>
+      </c>
+      <c r="E730" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F730" t="s">
+        <v>1848</v>
+      </c>
+      <c r="G730" t="s">
+        <v>14</v>
+      </c>
+      <c r="H730" s="1">
+        <v>0</v>
+      </c>
+      <c r="I730" s="1">
+        <v>5</v>
+      </c>
+      <c r="J730" s="1">
+        <v>0</v>
+      </c>
+      <c r="K730" t="s">
+        <v>0</v>
+      </c>
+      <c r="L730" t="s">
+        <v>44</v>
+      </c>
+      <c r="M730" s="1">
+        <v>5</v>
+      </c>
+      <c r="N730" s="1">
+        <v>5</v>
+      </c>
+      <c r="O730" s="1">
+        <v>0</v>
+      </c>
+      <c r="P730" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q730" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="731" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A731">
+        <v>730</v>
+      </c>
+      <c r="B731">
+        <v>99</v>
+      </c>
+      <c r="C731" t="s">
+        <v>95</v>
+      </c>
+      <c r="D731" t="s">
+        <v>96</v>
+      </c>
+      <c r="E731" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F731" t="s">
+        <v>1850</v>
+      </c>
+      <c r="G731" t="s">
+        <v>5</v>
+      </c>
+      <c r="H731" s="1">
+        <v>320</v>
+      </c>
+      <c r="I731" s="1">
         <v>80</v>
       </c>
-      <c r="F21" s="3" t="s">
-[...184 lines deleted...]
-      <c r="E25" s="3" t="s">
+      <c r="J731" s="1">
+        <v>0</v>
+      </c>
+      <c r="K731" t="s">
+        <v>6</v>
+      </c>
+      <c r="L731" t="s">
+        <v>44</v>
+      </c>
+      <c r="M731" s="1">
+        <v>0</v>
+      </c>
+      <c r="N731" s="1">
+        <v>100</v>
+      </c>
+      <c r="O731" s="1">
+        <v>300</v>
+      </c>
+      <c r="P731" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q731" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="732" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="A732">
+        <v>731</v>
+      </c>
+      <c r="B732">
+        <v>99</v>
+      </c>
+      <c r="C732" t="s">
         <v>95</v>
       </c>
-      <c r="F25" s="3" t="s">
+      <c r="D732" t="s">
         <v>96</v>
       </c>
-      <c r="G25" s="3" t="s">
-[...866 lines deleted...]
-      <c r="N43" s="4">
+      <c r="E732" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F732" t="s">
+        <v>1852</v>
+      </c>
+      <c r="G732" t="s">
+        <v>14</v>
+      </c>
+      <c r="H732" s="1">
+        <v>0</v>
+      </c>
+      <c r="I732" s="1">
+        <v>4700</v>
+      </c>
+      <c r="J732" s="1">
+        <v>0</v>
+      </c>
+      <c r="K732" t="s">
+        <v>0</v>
+      </c>
+      <c r="L732" t="s">
+        <v>44</v>
+      </c>
+      <c r="M732" s="1">
+        <v>0</v>
+      </c>
+      <c r="N732" s="1">
         <v>200</v>
       </c>
-      <c r="O43" s="4">
-[...32006 lines deleted...]
-      <c r="O724" s="4">
+      <c r="O732" s="1">
         <v>4500</v>
       </c>
+      <c r="P732" t="s">
+        <v>8</v>
+      </c>
+      <c r="Q732" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="733" spans="1:17" x14ac:dyDescent="0.2">
+      <c r="H733" s="1"/>
+      <c r="I733" s="1"/>
+      <c r="J733" s="1"/>
+      <c r="M733" s="1"/>
+      <c r="N733" s="1"/>
+      <c r="O733" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009CFA6176CFCD0A46A82DF6087CBE1C8F" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="69e39a4dd3a3953768d1089a488a85c4">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="bb529938-18bf-4e4b-a3f6-e8eaad87fcc0" xmlns:ns3="426c53df-23ae-4260-abc5-839422c78f3e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f86b1ee819ade1229f89577671cc296" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DC989784A22ADD40BA4EC6498F7B6E2A" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e2d96d8c4fe28365475568d13f5ff63f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="66448557-bdb6-475b-a3d5-8a4df9ecf2c1" xmlns:ns3="c021ea0d-00b4-449f-9d7c-46b53cd92566" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c8e5844738d36eeea5f91daf6dec860e" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
-    <xsd:import namespace="bb529938-18bf-4e4b-a3f6-e8eaad87fcc0"/>
-    <xsd:import namespace="426c53df-23ae-4260-abc5-839422c78f3e"/>
+    <xsd:import namespace="66448557-bdb6-475b-a3d5-8a4df9ecf2c1"/>
+    <xsd:import namespace="c021ea0d-00b4-449f-9d7c-46b53cd92566"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
-[...9 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
-                <xsd:element ref="ns3:Label" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns3:PreviouslyModifiedBy" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:EffectiveYear" minOccurs="0"/>
+                <xsd:element ref="ns2:UsedIn_x002f_Purpose" minOccurs="0"/>
+                <xsd:element ref="ns2:StillCurrent" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:ResponsibleTeam" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="20" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="21" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="21" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="22" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bb529938-18bf-4e4b-a3f6-e8eaad87fcc0" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="66448557-bdb6-475b-a3d5-8a4df9ecf2c1" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="11" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b4e9f005-b5d5-426d-ad25-f47e055fb45b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="23" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="EffectiveYear" ma:index="24" nillable="true" ma:displayName="Effective Year" ma:default="2023" ma:format="Dropdown" ma:internalName="EffectiveYear">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="2023"/>
+          <xsd:enumeration value="2024"/>
+          <xsd:enumeration value="2025"/>
+          <xsd:enumeration value="2026"/>
+          <xsd:enumeration value="2027"/>
+          <xsd:enumeration value="2028"/>
+          <xsd:enumeration value="2029"/>
+          <xsd:enumeration value="2030"/>
+          <xsd:enumeration value="2031"/>
+          <xsd:enumeration value="2032"/>
+          <xsd:enumeration value="On Going"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="UsedIn_x002f_Purpose" ma:index="25" nillable="true" ma:displayName="Used In/Purpose" ma:description="Where is this document normally used or, if specially requested, who requested it?" ma:format="Dropdown" ma:internalName="UsedIn_x002f_Purpose">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="StillCurrent" ma:index="26" nillable="true" ma:displayName="Still Current" ma:default="0" ma:description="Yes if document is the most current version" ma:format="Dropdown" ma:internalName="StillCurrent">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Boolean"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="ResponsibleTeam" ma:index="28" nillable="true" ma:displayName="Responsible Team" ma:description="Who has responsibility to update?" ma:format="Dropdown" ma:internalName="ResponsibleTeam">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Mapping and Customer Service"/>
+          <xsd:enumeration value="GIS, Pave Analysis, App Dev."/>
+          <xsd:enumeration value="TMS Data"/>
+          <xsd:enumeration value="Traffic Collection"/>
+          <xsd:enumeration value="Planning and Performance"/>
+          <xsd:enumeration value="STIP Group"/>
+          <xsd:enumeration value="Admin"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c021ea0d-00b4-449f-9d7c-46b53cd92566" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ab0936fa-4b9e-48f0-9542-e7b652d1ba55}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c021ea0d-00b4-449f-9d7c-46b53cd92566">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="20" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...93 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -40267,129 +45123,94 @@
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-    <PreviouslyModifiedBy xmlns="426c53df-23ae-4260-abc5-839422c78f3e">
-[...8 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="426c53df-23ae-4260-abc5-839422c78f3e">
+    <StillCurrent xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1">false</StillCurrent>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <ResponsibleTeam xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1" xsi:nil="true"/>
+    <TaxCatchAll xmlns="c021ea0d-00b4-449f-9d7c-46b53cd92566" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <EffectiveYear xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1">2023</EffectiveYear>
+    <UsedIn_x002f_Purpose xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2073A728-0DF9-47B9-BA5F-95BDF7C2BA4C}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18AF4465-8FE7-40CF-A8B6-8BEDB0AC3C19}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0608E5FE-C96C-4682-82D9-43C7E8D8D50B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CE69211-0845-445C-BE9B-DF95A518AE16}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1013E706-7714-44B3-82F8-7704D90C39C6}">
-[...7 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2021E45F-4255-47E9-9B5E-9F4171BC2B24}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>12-03-2025</vt:lpstr>
+      <vt:lpstr>02-04-2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBM Incorporated</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Curtis M. Owens</dc:creator>
+  <dc:creator>Mackenzie Hudson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101009CFA6176CFCD0A46A82DF6087CBE1C8F</vt:lpwstr>
-[...2 lines deleted...]
-    <vt:lpwstr/>
+    <vt:lpwstr>0x010100DC989784A22ADD40BA4EC6498F7B6E2A</vt:lpwstr>
   </property>
 </Properties>
 </file>