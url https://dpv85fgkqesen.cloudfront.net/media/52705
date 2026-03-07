--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -1,102 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="123820"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://modotgov.sharepoint.com/sites/CO_TP/Shared Documents/General/Statewide Programming/Amendments Library/2026 SFY/8 February/Post to Website/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://modotgov.sharepoint.com/sites/CO_TP/Shared Documents/General/Statewide Programming/Amendments Library/2026 SFY/9 March/Post to Website/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F5813911-4852-4AD8-A479-0D0A021A40A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="5" documentId="8_{A4B3A3FF-F567-43BB-A579-886DA62A4511}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{44D3CC15-80AC-489D-B361-FA80068D5FAB}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="02-04-2026" sheetId="1" r:id="rId1"/>
+    <sheet name="03-04-2026" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
   <webPublishing codePage="1252"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6594" uniqueCount="1868">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5181" uniqueCount="1880">
   <si>
     <t>STATE</t>
   </si>
   <si>
     <t>ANDREW</t>
   </si>
   <si>
     <t>RT O E</t>
   </si>
   <si>
     <t>NW0080</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements in Andrew County (Rte. O and Rte. W), Buchanan County (Rte. FF, Rte. O and Rte. W), Caldwell County (Rte. 116) and Clinton County (Rte. 116, Rte. 69). </t>
   </si>
   <si>
     <t>Adv. CN</t>
   </si>
   <si>
     <t>AC-STBG</t>
   </si>
   <si>
     <t>10,001 - 15,000</t>
   </si>
   <si>
-    <t>ONEDOT APPROVED</t>
-[...4 lines deleted...]
-  <si>
     <t>ATCHISON</t>
   </si>
   <si>
     <t>US 136 E</t>
   </si>
   <si>
     <t>NW0066</t>
   </si>
   <si>
     <t>Scoping for bridge improvements in Atchison County on Rte. 136 over I-29, Rte. 136 over Rock Creek, Rte. C over West Tarkio Creek, Rte. W over I-29 and in Holt County on Rte. A over Nodaway River. Project involves bridges A2379, A2545, A2758, A2704 and A1252.</t>
   </si>
   <si>
     <t>Federal</t>
   </si>
   <si>
     <t>NHPP</t>
   </si>
   <si>
     <t>5,001 - 10,000</t>
   </si>
   <si>
     <t>NW0158</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement and shoulder improvements from I-29 to Rte. CC. </t>
@@ -326,53 +320,50 @@
   <si>
     <t>NW0083</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from 0.7 mile east of Rte. 65 to Rte. 5 near Milan. </t>
   </si>
   <si>
     <t>VARIOUS</t>
   </si>
   <si>
     <t>Various</t>
   </si>
   <si>
     <t>NW0100</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for structural sign inspections and repairs on various routes in the Northwest District. </t>
   </si>
   <si>
     <t>NW0166</t>
   </si>
   <si>
     <t xml:space="preserve">Surveying for various needs in the Northwest District. </t>
   </si>
   <si>
-    <t>COMMISSION APPROVED</t>
-[...1 lines deleted...]
-  <si>
     <t>WORTH</t>
   </si>
   <si>
     <t>US 169 S</t>
   </si>
   <si>
     <t>NW0142</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvements from Rte. 46 to Rtes. 136 and H in Gentry County. </t>
   </si>
   <si>
     <t>ADAIR</t>
   </si>
   <si>
     <t>BU 63 S</t>
   </si>
   <si>
     <t>NE0234</t>
   </si>
   <si>
     <t xml:space="preserve">Scoping for pavement improvement from north of Rte. 6 to Rte. 63 in Kirksville (two disconnected sections). </t>
   </si>
   <si>
     <t>MO 6 E</t>
@@ -5625,50 +5616,95 @@
     <t>Federal Advanced Construction Label</t>
   </si>
   <si>
     <t>Federal Funds</t>
   </si>
   <si>
     <t>State Funds</t>
   </si>
   <si>
     <t>Local Funds</t>
   </si>
   <si>
     <t>Anticipated Federal Funds</t>
   </si>
   <si>
     <t>Future Cost</t>
   </si>
   <si>
     <t>Previous Engineering</t>
   </si>
   <si>
     <t>Current Year Engineering</t>
   </si>
   <si>
     <t>Engineering Total</t>
+  </si>
+  <si>
+    <t>SL0082B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scoping to add lanes and pavement resurfacing from south of Bieker Road in Washington to 0.6 mile north of Woodland Road. </t>
+  </si>
+  <si>
+    <t>SL0082C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scoping for intersection and roadway improvements from 0.4 mile north of East Happy Sac Road to I-44 in St. Clair. </t>
+  </si>
+  <si>
+    <t>SL0321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scoping for location mapping of underground MoDOT signal and lighting facilities at various locations in the St. Louis District. </t>
+  </si>
+  <si>
+    <t>SR0439</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scoping for drainage improvement from Grand Avenue to Osage Street in Seneca. </t>
+  </si>
+  <si>
+    <t>MO 83 S</t>
+  </si>
+  <si>
+    <t>SR0441</t>
+  </si>
+  <si>
+    <t>Scoping to repair streambank at Dry Fork Creek. Project involves bridge A4754.</t>
+  </si>
+  <si>
+    <t>SU0438</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Scoping for interchange improvement at Rte. 65 in Springfield. </t>
+  </si>
+  <si>
+    <t>SU0440</t>
+  </si>
+  <si>
+    <t>Scoping for bridge improvement over Pearson Creek. Project involves bridge A3056.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -5973,38890 +6009,34834 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:Q733"/>
+  <dimension ref="A1:O739"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D15" sqref="D15"/>
+      <selection activeCell="F727" sqref="F727"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="9.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="32.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.5703125" customWidth="1"/>
     <col min="7" max="7" width="22.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.85546875" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="27.140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="14.7109375" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.5703125" customWidth="1"/>
     <col min="14" max="14" width="10.42578125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="11.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" s="3" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:15" s="3" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C1" s="2" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D1" s="2" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E1" s="2" t="s">
+        <v>1851</v>
+      </c>
+      <c r="F1" s="2" t="s">
         <v>1855</v>
       </c>
-      <c r="B1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C1" s="2" t="s">
+      <c r="G1" s="2" t="s">
         <v>1856</v>
       </c>
-      <c r="D1" s="2" t="s">
+      <c r="H1" s="2" t="s">
         <v>1857</v>
       </c>
-      <c r="E1" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F1" s="2" t="s">
+      <c r="I1" s="2" t="s">
         <v>1858</v>
       </c>
-      <c r="G1" s="2" t="s">
+      <c r="J1" s="2" t="s">
         <v>1859</v>
       </c>
-      <c r="H1" s="2" t="s">
+      <c r="K1" s="2" t="s">
         <v>1860</v>
       </c>
-      <c r="I1" s="2" t="s">
+      <c r="L1" s="2" t="s">
         <v>1861</v>
       </c>
-      <c r="J1" s="2" t="s">
+      <c r="M1" s="2" t="s">
         <v>1862</v>
       </c>
-      <c r="K1" s="2" t="s">
+      <c r="N1" s="2" t="s">
         <v>1863</v>
       </c>
-      <c r="L1" s="2" t="s">
+      <c r="O1" s="2" t="s">
         <v>1864</v>
       </c>
-      <c r="M1" s="2" t="s">
-[...9 lines deleted...]
-    <row r="2" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A2">
         <v>1</v>
       </c>
-      <c r="B2">
+      <c r="B2" s="1">
         <v>1</v>
       </c>
       <c r="C2" t="s">
         <v>1</v>
       </c>
       <c r="D2" t="s">
         <v>2</v>
       </c>
       <c r="E2" t="s">
         <v>3</v>
       </c>
       <c r="F2" t="s">
         <v>4</v>
       </c>
       <c r="G2" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="1">
         <v>5</v>
       </c>
       <c r="I2" s="1">
         <v>1</v>
       </c>
       <c r="J2" s="1">
         <v>0</v>
       </c>
       <c r="K2" t="s">
         <v>6</v>
       </c>
       <c r="L2" t="s">
         <v>7</v>
       </c>
       <c r="M2" s="1">
         <v>15</v>
       </c>
       <c r="N2" s="1">
         <v>3</v>
       </c>
       <c r="O2" s="1">
         <v>3</v>
       </c>
-      <c r="P2" t="s">
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A3">
+        <v>2</v>
+      </c>
+      <c r="B3" s="1">
+        <v>1</v>
+      </c>
+      <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="D3" t="s">
         <v>9</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>10</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" t="s">
-[...2 lines deleted...]
-      <c r="F3" t="s">
+      <c r="G3" t="s">
+        <v>12</v>
+      </c>
+      <c r="H3" s="1">
+        <v>2</v>
+      </c>
+      <c r="I3" s="1">
+        <v>0</v>
+      </c>
+      <c r="J3" s="1">
+        <v>0</v>
+      </c>
+      <c r="K3" t="s">
         <v>13</v>
       </c>
-      <c r="G3" t="s">
+      <c r="L3" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
       <c r="M3" s="1">
         <v>21</v>
       </c>
       <c r="N3" s="1">
         <v>1</v>
       </c>
       <c r="O3" s="1">
         <v>1</v>
       </c>
-      <c r="P3" t="s">
-[...6 lines deleted...]
-    <row r="4" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A4">
         <v>3</v>
       </c>
-      <c r="B4">
+      <c r="B4" s="1">
         <v>1</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E4" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H4" s="1">
         <v>412</v>
       </c>
       <c r="I4" s="1">
         <v>103</v>
       </c>
       <c r="J4" s="1">
         <v>0</v>
       </c>
       <c r="K4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L4" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M4" s="1">
         <v>0</v>
       </c>
       <c r="N4" s="1">
         <v>250</v>
       </c>
       <c r="O4" s="1">
         <v>265</v>
       </c>
-      <c r="P4" t="s">
-[...6 lines deleted...]
-    <row r="5" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="5" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A5">
         <v>4</v>
       </c>
-      <c r="B5">
+      <c r="B5" s="1">
         <v>1</v>
       </c>
       <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="E5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G5" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H5" s="1">
         <v>9</v>
       </c>
       <c r="I5" s="1">
         <v>1</v>
       </c>
       <c r="J5" s="1">
         <v>0</v>
       </c>
       <c r="K5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L5" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M5" s="1">
         <v>10</v>
       </c>
       <c r="N5" s="1">
         <v>5</v>
       </c>
       <c r="O5" s="1">
         <v>5</v>
       </c>
-      <c r="P5" t="s">
-[...6 lines deleted...]
-    <row r="6" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A6">
         <v>5</v>
       </c>
-      <c r="B6">
+      <c r="B6" s="1">
         <v>1</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" t="s">
         <v>25</v>
       </c>
-      <c r="E6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G6" t="s">
         <v>5</v>
       </c>
       <c r="H6" s="1">
         <v>2</v>
       </c>
       <c r="I6" s="1">
         <v>0</v>
       </c>
       <c r="J6" s="1">
         <v>0</v>
       </c>
       <c r="K6" t="s">
         <v>6</v>
       </c>
       <c r="L6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M6" s="1">
         <v>6</v>
       </c>
       <c r="N6" s="1">
         <v>1</v>
       </c>
       <c r="O6" s="1">
         <v>1</v>
       </c>
-      <c r="P6" t="s">
-[...6 lines deleted...]
-    <row r="7" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7">
         <v>6</v>
       </c>
-      <c r="B7">
+      <c r="B7" s="1">
         <v>1</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="s">
+        <v>27</v>
+      </c>
+      <c r="F7" t="s">
         <v>28</v>
       </c>
-      <c r="E7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G7" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H7" s="1">
         <v>3</v>
       </c>
       <c r="I7" s="1">
         <v>1</v>
       </c>
       <c r="J7" s="1">
         <v>0</v>
       </c>
       <c r="K7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M7" s="1">
         <v>5</v>
       </c>
       <c r="N7" s="1">
         <v>2</v>
       </c>
       <c r="O7" s="1">
         <v>2</v>
       </c>
-      <c r="P7" t="s">
-[...6 lines deleted...]
-    <row r="8" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8">
         <v>7</v>
       </c>
-      <c r="B8">
+      <c r="B8" s="1">
         <v>1</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" t="s">
         <v>32</v>
       </c>
-      <c r="E8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G8" t="s">
         <v>5</v>
       </c>
       <c r="H8" s="1">
         <v>2</v>
       </c>
       <c r="I8" s="1">
         <v>0</v>
       </c>
       <c r="J8" s="1">
         <v>0</v>
       </c>
       <c r="K8" t="s">
         <v>6</v>
       </c>
       <c r="L8" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M8" s="1">
         <v>11</v>
       </c>
       <c r="N8" s="1">
         <v>1</v>
       </c>
       <c r="O8" s="1">
         <v>1</v>
       </c>
-      <c r="P8" t="s">
-[...6 lines deleted...]
-    <row r="9" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9">
         <v>8</v>
       </c>
-      <c r="B9">
+      <c r="B9" s="1">
         <v>1</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
+        <v>33</v>
+      </c>
+      <c r="E9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" t="s">
         <v>35</v>
       </c>
-      <c r="E9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H9" s="1">
         <v>5</v>
       </c>
       <c r="I9" s="1">
         <v>1</v>
       </c>
       <c r="J9" s="1">
         <v>0</v>
       </c>
       <c r="K9" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L9" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M9" s="1">
         <v>0</v>
       </c>
       <c r="N9" s="1">
         <v>2</v>
       </c>
       <c r="O9" s="1">
         <v>4</v>
       </c>
-      <c r="P9" t="s">
-[...6 lines deleted...]
-    <row r="10" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10">
         <v>9</v>
       </c>
-      <c r="B10">
+      <c r="B10" s="1">
         <v>1</v>
       </c>
       <c r="C10" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" t="s">
         <v>39</v>
       </c>
-      <c r="E10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G10" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H10" s="1">
         <v>3</v>
       </c>
       <c r="I10" s="1">
         <v>1</v>
       </c>
       <c r="J10" s="1">
         <v>0</v>
       </c>
       <c r="K10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L10" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M10" s="1">
         <v>15</v>
       </c>
       <c r="N10" s="1">
         <v>2</v>
       </c>
       <c r="O10" s="1">
         <v>2</v>
       </c>
-      <c r="P10" t="s">
-[...6 lines deleted...]
-    <row r="11" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11">
         <v>10</v>
       </c>
-      <c r="B11">
+      <c r="B11" s="1">
         <v>1</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E11" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F11" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="G11" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H11" s="1">
         <v>128</v>
       </c>
       <c r="I11" s="1">
         <v>32</v>
       </c>
       <c r="J11" s="1">
         <v>0</v>
       </c>
       <c r="K11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L11" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M11" s="1">
         <v>150</v>
       </c>
       <c r="N11" s="1">
         <v>150</v>
       </c>
       <c r="O11" s="1">
         <v>10</v>
       </c>
-      <c r="P11" t="s">
-[...6 lines deleted...]
-    <row r="12" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12">
         <v>11</v>
       </c>
-      <c r="B12">
+      <c r="B12" s="1">
         <v>1</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>44</v>
+      </c>
+      <c r="F12" t="s">
         <v>45</v>
       </c>
-      <c r="E12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G12" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H12" s="1">
         <v>11</v>
       </c>
       <c r="I12" s="1">
         <v>1</v>
       </c>
       <c r="J12" s="1">
         <v>0</v>
       </c>
       <c r="K12" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L12" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M12" s="1">
         <v>0</v>
       </c>
       <c r="N12" s="1">
         <v>5</v>
       </c>
       <c r="O12" s="1">
         <v>7</v>
       </c>
-      <c r="P12" t="s">
-[...6 lines deleted...]
-    <row r="13" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13">
         <v>12</v>
       </c>
-      <c r="B13">
+      <c r="B13" s="1">
         <v>1</v>
       </c>
       <c r="C13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E13" t="s">
         <v>49</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
         <v>50</v>
       </c>
-      <c r="E13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G13" t="s">
         <v>5</v>
       </c>
       <c r="H13" s="1">
         <v>2</v>
       </c>
       <c r="I13" s="1">
         <v>0</v>
       </c>
       <c r="J13" s="1">
         <v>0</v>
       </c>
       <c r="K13" t="s">
         <v>6</v>
       </c>
       <c r="L13" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M13" s="1">
         <v>11</v>
       </c>
       <c r="N13" s="1">
         <v>1</v>
       </c>
       <c r="O13" s="1">
         <v>1</v>
       </c>
-      <c r="P13" t="s">
-[...6 lines deleted...]
-    <row r="14" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14">
         <v>13</v>
       </c>
-      <c r="B14">
+      <c r="B14" s="1">
         <v>1</v>
       </c>
       <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" t="s">
         <v>53</v>
       </c>
-      <c r="D14" t="s">
+      <c r="F14" t="s">
         <v>54</v>
       </c>
-      <c r="E14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G14" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="1">
         <v>2</v>
       </c>
       <c r="I14" s="1">
         <v>0</v>
       </c>
       <c r="J14" s="1">
         <v>0</v>
       </c>
       <c r="K14" t="s">
         <v>6</v>
       </c>
       <c r="L14" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M14" s="1">
         <v>11</v>
       </c>
       <c r="N14" s="1">
         <v>1</v>
       </c>
       <c r="O14" s="1">
         <v>1</v>
       </c>
-      <c r="P14" t="s">
-[...6 lines deleted...]
-    <row r="15" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15">
         <v>14</v>
       </c>
-      <c r="B15">
+      <c r="B15" s="1">
         <v>1</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15" t="s">
+        <v>56</v>
+      </c>
+      <c r="F15" t="s">
         <v>57</v>
       </c>
-      <c r="E15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G15" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H15" s="1">
         <v>12</v>
       </c>
       <c r="I15" s="1">
         <v>3</v>
       </c>
       <c r="J15" s="1">
         <v>0</v>
       </c>
       <c r="K15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L15" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M15" s="1">
         <v>0</v>
       </c>
       <c r="N15" s="1">
         <v>5</v>
       </c>
       <c r="O15" s="1">
         <v>10</v>
       </c>
-      <c r="P15" t="s">
-[...6 lines deleted...]
-    <row r="16" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16">
         <v>15</v>
       </c>
-      <c r="B16">
+      <c r="B16" s="1">
         <v>1</v>
       </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D16" t="s">
+        <v>58</v>
+      </c>
+      <c r="E16" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" t="s">
         <v>60</v>
       </c>
-      <c r="E16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G16" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H16" s="1">
         <v>2</v>
       </c>
       <c r="I16" s="1">
         <v>0</v>
       </c>
       <c r="J16" s="1">
         <v>0</v>
       </c>
       <c r="K16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L16" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M16" s="1">
         <v>21</v>
       </c>
       <c r="N16" s="1">
         <v>1</v>
       </c>
       <c r="O16" s="1">
         <v>1</v>
       </c>
-      <c r="P16" t="s">
-[...6 lines deleted...]
-    <row r="17" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A17">
         <v>16</v>
       </c>
-      <c r="B17">
+      <c r="B17" s="1">
         <v>1</v>
       </c>
       <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" t="s">
         <v>63</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
         <v>64</v>
       </c>
-      <c r="E17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G17" t="s">
+        <v>12</v>
+      </c>
+      <c r="H17" s="1">
+        <v>2</v>
+      </c>
+      <c r="I17" s="1">
+        <v>0</v>
+      </c>
+      <c r="J17" s="1">
+        <v>0</v>
+      </c>
+      <c r="K17" t="s">
+        <v>13</v>
+      </c>
+      <c r="L17" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
       <c r="M17" s="1">
         <v>11</v>
       </c>
       <c r="N17" s="1">
         <v>1</v>
       </c>
       <c r="O17" s="1">
         <v>1</v>
       </c>
-      <c r="P17" t="s">
-[...6 lines deleted...]
-    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A18">
         <v>17</v>
       </c>
-      <c r="B18">
+      <c r="B18" s="1">
         <v>1</v>
       </c>
       <c r="C18" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18" t="s">
         <v>67</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
         <v>68</v>
       </c>
-      <c r="E18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G18" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H18" s="1">
         <v>3</v>
       </c>
       <c r="I18" s="1">
         <v>1</v>
       </c>
       <c r="J18" s="1">
         <v>0</v>
       </c>
       <c r="K18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L18" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M18" s="1">
         <v>5</v>
       </c>
       <c r="N18" s="1">
         <v>2</v>
       </c>
       <c r="O18" s="1">
         <v>2</v>
       </c>
-      <c r="P18" t="s">
-[...6 lines deleted...]
-    <row r="19" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="19" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A19">
         <v>18</v>
       </c>
-      <c r="B19">
+      <c r="B19" s="1">
         <v>1</v>
       </c>
       <c r="C19" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2</v>
+      </c>
+      <c r="E19" t="s">
+        <v>70</v>
+      </c>
+      <c r="F19" t="s">
         <v>71</v>
       </c>
-      <c r="D19" t="s">
-[...2 lines deleted...]
-      <c r="E19" t="s">
+      <c r="G19" t="s">
+        <v>5</v>
+      </c>
+      <c r="H19" s="1">
+        <v>2</v>
+      </c>
+      <c r="I19" s="1">
+        <v>0</v>
+      </c>
+      <c r="J19" s="1">
+        <v>0</v>
+      </c>
+      <c r="K19" t="s">
+        <v>6</v>
+      </c>
+      <c r="L19" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>74</v>
       </c>
       <c r="M19" s="1">
         <v>21</v>
       </c>
       <c r="N19" s="1">
         <v>1</v>
       </c>
       <c r="O19" s="1">
         <v>1</v>
       </c>
-      <c r="P19" t="s">
-[...6 lines deleted...]
-    <row r="20" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="20" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A20">
         <v>19</v>
       </c>
-      <c r="B20">
+      <c r="B20" s="1">
         <v>1</v>
       </c>
       <c r="C20" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20" t="s">
+        <v>74</v>
+      </c>
+      <c r="E20" t="s">
         <v>75</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
         <v>76</v>
       </c>
-      <c r="E20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G20" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H20" s="1">
         <v>18</v>
       </c>
       <c r="I20" s="1">
         <v>2</v>
       </c>
       <c r="J20" s="1">
         <v>0</v>
       </c>
       <c r="K20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L20" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M20" s="1">
         <v>20</v>
       </c>
       <c r="N20" s="1">
         <v>10</v>
       </c>
       <c r="O20" s="1">
         <v>10</v>
       </c>
-      <c r="P20" t="s">
-[...6 lines deleted...]
-    <row r="21" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="21" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A21">
         <v>20</v>
       </c>
-      <c r="B21">
+      <c r="B21" s="1">
         <v>1</v>
       </c>
       <c r="C21" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" t="s">
+        <v>79</v>
+      </c>
+      <c r="E21" t="s">
         <v>80</v>
       </c>
-      <c r="D21" t="s">
+      <c r="F21" t="s">
         <v>81</v>
       </c>
-      <c r="E21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H21" s="1">
         <v>8</v>
       </c>
       <c r="I21" s="1">
         <v>2</v>
       </c>
       <c r="J21" s="1">
         <v>0</v>
       </c>
       <c r="K21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L21" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M21" s="1">
         <v>10</v>
       </c>
       <c r="N21" s="1">
         <v>5</v>
       </c>
       <c r="O21" s="1">
         <v>5</v>
       </c>
-      <c r="P21" t="s">
-[...6 lines deleted...]
-    <row r="22" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="22" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A22">
         <v>21</v>
       </c>
-      <c r="B22">
+      <c r="B22" s="1">
         <v>1</v>
       </c>
       <c r="C22" t="s">
+        <v>82</v>
+      </c>
+      <c r="D22" t="s">
+        <v>83</v>
+      </c>
+      <c r="E22" t="s">
         <v>84</v>
       </c>
-      <c r="D22" t="s">
+      <c r="F22" t="s">
         <v>85</v>
       </c>
-      <c r="E22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G22" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H22" s="1">
         <v>2</v>
       </c>
       <c r="I22" s="1">
         <v>0</v>
       </c>
       <c r="J22" s="1">
         <v>0</v>
       </c>
       <c r="K22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L22" t="s">
         <v>7</v>
       </c>
       <c r="M22" s="1">
         <v>11</v>
       </c>
       <c r="N22" s="1">
         <v>1</v>
       </c>
       <c r="O22" s="1">
         <v>1</v>
       </c>
-      <c r="P22" t="s">
-[...6 lines deleted...]
-    <row r="23" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23">
         <v>22</v>
       </c>
-      <c r="B23">
+      <c r="B23" s="1">
         <v>1</v>
       </c>
       <c r="C23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" t="s">
         <v>88</v>
       </c>
-      <c r="D23" t="s">
+      <c r="F23" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
       <c r="G23" t="s">
         <v>5</v>
       </c>
       <c r="H23" s="1">
         <v>3</v>
       </c>
       <c r="I23" s="1">
         <v>1</v>
       </c>
       <c r="J23" s="1">
         <v>0</v>
       </c>
       <c r="K23" t="s">
         <v>6</v>
       </c>
       <c r="L23" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M23" s="1">
         <v>15</v>
       </c>
       <c r="N23" s="1">
         <v>2</v>
       </c>
       <c r="O23" s="1">
         <v>2</v>
       </c>
-      <c r="P23" t="s">
-[...6 lines deleted...]
-    <row r="24" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="24" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A24">
         <v>23</v>
       </c>
-      <c r="B24">
+      <c r="B24" s="1">
         <v>1</v>
       </c>
       <c r="C24" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="D24" t="s">
+        <v>90</v>
+      </c>
+      <c r="E24" t="s">
+        <v>91</v>
+      </c>
+      <c r="F24" t="s">
         <v>92</v>
       </c>
-      <c r="E24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G24" t="s">
+        <v>12</v>
+      </c>
+      <c r="H24" s="1">
+        <v>2</v>
+      </c>
+      <c r="I24" s="1">
+        <v>0</v>
+      </c>
+      <c r="J24" s="1">
+        <v>0</v>
+      </c>
+      <c r="K24" t="s">
+        <v>13</v>
+      </c>
+      <c r="L24" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>16</v>
       </c>
       <c r="M24" s="1">
         <v>11</v>
       </c>
       <c r="N24" s="1">
         <v>1</v>
       </c>
       <c r="O24" s="1">
         <v>1</v>
       </c>
-      <c r="P24" t="s">
-[...6 lines deleted...]
-    <row r="25" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="25" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A25">
         <v>24</v>
       </c>
-      <c r="B25">
+      <c r="B25" s="1">
         <v>1</v>
       </c>
       <c r="C25" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" t="s">
+        <v>94</v>
+      </c>
+      <c r="E25" t="s">
         <v>95</v>
       </c>
-      <c r="D25" t="s">
+      <c r="F25" t="s">
         <v>96</v>
       </c>
-      <c r="E25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G25" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H25" s="1">
         <v>2</v>
       </c>
       <c r="I25" s="1">
         <v>0</v>
       </c>
       <c r="J25" s="1">
         <v>0</v>
       </c>
       <c r="K25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L25" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M25" s="1">
         <v>251</v>
       </c>
       <c r="N25" s="1">
         <v>1</v>
       </c>
       <c r="O25" s="1">
         <v>1</v>
       </c>
-      <c r="P25" t="s">
-[...6 lines deleted...]
-    <row r="26" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A26">
         <v>25</v>
       </c>
-      <c r="B26">
+      <c r="B26" s="1">
         <v>1</v>
       </c>
       <c r="C26" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D26" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E26" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F26" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="G26" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H26" s="1">
         <v>0</v>
       </c>
       <c r="I26" s="1">
         <v>200</v>
       </c>
       <c r="J26" s="1">
         <v>0</v>
       </c>
       <c r="K26" t="s">
         <v>0</v>
       </c>
       <c r="L26" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M26" s="1">
         <v>0</v>
       </c>
       <c r="N26" s="1">
         <v>200</v>
       </c>
       <c r="O26" s="1">
         <v>0</v>
       </c>
-      <c r="P26" t="s">
-[...6 lines deleted...]
-    <row r="27" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27">
         <v>26</v>
       </c>
-      <c r="B27">
+      <c r="B27" s="1">
         <v>1</v>
       </c>
       <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>100</v>
+      </c>
+      <c r="E27" t="s">
+        <v>101</v>
+      </c>
+      <c r="F27" t="s">
         <v>102</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G27" t="s">
         <v>5</v>
       </c>
       <c r="H27" s="1">
         <v>3</v>
       </c>
       <c r="I27" s="1">
         <v>1</v>
       </c>
       <c r="J27" s="1">
         <v>0</v>
       </c>
       <c r="K27" t="s">
         <v>6</v>
       </c>
       <c r="L27" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M27" s="1">
         <v>5</v>
       </c>
       <c r="N27" s="1">
         <v>2</v>
       </c>
       <c r="O27" s="1">
         <v>2</v>
       </c>
-      <c r="P27" t="s">
-[...6 lines deleted...]
-    <row r="28" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A28">
         <v>27</v>
       </c>
-      <c r="B28">
+      <c r="B28" s="1">
         <v>2</v>
       </c>
       <c r="C28" t="s">
+        <v>103</v>
+      </c>
+      <c r="D28" t="s">
+        <v>104</v>
+      </c>
+      <c r="E28" t="s">
+        <v>105</v>
+      </c>
+      <c r="F28" t="s">
         <v>106</v>
-      </c>
-[...7 lines deleted...]
-        <v>109</v>
       </c>
       <c r="G28" t="s">
         <v>5</v>
       </c>
       <c r="H28" s="1">
         <v>20</v>
       </c>
       <c r="I28" s="1">
         <v>5</v>
       </c>
       <c r="J28" s="1">
         <v>0</v>
       </c>
       <c r="K28" t="s">
         <v>6</v>
       </c>
       <c r="L28" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M28" s="1">
         <v>0</v>
       </c>
       <c r="N28" s="1">
         <v>10</v>
       </c>
       <c r="O28" s="1">
         <v>15</v>
       </c>
-      <c r="P28" t="s">
-[...6 lines deleted...]
-    <row r="29" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="29" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A29">
         <v>28</v>
       </c>
-      <c r="B29">
+      <c r="B29" s="1">
         <v>2</v>
       </c>
       <c r="C29" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D29" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E29" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="F29" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G29" t="s">
         <v>5</v>
       </c>
       <c r="H29" s="1">
         <v>56</v>
       </c>
       <c r="I29" s="1">
         <v>14</v>
       </c>
       <c r="J29" s="1">
         <v>0</v>
       </c>
       <c r="K29" t="s">
         <v>6</v>
       </c>
       <c r="L29" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M29" s="1">
         <v>150</v>
       </c>
       <c r="N29" s="1">
         <v>50</v>
       </c>
       <c r="O29" s="1">
         <v>20</v>
       </c>
-      <c r="P29" t="s">
-[...6 lines deleted...]
-    <row r="30" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="30" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A30">
         <v>29</v>
       </c>
-      <c r="B30">
+      <c r="B30" s="1">
         <v>2</v>
       </c>
       <c r="C30" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D30" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E30" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="F30" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="G30" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H30" s="1">
         <v>180</v>
       </c>
       <c r="I30" s="1">
         <v>20</v>
       </c>
       <c r="J30" s="1">
         <v>0</v>
       </c>
       <c r="K30" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L30" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M30" s="1">
         <v>0</v>
       </c>
       <c r="N30" s="1">
         <v>100</v>
       </c>
       <c r="O30" s="1">
         <v>100</v>
       </c>
-      <c r="P30" t="s">
-[...6 lines deleted...]
-    <row r="31" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="31" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A31">
         <v>30</v>
       </c>
-      <c r="B31">
+      <c r="B31" s="1">
         <v>2</v>
       </c>
       <c r="C31" t="s">
+        <v>113</v>
+      </c>
+      <c r="D31" t="s">
+        <v>114</v>
+      </c>
+      <c r="E31" t="s">
+        <v>115</v>
+      </c>
+      <c r="F31" t="s">
         <v>116</v>
       </c>
-      <c r="D31" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G31" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H31" s="1">
         <v>24</v>
       </c>
       <c r="I31" s="1">
         <v>6</v>
       </c>
       <c r="J31" s="1">
         <v>0</v>
       </c>
       <c r="K31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L31" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M31" s="1">
         <v>50</v>
       </c>
       <c r="N31" s="1">
         <v>25</v>
       </c>
       <c r="O31" s="1">
         <v>5</v>
       </c>
-      <c r="P31" t="s">
-[...6 lines deleted...]
-    <row r="32" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="32" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A32">
         <v>31</v>
       </c>
-      <c r="B32">
+      <c r="B32" s="1">
         <v>2</v>
       </c>
       <c r="C32" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D32" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="E32" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="F32" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="G32" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H32" s="1">
         <v>16</v>
       </c>
       <c r="I32" s="1">
         <v>4</v>
       </c>
       <c r="J32" s="1">
         <v>0</v>
       </c>
       <c r="K32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L32" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M32" s="1">
         <v>50</v>
       </c>
       <c r="N32" s="1">
         <v>10</v>
       </c>
       <c r="O32" s="1">
         <v>10</v>
       </c>
-      <c r="P32" t="s">
-[...6 lines deleted...]
-    <row r="33" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A33">
         <v>32</v>
       </c>
-      <c r="B33">
+      <c r="B33" s="1">
         <v>2</v>
       </c>
       <c r="C33" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D33" t="s">
+        <v>117</v>
+      </c>
+      <c r="E33" t="s">
         <v>120</v>
       </c>
-      <c r="E33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F33" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="G33" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H33" s="1">
         <v>12</v>
       </c>
       <c r="I33" s="1">
         <v>3</v>
       </c>
       <c r="J33" s="1">
         <v>0</v>
       </c>
       <c r="K33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L33" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M33" s="1">
         <v>15</v>
       </c>
       <c r="N33" s="1">
         <v>10</v>
       </c>
       <c r="O33" s="1">
         <v>5</v>
       </c>
-      <c r="P33" t="s">
-[...6 lines deleted...]
-    <row r="34" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A34">
         <v>33</v>
       </c>
-      <c r="B34">
+      <c r="B34" s="1">
         <v>2</v>
       </c>
       <c r="C34" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D34" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E34" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F34" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="G34" t="s">
         <v>5</v>
       </c>
       <c r="H34" s="1">
         <v>28</v>
       </c>
       <c r="I34" s="1">
         <v>7</v>
       </c>
       <c r="J34" s="1">
         <v>0</v>
       </c>
       <c r="K34" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="L34" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M34" s="1">
         <v>2500</v>
       </c>
       <c r="N34" s="1">
         <v>25</v>
       </c>
       <c r="O34" s="1">
         <v>10</v>
       </c>
-      <c r="P34" t="s">
-[...6 lines deleted...]
-    <row r="35" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="35" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A35">
         <v>34</v>
       </c>
-      <c r="B35">
+      <c r="B35" s="1">
         <v>2</v>
       </c>
       <c r="C35" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="D35" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E35" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="F35" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="G35" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H35" s="1">
         <v>84</v>
       </c>
       <c r="I35" s="1">
         <v>21</v>
       </c>
       <c r="J35" s="1">
         <v>0</v>
       </c>
       <c r="K35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L35" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M35" s="1">
         <v>175</v>
       </c>
       <c r="N35" s="1">
         <v>100</v>
       </c>
       <c r="O35" s="1">
         <v>5</v>
       </c>
-      <c r="P35" t="s">
-[...6 lines deleted...]
-    <row r="36" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="36" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A36">
         <v>35</v>
       </c>
-      <c r="B36">
+      <c r="B36" s="1">
         <v>2</v>
       </c>
       <c r="C36" t="s">
+        <v>129</v>
+      </c>
+      <c r="D36" t="s">
+        <v>130</v>
+      </c>
+      <c r="E36" t="s">
+        <v>131</v>
+      </c>
+      <c r="F36" t="s">
         <v>132</v>
       </c>
-      <c r="D36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G36" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H36" s="1">
         <v>16</v>
       </c>
       <c r="I36" s="1">
         <v>4</v>
       </c>
       <c r="J36" s="1">
         <v>0</v>
       </c>
       <c r="K36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L36" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M36" s="1">
         <v>35</v>
       </c>
       <c r="N36" s="1">
         <v>15</v>
       </c>
       <c r="O36" s="1">
         <v>5</v>
       </c>
-      <c r="P36" t="s">
-[...6 lines deleted...]
-    <row r="37" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A37">
         <v>36</v>
       </c>
-      <c r="B37">
+      <c r="B37" s="1">
         <v>2</v>
       </c>
       <c r="C37" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E37" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F37" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="G37" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H37" s="1">
         <v>135</v>
       </c>
       <c r="I37" s="1">
         <v>15</v>
       </c>
       <c r="J37" s="1">
         <v>0</v>
       </c>
       <c r="K37" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L37" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M37" s="1">
         <v>0</v>
       </c>
       <c r="N37" s="1">
         <v>50</v>
       </c>
       <c r="O37" s="1">
         <v>100</v>
       </c>
-      <c r="P37" t="s">
-[...6 lines deleted...]
-    <row r="38" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A38">
         <v>37</v>
       </c>
-      <c r="B38">
+      <c r="B38" s="1">
         <v>2</v>
       </c>
       <c r="C38" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="D38" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E38" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="F38" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="G38" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H38" s="1">
         <v>132</v>
       </c>
       <c r="I38" s="1">
         <v>33</v>
       </c>
       <c r="J38" s="1">
         <v>0</v>
       </c>
       <c r="K38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L38" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M38" s="1">
         <v>15</v>
       </c>
       <c r="N38" s="1">
         <v>15</v>
       </c>
       <c r="O38" s="1">
         <v>150</v>
       </c>
-      <c r="P38" t="s">
-[...6 lines deleted...]
-    <row r="39" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A39">
         <v>38</v>
       </c>
-      <c r="B39">
+      <c r="B39" s="1">
         <v>2</v>
       </c>
       <c r="C39" t="s">
+        <v>135</v>
+      </c>
+      <c r="D39" t="s">
         <v>138</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F39" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="G39" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H39" s="1">
         <v>8</v>
       </c>
       <c r="I39" s="1">
         <v>2</v>
       </c>
       <c r="J39" s="1">
         <v>0</v>
       </c>
       <c r="K39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L39" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M39" s="1">
         <v>15</v>
       </c>
       <c r="N39" s="1">
         <v>5</v>
       </c>
       <c r="O39" s="1">
         <v>5</v>
       </c>
-      <c r="P39" t="s">
-[...6 lines deleted...]
-    <row r="40" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A40">
         <v>39</v>
       </c>
-      <c r="B40">
+      <c r="B40" s="1">
         <v>2</v>
       </c>
       <c r="C40" t="s">
+        <v>141</v>
+      </c>
+      <c r="D40" t="s">
+        <v>142</v>
+      </c>
+      <c r="E40" t="s">
+        <v>143</v>
+      </c>
+      <c r="F40" t="s">
         <v>144</v>
       </c>
-      <c r="D40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G40" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H40" s="1">
         <v>64</v>
       </c>
       <c r="I40" s="1">
         <v>16</v>
       </c>
       <c r="J40" s="1">
         <v>0</v>
       </c>
       <c r="K40" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L40" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M40" s="1">
         <v>0</v>
       </c>
       <c r="N40" s="1">
         <v>50</v>
       </c>
       <c r="O40" s="1">
         <v>30</v>
       </c>
-      <c r="P40" t="s">
-[...6 lines deleted...]
-    <row r="41" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A41">
         <v>40</v>
       </c>
-      <c r="B41">
+      <c r="B41" s="1">
         <v>2</v>
       </c>
       <c r="C41" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D41" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="E41" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F41" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="G41" t="s">
         <v>5</v>
       </c>
       <c r="H41" s="1">
         <v>16</v>
       </c>
       <c r="I41" s="1">
         <v>4</v>
       </c>
       <c r="J41" s="1">
         <v>0</v>
       </c>
       <c r="K41" t="s">
         <v>6</v>
       </c>
       <c r="L41" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M41" s="1">
         <v>49</v>
       </c>
       <c r="N41" s="1">
         <v>10</v>
       </c>
       <c r="O41" s="1">
         <v>10</v>
       </c>
-      <c r="P41" t="s">
-[...6 lines deleted...]
-    <row r="42" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A42">
         <v>41</v>
       </c>
-      <c r="B42">
+      <c r="B42" s="1">
         <v>2</v>
       </c>
       <c r="C42" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="D42" t="s">
+        <v>145</v>
+      </c>
+      <c r="E42" t="s">
         <v>148</v>
       </c>
-      <c r="E42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="G42" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H42" s="1">
         <v>8</v>
       </c>
       <c r="I42" s="1">
         <v>2</v>
       </c>
       <c r="J42" s="1">
         <v>0</v>
       </c>
       <c r="K42" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L42" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M42" s="1">
         <v>10</v>
       </c>
       <c r="N42" s="1">
         <v>5</v>
       </c>
       <c r="O42" s="1">
         <v>5</v>
       </c>
-      <c r="P42" t="s">
-[...6 lines deleted...]
-    <row r="43" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A43">
         <v>42</v>
       </c>
-      <c r="B43">
+      <c r="B43" s="1">
         <v>2</v>
       </c>
       <c r="C43" t="s">
+        <v>151</v>
+      </c>
+      <c r="D43" t="s">
+        <v>152</v>
+      </c>
+      <c r="E43" t="s">
+        <v>153</v>
+      </c>
+      <c r="F43" t="s">
         <v>154</v>
-      </c>
-[...7 lines deleted...]
-        <v>157</v>
       </c>
       <c r="G43" t="s">
         <v>5</v>
       </c>
       <c r="H43" s="1">
         <v>8</v>
       </c>
       <c r="I43" s="1">
         <v>2</v>
       </c>
       <c r="J43" s="1">
         <v>0</v>
       </c>
       <c r="K43" t="s">
         <v>6</v>
       </c>
       <c r="L43" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M43" s="1">
         <v>31</v>
       </c>
       <c r="N43" s="1">
         <v>5</v>
       </c>
       <c r="O43" s="1">
         <v>5</v>
       </c>
-      <c r="P43" t="s">
-[...6 lines deleted...]
-    <row r="44" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A44">
         <v>43</v>
       </c>
-      <c r="B44">
+      <c r="B44" s="1">
         <v>2</v>
       </c>
       <c r="C44" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D44" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E44" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="F44" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="G44" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H44" s="1">
         <v>280</v>
       </c>
       <c r="I44" s="1">
         <v>70</v>
       </c>
       <c r="J44" s="1">
         <v>0</v>
       </c>
       <c r="K44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L44" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M44" s="1">
         <v>0</v>
       </c>
       <c r="N44" s="1">
         <v>200</v>
       </c>
       <c r="O44" s="1">
         <v>150</v>
       </c>
-      <c r="P44" t="s">
-[...6 lines deleted...]
-    <row r="45" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A45">
         <v>44</v>
       </c>
-      <c r="B45">
+      <c r="B45" s="1">
         <v>2</v>
       </c>
       <c r="C45" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D45" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E45" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="F45" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="G45" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H45" s="1">
         <v>8</v>
       </c>
       <c r="I45" s="1">
         <v>2</v>
       </c>
       <c r="J45" s="1">
         <v>0</v>
       </c>
       <c r="K45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L45" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M45" s="1">
         <v>10</v>
       </c>
       <c r="N45" s="1">
         <v>5</v>
       </c>
       <c r="O45" s="1">
         <v>5</v>
       </c>
-      <c r="P45" t="s">
-[...6 lines deleted...]
-    <row r="46" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A46">
         <v>45</v>
       </c>
-      <c r="B46">
+      <c r="B46" s="1">
         <v>2</v>
       </c>
       <c r="C46" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D46" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="E46" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F46" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="G46" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H46" s="1">
         <v>270</v>
       </c>
       <c r="I46" s="1">
         <v>30</v>
       </c>
       <c r="J46" s="1">
         <v>0</v>
       </c>
       <c r="K46" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L46" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M46" s="1">
         <v>0</v>
       </c>
       <c r="N46" s="1">
         <v>200</v>
       </c>
       <c r="O46" s="1">
         <v>100</v>
       </c>
-      <c r="P46" t="s">
-[...6 lines deleted...]
-    <row r="47" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A47">
         <v>46</v>
       </c>
-      <c r="B47">
+      <c r="B47" s="1">
         <v>2</v>
       </c>
       <c r="C47" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D47" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E47" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F47" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="G47" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H47" s="1">
         <v>0</v>
       </c>
       <c r="I47" s="1">
         <v>10</v>
       </c>
       <c r="J47" s="1">
         <v>0</v>
       </c>
       <c r="K47" t="s">
         <v>0</v>
       </c>
       <c r="L47" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M47" s="1">
         <v>548</v>
       </c>
       <c r="N47" s="1">
         <v>5</v>
       </c>
       <c r="O47" s="1">
         <v>5</v>
       </c>
-      <c r="P47" t="s">
-[...6 lines deleted...]
-    <row r="48" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A48">
         <v>47</v>
       </c>
-      <c r="B48">
+      <c r="B48" s="1">
         <v>2</v>
       </c>
       <c r="C48" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D48" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E48" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F48" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="G48" t="s">
         <v>5</v>
       </c>
       <c r="H48" s="1">
         <v>5</v>
       </c>
       <c r="I48" s="1">
         <v>1</v>
       </c>
       <c r="J48" s="1">
         <v>0</v>
       </c>
       <c r="K48" t="s">
         <v>6</v>
       </c>
       <c r="L48" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M48" s="1">
         <v>16</v>
       </c>
       <c r="N48" s="1">
         <v>5</v>
       </c>
       <c r="O48" s="1">
         <v>1</v>
       </c>
-      <c r="P48" t="s">
-[...6 lines deleted...]
-    <row r="49" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="49" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A49">
         <v>48</v>
       </c>
-      <c r="B49">
+      <c r="B49" s="1">
         <v>2</v>
       </c>
       <c r="C49" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D49" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E49" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F49" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="G49" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H49" s="1">
         <v>4</v>
       </c>
       <c r="I49" s="1">
         <v>1</v>
       </c>
       <c r="J49" s="1">
         <v>0</v>
       </c>
       <c r="K49" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L49" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M49" s="1">
         <v>45</v>
       </c>
       <c r="N49" s="1">
         <v>2</v>
       </c>
       <c r="O49" s="1">
         <v>3</v>
       </c>
-      <c r="P49" t="s">
-[...6 lines deleted...]
-    <row r="50" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A50">
         <v>49</v>
       </c>
-      <c r="B50">
+      <c r="B50" s="1">
         <v>2</v>
       </c>
       <c r="C50" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D50" t="s">
+        <v>169</v>
+      </c>
+      <c r="E50" t="s">
         <v>172</v>
       </c>
-      <c r="E50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="G50" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H50" s="1">
         <v>8</v>
       </c>
       <c r="I50" s="1">
         <v>2</v>
       </c>
       <c r="J50" s="1">
         <v>0</v>
       </c>
       <c r="K50" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L50" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M50" s="1">
         <v>50</v>
       </c>
       <c r="N50" s="1">
         <v>5</v>
       </c>
       <c r="O50" s="1">
         <v>5</v>
       </c>
-      <c r="P50" t="s">
-[...6 lines deleted...]
-    <row r="51" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A51">
         <v>50</v>
       </c>
-      <c r="B51">
+      <c r="B51" s="1">
         <v>2</v>
       </c>
       <c r="C51" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="D51" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E51" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F51" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="G51" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H51" s="1">
         <v>8</v>
       </c>
       <c r="I51" s="1">
         <v>2</v>
       </c>
       <c r="J51" s="1">
         <v>0</v>
       </c>
       <c r="K51" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L51" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M51" s="1">
         <v>50</v>
       </c>
       <c r="N51" s="1">
         <v>5</v>
       </c>
       <c r="O51" s="1">
         <v>5</v>
       </c>
-      <c r="P51" t="s">
-[...6 lines deleted...]
-    <row r="52" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A52">
         <v>51</v>
       </c>
-      <c r="B52">
+      <c r="B52" s="1">
         <v>2</v>
       </c>
       <c r="C52" t="s">
+        <v>177</v>
+      </c>
+      <c r="D52" t="s">
+        <v>178</v>
+      </c>
+      <c r="E52" t="s">
+        <v>179</v>
+      </c>
+      <c r="F52" t="s">
         <v>180</v>
-      </c>
-[...7 lines deleted...]
-        <v>183</v>
       </c>
       <c r="G52" t="s">
         <v>5</v>
       </c>
       <c r="H52" s="1">
         <v>8</v>
       </c>
       <c r="I52" s="1">
         <v>2</v>
       </c>
       <c r="J52" s="1">
         <v>0</v>
       </c>
       <c r="K52" t="s">
         <v>6</v>
       </c>
       <c r="L52" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M52" s="1">
         <v>90</v>
       </c>
       <c r="N52" s="1">
         <v>5</v>
       </c>
       <c r="O52" s="1">
         <v>5</v>
       </c>
-      <c r="P52" t="s">
-[...6 lines deleted...]
-    <row r="53" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A53">
         <v>52</v>
       </c>
-      <c r="B53">
+      <c r="B53" s="1">
         <v>2</v>
       </c>
       <c r="C53" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D53" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="E53" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F53" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="G53" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H53" s="1">
         <v>6</v>
       </c>
       <c r="I53" s="1">
         <v>1</v>
       </c>
       <c r="J53" s="1">
         <v>0</v>
       </c>
       <c r="K53" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L53" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M53" s="1">
         <v>25</v>
       </c>
       <c r="N53" s="1">
         <v>5</v>
       </c>
       <c r="O53" s="1">
         <v>2</v>
       </c>
-      <c r="P53" t="s">
-[...6 lines deleted...]
-    <row r="54" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="54" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A54">
         <v>53</v>
       </c>
-      <c r="B54">
+      <c r="B54" s="1">
         <v>2</v>
       </c>
       <c r="C54" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D54" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="E54" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F54" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="G54" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H54" s="1">
         <v>24</v>
       </c>
       <c r="I54" s="1">
         <v>6</v>
       </c>
       <c r="J54" s="1">
         <v>0</v>
       </c>
       <c r="K54" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L54" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M54" s="1">
         <v>130</v>
       </c>
       <c r="N54" s="1">
         <v>25</v>
       </c>
       <c r="O54" s="1">
         <v>5</v>
       </c>
-      <c r="P54" t="s">
-[...6 lines deleted...]
-    <row r="55" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="55" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A55">
         <v>54</v>
       </c>
-      <c r="B55">
+      <c r="B55" s="1">
         <v>2</v>
       </c>
       <c r="C55" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D55" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E55" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F55" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="G55" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H55" s="1">
         <v>16</v>
       </c>
       <c r="I55" s="1">
         <v>4</v>
       </c>
       <c r="J55" s="1">
         <v>0</v>
       </c>
       <c r="K55" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L55" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M55" s="1">
         <v>23</v>
       </c>
       <c r="N55" s="1">
         <v>10</v>
       </c>
       <c r="O55" s="1">
         <v>10</v>
       </c>
-      <c r="P55" t="s">
-[...6 lines deleted...]
-    <row r="56" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="56" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A56">
         <v>55</v>
       </c>
-      <c r="B56">
+      <c r="B56" s="1">
         <v>2</v>
       </c>
       <c r="C56" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D56" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="E56" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F56" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="G56" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H56" s="1">
         <v>60</v>
       </c>
       <c r="I56" s="1">
         <v>15</v>
       </c>
       <c r="J56" s="1">
         <v>0</v>
       </c>
       <c r="K56" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L56" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M56" s="1">
         <v>0</v>
       </c>
       <c r="N56" s="1">
         <v>50</v>
       </c>
       <c r="O56" s="1">
         <v>25</v>
       </c>
-      <c r="P56" t="s">
-[...6 lines deleted...]
-    <row r="57" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="57" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A57">
         <v>56</v>
       </c>
-      <c r="B57">
+      <c r="B57" s="1">
         <v>2</v>
       </c>
       <c r="C57" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D57" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E57" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="F57" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="G57" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H57" s="1">
         <v>3</v>
       </c>
       <c r="I57" s="1">
         <v>1</v>
       </c>
       <c r="J57" s="1">
         <v>0</v>
       </c>
       <c r="K57" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L57" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M57" s="1">
         <v>8</v>
       </c>
       <c r="N57" s="1">
         <v>2</v>
       </c>
       <c r="O57" s="1">
         <v>2</v>
       </c>
-      <c r="P57" t="s">
-[...6 lines deleted...]
-    <row r="58" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A58">
         <v>57</v>
       </c>
-      <c r="B58">
+      <c r="B58" s="1">
         <v>2</v>
       </c>
       <c r="C58" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="D58" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="E58" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F58" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="G58" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H58" s="1">
         <v>3</v>
       </c>
       <c r="I58" s="1">
         <v>1</v>
       </c>
       <c r="J58" s="1">
         <v>0</v>
       </c>
       <c r="K58" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L58" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M58" s="1">
         <v>8</v>
       </c>
       <c r="N58" s="1">
         <v>2</v>
       </c>
       <c r="O58" s="1">
         <v>2</v>
       </c>
-      <c r="P58" t="s">
-[...6 lines deleted...]
-    <row r="59" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A59">
         <v>58</v>
       </c>
-      <c r="B59">
+      <c r="B59" s="1">
         <v>2</v>
       </c>
       <c r="C59" t="s">
+        <v>195</v>
+      </c>
+      <c r="D59" t="s">
+        <v>196</v>
+      </c>
+      <c r="E59" t="s">
+        <v>197</v>
+      </c>
+      <c r="F59" t="s">
         <v>198</v>
       </c>
-      <c r="D59" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G59" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H59" s="1">
         <v>3</v>
       </c>
       <c r="I59" s="1">
         <v>1</v>
       </c>
       <c r="J59" s="1">
         <v>0</v>
       </c>
       <c r="K59" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L59" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M59" s="1">
         <v>64</v>
       </c>
       <c r="N59" s="1">
         <v>2</v>
       </c>
       <c r="O59" s="1">
         <v>2</v>
       </c>
-      <c r="P59" t="s">
-[...6 lines deleted...]
-    <row r="60" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="60" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A60">
         <v>59</v>
       </c>
-      <c r="B60">
+      <c r="B60" s="1">
         <v>2</v>
       </c>
       <c r="C60" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D60" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="E60" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="F60" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="G60" t="s">
         <v>5</v>
       </c>
       <c r="H60" s="1">
         <v>12</v>
       </c>
       <c r="I60" s="1">
         <v>3</v>
       </c>
       <c r="J60" s="1">
         <v>0</v>
       </c>
       <c r="K60" t="s">
         <v>6</v>
       </c>
       <c r="L60" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M60" s="1">
         <v>20</v>
       </c>
       <c r="N60" s="1">
         <v>10</v>
       </c>
       <c r="O60" s="1">
         <v>5</v>
       </c>
-      <c r="P60" t="s">
-[...6 lines deleted...]
-    <row r="61" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="61" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A61">
         <v>60</v>
       </c>
-      <c r="B61">
+      <c r="B61" s="1">
         <v>2</v>
       </c>
       <c r="C61" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D61" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="E61" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F61" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="G61" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H61" s="1">
         <v>0</v>
       </c>
       <c r="I61" s="1">
         <v>2</v>
       </c>
       <c r="J61" s="1">
         <v>0</v>
       </c>
       <c r="K61" t="s">
         <v>0</v>
       </c>
       <c r="L61" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M61" s="1">
         <v>1</v>
       </c>
       <c r="N61" s="1">
         <v>1</v>
       </c>
       <c r="O61" s="1">
         <v>1</v>
       </c>
-      <c r="P61" t="s">
-[...6 lines deleted...]
-    <row r="62" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A62">
         <v>61</v>
       </c>
-      <c r="B62">
+      <c r="B62" s="1">
         <v>2</v>
       </c>
       <c r="C62" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D62" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E62" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F62" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="G62" t="s">
         <v>5</v>
       </c>
       <c r="H62" s="1">
         <v>1</v>
       </c>
       <c r="I62" s="1">
         <v>0</v>
       </c>
       <c r="J62" s="1">
         <v>0</v>
       </c>
       <c r="K62" t="s">
         <v>6</v>
       </c>
       <c r="L62" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M62" s="1">
         <v>3</v>
       </c>
       <c r="N62" s="1">
         <v>1</v>
       </c>
       <c r="O62" s="1">
         <v>0</v>
       </c>
-      <c r="P62" t="s">
-[...6 lines deleted...]
-    <row r="63" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="63" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A63">
         <v>62</v>
       </c>
-      <c r="B63">
+      <c r="B63" s="1">
         <v>2</v>
       </c>
       <c r="C63" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D63" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="E63" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="F63" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="G63" t="s">
         <v>5</v>
       </c>
       <c r="H63" s="1">
         <v>3</v>
       </c>
       <c r="I63" s="1">
         <v>1</v>
       </c>
       <c r="J63" s="1">
         <v>0</v>
       </c>
       <c r="K63" t="s">
         <v>6</v>
       </c>
       <c r="L63" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M63" s="1">
         <v>3</v>
       </c>
       <c r="N63" s="1">
         <v>2</v>
       </c>
       <c r="O63" s="1">
         <v>2</v>
       </c>
-      <c r="P63" t="s">
-[...6 lines deleted...]
-    <row r="64" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A64">
         <v>63</v>
       </c>
-      <c r="B64">
+      <c r="B64" s="1">
         <v>2</v>
       </c>
       <c r="C64" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D64" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E64" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F64" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="G64" t="s">
         <v>5</v>
       </c>
       <c r="H64" s="1">
         <v>10</v>
       </c>
       <c r="I64" s="1">
         <v>2</v>
       </c>
       <c r="J64" s="1">
         <v>0</v>
       </c>
       <c r="K64" t="s">
         <v>6</v>
       </c>
       <c r="L64" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M64" s="1">
         <v>30</v>
       </c>
       <c r="N64" s="1">
         <v>10</v>
       </c>
       <c r="O64" s="1">
         <v>2</v>
       </c>
-      <c r="P64" t="s">
-[...6 lines deleted...]
-    <row r="65" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="65" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A65">
         <v>64</v>
       </c>
-      <c r="B65">
+      <c r="B65" s="1">
         <v>2</v>
       </c>
       <c r="C65" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D65" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="E65" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F65" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="G65" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H65" s="1">
         <v>360</v>
       </c>
       <c r="I65" s="1">
         <v>90</v>
       </c>
       <c r="J65" s="1">
         <v>0</v>
       </c>
       <c r="K65" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L65" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M65" s="1">
         <v>0</v>
       </c>
       <c r="N65" s="1">
         <v>250</v>
       </c>
       <c r="O65" s="1">
         <v>200</v>
       </c>
-      <c r="P65" t="s">
-[...6 lines deleted...]
-    <row r="66" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="66" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A66">
         <v>65</v>
       </c>
-      <c r="B66">
+      <c r="B66" s="1">
         <v>2</v>
       </c>
       <c r="C66" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D66" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E66" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="F66" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="G66" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H66" s="1">
         <v>8</v>
       </c>
       <c r="I66" s="1">
         <v>2</v>
       </c>
       <c r="J66" s="1">
         <v>0</v>
       </c>
       <c r="K66" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L66" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M66" s="1">
         <v>15</v>
       </c>
       <c r="N66" s="1">
         <v>5</v>
       </c>
       <c r="O66" s="1">
         <v>5</v>
       </c>
-      <c r="P66" t="s">
-[...6 lines deleted...]
-    <row r="67" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="67" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A67">
         <v>66</v>
       </c>
-      <c r="B67">
+      <c r="B67" s="1">
         <v>2</v>
       </c>
       <c r="C67" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D67" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E67" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="F67" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="G67" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H67" s="1">
         <v>200</v>
       </c>
       <c r="I67" s="1">
         <v>50</v>
       </c>
       <c r="J67" s="1">
         <v>0</v>
       </c>
       <c r="K67" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L67" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M67" s="1">
         <v>250</v>
       </c>
       <c r="N67" s="1">
         <v>200</v>
       </c>
       <c r="O67" s="1">
         <v>50</v>
       </c>
-      <c r="P67" t="s">
-[...6 lines deleted...]
-    <row r="68" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="68" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A68">
         <v>67</v>
       </c>
-      <c r="B68">
+      <c r="B68" s="1">
         <v>2</v>
       </c>
       <c r="C68" t="s">
+        <v>221</v>
+      </c>
+      <c r="D68" t="s">
+        <v>222</v>
+      </c>
+      <c r="E68" t="s">
+        <v>223</v>
+      </c>
+      <c r="F68" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G68" t="s">
         <v>5</v>
       </c>
       <c r="H68" s="1">
         <v>12</v>
       </c>
       <c r="I68" s="1">
         <v>3</v>
       </c>
       <c r="J68" s="1">
         <v>0</v>
       </c>
       <c r="K68" t="s">
         <v>6</v>
       </c>
       <c r="L68" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M68" s="1">
         <v>10</v>
       </c>
       <c r="N68" s="1">
         <v>10</v>
       </c>
       <c r="O68" s="1">
         <v>5</v>
       </c>
-      <c r="P68" t="s">
-[...6 lines deleted...]
-    <row r="69" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="69" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A69">
         <v>68</v>
       </c>
-      <c r="B69">
+      <c r="B69" s="1">
         <v>2</v>
       </c>
       <c r="C69" t="s">
+        <v>225</v>
+      </c>
+      <c r="D69" t="s">
+        <v>226</v>
+      </c>
+      <c r="E69" t="s">
+        <v>227</v>
+      </c>
+      <c r="F69" t="s">
         <v>228</v>
       </c>
-      <c r="D69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G69" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H69" s="1">
         <v>0</v>
       </c>
       <c r="I69" s="1">
         <v>4</v>
       </c>
       <c r="J69" s="1">
         <v>0</v>
       </c>
       <c r="K69" t="s">
         <v>0</v>
       </c>
       <c r="L69" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M69" s="1">
         <v>20</v>
       </c>
       <c r="N69" s="1">
         <v>2</v>
       </c>
       <c r="O69" s="1">
         <v>2</v>
       </c>
-      <c r="P69" t="s">
-[...6 lines deleted...]
-    <row r="70" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="70" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A70">
         <v>69</v>
       </c>
-      <c r="B70">
+      <c r="B70" s="1">
         <v>2</v>
       </c>
       <c r="C70" t="s">
+        <v>229</v>
+      </c>
+      <c r="D70" t="s">
+        <v>230</v>
+      </c>
+      <c r="E70" t="s">
+        <v>231</v>
+      </c>
+      <c r="F70" t="s">
         <v>232</v>
       </c>
-      <c r="D70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G70" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H70" s="1">
         <v>6</v>
       </c>
       <c r="I70" s="1">
         <v>1</v>
       </c>
       <c r="J70" s="1">
         <v>0</v>
       </c>
       <c r="K70" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="L70" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M70" s="1">
         <v>20</v>
       </c>
       <c r="N70" s="1">
         <v>5</v>
       </c>
       <c r="O70" s="1">
         <v>2</v>
       </c>
-      <c r="P70" t="s">
-[...6 lines deleted...]
-    <row r="71" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="71" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A71">
         <v>70</v>
       </c>
-      <c r="B71">
+      <c r="B71" s="1">
         <v>2</v>
       </c>
       <c r="C71" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D71" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E71" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="F71" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="G71" t="s">
         <v>5</v>
       </c>
       <c r="H71" s="1">
         <v>3</v>
       </c>
       <c r="I71" s="1">
         <v>1</v>
       </c>
       <c r="J71" s="1">
         <v>0</v>
       </c>
       <c r="K71" t="s">
         <v>6</v>
       </c>
       <c r="L71" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M71" s="1">
         <v>20</v>
       </c>
       <c r="N71" s="1">
         <v>2</v>
       </c>
       <c r="O71" s="1">
         <v>2</v>
       </c>
-      <c r="P71" t="s">
-[...6 lines deleted...]
-    <row r="72" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="72" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A72">
         <v>71</v>
       </c>
-      <c r="B72">
+      <c r="B72" s="1">
         <v>2</v>
       </c>
       <c r="C72" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="D72" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E72" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="F72" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="G72" t="s">
         <v>5</v>
       </c>
       <c r="H72" s="1">
         <v>6</v>
       </c>
       <c r="I72" s="1">
         <v>1</v>
       </c>
       <c r="J72" s="1">
         <v>0</v>
       </c>
       <c r="K72" t="s">
         <v>6</v>
       </c>
       <c r="L72" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M72" s="1">
         <v>130</v>
       </c>
       <c r="N72" s="1">
         <v>5</v>
       </c>
       <c r="O72" s="1">
         <v>2</v>
       </c>
-      <c r="P72" t="s">
-[...6 lines deleted...]
-    <row r="73" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="73" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A73">
         <v>72</v>
       </c>
-      <c r="B73">
+      <c r="B73" s="1">
         <v>2</v>
       </c>
       <c r="C73" t="s">
+        <v>239</v>
+      </c>
+      <c r="D73" t="s">
+        <v>240</v>
+      </c>
+      <c r="E73" t="s">
+        <v>241</v>
+      </c>
+      <c r="F73" t="s">
         <v>242</v>
       </c>
-      <c r="D73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G73" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H73" s="1">
         <v>12</v>
       </c>
       <c r="I73" s="1">
         <v>3</v>
       </c>
       <c r="J73" s="1">
         <v>0</v>
       </c>
       <c r="K73" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L73" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M73" s="1">
         <v>200</v>
       </c>
       <c r="N73" s="1">
         <v>10</v>
       </c>
       <c r="O73" s="1">
         <v>5</v>
       </c>
-      <c r="P73" t="s">
-[...6 lines deleted...]
-    <row r="74" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="74" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A74">
         <v>73</v>
       </c>
-      <c r="B74">
+      <c r="B74" s="1">
         <v>2</v>
       </c>
       <c r="C74" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D74" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="E74" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="F74" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="G74" t="s">
         <v>5</v>
       </c>
       <c r="H74" s="1">
         <v>10</v>
       </c>
       <c r="I74" s="1">
         <v>2</v>
       </c>
       <c r="J74" s="1">
         <v>0</v>
       </c>
       <c r="K74" t="s">
         <v>6</v>
       </c>
       <c r="L74" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M74" s="1">
         <v>12</v>
       </c>
       <c r="N74" s="1">
         <v>7</v>
       </c>
       <c r="O74" s="1">
         <v>5</v>
       </c>
-      <c r="P74" t="s">
-[...6 lines deleted...]
-    <row r="75" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="75" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A75">
         <v>74</v>
       </c>
-      <c r="B75">
+      <c r="B75" s="1">
         <v>2</v>
       </c>
       <c r="C75" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D75" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E75" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="F75" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="G75" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H75" s="1">
         <v>4</v>
       </c>
       <c r="I75" s="1">
         <v>1</v>
       </c>
       <c r="J75" s="1">
         <v>0</v>
       </c>
       <c r="K75" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L75" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M75" s="1">
         <v>20</v>
       </c>
       <c r="N75" s="1">
         <v>5</v>
       </c>
       <c r="O75" s="1">
         <v>0</v>
       </c>
-      <c r="P75" t="s">
-[...6 lines deleted...]
-    <row r="76" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="76" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A76">
         <v>75</v>
       </c>
-      <c r="B76">
+      <c r="B76" s="1">
         <v>2</v>
       </c>
       <c r="C76" t="s">
+        <v>248</v>
+      </c>
+      <c r="D76" t="s">
+        <v>249</v>
+      </c>
+      <c r="E76" t="s">
+        <v>250</v>
+      </c>
+      <c r="F76" t="s">
         <v>251</v>
       </c>
-      <c r="D76" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G76" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H76" s="1">
         <v>6</v>
       </c>
       <c r="I76" s="1">
         <v>1</v>
       </c>
       <c r="J76" s="1">
         <v>0</v>
       </c>
       <c r="K76" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L76" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M76" s="1">
         <v>50</v>
       </c>
       <c r="N76" s="1">
         <v>5</v>
       </c>
       <c r="O76" s="1">
         <v>2</v>
       </c>
-      <c r="P76" t="s">
-[...6 lines deleted...]
-    <row r="77" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="77" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A77">
         <v>76</v>
       </c>
-      <c r="B77">
+      <c r="B77" s="1">
         <v>2</v>
       </c>
       <c r="C77" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D77" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="E77" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="F77" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="G77" t="s">
         <v>5</v>
       </c>
       <c r="H77" s="1">
         <v>8</v>
       </c>
       <c r="I77" s="1">
         <v>2</v>
       </c>
       <c r="J77" s="1">
         <v>0</v>
       </c>
       <c r="K77" t="s">
         <v>6</v>
       </c>
       <c r="L77" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M77" s="1">
         <v>12</v>
       </c>
       <c r="N77" s="1">
         <v>5</v>
       </c>
       <c r="O77" s="1">
         <v>5</v>
       </c>
-      <c r="P77" t="s">
-[...6 lines deleted...]
-    <row r="78" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="78" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A78">
         <v>77</v>
       </c>
-      <c r="B78">
+      <c r="B78" s="1">
         <v>2</v>
       </c>
       <c r="C78" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D78" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="E78" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="F78" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="G78" t="s">
         <v>5</v>
       </c>
       <c r="H78" s="1">
         <v>3</v>
       </c>
       <c r="I78" s="1">
         <v>1</v>
       </c>
       <c r="J78" s="1">
         <v>0</v>
       </c>
       <c r="K78" t="s">
         <v>6</v>
       </c>
       <c r="L78" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M78" s="1">
         <v>21</v>
       </c>
       <c r="N78" s="1">
         <v>2</v>
       </c>
       <c r="O78" s="1">
         <v>2</v>
       </c>
-      <c r="P78" t="s">
-[...6 lines deleted...]
-    <row r="79" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="79" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A79">
         <v>78</v>
       </c>
-      <c r="B79">
+      <c r="B79" s="1">
         <v>2</v>
       </c>
       <c r="C79" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D79" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="E79" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="F79" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="G79" t="s">
         <v>5</v>
       </c>
       <c r="H79" s="1">
         <v>3</v>
       </c>
       <c r="I79" s="1">
         <v>1</v>
       </c>
       <c r="J79" s="1">
         <v>0</v>
       </c>
       <c r="K79" t="s">
         <v>6</v>
       </c>
       <c r="L79" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M79" s="1">
         <v>2</v>
       </c>
       <c r="N79" s="1">
         <v>2</v>
       </c>
       <c r="O79" s="1">
         <v>2</v>
       </c>
-      <c r="P79" t="s">
-[...6 lines deleted...]
-    <row r="80" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="80" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A80">
         <v>79</v>
       </c>
-      <c r="B80">
+      <c r="B80" s="1">
         <v>2</v>
       </c>
       <c r="C80" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D80" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="E80" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="F80" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G80" t="s">
         <v>5</v>
       </c>
       <c r="H80" s="1">
         <v>1</v>
       </c>
       <c r="I80" s="1">
         <v>0</v>
       </c>
       <c r="J80" s="1">
         <v>0</v>
       </c>
       <c r="K80" t="s">
         <v>6</v>
       </c>
       <c r="L80" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M80" s="1">
         <v>4</v>
       </c>
       <c r="N80" s="1">
         <v>1</v>
       </c>
       <c r="O80" s="1">
         <v>0</v>
       </c>
-      <c r="P80" t="s">
-[...6 lines deleted...]
-    <row r="81" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="81" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A81">
         <v>80</v>
       </c>
-      <c r="B81">
+      <c r="B81" s="1">
         <v>2</v>
       </c>
       <c r="C81" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D81" t="s">
+        <v>261</v>
+      </c>
+      <c r="E81" t="s">
         <v>264</v>
       </c>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="G81" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H81" s="1">
         <v>8</v>
       </c>
       <c r="I81" s="1">
         <v>2</v>
       </c>
       <c r="J81" s="1">
         <v>0</v>
       </c>
       <c r="K81" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="L81" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M81" s="1">
         <v>40</v>
       </c>
       <c r="N81" s="1">
         <v>5</v>
       </c>
       <c r="O81" s="1">
         <v>5</v>
       </c>
-      <c r="P81" t="s">
-[...6 lines deleted...]
-    <row r="82" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="82" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A82">
         <v>81</v>
       </c>
-      <c r="B82">
+      <c r="B82" s="1">
         <v>2</v>
       </c>
       <c r="C82" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D82" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="E82" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="F82" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="G82" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H82" s="1">
         <v>20</v>
       </c>
       <c r="I82" s="1">
         <v>5</v>
       </c>
       <c r="J82" s="1">
         <v>0</v>
       </c>
       <c r="K82" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L82" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M82" s="1">
         <v>20</v>
       </c>
       <c r="N82" s="1">
         <v>20</v>
       </c>
       <c r="O82" s="1">
         <v>5</v>
       </c>
-      <c r="P82" t="s">
-[...6 lines deleted...]
-    <row r="83" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="83" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A83">
         <v>82</v>
       </c>
-      <c r="B83">
+      <c r="B83" s="1">
         <v>2</v>
       </c>
       <c r="C83" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="D83" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E83" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="F83" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="G83" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H83" s="1">
         <v>48</v>
       </c>
       <c r="I83" s="1">
         <v>12</v>
       </c>
       <c r="J83" s="1">
         <v>0</v>
       </c>
       <c r="K83" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L83" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M83" s="1">
         <v>0</v>
       </c>
       <c r="N83" s="1">
         <v>45</v>
       </c>
       <c r="O83" s="1">
         <v>15</v>
       </c>
-      <c r="P83" t="s">
-[...6 lines deleted...]
-    <row r="84" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="84" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A84">
         <v>83</v>
       </c>
-      <c r="B84">
+      <c r="B84" s="1">
         <v>2</v>
       </c>
       <c r="C84" t="s">
+        <v>271</v>
+      </c>
+      <c r="D84" t="s">
+        <v>272</v>
+      </c>
+      <c r="E84" t="s">
+        <v>273</v>
+      </c>
+      <c r="F84" t="s">
         <v>274</v>
       </c>
-      <c r="D84" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G84" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H84" s="1">
         <v>6</v>
       </c>
       <c r="I84" s="1">
         <v>1</v>
       </c>
       <c r="J84" s="1">
         <v>0</v>
       </c>
       <c r="K84" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L84" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M84" s="1">
         <v>50</v>
       </c>
       <c r="N84" s="1">
         <v>5</v>
       </c>
       <c r="O84" s="1">
         <v>2</v>
       </c>
-      <c r="P84" t="s">
-[...6 lines deleted...]
-    <row r="85" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="85" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A85">
         <v>84</v>
       </c>
-      <c r="B85">
+      <c r="B85" s="1">
         <v>2</v>
       </c>
       <c r="C85" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E85" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="F85" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="G85" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H85" s="1">
         <v>10</v>
       </c>
       <c r="I85" s="1">
         <v>2</v>
       </c>
       <c r="J85" s="1">
         <v>0</v>
       </c>
       <c r="K85" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L85" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M85" s="1">
         <v>60</v>
       </c>
       <c r="N85" s="1">
         <v>10</v>
       </c>
       <c r="O85" s="1">
         <v>2</v>
       </c>
-      <c r="P85" t="s">
-[...6 lines deleted...]
-    <row r="86" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="86" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A86">
         <v>85</v>
       </c>
-      <c r="B86">
+      <c r="B86" s="1">
         <v>2</v>
       </c>
       <c r="C86" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D86" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E86" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="F86" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="G86" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H86" s="1">
         <v>256</v>
       </c>
       <c r="I86" s="1">
         <v>64</v>
       </c>
       <c r="J86" s="1">
         <v>0</v>
       </c>
       <c r="K86" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="L86" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="M86" s="1">
         <v>2300</v>
       </c>
       <c r="N86" s="1">
         <v>300</v>
       </c>
       <c r="O86" s="1">
         <v>20</v>
       </c>
-      <c r="P86" t="s">
-[...6 lines deleted...]
-    <row r="87" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="87" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A87">
         <v>86</v>
       </c>
-      <c r="B87">
+      <c r="B87" s="1">
         <v>2</v>
       </c>
       <c r="C87" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D87" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E87" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="F87" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="G87" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H87" s="1">
         <v>80</v>
       </c>
       <c r="I87" s="1">
         <v>20</v>
       </c>
       <c r="J87" s="1">
         <v>0</v>
       </c>
       <c r="K87" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L87" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M87" s="1">
         <v>0</v>
       </c>
       <c r="N87" s="1">
         <v>50</v>
       </c>
       <c r="O87" s="1">
         <v>50</v>
       </c>
-      <c r="P87" t="s">
-[...6 lines deleted...]
-    <row r="88" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="88" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A88">
         <v>87</v>
       </c>
-      <c r="B88">
+      <c r="B88" s="1">
         <v>2</v>
       </c>
       <c r="C88" t="s">
+        <v>282</v>
+      </c>
+      <c r="D88" t="s">
+        <v>283</v>
+      </c>
+      <c r="E88" t="s">
+        <v>284</v>
+      </c>
+      <c r="F88" t="s">
         <v>285</v>
       </c>
-      <c r="D88" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G88" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H88" s="1">
         <v>3</v>
       </c>
       <c r="I88" s="1">
         <v>1</v>
       </c>
       <c r="J88" s="1">
         <v>0</v>
       </c>
       <c r="K88" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L88" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M88" s="1">
         <v>12</v>
       </c>
       <c r="N88" s="1">
         <v>2</v>
       </c>
       <c r="O88" s="1">
         <v>2</v>
       </c>
-      <c r="P88" t="s">
-[...6 lines deleted...]
-    <row r="89" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="89" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A89">
         <v>88</v>
       </c>
-      <c r="B89">
+      <c r="B89" s="1">
         <v>2</v>
       </c>
       <c r="C89" t="s">
+        <v>286</v>
+      </c>
+      <c r="D89" t="s">
+        <v>287</v>
+      </c>
+      <c r="E89" t="s">
+        <v>288</v>
+      </c>
+      <c r="F89" t="s">
         <v>289</v>
-      </c>
-[...7 lines deleted...]
-        <v>292</v>
       </c>
       <c r="G89" t="s">
         <v>5</v>
       </c>
       <c r="H89" s="1">
         <v>10</v>
       </c>
       <c r="I89" s="1">
         <v>2</v>
       </c>
       <c r="J89" s="1">
         <v>0</v>
       </c>
       <c r="K89" t="s">
         <v>6</v>
       </c>
       <c r="L89" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M89" s="1">
         <v>20</v>
       </c>
       <c r="N89" s="1">
         <v>10</v>
       </c>
       <c r="O89" s="1">
         <v>2</v>
       </c>
-      <c r="P89" t="s">
-[...6 lines deleted...]
-    <row r="90" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="90" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A90">
         <v>89</v>
       </c>
-      <c r="B90">
+      <c r="B90" s="1">
         <v>2</v>
       </c>
       <c r="C90" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D90" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="E90" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="F90" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="G90" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H90" s="1">
         <v>96</v>
       </c>
       <c r="I90" s="1">
         <v>24</v>
       </c>
       <c r="J90" s="1">
         <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L90" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M90" s="1">
         <v>2500</v>
       </c>
       <c r="N90" s="1">
         <v>100</v>
       </c>
       <c r="O90" s="1">
         <v>20</v>
       </c>
-      <c r="P90" t="s">
-[...6 lines deleted...]
-    <row r="91" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="91" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A91">
         <v>90</v>
       </c>
-      <c r="B91">
+      <c r="B91" s="1">
         <v>2</v>
       </c>
       <c r="C91" t="s">
+        <v>293</v>
+      </c>
+      <c r="D91" t="s">
+        <v>294</v>
+      </c>
+      <c r="E91" t="s">
+        <v>295</v>
+      </c>
+      <c r="F91" t="s">
         <v>296</v>
       </c>
-      <c r="D91" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G91" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H91" s="1">
         <v>23</v>
       </c>
       <c r="I91" s="1">
         <v>2</v>
       </c>
       <c r="J91" s="1">
         <v>0</v>
       </c>
       <c r="K91" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L91" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M91" s="1">
         <v>75</v>
       </c>
       <c r="N91" s="1">
         <v>20</v>
       </c>
       <c r="O91" s="1">
         <v>5</v>
       </c>
-      <c r="P91" t="s">
-[...6 lines deleted...]
-    <row r="92" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="92" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A92">
         <v>91</v>
       </c>
-      <c r="B92">
+      <c r="B92" s="1">
         <v>2</v>
       </c>
       <c r="C92" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D92" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E92" t="s">
-        <v>300</v>
+        <v>297</v>
       </c>
       <c r="F92" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="G92" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H92" s="1">
         <v>20</v>
       </c>
       <c r="I92" s="1">
         <v>5</v>
       </c>
       <c r="J92" s="1">
         <v>0</v>
       </c>
       <c r="K92" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="L92" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M92" s="1">
         <v>146</v>
       </c>
       <c r="N92" s="1">
         <v>20</v>
       </c>
       <c r="O92" s="1">
         <v>5</v>
       </c>
-      <c r="P92" t="s">
-[...6 lines deleted...]
-    <row r="93" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="93" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A93">
         <v>92</v>
       </c>
-      <c r="B93">
+      <c r="B93" s="1">
         <v>2</v>
       </c>
       <c r="C93" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D93" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="E93" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="F93" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="G93" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H93" s="1">
         <v>40</v>
       </c>
       <c r="I93" s="1">
         <v>10</v>
       </c>
       <c r="J93" s="1">
         <v>0</v>
       </c>
       <c r="K93" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L93" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M93" s="1">
         <v>0</v>
       </c>
       <c r="N93" s="1">
         <v>25</v>
       </c>
       <c r="O93" s="1">
         <v>25</v>
       </c>
-      <c r="P93" t="s">
-[...6 lines deleted...]
-    <row r="94" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="94" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A94">
         <v>93</v>
       </c>
-      <c r="B94">
+      <c r="B94" s="1">
         <v>2</v>
       </c>
       <c r="C94" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D94" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E94" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="F94" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="G94" t="s">
         <v>5</v>
       </c>
       <c r="H94" s="1">
         <v>180</v>
       </c>
       <c r="I94" s="1">
         <v>45</v>
       </c>
       <c r="J94" s="1">
         <v>0</v>
       </c>
       <c r="K94" t="s">
         <v>6</v>
       </c>
       <c r="L94" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M94" s="1">
         <v>0</v>
       </c>
       <c r="N94" s="1">
         <v>200</v>
       </c>
       <c r="O94" s="1">
         <v>25</v>
       </c>
-      <c r="P94" t="s">
-[...6 lines deleted...]
-    <row r="95" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="95" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A95">
         <v>94</v>
       </c>
-      <c r="B95">
+      <c r="B95" s="1">
         <v>2</v>
       </c>
       <c r="C95" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D95" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="E95" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="F95" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="G95" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H95" s="1">
         <v>8</v>
       </c>
       <c r="I95" s="1">
         <v>2</v>
       </c>
       <c r="J95" s="1">
         <v>0</v>
       </c>
       <c r="K95" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L95" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M95" s="1">
         <v>20</v>
       </c>
       <c r="N95" s="1">
         <v>5</v>
       </c>
       <c r="O95" s="1">
         <v>5</v>
       </c>
-      <c r="P95" t="s">
-[...6 lines deleted...]
-    <row r="96" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="96" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A96">
         <v>95</v>
       </c>
-      <c r="B96">
+      <c r="B96" s="1">
         <v>2</v>
       </c>
       <c r="C96" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="D96" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="E96" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="F96" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="G96" t="s">
         <v>5</v>
       </c>
       <c r="H96" s="1">
         <v>44</v>
       </c>
       <c r="I96" s="1">
         <v>11</v>
       </c>
       <c r="J96" s="1">
         <v>0</v>
       </c>
       <c r="K96" t="s">
         <v>6</v>
       </c>
       <c r="L96" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M96" s="1">
         <v>125</v>
       </c>
       <c r="N96" s="1">
         <v>50</v>
       </c>
       <c r="O96" s="1">
         <v>5</v>
       </c>
-      <c r="P96" t="s">
-[...6 lines deleted...]
-    <row r="97" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="97" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A97">
         <v>96</v>
       </c>
-      <c r="B97">
+      <c r="B97" s="1">
         <v>3</v>
       </c>
       <c r="C97" t="s">
+        <v>311</v>
+      </c>
+      <c r="D97" t="s">
+        <v>312</v>
+      </c>
+      <c r="E97" t="s">
+        <v>313</v>
+      </c>
+      <c r="F97" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
       <c r="G97" t="s">
         <v>5</v>
       </c>
       <c r="H97" s="1">
         <v>6</v>
       </c>
       <c r="I97" s="1">
         <v>1</v>
       </c>
       <c r="J97" s="1">
         <v>0</v>
       </c>
       <c r="K97" t="s">
         <v>6</v>
       </c>
       <c r="L97" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M97" s="1">
         <v>27</v>
       </c>
       <c r="N97" s="1">
         <v>5</v>
       </c>
       <c r="O97" s="1">
         <v>2</v>
       </c>
-      <c r="P97" t="s">
-[...6 lines deleted...]
-    <row r="98" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="98" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A98">
         <v>97</v>
       </c>
-      <c r="B98">
+      <c r="B98" s="1">
         <v>3</v>
       </c>
       <c r="C98" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D98" t="s">
+        <v>312</v>
+      </c>
+      <c r="E98" t="s">
         <v>315</v>
       </c>
-      <c r="E98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F98" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="G98" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H98" s="1">
         <v>16</v>
       </c>
       <c r="I98" s="1">
         <v>4</v>
       </c>
       <c r="J98" s="1">
         <v>0</v>
       </c>
       <c r="K98" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L98" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M98" s="1">
         <v>0</v>
       </c>
       <c r="N98" s="1">
         <v>5</v>
       </c>
       <c r="O98" s="1">
         <v>15</v>
       </c>
-      <c r="P98" t="s">
-[...6 lines deleted...]
-    <row r="99" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="99" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A99">
         <v>98</v>
       </c>
-      <c r="B99">
+      <c r="B99" s="1">
         <v>3</v>
       </c>
       <c r="C99" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D99" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
       <c r="E99" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="F99" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="G99" t="s">
         <v>5</v>
       </c>
       <c r="H99" s="1">
         <v>2</v>
       </c>
       <c r="I99" s="1">
         <v>1</v>
       </c>
       <c r="J99" s="1">
         <v>0</v>
       </c>
       <c r="K99" t="s">
         <v>6</v>
       </c>
       <c r="L99" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M99" s="1">
         <v>7</v>
       </c>
       <c r="N99" s="1">
         <v>1</v>
       </c>
       <c r="O99" s="1">
         <v>2</v>
       </c>
-      <c r="P99" t="s">
-[...6 lines deleted...]
-    <row r="100" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="100" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A100">
         <v>99</v>
       </c>
-      <c r="B100">
+      <c r="B100" s="1">
         <v>3</v>
       </c>
       <c r="C100" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D100" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E100" t="s">
-        <v>324</v>
+        <v>321</v>
       </c>
       <c r="F100" t="s">
-        <v>325</v>
+        <v>322</v>
       </c>
       <c r="G100" t="s">
         <v>5</v>
       </c>
       <c r="H100" s="1">
         <v>18</v>
       </c>
       <c r="I100" s="1">
         <v>5</v>
       </c>
       <c r="J100" s="1">
         <v>0</v>
       </c>
       <c r="K100" t="s">
         <v>6</v>
       </c>
       <c r="L100" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M100" s="1">
         <v>60</v>
       </c>
       <c r="N100" s="1">
         <v>20</v>
       </c>
       <c r="O100" s="1">
         <v>3</v>
       </c>
-      <c r="P100" t="s">
-[...6 lines deleted...]
-    <row r="101" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="101" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A101">
         <v>100</v>
       </c>
-      <c r="B101">
+      <c r="B101" s="1">
         <v>3</v>
       </c>
       <c r="C101" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D101" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="E101" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="F101" t="s">
-        <v>328</v>
+        <v>325</v>
       </c>
       <c r="G101" t="s">
         <v>5</v>
       </c>
       <c r="H101" s="1">
         <v>3</v>
       </c>
       <c r="I101" s="1">
         <v>1</v>
       </c>
       <c r="J101" s="1">
         <v>0</v>
       </c>
       <c r="K101" t="s">
         <v>6</v>
       </c>
       <c r="L101" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M101" s="1">
         <v>11</v>
       </c>
       <c r="N101" s="1">
         <v>1</v>
       </c>
       <c r="O101" s="1">
         <v>3</v>
       </c>
-      <c r="P101" t="s">
-[...6 lines deleted...]
-    <row r="102" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="102" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A102">
         <v>101</v>
       </c>
-      <c r="B102">
+      <c r="B102" s="1">
         <v>3</v>
       </c>
       <c r="C102" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D102" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="E102" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="F102" t="s">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="G102" t="s">
         <v>5</v>
       </c>
       <c r="H102" s="1">
         <v>3</v>
       </c>
       <c r="I102" s="1">
         <v>1</v>
       </c>
       <c r="J102" s="1">
         <v>0</v>
       </c>
       <c r="K102" t="s">
         <v>6</v>
       </c>
       <c r="L102" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M102" s="1">
         <v>14</v>
       </c>
       <c r="N102" s="1">
         <v>1</v>
       </c>
       <c r="O102" s="1">
         <v>3</v>
       </c>
-      <c r="P102" t="s">
-[...6 lines deleted...]
-    <row r="103" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="103" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A103">
         <v>102</v>
       </c>
-      <c r="B103">
+      <c r="B103" s="1">
         <v>3</v>
       </c>
       <c r="C103" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D103" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="E103" t="s">
-        <v>333</v>
+        <v>330</v>
       </c>
       <c r="F103" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="G103" t="s">
         <v>5</v>
       </c>
       <c r="H103" s="1">
         <v>12</v>
       </c>
       <c r="I103" s="1">
         <v>3</v>
       </c>
       <c r="J103" s="1">
         <v>0</v>
       </c>
       <c r="K103" t="s">
         <v>6</v>
       </c>
       <c r="L103" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M103" s="1">
         <v>5</v>
       </c>
       <c r="N103" s="1">
         <v>5</v>
       </c>
       <c r="O103" s="1">
         <v>10</v>
       </c>
-      <c r="P103" t="s">
-[...6 lines deleted...]
-    <row r="104" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="104" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A104">
         <v>103</v>
       </c>
-      <c r="B104">
+      <c r="B104" s="1">
         <v>3</v>
       </c>
       <c r="C104" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D104" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="E104" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="F104" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="G104" t="s">
         <v>5</v>
       </c>
       <c r="H104" s="1">
         <v>2</v>
       </c>
       <c r="I104" s="1">
         <v>1</v>
       </c>
       <c r="J104" s="1">
         <v>0</v>
       </c>
       <c r="K104" t="s">
         <v>6</v>
       </c>
       <c r="L104" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M104" s="1">
         <v>6</v>
       </c>
       <c r="N104" s="1">
         <v>1</v>
       </c>
       <c r="O104" s="1">
         <v>2</v>
       </c>
-      <c r="P104" t="s">
-[...6 lines deleted...]
-    <row r="105" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="105" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A105">
         <v>104</v>
       </c>
-      <c r="B105">
+      <c r="B105" s="1">
         <v>3</v>
       </c>
       <c r="C105" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D105" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E105" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
       <c r="F105" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="G105" t="s">
         <v>5</v>
       </c>
       <c r="H105" s="1">
         <v>3</v>
       </c>
       <c r="I105" s="1">
         <v>1</v>
       </c>
       <c r="J105" s="1">
         <v>0</v>
       </c>
       <c r="K105" t="s">
         <v>6</v>
       </c>
       <c r="L105" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M105" s="1">
         <v>8</v>
       </c>
       <c r="N105" s="1">
         <v>2</v>
       </c>
       <c r="O105" s="1">
         <v>2</v>
       </c>
-      <c r="P105" t="s">
-[...6 lines deleted...]
-    <row r="106" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="106" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A106">
         <v>105</v>
       </c>
-      <c r="B106">
+      <c r="B106" s="1">
         <v>3</v>
       </c>
       <c r="C106" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D106" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="E106" t="s">
-        <v>339</v>
+        <v>336</v>
       </c>
       <c r="F106" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="G106" t="s">
         <v>5</v>
       </c>
       <c r="H106" s="1">
         <v>12</v>
       </c>
       <c r="I106" s="1">
         <v>3</v>
       </c>
       <c r="J106" s="1">
         <v>0</v>
       </c>
       <c r="K106" t="s">
         <v>6</v>
       </c>
       <c r="L106" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M106" s="1">
         <v>15</v>
       </c>
       <c r="N106" s="1">
         <v>5</v>
       </c>
       <c r="O106" s="1">
         <v>10</v>
       </c>
-      <c r="P106" t="s">
-[...6 lines deleted...]
-    <row r="107" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="107" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A107">
         <v>106</v>
       </c>
-      <c r="B107">
+      <c r="B107" s="1">
         <v>3</v>
       </c>
       <c r="C107" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D107" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="E107" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="F107" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="G107" t="s">
         <v>5</v>
       </c>
       <c r="H107" s="1">
         <v>3</v>
       </c>
       <c r="I107" s="1">
         <v>1</v>
       </c>
       <c r="J107" s="1">
         <v>0</v>
       </c>
       <c r="K107" t="s">
         <v>6</v>
       </c>
       <c r="L107" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M107" s="1">
         <v>8</v>
       </c>
       <c r="N107" s="1">
         <v>2</v>
       </c>
       <c r="O107" s="1">
         <v>2</v>
       </c>
-      <c r="P107" t="s">
-[...6 lines deleted...]
-    <row r="108" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="108" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A108">
         <v>107</v>
       </c>
-      <c r="B108">
+      <c r="B108" s="1">
         <v>3</v>
       </c>
       <c r="C108" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D108" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="E108" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="F108" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="G108" t="s">
         <v>5</v>
       </c>
       <c r="H108" s="1">
         <v>3</v>
       </c>
       <c r="I108" s="1">
         <v>1</v>
       </c>
       <c r="J108" s="1">
         <v>0</v>
       </c>
       <c r="K108" t="s">
         <v>6</v>
       </c>
       <c r="L108" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M108" s="1">
         <v>14</v>
       </c>
       <c r="N108" s="1">
         <v>1</v>
       </c>
       <c r="O108" s="1">
         <v>3</v>
       </c>
-      <c r="P108" t="s">
-[...6 lines deleted...]
-    <row r="109" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="109" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A109">
         <v>108</v>
       </c>
-      <c r="B109">
+      <c r="B109" s="1">
         <v>3</v>
       </c>
       <c r="C109" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D109" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E109" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F109" t="s">
-        <v>349</v>
+        <v>346</v>
       </c>
       <c r="G109" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H109" s="1">
         <v>3</v>
       </c>
       <c r="I109" s="1">
         <v>1</v>
       </c>
       <c r="J109" s="1">
         <v>0</v>
       </c>
       <c r="K109" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L109" t="s">
         <v>7</v>
       </c>
       <c r="M109" s="1">
         <v>11</v>
       </c>
       <c r="N109" s="1">
         <v>1</v>
       </c>
       <c r="O109" s="1">
         <v>3</v>
       </c>
-      <c r="P109" t="s">
-[...6 lines deleted...]
-    <row r="110" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="110" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A110">
         <v>109</v>
       </c>
-      <c r="B110">
+      <c r="B110" s="1">
         <v>3</v>
       </c>
       <c r="C110" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D110" t="s">
+        <v>344</v>
+      </c>
+      <c r="E110" t="s">
         <v>347</v>
       </c>
-      <c r="E110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F110" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="G110" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H110" s="1">
         <v>7</v>
       </c>
       <c r="I110" s="1">
         <v>2</v>
       </c>
       <c r="J110" s="1">
         <v>0</v>
       </c>
       <c r="K110" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L110" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M110" s="1">
         <v>15</v>
       </c>
       <c r="N110" s="1">
         <v>5</v>
       </c>
       <c r="O110" s="1">
         <v>4</v>
       </c>
-      <c r="P110" t="s">
-[...6 lines deleted...]
-    <row r="111" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="111" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A111">
         <v>110</v>
       </c>
-      <c r="B111">
+      <c r="B111" s="1">
         <v>3</v>
       </c>
       <c r="C111" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D111" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E111" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="F111" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="G111" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H111" s="1">
         <v>8</v>
       </c>
       <c r="I111" s="1">
         <v>2</v>
       </c>
       <c r="J111" s="1">
         <v>0</v>
       </c>
       <c r="K111" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L111" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M111" s="1">
         <v>10</v>
       </c>
       <c r="N111" s="1">
         <v>5</v>
       </c>
       <c r="O111" s="1">
         <v>5</v>
       </c>
-      <c r="P111" t="s">
-[...6 lines deleted...]
-    <row r="112" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="112" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A112">
         <v>111</v>
       </c>
-      <c r="B112">
+      <c r="B112" s="1">
         <v>3</v>
       </c>
       <c r="C112" t="s">
+        <v>352</v>
+      </c>
+      <c r="D112" t="s">
+        <v>353</v>
+      </c>
+      <c r="E112" t="s">
+        <v>354</v>
+      </c>
+      <c r="F112" t="s">
         <v>355</v>
-      </c>
-[...7 lines deleted...]
-        <v>358</v>
       </c>
       <c r="G112" t="s">
         <v>5</v>
       </c>
       <c r="H112" s="1">
         <v>2</v>
       </c>
       <c r="I112" s="1">
         <v>1</v>
       </c>
       <c r="J112" s="1">
         <v>0</v>
       </c>
       <c r="K112" t="s">
         <v>6</v>
       </c>
       <c r="L112" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M112" s="1">
         <v>7</v>
       </c>
       <c r="N112" s="1">
         <v>1</v>
       </c>
       <c r="O112" s="1">
         <v>2</v>
       </c>
-      <c r="P112" t="s">
-[...6 lines deleted...]
-    <row r="113" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A113">
         <v>112</v>
       </c>
-      <c r="B113">
+      <c r="B113" s="1">
         <v>3</v>
       </c>
       <c r="C113" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D113" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="E113" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="F113" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="G113" t="s">
         <v>5</v>
       </c>
       <c r="H113" s="1">
         <v>2</v>
       </c>
       <c r="I113" s="1">
         <v>1</v>
       </c>
       <c r="J113" s="1">
         <v>0</v>
       </c>
       <c r="K113" t="s">
         <v>6</v>
       </c>
       <c r="L113" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M113" s="1">
         <v>7</v>
       </c>
       <c r="N113" s="1">
         <v>1</v>
       </c>
       <c r="O113" s="1">
         <v>2</v>
       </c>
-      <c r="P113" t="s">
-[...6 lines deleted...]
-    <row r="114" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="114" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A114">
         <v>113</v>
       </c>
-      <c r="B114">
+      <c r="B114" s="1">
         <v>3</v>
       </c>
       <c r="C114" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D114" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="E114" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="F114" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="G114" t="s">
         <v>5</v>
       </c>
       <c r="H114" s="1">
         <v>2</v>
       </c>
       <c r="I114" s="1">
         <v>0</v>
       </c>
       <c r="J114" s="1">
         <v>0</v>
       </c>
       <c r="K114" t="s">
         <v>6</v>
       </c>
       <c r="L114" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M114" s="1">
         <v>18</v>
       </c>
       <c r="N114" s="1">
         <v>1</v>
       </c>
       <c r="O114" s="1">
         <v>1</v>
       </c>
-      <c r="P114" t="s">
-[...6 lines deleted...]
-    <row r="115" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="115" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A115">
         <v>114</v>
       </c>
-      <c r="B115">
+      <c r="B115" s="1">
         <v>3</v>
       </c>
       <c r="C115" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D115" t="s">
+        <v>359</v>
+      </c>
+      <c r="E115" t="s">
         <v>362</v>
       </c>
-      <c r="E115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F115" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
       <c r="G115" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H115" s="1">
         <v>20</v>
       </c>
       <c r="I115" s="1">
         <v>5</v>
       </c>
       <c r="J115" s="1">
         <v>0</v>
       </c>
       <c r="K115" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L115" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M115" s="1">
         <v>60</v>
       </c>
       <c r="N115" s="1">
         <v>20</v>
       </c>
       <c r="O115" s="1">
         <v>5</v>
       </c>
-      <c r="P115" t="s">
-[...6 lines deleted...]
-    <row r="116" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="116" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A116">
         <v>115</v>
       </c>
-      <c r="B116">
+      <c r="B116" s="1">
         <v>3</v>
       </c>
       <c r="C116" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D116" t="s">
-        <v>367</v>
+        <v>364</v>
       </c>
       <c r="E116" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="F116" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="G116" t="s">
         <v>5</v>
       </c>
       <c r="H116" s="1">
         <v>2</v>
       </c>
       <c r="I116" s="1">
         <v>1</v>
       </c>
       <c r="J116" s="1">
         <v>0</v>
       </c>
       <c r="K116" t="s">
         <v>6</v>
       </c>
       <c r="L116" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M116" s="1">
         <v>19</v>
       </c>
       <c r="N116" s="1">
         <v>1</v>
       </c>
       <c r="O116" s="1">
         <v>2</v>
       </c>
-      <c r="P116" t="s">
-[...6 lines deleted...]
-    <row r="117" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="117" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A117">
         <v>116</v>
       </c>
-      <c r="B117">
+      <c r="B117" s="1">
         <v>3</v>
       </c>
       <c r="C117" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D117" t="s">
+        <v>364</v>
+      </c>
+      <c r="E117" t="s">
         <v>367</v>
       </c>
-      <c r="E117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F117" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
       <c r="G117" t="s">
         <v>5</v>
       </c>
       <c r="H117" s="1">
         <v>2</v>
       </c>
       <c r="I117" s="1">
         <v>1</v>
       </c>
       <c r="J117" s="1">
         <v>0</v>
       </c>
       <c r="K117" t="s">
         <v>6</v>
       </c>
       <c r="L117" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M117" s="1">
         <v>14</v>
       </c>
       <c r="N117" s="1">
         <v>1</v>
       </c>
       <c r="O117" s="1">
         <v>2</v>
       </c>
-      <c r="P117" t="s">
-[...6 lines deleted...]
-    <row r="118" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="118" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A118">
         <v>117</v>
       </c>
-      <c r="B118">
+      <c r="B118" s="1">
         <v>3</v>
       </c>
       <c r="C118" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D118" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="E118" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="F118" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="G118" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H118" s="1">
         <v>4</v>
       </c>
       <c r="I118" s="1">
         <v>0</v>
       </c>
       <c r="J118" s="1">
         <v>0</v>
       </c>
       <c r="K118" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L118" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M118" s="1">
         <v>17</v>
       </c>
       <c r="N118" s="1">
         <v>1</v>
       </c>
       <c r="O118" s="1">
         <v>3</v>
       </c>
-      <c r="P118" t="s">
-[...6 lines deleted...]
-    <row r="119" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="119" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A119">
         <v>118</v>
       </c>
-      <c r="B119">
+      <c r="B119" s="1">
         <v>3</v>
       </c>
       <c r="C119" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D119" t="s">
+        <v>369</v>
+      </c>
+      <c r="E119" t="s">
         <v>372</v>
       </c>
-      <c r="E119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F119" t="s">
-        <v>376</v>
+        <v>373</v>
       </c>
       <c r="G119" t="s">
         <v>5</v>
       </c>
       <c r="H119" s="1">
         <v>2</v>
       </c>
       <c r="I119" s="1">
         <v>1</v>
       </c>
       <c r="J119" s="1">
         <v>0</v>
       </c>
       <c r="K119" t="s">
         <v>6</v>
       </c>
       <c r="L119" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M119" s="1">
         <v>7</v>
       </c>
       <c r="N119" s="1">
         <v>1</v>
       </c>
       <c r="O119" s="1">
         <v>2</v>
       </c>
-      <c r="P119" t="s">
-[...6 lines deleted...]
-    <row r="120" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="120" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A120">
         <v>119</v>
       </c>
-      <c r="B120">
+      <c r="B120" s="1">
         <v>3</v>
       </c>
       <c r="C120" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D120" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="E120" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
       <c r="F120" t="s">
-        <v>379</v>
+        <v>376</v>
       </c>
       <c r="G120" t="s">
         <v>5</v>
       </c>
       <c r="H120" s="1">
         <v>6</v>
       </c>
       <c r="I120" s="1">
         <v>2</v>
       </c>
       <c r="J120" s="1">
         <v>0</v>
       </c>
       <c r="K120" t="s">
         <v>6</v>
       </c>
       <c r="L120" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M120" s="1">
         <v>30</v>
       </c>
       <c r="N120" s="1">
         <v>5</v>
       </c>
       <c r="O120" s="1">
         <v>3</v>
       </c>
-      <c r="P120" t="s">
-[...6 lines deleted...]
-    <row r="121" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="121" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A121">
         <v>120</v>
       </c>
-      <c r="B121">
+      <c r="B121" s="1">
         <v>3</v>
       </c>
       <c r="C121" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D121" t="s">
-        <v>380</v>
+        <v>377</v>
       </c>
       <c r="E121" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="F121" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="G121" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H121" s="1">
         <v>20</v>
       </c>
       <c r="I121" s="1">
         <v>5</v>
       </c>
       <c r="J121" s="1">
         <v>0</v>
       </c>
       <c r="K121" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L121" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M121" s="1">
         <v>0</v>
       </c>
       <c r="N121" s="1">
         <v>5</v>
       </c>
       <c r="O121" s="1">
         <v>20</v>
       </c>
-      <c r="P121" t="s">
-[...6 lines deleted...]
-    <row r="122" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="122" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A122">
         <v>121</v>
       </c>
-      <c r="B122">
+      <c r="B122" s="1">
         <v>3</v>
       </c>
       <c r="C122" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D122" t="s">
-        <v>323</v>
+        <v>320</v>
       </c>
       <c r="E122" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="F122" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="G122" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H122" s="1">
         <v>5</v>
       </c>
       <c r="I122" s="1">
         <v>1</v>
       </c>
       <c r="J122" s="1">
         <v>0</v>
       </c>
       <c r="K122" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L122" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M122" s="1">
         <v>9</v>
       </c>
       <c r="N122" s="1">
         <v>2</v>
       </c>
       <c r="O122" s="1">
         <v>4</v>
       </c>
-      <c r="P122" t="s">
-[...6 lines deleted...]
-    <row r="123" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="123" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A123">
         <v>122</v>
       </c>
-      <c r="B123">
+      <c r="B123" s="1">
         <v>3</v>
       </c>
       <c r="C123" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D123" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="E123" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="F123" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="G123" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H123" s="1">
         <v>8</v>
       </c>
       <c r="I123" s="1">
         <v>2</v>
       </c>
       <c r="J123" s="1">
         <v>0</v>
       </c>
       <c r="K123" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L123" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M123" s="1">
         <v>10</v>
       </c>
       <c r="N123" s="1">
         <v>5</v>
       </c>
       <c r="O123" s="1">
         <v>5</v>
       </c>
-      <c r="P123" t="s">
-[...6 lines deleted...]
-    <row r="124" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="124" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A124">
         <v>123</v>
       </c>
-      <c r="B124">
+      <c r="B124" s="1">
         <v>3</v>
       </c>
       <c r="C124" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D124" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="E124" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="F124" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="G124" t="s">
         <v>5</v>
       </c>
       <c r="H124" s="1">
         <v>16</v>
       </c>
       <c r="I124" s="1">
         <v>4</v>
       </c>
       <c r="J124" s="1">
         <v>0</v>
       </c>
       <c r="K124" t="s">
         <v>6</v>
       </c>
       <c r="L124" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M124" s="1">
         <v>20</v>
       </c>
       <c r="N124" s="1">
         <v>5</v>
       </c>
       <c r="O124" s="1">
         <v>15</v>
       </c>
-      <c r="P124" t="s">
-[...6 lines deleted...]
-    <row r="125" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="125" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A125">
         <v>124</v>
       </c>
-      <c r="B125">
+      <c r="B125" s="1">
         <v>3</v>
       </c>
       <c r="C125" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D125" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="E125" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="F125" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="G125" t="s">
         <v>5</v>
       </c>
       <c r="H125" s="1">
         <v>5</v>
       </c>
       <c r="I125" s="1">
         <v>1</v>
       </c>
       <c r="J125" s="1">
         <v>0</v>
       </c>
       <c r="K125" t="s">
         <v>6</v>
       </c>
       <c r="L125" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M125" s="1">
         <v>14</v>
       </c>
       <c r="N125" s="1">
         <v>2</v>
       </c>
       <c r="O125" s="1">
         <v>4</v>
       </c>
-      <c r="P125" t="s">
-[...6 lines deleted...]
-    <row r="126" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="126" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A126">
         <v>125</v>
       </c>
-      <c r="B126">
+      <c r="B126" s="1">
         <v>3</v>
       </c>
       <c r="C126" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D126" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="E126" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="F126" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="G126" t="s">
         <v>5</v>
       </c>
       <c r="H126" s="1">
         <v>6</v>
       </c>
       <c r="I126" s="1">
         <v>2</v>
       </c>
       <c r="J126" s="1">
         <v>0</v>
       </c>
       <c r="K126" t="s">
         <v>6</v>
       </c>
       <c r="L126" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M126" s="1">
         <v>20</v>
       </c>
       <c r="N126" s="1">
         <v>2</v>
       </c>
       <c r="O126" s="1">
         <v>6</v>
       </c>
-      <c r="P126" t="s">
-[...6 lines deleted...]
-    <row r="127" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="127" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A127">
         <v>126</v>
       </c>
-      <c r="B127">
+      <c r="B127" s="1">
         <v>3</v>
       </c>
       <c r="C127" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D127" t="s">
+        <v>389</v>
+      </c>
+      <c r="E127" t="s">
         <v>392</v>
       </c>
-      <c r="E127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F127" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="G127" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H127" s="1">
         <v>16</v>
       </c>
       <c r="I127" s="1">
         <v>4</v>
       </c>
       <c r="J127" s="1">
         <v>0</v>
       </c>
       <c r="K127" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L127" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M127" s="1">
         <v>0</v>
       </c>
       <c r="N127" s="1">
         <v>5</v>
       </c>
       <c r="O127" s="1">
         <v>15</v>
       </c>
-      <c r="P127" t="s">
-[...6 lines deleted...]
-    <row r="128" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="128" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A128">
         <v>127</v>
       </c>
-      <c r="B128">
+      <c r="B128" s="1">
         <v>3</v>
       </c>
       <c r="C128" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D128" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="E128" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="F128" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="G128" t="s">
         <v>5</v>
       </c>
       <c r="H128" s="1">
         <v>3</v>
       </c>
       <c r="I128" s="1">
         <v>1</v>
       </c>
       <c r="J128" s="1">
         <v>0</v>
       </c>
       <c r="K128" t="s">
         <v>6</v>
       </c>
       <c r="L128" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M128" s="1">
         <v>19</v>
       </c>
       <c r="N128" s="1">
         <v>1</v>
       </c>
       <c r="O128" s="1">
         <v>3</v>
       </c>
-      <c r="P128" t="s">
-[...6 lines deleted...]
-    <row r="129" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="129" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A129">
         <v>128</v>
       </c>
-      <c r="B129">
+      <c r="B129" s="1">
         <v>3</v>
       </c>
       <c r="C129" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D129" t="s">
+        <v>394</v>
+      </c>
+      <c r="E129" t="s">
         <v>397</v>
       </c>
-      <c r="E129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F129" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="G129" t="s">
         <v>5</v>
       </c>
       <c r="H129" s="1">
         <v>3</v>
       </c>
       <c r="I129" s="1">
         <v>1</v>
       </c>
       <c r="J129" s="1">
         <v>0</v>
       </c>
       <c r="K129" t="s">
         <v>6</v>
       </c>
       <c r="L129" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M129" s="1">
         <v>11</v>
       </c>
       <c r="N129" s="1">
         <v>1</v>
       </c>
       <c r="O129" s="1">
         <v>3</v>
       </c>
-      <c r="P129" t="s">
-[...6 lines deleted...]
-    <row r="130" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="130" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A130">
         <v>129</v>
       </c>
-      <c r="B130">
+      <c r="B130" s="1">
         <v>3</v>
       </c>
       <c r="C130" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D130" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="E130" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="F130" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="G130" t="s">
         <v>5</v>
       </c>
       <c r="H130" s="1">
         <v>3</v>
       </c>
       <c r="I130" s="1">
         <v>1</v>
       </c>
       <c r="J130" s="1">
         <v>0</v>
       </c>
       <c r="K130" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="L130" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M130" s="1">
         <v>1</v>
       </c>
       <c r="N130" s="1">
         <v>1</v>
       </c>
       <c r="O130" s="1">
         <v>3</v>
       </c>
-      <c r="P130" t="s">
-[...6 lines deleted...]
-    <row r="131" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="131" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A131">
         <v>130</v>
       </c>
-      <c r="B131">
+      <c r="B131" s="1">
         <v>3</v>
       </c>
       <c r="C131" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D131" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="E131" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="F131" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="G131" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H131" s="1">
         <v>0</v>
       </c>
       <c r="I131" s="1">
         <v>7</v>
       </c>
       <c r="J131" s="1">
         <v>0</v>
       </c>
       <c r="K131" t="s">
         <v>0</v>
       </c>
       <c r="L131" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M131" s="1">
         <v>20</v>
       </c>
       <c r="N131" s="1">
         <v>5</v>
       </c>
       <c r="O131" s="1">
         <v>2</v>
       </c>
-      <c r="P131" t="s">
-[...6 lines deleted...]
-    <row r="132" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="132" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A132">
         <v>131</v>
       </c>
-      <c r="B132">
+      <c r="B132" s="1">
         <v>3</v>
       </c>
       <c r="C132" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D132" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E132" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="F132" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="G132" t="s">
         <v>5</v>
       </c>
       <c r="H132" s="1">
         <v>16</v>
       </c>
       <c r="I132" s="1">
         <v>4</v>
       </c>
       <c r="J132" s="1">
         <v>0</v>
       </c>
       <c r="K132" t="s">
         <v>6</v>
       </c>
       <c r="L132" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M132" s="1">
         <v>20</v>
       </c>
       <c r="N132" s="1">
         <v>5</v>
       </c>
       <c r="O132" s="1">
         <v>15</v>
       </c>
-      <c r="P132" t="s">
-[...6 lines deleted...]
-    <row r="133" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="133" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A133">
         <v>132</v>
       </c>
-      <c r="B133">
+      <c r="B133" s="1">
         <v>3</v>
       </c>
       <c r="C133" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D133" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E133" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F133" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="G133" t="s">
         <v>5</v>
       </c>
       <c r="H133" s="1">
         <v>32</v>
       </c>
       <c r="I133" s="1">
         <v>8</v>
       </c>
       <c r="J133" s="1">
         <v>0</v>
       </c>
       <c r="K133" t="s">
         <v>6</v>
       </c>
       <c r="L133" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M133" s="1">
         <v>60</v>
       </c>
       <c r="N133" s="1">
         <v>20</v>
       </c>
       <c r="O133" s="1">
         <v>20</v>
       </c>
-      <c r="P133" t="s">
-[...6 lines deleted...]
-    <row r="134" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="134" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A134">
         <v>133</v>
       </c>
-      <c r="B134">
+      <c r="B134" s="1">
         <v>3</v>
       </c>
       <c r="C134" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D134" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E134" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="F134" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="G134" t="s">
         <v>5</v>
       </c>
       <c r="H134" s="1">
         <v>16</v>
       </c>
       <c r="I134" s="1">
         <v>4</v>
       </c>
       <c r="J134" s="1">
         <v>0</v>
       </c>
       <c r="K134" t="s">
         <v>6</v>
       </c>
       <c r="L134" t="s">
         <v>7</v>
       </c>
       <c r="M134" s="1">
         <v>0</v>
       </c>
       <c r="N134" s="1">
         <v>5</v>
       </c>
       <c r="O134" s="1">
         <v>15</v>
       </c>
-      <c r="P134" t="s">
-[...6 lines deleted...]
-    <row r="135" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="135" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A135">
         <v>134</v>
       </c>
-      <c r="B135">
+      <c r="B135" s="1">
         <v>3</v>
       </c>
       <c r="C135" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D135" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="E135" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="F135" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="G135" t="s">
         <v>5</v>
       </c>
       <c r="H135" s="1">
         <v>24</v>
       </c>
       <c r="I135" s="1">
         <v>6</v>
       </c>
       <c r="J135" s="1">
         <v>0</v>
       </c>
       <c r="K135" t="s">
         <v>6</v>
       </c>
       <c r="L135" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M135" s="1">
         <v>60</v>
       </c>
       <c r="N135" s="1">
         <v>20</v>
       </c>
       <c r="O135" s="1">
         <v>10</v>
       </c>
-      <c r="P135" t="s">
-[...6 lines deleted...]
-    <row r="136" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="136" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A136">
         <v>135</v>
       </c>
-      <c r="B136">
+      <c r="B136" s="1">
         <v>3</v>
       </c>
       <c r="C136" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D136" t="s">
+        <v>411</v>
+      </c>
+      <c r="E136" t="s">
         <v>414</v>
       </c>
-      <c r="E136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F136" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="G136" t="s">
         <v>5</v>
       </c>
       <c r="H136" s="1">
         <v>2</v>
       </c>
       <c r="I136" s="1">
         <v>1</v>
       </c>
       <c r="J136" s="1">
         <v>0</v>
       </c>
       <c r="K136" t="s">
         <v>6</v>
       </c>
       <c r="L136" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M136" s="1">
         <v>7</v>
       </c>
       <c r="N136" s="1">
         <v>1</v>
       </c>
       <c r="O136" s="1">
         <v>2</v>
       </c>
-      <c r="P136" t="s">
-[...6 lines deleted...]
-    <row r="137" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="137" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A137">
         <v>136</v>
       </c>
-      <c r="B137">
+      <c r="B137" s="1">
         <v>3</v>
       </c>
       <c r="C137" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D137" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="E137" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="F137" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="G137" t="s">
         <v>5</v>
       </c>
       <c r="H137" s="1">
         <v>8</v>
       </c>
       <c r="I137" s="1">
         <v>2</v>
       </c>
       <c r="J137" s="1">
         <v>0</v>
       </c>
       <c r="K137" t="s">
         <v>6</v>
       </c>
       <c r="L137" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M137" s="1">
         <v>0</v>
       </c>
       <c r="N137" s="1">
         <v>2</v>
       </c>
       <c r="O137" s="1">
         <v>8</v>
       </c>
-      <c r="P137" t="s">
-[...6 lines deleted...]
-    <row r="138" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="138" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A138">
         <v>137</v>
       </c>
-      <c r="B138">
+      <c r="B138" s="1">
         <v>3</v>
       </c>
       <c r="C138" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D138" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="E138" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="F138" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="G138" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H138" s="1">
         <v>2</v>
       </c>
       <c r="I138" s="1">
         <v>1</v>
       </c>
       <c r="J138" s="1">
         <v>0</v>
       </c>
       <c r="K138" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L138" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M138" s="1">
         <v>22</v>
       </c>
       <c r="N138" s="1">
         <v>1</v>
       </c>
       <c r="O138" s="1">
         <v>2</v>
       </c>
-      <c r="P138" t="s">
-[...6 lines deleted...]
-    <row r="139" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="139" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A139">
         <v>138</v>
       </c>
-      <c r="B139">
+      <c r="B139" s="1">
         <v>3</v>
       </c>
       <c r="C139" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="D139" t="s">
+        <v>418</v>
+      </c>
+      <c r="E139" t="s">
         <v>421</v>
       </c>
-      <c r="E139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F139" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="G139" t="s">
         <v>5</v>
       </c>
       <c r="H139" s="1">
         <v>10</v>
       </c>
       <c r="I139" s="1">
         <v>2</v>
       </c>
       <c r="J139" s="1">
         <v>0</v>
       </c>
       <c r="K139" t="s">
         <v>6</v>
       </c>
       <c r="L139" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M139" s="1">
         <v>9</v>
       </c>
       <c r="N139" s="1">
         <v>10</v>
       </c>
       <c r="O139" s="1">
         <v>2</v>
       </c>
-      <c r="P139" t="s">
-[...6 lines deleted...]
-    <row r="140" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="140" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A140">
         <v>139</v>
       </c>
-      <c r="B140">
+      <c r="B140" s="1">
         <v>3</v>
       </c>
       <c r="C140" t="s">
+        <v>423</v>
+      </c>
+      <c r="D140" t="s">
+        <v>424</v>
+      </c>
+      <c r="E140" t="s">
+        <v>425</v>
+      </c>
+      <c r="F140" t="s">
         <v>426</v>
       </c>
-      <c r="D140" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G140" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H140" s="1">
         <v>2</v>
       </c>
       <c r="I140" s="1">
         <v>1</v>
       </c>
       <c r="J140" s="1">
         <v>0</v>
       </c>
       <c r="K140" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L140" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M140" s="1">
         <v>42</v>
       </c>
       <c r="N140" s="1">
         <v>1</v>
       </c>
       <c r="O140" s="1">
         <v>2</v>
       </c>
-      <c r="P140" t="s">
-[...6 lines deleted...]
-    <row r="141" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="141" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A141">
         <v>140</v>
       </c>
-      <c r="B141">
+      <c r="B141" s="1">
         <v>3</v>
       </c>
       <c r="C141" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D141" t="s">
+        <v>424</v>
+      </c>
+      <c r="E141" t="s">
         <v>427</v>
       </c>
-      <c r="E141" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F141" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="G141" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H141" s="1">
         <v>8</v>
       </c>
       <c r="I141" s="1">
         <v>2</v>
       </c>
       <c r="J141" s="1">
         <v>0</v>
       </c>
       <c r="K141" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L141" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M141" s="1">
         <v>0</v>
       </c>
       <c r="N141" s="1">
         <v>2</v>
       </c>
       <c r="O141" s="1">
         <v>8</v>
       </c>
-      <c r="P141" t="s">
-[...6 lines deleted...]
-    <row r="142" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="142" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A142">
         <v>141</v>
       </c>
-      <c r="B142">
+      <c r="B142" s="1">
         <v>3</v>
       </c>
       <c r="C142" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D142" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="E142" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="F142" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="G142" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H142" s="1">
         <v>2</v>
       </c>
       <c r="I142" s="1">
         <v>1</v>
       </c>
       <c r="J142" s="1">
         <v>0</v>
       </c>
       <c r="K142" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L142" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M142" s="1">
         <v>7</v>
       </c>
       <c r="N142" s="1">
         <v>1</v>
       </c>
       <c r="O142" s="1">
         <v>2</v>
       </c>
-      <c r="P142" t="s">
-[...6 lines deleted...]
-    <row r="143" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="143" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A143">
         <v>142</v>
       </c>
-      <c r="B143">
+      <c r="B143" s="1">
         <v>3</v>
       </c>
       <c r="C143" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D143" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="E143" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="F143" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="G143" t="s">
         <v>5</v>
       </c>
       <c r="H143" s="1">
         <v>8</v>
       </c>
       <c r="I143" s="1">
         <v>2</v>
       </c>
       <c r="J143" s="1">
         <v>0</v>
       </c>
       <c r="K143" t="s">
         <v>6</v>
       </c>
       <c r="L143" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M143" s="1">
         <v>15</v>
       </c>
       <c r="N143" s="1">
         <v>5</v>
       </c>
       <c r="O143" s="1">
         <v>5</v>
       </c>
-      <c r="P143" t="s">
-[...6 lines deleted...]
-    <row r="144" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="144" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A144">
         <v>143</v>
       </c>
-      <c r="B144">
+      <c r="B144" s="1">
         <v>3</v>
       </c>
       <c r="C144" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D144" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="E144" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="F144" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="G144" t="s">
         <v>5</v>
       </c>
       <c r="H144" s="1">
         <v>8</v>
       </c>
       <c r="I144" s="1">
         <v>2</v>
       </c>
       <c r="J144" s="1">
         <v>0</v>
       </c>
       <c r="K144" t="s">
         <v>6</v>
       </c>
       <c r="L144" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M144" s="1">
         <v>15</v>
       </c>
       <c r="N144" s="1">
         <v>5</v>
       </c>
       <c r="O144" s="1">
         <v>5</v>
       </c>
-      <c r="P144" t="s">
-[...6 lines deleted...]
-    <row r="145" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="145" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A145">
         <v>144</v>
       </c>
-      <c r="B145">
+      <c r="B145" s="1">
         <v>3</v>
       </c>
       <c r="C145" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D145" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="E145" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="F145" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="G145" t="s">
         <v>5</v>
       </c>
       <c r="H145" s="1">
         <v>8</v>
       </c>
       <c r="I145" s="1">
         <v>2</v>
       </c>
       <c r="J145" s="1">
         <v>0</v>
       </c>
       <c r="K145" t="s">
         <v>6</v>
       </c>
       <c r="L145" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M145" s="1">
         <v>30</v>
       </c>
       <c r="N145" s="1">
         <v>5</v>
       </c>
       <c r="O145" s="1">
         <v>5</v>
       </c>
-      <c r="P145" t="s">
-[...6 lines deleted...]
-    <row r="146" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="146" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A146">
         <v>145</v>
       </c>
-      <c r="B146">
+      <c r="B146" s="1">
         <v>3</v>
       </c>
       <c r="C146" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D146" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="E146" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="F146" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="G146" t="s">
         <v>5</v>
       </c>
       <c r="H146" s="1">
         <v>8</v>
       </c>
       <c r="I146" s="1">
         <v>2</v>
       </c>
       <c r="J146" s="1">
         <v>0</v>
       </c>
       <c r="K146" t="s">
         <v>6</v>
       </c>
       <c r="L146" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M146" s="1">
         <v>5</v>
       </c>
       <c r="N146" s="1">
         <v>5</v>
       </c>
       <c r="O146" s="1">
         <v>5</v>
       </c>
-      <c r="P146" t="s">
-[...6 lines deleted...]
-    <row r="147" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="147" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A147">
         <v>146</v>
       </c>
-      <c r="B147">
+      <c r="B147" s="1">
         <v>3</v>
       </c>
       <c r="C147" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D147" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="E147" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="F147" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="G147" t="s">
         <v>5</v>
       </c>
       <c r="H147" s="1">
         <v>2</v>
       </c>
       <c r="I147" s="1">
         <v>0</v>
       </c>
       <c r="J147" s="1">
         <v>0</v>
       </c>
       <c r="K147" t="s">
         <v>6</v>
       </c>
       <c r="L147" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M147" s="1">
         <v>18</v>
       </c>
       <c r="N147" s="1">
         <v>1</v>
       </c>
       <c r="O147" s="1">
         <v>1</v>
       </c>
-      <c r="P147" t="s">
-[...6 lines deleted...]
-    <row r="148" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="148" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A148">
         <v>147</v>
       </c>
-      <c r="B148">
+      <c r="B148" s="1">
         <v>3</v>
       </c>
       <c r="C148" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D148" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E148" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="F148" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="G148" t="s">
         <v>5</v>
       </c>
       <c r="H148" s="1">
         <v>4</v>
       </c>
       <c r="I148" s="1">
         <v>1</v>
       </c>
       <c r="J148" s="1">
         <v>0</v>
       </c>
       <c r="K148" t="s">
         <v>6</v>
       </c>
       <c r="L148" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M148" s="1">
         <v>6</v>
       </c>
       <c r="N148" s="1">
         <v>2</v>
       </c>
       <c r="O148" s="1">
         <v>3</v>
       </c>
-      <c r="P148" t="s">
-[...6 lines deleted...]
-    <row r="149" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="149" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A149">
         <v>148</v>
       </c>
-      <c r="B149">
+      <c r="B149" s="1">
         <v>3</v>
       </c>
       <c r="C149" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D149" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E149" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
       <c r="F149" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="G149" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H149" s="1">
         <v>12</v>
       </c>
       <c r="I149" s="1">
         <v>3</v>
       </c>
       <c r="J149" s="1">
         <v>0</v>
       </c>
       <c r="K149" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L149" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M149" s="1">
         <v>30</v>
       </c>
       <c r="N149" s="1">
         <v>5</v>
       </c>
       <c r="O149" s="1">
         <v>10</v>
       </c>
-      <c r="P149" t="s">
-[...6 lines deleted...]
-    <row r="150" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="150" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A150">
         <v>149</v>
       </c>
-      <c r="B150">
+      <c r="B150" s="1">
         <v>3</v>
       </c>
       <c r="C150" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D150" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E150" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="F150" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="G150" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H150" s="1">
         <v>2</v>
       </c>
       <c r="I150" s="1">
         <v>1</v>
       </c>
       <c r="J150" s="1">
         <v>0</v>
       </c>
       <c r="K150" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L150" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M150" s="1">
         <v>26</v>
       </c>
       <c r="N150" s="1">
         <v>1</v>
       </c>
       <c r="O150" s="1">
         <v>2</v>
       </c>
-      <c r="P150" t="s">
-[...6 lines deleted...]
-    <row r="151" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="151" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A151">
         <v>150</v>
       </c>
-      <c r="B151">
+      <c r="B151" s="1">
         <v>3</v>
       </c>
       <c r="C151" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D151" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E151" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="F151" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="G151" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H151" s="1">
         <v>5</v>
       </c>
       <c r="I151" s="1">
         <v>1</v>
       </c>
       <c r="J151" s="1">
         <v>0</v>
       </c>
       <c r="K151" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L151" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M151" s="1">
         <v>6</v>
       </c>
       <c r="N151" s="1">
         <v>2</v>
       </c>
       <c r="O151" s="1">
         <v>4</v>
       </c>
-      <c r="P151" t="s">
-[...6 lines deleted...]
-    <row r="152" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="152" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A152">
         <v>151</v>
       </c>
-      <c r="B152">
+      <c r="B152" s="1">
         <v>3</v>
       </c>
       <c r="C152" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D152" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E152" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="F152" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="G152" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H152" s="1">
         <v>8</v>
       </c>
       <c r="I152" s="1">
         <v>2</v>
       </c>
       <c r="J152" s="1">
         <v>0</v>
       </c>
       <c r="K152" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L152" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M152" s="1">
         <v>10</v>
       </c>
       <c r="N152" s="1">
         <v>5</v>
       </c>
       <c r="O152" s="1">
         <v>5</v>
       </c>
-      <c r="P152" t="s">
-[...6 lines deleted...]
-    <row r="153" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="153" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A153">
         <v>152</v>
       </c>
-      <c r="B153">
+      <c r="B153" s="1">
         <v>3</v>
       </c>
       <c r="C153" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D153" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E153" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="F153" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="G153" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H153" s="1">
         <v>29</v>
       </c>
       <c r="I153" s="1">
         <v>7</v>
       </c>
       <c r="J153" s="1">
         <v>0</v>
       </c>
       <c r="K153" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L153" t="s">
         <v>7</v>
       </c>
       <c r="M153" s="1">
         <v>20</v>
       </c>
       <c r="N153" s="1">
         <v>16</v>
       </c>
       <c r="O153" s="1">
         <v>20</v>
       </c>
-      <c r="P153" t="s">
-[...6 lines deleted...]
-    <row r="154" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="154" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A154">
         <v>153</v>
       </c>
-      <c r="B154">
+      <c r="B154" s="1">
         <v>3</v>
       </c>
       <c r="C154" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D154" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E154" t="s">
-        <v>460</v>
+        <v>457</v>
       </c>
       <c r="F154" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="G154" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H154" s="1">
         <v>9</v>
       </c>
       <c r="I154" s="1">
         <v>2</v>
       </c>
       <c r="J154" s="1">
         <v>0</v>
       </c>
       <c r="K154" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L154" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M154" s="1">
         <v>10</v>
       </c>
       <c r="N154" s="1">
         <v>5</v>
       </c>
       <c r="O154" s="1">
         <v>6</v>
       </c>
-      <c r="P154" t="s">
-[...6 lines deleted...]
-    <row r="155" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="155" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A155">
         <v>154</v>
       </c>
-      <c r="B155">
+      <c r="B155" s="1">
         <v>3</v>
       </c>
       <c r="C155" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D155" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E155" t="s">
-        <v>462</v>
+        <v>459</v>
       </c>
       <c r="F155" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="G155" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H155" s="1">
         <v>9</v>
       </c>
       <c r="I155" s="1">
         <v>1</v>
       </c>
       <c r="J155" s="1">
         <v>0</v>
       </c>
       <c r="K155" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L155" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M155" s="1">
         <v>10</v>
       </c>
       <c r="N155" s="1">
         <v>5</v>
       </c>
       <c r="O155" s="1">
         <v>5</v>
       </c>
-      <c r="P155" t="s">
-[...6 lines deleted...]
-    <row r="156" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="156" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A156">
         <v>155</v>
       </c>
-      <c r="B156">
+      <c r="B156" s="1">
         <v>3</v>
       </c>
       <c r="C156" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D156" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="E156" t="s">
-        <v>465</v>
+        <v>462</v>
       </c>
       <c r="F156" t="s">
-        <v>466</v>
+        <v>463</v>
       </c>
       <c r="G156" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H156" s="1">
         <v>3</v>
       </c>
       <c r="I156" s="1">
         <v>1</v>
       </c>
       <c r="J156" s="1">
         <v>0</v>
       </c>
       <c r="K156" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L156" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M156" s="1">
         <v>10</v>
       </c>
       <c r="N156" s="1">
         <v>1</v>
       </c>
       <c r="O156" s="1">
         <v>3</v>
       </c>
-      <c r="P156" t="s">
-[...6 lines deleted...]
-    <row r="157" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="157" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A157">
         <v>156</v>
       </c>
-      <c r="B157">
+      <c r="B157" s="1">
         <v>3</v>
       </c>
       <c r="C157" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D157" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="E157" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="F157" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="G157" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H157" s="1">
         <v>4</v>
       </c>
       <c r="I157" s="1">
         <v>1</v>
       </c>
       <c r="J157" s="1">
         <v>0</v>
       </c>
       <c r="K157" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L157" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M157" s="1">
         <v>24</v>
       </c>
       <c r="N157" s="1">
         <v>2</v>
       </c>
       <c r="O157" s="1">
         <v>3</v>
       </c>
-      <c r="P157" t="s">
-[...6 lines deleted...]
-    <row r="158" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="158" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A158">
         <v>157</v>
       </c>
-      <c r="B158">
+      <c r="B158" s="1">
         <v>3</v>
       </c>
       <c r="C158" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D158" t="s">
+        <v>464</v>
+      </c>
+      <c r="E158" t="s">
         <v>467</v>
       </c>
-      <c r="E158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F158" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="G158" t="s">
         <v>5</v>
       </c>
       <c r="H158" s="1">
         <v>8</v>
       </c>
       <c r="I158" s="1">
         <v>2</v>
       </c>
       <c r="J158" s="1">
         <v>0</v>
       </c>
       <c r="K158" t="s">
         <v>6</v>
       </c>
       <c r="L158" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M158" s="1">
         <v>45</v>
       </c>
       <c r="N158" s="1">
         <v>5</v>
       </c>
       <c r="O158" s="1">
         <v>5</v>
       </c>
-      <c r="P158" t="s">
-[...6 lines deleted...]
-    <row r="159" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="159" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A159">
         <v>158</v>
       </c>
-      <c r="B159">
+      <c r="B159" s="1">
         <v>3</v>
       </c>
       <c r="C159" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="D159" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="E159" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="F159" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="G159" t="s">
         <v>5</v>
       </c>
       <c r="H159" s="1">
         <v>12</v>
       </c>
       <c r="I159" s="1">
         <v>3</v>
       </c>
       <c r="J159" s="1">
         <v>0</v>
       </c>
       <c r="K159" t="s">
         <v>6</v>
       </c>
       <c r="L159" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M159" s="1">
         <v>5</v>
       </c>
       <c r="N159" s="1">
         <v>5</v>
       </c>
       <c r="O159" s="1">
         <v>10</v>
       </c>
-      <c r="P159" t="s">
-[...6 lines deleted...]
-    <row r="160" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="160" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A160">
         <v>159</v>
       </c>
-      <c r="B160">
+      <c r="B160" s="1">
         <v>3</v>
       </c>
       <c r="C160" t="s">
+        <v>471</v>
+      </c>
+      <c r="D160" t="s">
+        <v>472</v>
+      </c>
+      <c r="E160" t="s">
+        <v>473</v>
+      </c>
+      <c r="F160" t="s">
         <v>474</v>
       </c>
-      <c r="D160" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G160" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H160" s="1">
         <v>2</v>
       </c>
       <c r="I160" s="1">
         <v>1</v>
       </c>
       <c r="J160" s="1">
         <v>0</v>
       </c>
       <c r="K160" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L160" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M160" s="1">
         <v>16</v>
       </c>
       <c r="N160" s="1">
         <v>1</v>
       </c>
       <c r="O160" s="1">
         <v>2</v>
       </c>
-      <c r="P160" t="s">
-[...6 lines deleted...]
-    <row r="161" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="161" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A161">
         <v>160</v>
       </c>
-      <c r="B161">
+      <c r="B161" s="1">
         <v>3</v>
       </c>
       <c r="C161" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="D161" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="E161" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="F161" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="G161" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H161" s="1">
         <v>8</v>
       </c>
       <c r="I161" s="1">
         <v>2</v>
       </c>
       <c r="J161" s="1">
         <v>0</v>
       </c>
       <c r="K161" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L161" t="s">
         <v>7</v>
       </c>
       <c r="M161" s="1">
         <v>10</v>
       </c>
       <c r="N161" s="1">
         <v>5</v>
       </c>
       <c r="O161" s="1">
         <v>5</v>
       </c>
-      <c r="P161" t="s">
-[...6 lines deleted...]
-    <row r="162" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="162" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A162">
         <v>161</v>
       </c>
-      <c r="B162">
+      <c r="B162" s="1">
         <v>3</v>
       </c>
       <c r="C162" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D162" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="E162" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="F162" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="G162" t="s">
         <v>5</v>
       </c>
       <c r="H162" s="1">
         <v>2</v>
       </c>
       <c r="I162" s="1">
         <v>1</v>
       </c>
       <c r="J162" s="1">
         <v>0</v>
       </c>
       <c r="K162" t="s">
         <v>6</v>
       </c>
       <c r="L162" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M162" s="1">
         <v>26</v>
       </c>
       <c r="N162" s="1">
         <v>1</v>
       </c>
       <c r="O162" s="1">
         <v>2</v>
       </c>
-      <c r="P162" t="s">
-[...6 lines deleted...]
-    <row r="163" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="163" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A163">
         <v>162</v>
       </c>
-      <c r="B163">
+      <c r="B163" s="1">
         <v>3</v>
       </c>
       <c r="C163" t="s">
+        <v>477</v>
+      </c>
+      <c r="D163" t="s">
+        <v>424</v>
+      </c>
+      <c r="E163" t="s">
         <v>480</v>
       </c>
-      <c r="D163" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F163" t="s">
-        <v>484</v>
+        <v>481</v>
       </c>
       <c r="G163" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H163" s="1">
         <v>8</v>
       </c>
       <c r="I163" s="1">
         <v>2</v>
       </c>
       <c r="J163" s="1">
         <v>0</v>
       </c>
       <c r="K163" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L163" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M163" s="1">
         <v>10</v>
       </c>
       <c r="N163" s="1">
         <v>5</v>
       </c>
       <c r="O163" s="1">
         <v>5</v>
       </c>
-      <c r="P163" t="s">
-[...6 lines deleted...]
-    <row r="164" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="164" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A164">
         <v>163</v>
       </c>
-      <c r="B164">
+      <c r="B164" s="1">
         <v>3</v>
       </c>
       <c r="C164" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D164" t="s">
-        <v>485</v>
+        <v>482</v>
       </c>
       <c r="E164" t="s">
-        <v>486</v>
+        <v>483</v>
       </c>
       <c r="F164" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="G164" t="s">
         <v>5</v>
       </c>
       <c r="H164" s="1">
         <v>174</v>
       </c>
       <c r="I164" s="1">
         <v>43</v>
       </c>
       <c r="J164" s="1">
         <v>0</v>
       </c>
       <c r="K164" t="s">
         <v>6</v>
       </c>
       <c r="L164" t="s">
         <v>7</v>
       </c>
       <c r="M164" s="1">
         <v>37</v>
       </c>
       <c r="N164" s="1">
         <v>50</v>
       </c>
       <c r="O164" s="1">
         <v>167</v>
       </c>
-      <c r="P164" t="s">
-[...6 lines deleted...]
-    <row r="165" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="165" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A165">
         <v>164</v>
       </c>
-      <c r="B165">
+      <c r="B165" s="1">
         <v>3</v>
       </c>
       <c r="C165" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D165" t="s">
+        <v>482</v>
+      </c>
+      <c r="E165" t="s">
         <v>485</v>
       </c>
-      <c r="E165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F165" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="G165" t="s">
         <v>5</v>
       </c>
       <c r="H165" s="1">
         <v>12</v>
       </c>
       <c r="I165" s="1">
         <v>3</v>
       </c>
       <c r="J165" s="1">
         <v>0</v>
       </c>
       <c r="K165" t="s">
         <v>6</v>
       </c>
       <c r="L165" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M165" s="1">
         <v>15</v>
       </c>
       <c r="N165" s="1">
         <v>5</v>
       </c>
       <c r="O165" s="1">
         <v>10</v>
       </c>
-      <c r="P165" t="s">
-[...6 lines deleted...]
-    <row r="166" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="166" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A166">
         <v>165</v>
       </c>
-      <c r="B166">
+      <c r="B166" s="1">
         <v>3</v>
       </c>
       <c r="C166" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D166" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="E166" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="F166" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="G166" t="s">
         <v>5</v>
       </c>
       <c r="H166" s="1">
         <v>6</v>
       </c>
       <c r="I166" s="1">
         <v>1</v>
       </c>
       <c r="J166" s="1">
         <v>0</v>
       </c>
       <c r="K166" t="s">
         <v>6</v>
       </c>
       <c r="L166" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M166" s="1">
         <v>15</v>
       </c>
       <c r="N166" s="1">
         <v>5</v>
       </c>
       <c r="O166" s="1">
         <v>2</v>
       </c>
-      <c r="P166" t="s">
-[...6 lines deleted...]
-    <row r="167" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="167" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A167">
         <v>166</v>
       </c>
-      <c r="B167">
+      <c r="B167" s="1">
         <v>3</v>
       </c>
       <c r="C167" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D167" t="s">
-        <v>492</v>
+        <v>489</v>
       </c>
       <c r="E167" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="F167" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="G167" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H167" s="1">
         <v>16</v>
       </c>
       <c r="I167" s="1">
         <v>4</v>
       </c>
       <c r="J167" s="1">
         <v>0</v>
       </c>
       <c r="K167" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L167" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M167" s="1">
         <v>0</v>
       </c>
       <c r="N167" s="1">
         <v>5</v>
       </c>
       <c r="O167" s="1">
         <v>15</v>
       </c>
-      <c r="P167" t="s">
-[...6 lines deleted...]
-    <row r="168" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="168" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A168">
         <v>167</v>
       </c>
-      <c r="B168">
+      <c r="B168" s="1">
         <v>3</v>
       </c>
       <c r="C168" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D168" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="E168" t="s">
-        <v>496</v>
+        <v>493</v>
       </c>
       <c r="F168" t="s">
-        <v>497</v>
+        <v>494</v>
       </c>
       <c r="G168" t="s">
         <v>5</v>
       </c>
       <c r="H168" s="1">
         <v>6</v>
       </c>
       <c r="I168" s="1">
         <v>2</v>
       </c>
       <c r="J168" s="1">
         <v>0</v>
       </c>
       <c r="K168" t="s">
         <v>6</v>
       </c>
       <c r="L168" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M168" s="1">
         <v>15</v>
       </c>
       <c r="N168" s="1">
         <v>5</v>
       </c>
       <c r="O168" s="1">
         <v>3</v>
       </c>
-      <c r="P168" t="s">
-[...6 lines deleted...]
-    <row r="169" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="169" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A169">
         <v>168</v>
       </c>
-      <c r="B169">
+      <c r="B169" s="1">
         <v>3</v>
       </c>
       <c r="C169" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D169" t="s">
-        <v>498</v>
+        <v>495</v>
       </c>
       <c r="E169" t="s">
-        <v>499</v>
+        <v>496</v>
       </c>
       <c r="F169" t="s">
-        <v>500</v>
+        <v>497</v>
       </c>
       <c r="G169" t="s">
         <v>5</v>
       </c>
       <c r="H169" s="1">
         <v>4</v>
       </c>
       <c r="I169" s="1">
         <v>1</v>
       </c>
       <c r="J169" s="1">
         <v>0</v>
       </c>
       <c r="K169" t="s">
         <v>6</v>
       </c>
       <c r="L169" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M169" s="1">
         <v>21</v>
       </c>
       <c r="N169" s="1">
         <v>1</v>
       </c>
       <c r="O169" s="1">
         <v>4</v>
       </c>
-      <c r="P169" t="s">
-[...6 lines deleted...]
-    <row r="170" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="170" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A170">
         <v>169</v>
       </c>
-      <c r="B170">
+      <c r="B170" s="1">
         <v>3</v>
       </c>
       <c r="C170" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D170" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="E170" t="s">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="F170" t="s">
-        <v>503</v>
+        <v>500</v>
       </c>
       <c r="G170" t="s">
         <v>5</v>
       </c>
       <c r="H170" s="1">
         <v>3</v>
       </c>
       <c r="I170" s="1">
         <v>1</v>
       </c>
       <c r="J170" s="1">
         <v>0</v>
       </c>
       <c r="K170" t="s">
         <v>6</v>
       </c>
       <c r="L170" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M170" s="1">
         <v>15</v>
       </c>
       <c r="N170" s="1">
         <v>1</v>
       </c>
       <c r="O170" s="1">
         <v>3</v>
       </c>
-      <c r="P170" t="s">
-[...6 lines deleted...]
-    <row r="171" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="171" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A171">
         <v>170</v>
       </c>
-      <c r="B171">
+      <c r="B171" s="1">
         <v>3</v>
       </c>
       <c r="C171" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D171" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="E171" t="s">
-        <v>504</v>
+        <v>501</v>
       </c>
       <c r="F171" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="G171" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H171" s="1">
         <v>6</v>
       </c>
       <c r="I171" s="1">
         <v>2</v>
       </c>
       <c r="J171" s="1">
         <v>0</v>
       </c>
       <c r="K171" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L171" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M171" s="1">
         <v>15</v>
       </c>
       <c r="N171" s="1">
         <v>5</v>
       </c>
       <c r="O171" s="1">
         <v>3</v>
       </c>
-      <c r="P171" t="s">
-[...6 lines deleted...]
-    <row r="172" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="172" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A172">
         <v>171</v>
       </c>
-      <c r="B172">
+      <c r="B172" s="1">
         <v>3</v>
       </c>
       <c r="C172" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D172" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="E172" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="F172" t="s">
-        <v>507</v>
+        <v>504</v>
       </c>
       <c r="G172" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H172" s="1">
         <v>12</v>
       </c>
       <c r="I172" s="1">
         <v>3</v>
       </c>
       <c r="J172" s="1">
         <v>0</v>
       </c>
       <c r="K172" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L172" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M172" s="1">
         <v>5</v>
       </c>
       <c r="N172" s="1">
         <v>5</v>
       </c>
       <c r="O172" s="1">
         <v>10</v>
       </c>
-      <c r="P172" t="s">
-[...6 lines deleted...]
-    <row r="173" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="173" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A173">
         <v>172</v>
       </c>
-      <c r="B173">
+      <c r="B173" s="1">
         <v>3</v>
       </c>
       <c r="C173" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D173" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E173" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="F173" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="G173" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H173" s="1">
         <v>14</v>
       </c>
       <c r="I173" s="1">
         <v>1</v>
       </c>
       <c r="J173" s="1">
         <v>0</v>
       </c>
       <c r="K173" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L173" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M173" s="1">
         <v>755</v>
       </c>
       <c r="N173" s="1">
         <v>5</v>
       </c>
       <c r="O173" s="1">
         <v>10</v>
       </c>
-      <c r="P173" t="s">
-[...6 lines deleted...]
-    <row r="174" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="174" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A174">
         <v>173</v>
       </c>
-      <c r="B174">
+      <c r="B174" s="1">
         <v>3</v>
       </c>
       <c r="C174" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D174" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E174" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="F174" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="G174" t="s">
         <v>5</v>
       </c>
       <c r="H174" s="1">
         <v>6</v>
       </c>
       <c r="I174" s="1">
         <v>1</v>
       </c>
       <c r="J174" s="1">
         <v>0</v>
       </c>
       <c r="K174" t="s">
         <v>6</v>
       </c>
       <c r="L174" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M174" s="1">
         <v>65</v>
       </c>
       <c r="N174" s="1">
         <v>5</v>
       </c>
       <c r="O174" s="1">
         <v>2</v>
       </c>
-      <c r="P174" t="s">
-[...6 lines deleted...]
-    <row r="175" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="175" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A175">
         <v>174</v>
       </c>
-      <c r="B175">
+      <c r="B175" s="1">
         <v>3</v>
       </c>
       <c r="C175" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D175" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E175" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="F175" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="G175" t="s">
         <v>5</v>
       </c>
       <c r="H175" s="1">
         <v>16</v>
       </c>
       <c r="I175" s="1">
         <v>4</v>
       </c>
       <c r="J175" s="1">
         <v>0</v>
       </c>
       <c r="K175" t="s">
         <v>6</v>
       </c>
       <c r="L175" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M175" s="1">
         <v>25</v>
       </c>
       <c r="N175" s="1">
         <v>5</v>
       </c>
       <c r="O175" s="1">
         <v>15</v>
       </c>
-      <c r="P175" t="s">
-[...6 lines deleted...]
-    <row r="176" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="176" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A176">
         <v>175</v>
       </c>
-      <c r="B176">
+      <c r="B176" s="1">
         <v>3</v>
       </c>
       <c r="C176" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D176" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E176" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
       <c r="F176" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="G176" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H176" s="1">
         <v>8</v>
       </c>
       <c r="I176" s="1">
         <v>2</v>
       </c>
       <c r="J176" s="1">
         <v>0</v>
       </c>
       <c r="K176" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L176" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M176" s="1">
         <v>10</v>
       </c>
       <c r="N176" s="1">
         <v>5</v>
       </c>
       <c r="O176" s="1">
         <v>5</v>
       </c>
-      <c r="P176" t="s">
-[...6 lines deleted...]
-    <row r="177" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="177" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A177">
         <v>176</v>
       </c>
-      <c r="B177">
+      <c r="B177" s="1">
         <v>3</v>
       </c>
       <c r="C177" t="s">
+        <v>513</v>
+      </c>
+      <c r="D177" t="s">
+        <v>514</v>
+      </c>
+      <c r="E177" t="s">
+        <v>515</v>
+      </c>
+      <c r="F177" t="s">
         <v>516</v>
       </c>
-      <c r="D177" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G177" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H177" s="1">
         <v>6</v>
       </c>
       <c r="I177" s="1">
         <v>2</v>
       </c>
       <c r="J177" s="1">
         <v>0</v>
       </c>
       <c r="K177" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="L177" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M177" s="1">
         <v>2</v>
       </c>
       <c r="N177" s="1">
         <v>2</v>
       </c>
       <c r="O177" s="1">
         <v>6</v>
       </c>
-      <c r="P177" t="s">
-[...6 lines deleted...]
-    <row r="178" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="178" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A178">
         <v>177</v>
       </c>
-      <c r="B178">
+      <c r="B178" s="1">
         <v>3</v>
       </c>
       <c r="C178" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D178" t="s">
+        <v>517</v>
+      </c>
+      <c r="E178" t="s">
+        <v>518</v>
+      </c>
+      <c r="F178" t="s">
+        <v>519</v>
+      </c>
+      <c r="G178" t="s">
+        <v>12</v>
+      </c>
+      <c r="H178" s="1">
+        <v>2</v>
+      </c>
+      <c r="I178" s="1">
+        <v>0</v>
+      </c>
+      <c r="J178" s="1">
+        <v>0</v>
+      </c>
+      <c r="K178" t="s">
+        <v>13</v>
+      </c>
+      <c r="L178" t="s">
         <v>520</v>
-      </c>
-[...22 lines deleted...]
-        <v>523</v>
       </c>
       <c r="M178" s="1">
         <v>1</v>
       </c>
       <c r="N178" s="1">
         <v>1</v>
       </c>
       <c r="O178" s="1">
         <v>1</v>
       </c>
-      <c r="P178" t="s">
-[...6 lines deleted...]
-    <row r="179" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="179" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A179">
         <v>178</v>
       </c>
-      <c r="B179">
+      <c r="B179" s="1">
         <v>3</v>
       </c>
       <c r="C179" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D179" t="s">
-        <v>524</v>
+        <v>521</v>
       </c>
       <c r="E179" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="F179" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="G179" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H179" s="1">
         <v>27</v>
       </c>
       <c r="I179" s="1">
         <v>3</v>
       </c>
       <c r="J179" s="1">
         <v>0</v>
       </c>
       <c r="K179" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L179" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M179" s="1">
         <v>10</v>
       </c>
       <c r="N179" s="1">
         <v>10</v>
       </c>
       <c r="O179" s="1">
         <v>20</v>
       </c>
-      <c r="P179" t="s">
-[...6 lines deleted...]
-    <row r="180" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="180" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A180">
         <v>179</v>
       </c>
-      <c r="B180">
+      <c r="B180" s="1">
         <v>3</v>
       </c>
       <c r="C180" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D180" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="E180" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="F180" t="s">
-        <v>529</v>
+        <v>526</v>
       </c>
       <c r="G180" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H180" s="1">
         <v>13</v>
       </c>
       <c r="I180" s="1">
         <v>3</v>
       </c>
       <c r="J180" s="1">
         <v>0</v>
       </c>
       <c r="K180" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L180" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M180" s="1">
         <v>10</v>
       </c>
       <c r="N180" s="1">
         <v>10</v>
       </c>
       <c r="O180" s="1">
         <v>6</v>
       </c>
-      <c r="P180" t="s">
-[...6 lines deleted...]
-    <row r="181" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="181" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A181">
         <v>180</v>
       </c>
-      <c r="B181">
+      <c r="B181" s="1">
         <v>3</v>
       </c>
       <c r="C181" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D181" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="E181" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="F181" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="G181" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H181" s="1">
         <v>4</v>
       </c>
       <c r="I181" s="1">
         <v>1</v>
       </c>
       <c r="J181" s="1">
         <v>0</v>
       </c>
       <c r="K181" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L181" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M181" s="1">
         <v>8</v>
       </c>
       <c r="N181" s="1">
         <v>1</v>
       </c>
       <c r="O181" s="1">
         <v>4</v>
       </c>
-      <c r="P181" t="s">
-[...6 lines deleted...]
-    <row r="182" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="182" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A182">
         <v>181</v>
       </c>
-      <c r="B182">
+      <c r="B182" s="1">
         <v>3</v>
       </c>
       <c r="C182" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D182" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="E182" t="s">
-        <v>534</v>
+        <v>531</v>
       </c>
       <c r="F182" t="s">
-        <v>535</v>
+        <v>532</v>
       </c>
       <c r="G182" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H182" s="1">
         <v>2</v>
       </c>
       <c r="I182" s="1">
         <v>0</v>
       </c>
       <c r="J182" s="1">
         <v>0</v>
       </c>
       <c r="K182" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L182" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M182" s="1">
         <v>104</v>
       </c>
       <c r="N182" s="1">
         <v>1</v>
       </c>
       <c r="O182" s="1">
         <v>1</v>
       </c>
-      <c r="P182" t="s">
-[...6 lines deleted...]
-    <row r="183" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="183" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A183">
         <v>182</v>
       </c>
-      <c r="B183">
+      <c r="B183" s="1">
         <v>3</v>
       </c>
       <c r="C183" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D183" t="s">
+        <v>530</v>
+      </c>
+      <c r="E183" t="s">
         <v>533</v>
       </c>
-      <c r="E183" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F183" t="s">
-        <v>537</v>
+        <v>534</v>
       </c>
       <c r="G183" t="s">
         <v>5</v>
       </c>
       <c r="H183" s="1">
         <v>30</v>
       </c>
       <c r="I183" s="1">
         <v>7</v>
       </c>
       <c r="J183" s="1">
         <v>0</v>
       </c>
       <c r="K183" t="s">
         <v>6</v>
       </c>
       <c r="L183" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M183" s="1">
         <v>19</v>
       </c>
       <c r="N183" s="1">
         <v>25</v>
       </c>
       <c r="O183" s="1">
         <v>12</v>
       </c>
-      <c r="P183" t="s">
-[...6 lines deleted...]
-    <row r="184" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="184" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A184">
         <v>183</v>
       </c>
-      <c r="B184">
+      <c r="B184" s="1">
         <v>3</v>
       </c>
       <c r="C184" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D184" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="E184" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
       <c r="F184" t="s">
-        <v>540</v>
+        <v>537</v>
       </c>
       <c r="G184" t="s">
         <v>5</v>
       </c>
       <c r="H184" s="1">
         <v>7</v>
       </c>
       <c r="I184" s="1">
         <v>2</v>
       </c>
       <c r="J184" s="1">
         <v>0</v>
       </c>
       <c r="K184" t="s">
         <v>6</v>
       </c>
       <c r="L184" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M184" s="1">
         <v>5</v>
       </c>
       <c r="N184" s="1">
         <v>5</v>
       </c>
       <c r="O184" s="1">
         <v>4</v>
       </c>
-      <c r="P184" t="s">
-[...6 lines deleted...]
-    <row r="185" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="185" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A185">
         <v>184</v>
       </c>
-      <c r="B185">
+      <c r="B185" s="1">
         <v>3</v>
       </c>
       <c r="C185" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D185" t="s">
-        <v>541</v>
+        <v>538</v>
       </c>
       <c r="E185" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="F185" t="s">
-        <v>543</v>
+        <v>540</v>
       </c>
       <c r="G185" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H185" s="1">
         <v>8</v>
       </c>
       <c r="I185" s="1">
         <v>2</v>
       </c>
       <c r="J185" s="1">
         <v>0</v>
       </c>
       <c r="K185" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L185" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M185" s="1">
         <v>5</v>
       </c>
       <c r="N185" s="1">
         <v>5</v>
       </c>
       <c r="O185" s="1">
         <v>5</v>
       </c>
-      <c r="P185" t="s">
-[...6 lines deleted...]
-    <row r="186" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="186" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A186">
         <v>185</v>
       </c>
-      <c r="B186">
+      <c r="B186" s="1">
         <v>3</v>
       </c>
       <c r="C186" t="s">
-        <v>516</v>
+        <v>513</v>
       </c>
       <c r="D186" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="E186" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
       <c r="F186" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="G186" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H186" s="1">
         <v>8</v>
       </c>
       <c r="I186" s="1">
         <v>2</v>
       </c>
       <c r="J186" s="1">
         <v>0</v>
       </c>
       <c r="K186" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L186" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M186" s="1">
         <v>5</v>
       </c>
       <c r="N186" s="1">
         <v>5</v>
       </c>
       <c r="O186" s="1">
         <v>5</v>
       </c>
-      <c r="P186" t="s">
-[...6 lines deleted...]
-    <row r="187" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="187" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A187">
         <v>186</v>
       </c>
-      <c r="B187">
+      <c r="B187" s="1">
         <v>3</v>
       </c>
       <c r="C187" t="s">
+        <v>544</v>
+      </c>
+      <c r="D187" t="s">
+        <v>545</v>
+      </c>
+      <c r="E187" t="s">
+        <v>546</v>
+      </c>
+      <c r="F187" t="s">
         <v>547</v>
       </c>
-      <c r="D187" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G187" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H187" s="1">
         <v>16</v>
       </c>
       <c r="I187" s="1">
         <v>4</v>
       </c>
       <c r="J187" s="1">
         <v>0</v>
       </c>
       <c r="K187" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L187" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M187" s="1">
         <v>160</v>
       </c>
       <c r="N187" s="1">
         <v>10</v>
       </c>
       <c r="O187" s="1">
         <v>10</v>
       </c>
-      <c r="P187" t="s">
-[...6 lines deleted...]
-    <row r="188" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="188" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A188">
         <v>187</v>
       </c>
-      <c r="B188">
+      <c r="B188" s="1">
         <v>3</v>
       </c>
       <c r="C188" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D188" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E188" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="F188" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="G188" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H188" s="1">
         <v>4</v>
       </c>
       <c r="I188" s="1">
         <v>0</v>
       </c>
       <c r="J188" s="1">
         <v>0</v>
       </c>
       <c r="K188" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L188" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M188" s="1">
         <v>7</v>
       </c>
       <c r="N188" s="1">
         <v>1</v>
       </c>
       <c r="O188" s="1">
         <v>3</v>
       </c>
-      <c r="P188" t="s">
-[...6 lines deleted...]
-    <row r="189" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="189" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A189">
         <v>188</v>
       </c>
-      <c r="B189">
+      <c r="B189" s="1">
         <v>3</v>
       </c>
       <c r="C189" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D189" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E189" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="F189" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="G189" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H189" s="1">
         <v>7</v>
       </c>
       <c r="I189" s="1">
         <v>1</v>
       </c>
       <c r="J189" s="1">
         <v>0</v>
       </c>
       <c r="K189" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L189" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M189" s="1">
         <v>9</v>
       </c>
       <c r="N189" s="1">
         <v>5</v>
       </c>
       <c r="O189" s="1">
         <v>3</v>
       </c>
-      <c r="P189" t="s">
-[...6 lines deleted...]
-    <row r="190" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="190" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A190">
         <v>189</v>
       </c>
-      <c r="B190">
+      <c r="B190" s="1">
         <v>3</v>
       </c>
       <c r="C190" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D190" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E190" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="F190" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="G190" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H190" s="1">
         <v>9</v>
       </c>
       <c r="I190" s="1">
         <v>1</v>
       </c>
       <c r="J190" s="1">
         <v>0</v>
       </c>
       <c r="K190" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L190" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M190" s="1">
         <v>10</v>
       </c>
       <c r="N190" s="1">
         <v>5</v>
       </c>
       <c r="O190" s="1">
         <v>5</v>
       </c>
-      <c r="P190" t="s">
-[...6 lines deleted...]
-    <row r="191" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="191" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A191">
         <v>190</v>
       </c>
-      <c r="B191">
+      <c r="B191" s="1">
         <v>3</v>
       </c>
       <c r="C191" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D191" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E191" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="F191" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="G191" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H191" s="1">
         <v>18</v>
       </c>
       <c r="I191" s="1">
         <v>2</v>
       </c>
       <c r="J191" s="1">
         <v>0</v>
       </c>
       <c r="K191" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L191" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M191" s="1">
         <v>5</v>
       </c>
       <c r="N191" s="1">
         <v>5</v>
       </c>
       <c r="O191" s="1">
         <v>15</v>
       </c>
-      <c r="P191" t="s">
-[...6 lines deleted...]
-    <row r="192" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="192" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A192">
         <v>191</v>
       </c>
-      <c r="B192">
+      <c r="B192" s="1">
         <v>3</v>
       </c>
       <c r="C192" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D192" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="E192" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="F192" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="G192" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H192" s="1">
         <v>5</v>
       </c>
       <c r="I192" s="1">
         <v>0</v>
       </c>
       <c r="J192" s="1">
         <v>0</v>
       </c>
       <c r="K192" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L192" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="M192" s="1">
         <v>81</v>
       </c>
       <c r="N192" s="1">
         <v>1</v>
       </c>
       <c r="O192" s="1">
         <v>4</v>
       </c>
-      <c r="P192" t="s">
-[...6 lines deleted...]
-    <row r="193" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="193" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A193">
         <v>192</v>
       </c>
-      <c r="B193">
+      <c r="B193" s="1">
         <v>3</v>
       </c>
       <c r="C193" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D193" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E193" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="F193" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="G193" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H193" s="1">
         <v>9</v>
       </c>
       <c r="I193" s="1">
         <v>1</v>
       </c>
       <c r="J193" s="1">
         <v>0</v>
       </c>
       <c r="K193" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L193" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M193" s="1">
         <v>15</v>
       </c>
       <c r="N193" s="1">
         <v>5</v>
       </c>
       <c r="O193" s="1">
         <v>5</v>
       </c>
-      <c r="P193" t="s">
-[...6 lines deleted...]
-    <row r="194" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="194" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A194">
         <v>193</v>
       </c>
-      <c r="B194">
+      <c r="B194" s="1">
         <v>3</v>
       </c>
       <c r="C194" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D194" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E194" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="F194" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="G194" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H194" s="1">
         <v>1836</v>
       </c>
       <c r="I194" s="1">
         <v>204</v>
       </c>
       <c r="J194" s="1">
         <v>0</v>
       </c>
       <c r="K194" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L194" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M194" s="1">
         <v>4000</v>
       </c>
       <c r="N194" s="1">
         <v>2000</v>
       </c>
       <c r="O194" s="1">
         <v>40</v>
       </c>
-      <c r="P194" t="s">
-[...6 lines deleted...]
-    <row r="195" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="195" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A195">
         <v>194</v>
       </c>
-      <c r="B195">
+      <c r="B195" s="1">
         <v>3</v>
       </c>
       <c r="C195" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D195" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="E195" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="F195" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="G195" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H195" s="1">
         <v>18</v>
       </c>
       <c r="I195" s="1">
         <v>2</v>
       </c>
       <c r="J195" s="1">
         <v>0</v>
       </c>
       <c r="K195" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L195" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M195" s="1">
         <v>5</v>
       </c>
       <c r="N195" s="1">
         <v>5</v>
       </c>
       <c r="O195" s="1">
         <v>15</v>
       </c>
-      <c r="P195" t="s">
-[...6 lines deleted...]
-    <row r="196" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="196" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A196">
         <v>195</v>
       </c>
-      <c r="B196">
+      <c r="B196" s="1">
         <v>3</v>
       </c>
       <c r="C196" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D196" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="E196" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="F196" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="G196" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H196" s="1">
         <v>51</v>
       </c>
       <c r="I196" s="1">
         <v>6</v>
       </c>
       <c r="J196" s="1">
         <v>0</v>
       </c>
       <c r="K196" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L196" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M196" s="1">
         <v>380</v>
       </c>
       <c r="N196" s="1">
         <v>42</v>
       </c>
       <c r="O196" s="1">
         <v>15</v>
       </c>
-      <c r="P196" t="s">
-[...6 lines deleted...]
-    <row r="197" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="197" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A197">
         <v>196</v>
       </c>
-      <c r="B197">
+      <c r="B197" s="1">
         <v>3</v>
       </c>
       <c r="C197" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D197" t="s">
+        <v>566</v>
+      </c>
+      <c r="E197" t="s">
         <v>569</v>
       </c>
-      <c r="E197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F197" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="G197" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H197" s="1">
         <v>32</v>
       </c>
       <c r="I197" s="1">
         <v>3</v>
       </c>
       <c r="J197" s="1">
         <v>0</v>
       </c>
       <c r="K197" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L197" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M197" s="1">
         <v>60</v>
       </c>
       <c r="N197" s="1">
         <v>20</v>
       </c>
       <c r="O197" s="1">
         <v>15</v>
       </c>
-      <c r="P197" t="s">
-[...6 lines deleted...]
-    <row r="198" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="198" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A198">
         <v>197</v>
       </c>
-      <c r="B198">
+      <c r="B198" s="1">
         <v>3</v>
       </c>
       <c r="C198" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D198" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="E198" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="F198" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="G198" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H198" s="1">
         <v>9</v>
       </c>
       <c r="I198" s="1">
         <v>1</v>
       </c>
       <c r="J198" s="1">
         <v>0</v>
       </c>
       <c r="K198" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L198" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M198" s="1">
         <v>5</v>
       </c>
       <c r="N198" s="1">
         <v>5</v>
       </c>
       <c r="O198" s="1">
         <v>5</v>
       </c>
-      <c r="P198" t="s">
-[...6 lines deleted...]
-    <row r="199" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="199" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A199">
         <v>198</v>
       </c>
-      <c r="B199">
+      <c r="B199" s="1">
         <v>3</v>
       </c>
       <c r="C199" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D199" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="E199" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="F199" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="G199" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H199" s="1">
         <v>4</v>
       </c>
       <c r="I199" s="1">
         <v>1</v>
       </c>
       <c r="J199" s="1">
         <v>0</v>
       </c>
       <c r="K199" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L199" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M199" s="1">
         <v>7</v>
       </c>
       <c r="N199" s="1">
         <v>1</v>
       </c>
       <c r="O199" s="1">
         <v>4</v>
       </c>
-      <c r="P199" t="s">
-[...6 lines deleted...]
-    <row r="200" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="200" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A200">
         <v>199</v>
       </c>
-      <c r="B200">
+      <c r="B200" s="1">
         <v>3</v>
       </c>
       <c r="C200" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D200" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="E200" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="F200" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="G200" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H200" s="1">
         <v>10</v>
       </c>
       <c r="I200" s="1">
         <v>2</v>
       </c>
       <c r="J200" s="1">
         <v>0</v>
       </c>
       <c r="K200" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L200" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M200" s="1">
         <v>146</v>
       </c>
       <c r="N200" s="1">
         <v>5</v>
       </c>
       <c r="O200" s="1">
         <v>7</v>
       </c>
-      <c r="P200" t="s">
-[...6 lines deleted...]
-    <row r="201" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="201" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A201">
         <v>200</v>
       </c>
-      <c r="B201">
+      <c r="B201" s="1">
         <v>3</v>
       </c>
       <c r="C201" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D201" t="s">
+        <v>575</v>
+      </c>
+      <c r="E201" t="s">
         <v>578</v>
       </c>
-      <c r="E201" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F201" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="G201" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H201" s="1">
         <v>16</v>
       </c>
       <c r="I201" s="1">
         <v>4</v>
       </c>
       <c r="J201" s="1">
         <v>0</v>
       </c>
       <c r="K201" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L201" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M201" s="1">
         <v>15</v>
       </c>
       <c r="N201" s="1">
         <v>5</v>
       </c>
       <c r="O201" s="1">
         <v>15</v>
       </c>
-      <c r="P201" t="s">
-[...6 lines deleted...]
-    <row r="202" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="202" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A202">
         <v>201</v>
       </c>
-      <c r="B202">
+      <c r="B202" s="1">
         <v>3</v>
       </c>
       <c r="C202" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D202" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="E202" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="F202" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="G202" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H202" s="1">
         <v>24</v>
       </c>
       <c r="I202" s="1">
         <v>6</v>
       </c>
       <c r="J202" s="1">
         <v>0</v>
       </c>
       <c r="K202" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L202" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M202" s="1">
         <v>10</v>
       </c>
       <c r="N202" s="1">
         <v>10</v>
       </c>
       <c r="O202" s="1">
         <v>20</v>
       </c>
-      <c r="P202" t="s">
-[...6 lines deleted...]
-    <row r="203" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="203" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A203">
         <v>202</v>
       </c>
-      <c r="B203">
+      <c r="B203" s="1">
         <v>3</v>
       </c>
       <c r="C203" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D203" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="E203" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="F203" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="G203" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H203" s="1">
         <v>16</v>
       </c>
       <c r="I203" s="1">
         <v>4</v>
       </c>
       <c r="J203" s="1">
         <v>0</v>
       </c>
       <c r="K203" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L203" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M203" s="1">
         <v>15</v>
       </c>
       <c r="N203" s="1">
         <v>5</v>
       </c>
       <c r="O203" s="1">
         <v>15</v>
       </c>
-      <c r="P203" t="s">
-[...6 lines deleted...]
-    <row r="204" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="204" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A204">
         <v>203</v>
       </c>
-      <c r="B204">
+      <c r="B204" s="1">
         <v>3</v>
       </c>
       <c r="C204" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D204" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="E204" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="F204" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="G204" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H204" s="1">
         <v>10</v>
       </c>
       <c r="I204" s="1">
         <v>3</v>
       </c>
       <c r="J204" s="1">
         <v>0</v>
       </c>
       <c r="K204" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L204" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M204" s="1">
         <v>51</v>
       </c>
       <c r="N204" s="1">
         <v>10</v>
       </c>
       <c r="O204" s="1">
         <v>3</v>
       </c>
-      <c r="P204" t="s">
-[...6 lines deleted...]
-    <row r="205" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="205" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A205">
         <v>204</v>
       </c>
-      <c r="B205">
+      <c r="B205" s="1">
         <v>3</v>
       </c>
       <c r="C205" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D205" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="E205" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="F205" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="G205" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H205" s="1">
         <v>8</v>
       </c>
       <c r="I205" s="1">
         <v>2</v>
       </c>
       <c r="J205" s="1">
         <v>0</v>
       </c>
       <c r="K205" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L205" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M205" s="1">
         <v>10</v>
       </c>
       <c r="N205" s="1">
         <v>5</v>
       </c>
       <c r="O205" s="1">
         <v>5</v>
       </c>
-      <c r="P205" t="s">
-[...6 lines deleted...]
-    <row r="206" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="206" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A206">
         <v>205</v>
       </c>
-      <c r="B206">
+      <c r="B206" s="1">
         <v>3</v>
       </c>
       <c r="C206" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D206" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="E206" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="F206" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="G206" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H206" s="1">
         <v>2</v>
       </c>
       <c r="I206" s="1">
         <v>0</v>
       </c>
       <c r="J206" s="1">
         <v>0</v>
       </c>
       <c r="K206" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L206" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M206" s="1">
         <v>1</v>
       </c>
       <c r="N206" s="1">
         <v>1</v>
       </c>
       <c r="O206" s="1">
         <v>1</v>
       </c>
-      <c r="P206" t="s">
-[...6 lines deleted...]
-    <row r="207" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="207" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A207">
         <v>206</v>
       </c>
-      <c r="B207">
+      <c r="B207" s="1">
         <v>3</v>
       </c>
       <c r="C207" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D207" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="E207" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="F207" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="G207" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H207" s="1">
         <v>6</v>
       </c>
       <c r="I207" s="1">
         <v>2</v>
       </c>
       <c r="J207" s="1">
         <v>0</v>
       </c>
       <c r="K207" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L207" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M207" s="1">
         <v>15</v>
       </c>
       <c r="N207" s="1">
         <v>5</v>
       </c>
       <c r="O207" s="1">
         <v>3</v>
       </c>
-      <c r="P207" t="s">
-[...6 lines deleted...]
-    <row r="208" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="208" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A208">
         <v>207</v>
       </c>
-      <c r="B208">
+      <c r="B208" s="1">
         <v>3</v>
       </c>
       <c r="C208" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D208" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="E208" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="F208" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="G208" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H208" s="1">
         <v>8</v>
       </c>
       <c r="I208" s="1">
         <v>2</v>
       </c>
       <c r="J208" s="1">
         <v>0</v>
       </c>
       <c r="K208" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L208" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M208" s="1">
         <v>10</v>
       </c>
       <c r="N208" s="1">
         <v>5</v>
       </c>
       <c r="O208" s="1">
         <v>5</v>
       </c>
-      <c r="P208" t="s">
-[...6 lines deleted...]
-    <row r="209" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="209" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A209">
         <v>208</v>
       </c>
-      <c r="B209">
+      <c r="B209" s="1">
         <v>3</v>
       </c>
       <c r="C209" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D209" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="E209" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="F209" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="G209" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H209" s="1">
         <v>2</v>
       </c>
       <c r="I209" s="1">
         <v>1</v>
       </c>
       <c r="J209" s="1">
         <v>0</v>
       </c>
       <c r="K209" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L209" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M209" s="1">
         <v>209</v>
       </c>
       <c r="N209" s="1">
         <v>1</v>
       </c>
       <c r="O209" s="1">
         <v>2</v>
       </c>
-      <c r="P209" t="s">
-[...6 lines deleted...]
-    <row r="210" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="210" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A210">
         <v>209</v>
       </c>
-      <c r="B210">
+      <c r="B210" s="1">
         <v>3</v>
       </c>
       <c r="C210" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D210" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E210" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="F210" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="G210" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H210" s="1">
         <v>12</v>
       </c>
       <c r="I210" s="1">
         <v>3</v>
       </c>
       <c r="J210" s="1">
         <v>0</v>
       </c>
       <c r="K210" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L210" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M210" s="1">
         <v>5</v>
       </c>
       <c r="N210" s="1">
         <v>5</v>
       </c>
       <c r="O210" s="1">
         <v>10</v>
       </c>
-      <c r="P210" t="s">
-[...6 lines deleted...]
-    <row r="211" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="211" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A211">
         <v>210</v>
       </c>
-      <c r="B211">
+      <c r="B211" s="1">
         <v>3</v>
       </c>
       <c r="C211" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D211" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E211" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="F211" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="G211" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H211" s="1">
         <v>5</v>
       </c>
       <c r="I211" s="1">
         <v>1</v>
       </c>
       <c r="J211" s="1">
         <v>0</v>
       </c>
       <c r="K211" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L211" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M211" s="1">
         <v>15</v>
       </c>
       <c r="N211" s="1">
         <v>5</v>
       </c>
       <c r="O211" s="1">
         <v>1</v>
       </c>
-      <c r="P211" t="s">
-[...6 lines deleted...]
-    <row r="212" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="212" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A212">
         <v>211</v>
       </c>
-      <c r="B212">
+      <c r="B212" s="1">
         <v>3</v>
       </c>
       <c r="C212" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D212" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E212" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="F212" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="G212" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H212" s="1">
         <v>3</v>
       </c>
       <c r="I212" s="1">
         <v>1</v>
       </c>
       <c r="J212" s="1">
         <v>0</v>
       </c>
       <c r="K212" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L212" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M212" s="1">
         <v>15</v>
       </c>
       <c r="N212" s="1">
         <v>1</v>
       </c>
       <c r="O212" s="1">
         <v>3</v>
       </c>
-      <c r="P212" t="s">
-[...6 lines deleted...]
-    <row r="213" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="213" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A213">
         <v>212</v>
       </c>
-      <c r="B213">
+      <c r="B213" s="1">
         <v>3</v>
       </c>
       <c r="C213" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D213" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E213" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="F213" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="G213" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H213" s="1">
         <v>20</v>
       </c>
       <c r="I213" s="1">
         <v>5</v>
       </c>
       <c r="J213" s="1">
         <v>0</v>
       </c>
       <c r="K213" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L213" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M213" s="1">
         <v>0</v>
       </c>
       <c r="N213" s="1">
         <v>5</v>
       </c>
       <c r="O213" s="1">
         <v>20</v>
       </c>
-      <c r="P213" t="s">
-[...6 lines deleted...]
-    <row r="214" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="214" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A214">
         <v>213</v>
       </c>
-      <c r="B214">
+      <c r="B214" s="1">
         <v>3</v>
       </c>
       <c r="C214" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D214" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
       <c r="E214" t="s">
-        <v>615</v>
+        <v>612</v>
       </c>
       <c r="F214" t="s">
-        <v>616</v>
+        <v>613</v>
       </c>
       <c r="G214" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H214" s="1">
         <v>2</v>
       </c>
       <c r="I214" s="1">
         <v>1</v>
       </c>
       <c r="J214" s="1">
         <v>0</v>
       </c>
       <c r="K214" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L214" t="s">
         <v>7</v>
       </c>
       <c r="M214" s="1">
         <v>7</v>
       </c>
       <c r="N214" s="1">
         <v>1</v>
       </c>
       <c r="O214" s="1">
         <v>2</v>
       </c>
-      <c r="P214" t="s">
-[...6 lines deleted...]
-    <row r="215" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="215" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A215">
         <v>214</v>
       </c>
-      <c r="B215">
+      <c r="B215" s="1">
         <v>3</v>
       </c>
       <c r="C215" t="s">
+        <v>614</v>
+      </c>
+      <c r="D215" t="s">
+        <v>615</v>
+      </c>
+      <c r="E215" t="s">
+        <v>616</v>
+      </c>
+      <c r="F215" t="s">
         <v>617</v>
-      </c>
-[...7 lines deleted...]
-        <v>620</v>
       </c>
       <c r="G215" t="s">
         <v>5</v>
       </c>
       <c r="H215" s="1">
         <v>322</v>
       </c>
       <c r="I215" s="1">
         <v>80</v>
       </c>
       <c r="J215" s="1">
         <v>0</v>
       </c>
       <c r="K215" t="s">
         <v>6</v>
       </c>
       <c r="L215" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M215" s="1">
         <v>252</v>
       </c>
       <c r="N215" s="1">
         <v>160</v>
       </c>
       <c r="O215" s="1">
         <v>242</v>
       </c>
-      <c r="P215" t="s">
-[...6 lines deleted...]
-    <row r="216" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="216" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A216">
         <v>215</v>
       </c>
-      <c r="B216">
+      <c r="B216" s="1">
         <v>3</v>
       </c>
       <c r="C216" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D216" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="E216" t="s">
-        <v>622</v>
+        <v>619</v>
       </c>
       <c r="F216" t="s">
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="G216" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H216" s="1">
         <v>6</v>
       </c>
       <c r="I216" s="1">
         <v>1</v>
       </c>
       <c r="J216" s="1">
         <v>0</v>
       </c>
       <c r="K216" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L216" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M216" s="1">
         <v>25</v>
       </c>
       <c r="N216" s="1">
         <v>5</v>
       </c>
       <c r="O216" s="1">
         <v>2</v>
       </c>
-      <c r="P216" t="s">
-[...6 lines deleted...]
-    <row r="217" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="217" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A217">
         <v>216</v>
       </c>
-      <c r="B217">
+      <c r="B217" s="1">
         <v>3</v>
       </c>
       <c r="C217" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D217" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="E217" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="F217" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="G217" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H217" s="1">
         <v>4</v>
       </c>
       <c r="I217" s="1">
         <v>0</v>
       </c>
       <c r="J217" s="1">
         <v>0</v>
       </c>
       <c r="K217" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L217" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M217" s="1">
         <v>12</v>
       </c>
       <c r="N217" s="1">
         <v>2</v>
       </c>
       <c r="O217" s="1">
         <v>2</v>
       </c>
-      <c r="P217" t="s">
-[...6 lines deleted...]
-    <row r="218" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="218" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A218">
         <v>217</v>
       </c>
-      <c r="B218">
+      <c r="B218" s="1">
         <v>3</v>
       </c>
       <c r="C218" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D218" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="E218" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="F218" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="G218" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H218" s="1">
         <v>3</v>
       </c>
       <c r="I218" s="1">
         <v>0</v>
       </c>
       <c r="J218" s="1">
         <v>0</v>
       </c>
       <c r="K218" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L218" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M218" s="1">
         <v>41</v>
       </c>
       <c r="N218" s="1">
         <v>1</v>
       </c>
       <c r="O218" s="1">
         <v>2</v>
       </c>
-      <c r="P218" t="s">
-[...6 lines deleted...]
-    <row r="219" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="219" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A219">
         <v>218</v>
       </c>
-      <c r="B219">
+      <c r="B219" s="1">
         <v>3</v>
       </c>
       <c r="C219" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D219" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="E219" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="F219" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="G219" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H219" s="1">
         <v>7</v>
       </c>
       <c r="I219" s="1">
         <v>1</v>
       </c>
       <c r="J219" s="1">
         <v>0</v>
       </c>
       <c r="K219" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L219" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M219" s="1">
         <v>15</v>
       </c>
       <c r="N219" s="1">
         <v>5</v>
       </c>
       <c r="O219" s="1">
         <v>3</v>
       </c>
-      <c r="P219" t="s">
-[...6 lines deleted...]
-    <row r="220" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="220" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A220">
         <v>219</v>
       </c>
-      <c r="B220">
+      <c r="B220" s="1">
         <v>3</v>
       </c>
       <c r="C220" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D220" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="E220" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="F220" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="G220" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H220" s="1">
         <v>18</v>
       </c>
       <c r="I220" s="1">
         <v>2</v>
       </c>
       <c r="J220" s="1">
         <v>0</v>
       </c>
       <c r="K220" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L220" t="s">
         <v>7</v>
       </c>
       <c r="M220" s="1">
         <v>550</v>
       </c>
       <c r="N220" s="1">
         <v>5</v>
       </c>
       <c r="O220" s="1">
         <v>15</v>
       </c>
-      <c r="P220" t="s">
-[...6 lines deleted...]
-    <row r="221" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="221" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A221">
         <v>220</v>
       </c>
-      <c r="B221">
+      <c r="B221" s="1">
         <v>3</v>
       </c>
       <c r="C221" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D221" t="s">
+        <v>628</v>
+      </c>
+      <c r="E221" t="s">
         <v>631</v>
       </c>
-      <c r="E221" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F221" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="G221" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H221" s="1">
         <v>7</v>
       </c>
       <c r="I221" s="1">
         <v>1</v>
       </c>
       <c r="J221" s="1">
         <v>0</v>
       </c>
       <c r="K221" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L221" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M221" s="1">
         <v>425</v>
       </c>
       <c r="N221" s="1">
         <v>5</v>
       </c>
       <c r="O221" s="1">
         <v>3</v>
       </c>
-      <c r="P221" t="s">
-[...6 lines deleted...]
-    <row r="222" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="222" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A222">
         <v>221</v>
       </c>
-      <c r="B222">
+      <c r="B222" s="1">
         <v>3</v>
       </c>
       <c r="C222" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D222" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="E222" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="F222" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="G222" t="s">
         <v>5</v>
       </c>
       <c r="H222" s="1">
         <v>7</v>
       </c>
       <c r="I222" s="1">
         <v>1</v>
       </c>
       <c r="J222" s="1">
         <v>0</v>
       </c>
       <c r="K222" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="L222" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="M222" s="1">
         <v>2</v>
       </c>
       <c r="N222" s="1">
         <v>2</v>
       </c>
       <c r="O222" s="1">
         <v>6</v>
       </c>
-      <c r="P222" t="s">
-[...6 lines deleted...]
-    <row r="223" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="223" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A223">
         <v>222</v>
       </c>
-      <c r="B223">
+      <c r="B223" s="1">
         <v>3</v>
       </c>
       <c r="C223" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D223" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="E223" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="F223" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="G223" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H223" s="1">
         <v>3</v>
       </c>
       <c r="I223" s="1">
         <v>0</v>
       </c>
       <c r="J223" s="1">
         <v>0</v>
       </c>
       <c r="K223" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L223" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M223" s="1">
         <v>7</v>
       </c>
       <c r="N223" s="1">
         <v>1</v>
       </c>
       <c r="O223" s="1">
         <v>2</v>
       </c>
-      <c r="P223" t="s">
-[...6 lines deleted...]
-    <row r="224" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="224" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A224">
         <v>223</v>
       </c>
-      <c r="B224">
+      <c r="B224" s="1">
         <v>3</v>
       </c>
       <c r="C224" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D224" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="E224" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="F224" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="G224" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H224" s="1">
         <v>18</v>
       </c>
       <c r="I224" s="1">
         <v>2</v>
       </c>
       <c r="J224" s="1">
         <v>0</v>
       </c>
       <c r="K224" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L224" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M224" s="1">
         <v>0</v>
       </c>
       <c r="N224" s="1">
         <v>5</v>
       </c>
       <c r="O224" s="1">
         <v>15</v>
       </c>
-      <c r="P224" t="s">
-[...6 lines deleted...]
-    <row r="225" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="225" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A225">
         <v>224</v>
       </c>
-      <c r="B225">
+      <c r="B225" s="1">
         <v>3</v>
       </c>
       <c r="C225" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D225" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="E225" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
       <c r="F225" t="s">
-        <v>645</v>
+        <v>642</v>
       </c>
       <c r="G225" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H225" s="1">
         <v>228</v>
       </c>
       <c r="I225" s="1">
         <v>25</v>
       </c>
       <c r="J225" s="1">
         <v>0</v>
       </c>
       <c r="K225" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L225" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M225" s="1">
         <v>200</v>
       </c>
       <c r="N225" s="1">
         <v>250</v>
       </c>
       <c r="O225" s="1">
         <v>3</v>
       </c>
-      <c r="P225" t="s">
-[...6 lines deleted...]
-    <row r="226" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="226" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A226">
         <v>225</v>
       </c>
-      <c r="B226">
+      <c r="B226" s="1">
         <v>3</v>
       </c>
       <c r="C226" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D226" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="E226" t="s">
-        <v>646</v>
+        <v>643</v>
       </c>
       <c r="F226" t="s">
-        <v>647</v>
+        <v>644</v>
       </c>
       <c r="G226" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H226" s="1">
         <v>968</v>
       </c>
       <c r="I226" s="1">
         <v>107</v>
       </c>
       <c r="J226" s="1">
         <v>0</v>
       </c>
       <c r="K226" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L226" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M226" s="1">
         <v>7332</v>
       </c>
       <c r="N226" s="1">
         <v>1045</v>
       </c>
       <c r="O226" s="1">
         <v>30</v>
       </c>
-      <c r="P226" t="s">
-[...6 lines deleted...]
-    <row r="227" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="227" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A227">
         <v>226</v>
       </c>
-      <c r="B227">
+      <c r="B227" s="1">
         <v>3</v>
       </c>
       <c r="C227" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D227" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="E227" t="s">
-        <v>648</v>
+        <v>645</v>
       </c>
       <c r="F227" t="s">
-        <v>649</v>
+        <v>646</v>
       </c>
       <c r="G227" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H227" s="1">
         <v>9</v>
       </c>
       <c r="I227" s="1">
         <v>1</v>
       </c>
       <c r="J227" s="1">
         <v>0</v>
       </c>
       <c r="K227" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L227" t="s">
         <v>7</v>
       </c>
       <c r="M227" s="1">
         <v>120</v>
       </c>
       <c r="N227" s="1">
         <v>2</v>
       </c>
       <c r="O227" s="1">
         <v>8</v>
       </c>
-      <c r="P227" t="s">
-[...6 lines deleted...]
-    <row r="228" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="228" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A228">
         <v>227</v>
       </c>
-      <c r="B228">
+      <c r="B228" s="1">
         <v>3</v>
       </c>
       <c r="C228" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D228" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="E228" t="s">
-        <v>650</v>
+        <v>647</v>
       </c>
       <c r="F228" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="G228" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H228" s="1">
         <v>18</v>
       </c>
       <c r="I228" s="1">
         <v>2</v>
       </c>
       <c r="J228" s="1">
         <v>0</v>
       </c>
       <c r="K228" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L228" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M228" s="1">
         <v>15</v>
       </c>
       <c r="N228" s="1">
         <v>5</v>
       </c>
       <c r="O228" s="1">
         <v>15</v>
       </c>
-      <c r="P228" t="s">
-[...6 lines deleted...]
-    <row r="229" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="229" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A229">
         <v>228</v>
       </c>
-      <c r="B229">
+      <c r="B229" s="1">
         <v>3</v>
       </c>
       <c r="C229" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D229" t="s">
-        <v>652</v>
+        <v>649</v>
       </c>
       <c r="E229" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="F229" t="s">
-        <v>654</v>
+        <v>651</v>
       </c>
       <c r="G229" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H229" s="1">
         <v>9</v>
       </c>
       <c r="I229" s="1">
         <v>1</v>
       </c>
       <c r="J229" s="1">
         <v>0</v>
       </c>
       <c r="K229" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L229" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M229" s="1">
         <v>180</v>
       </c>
       <c r="N229" s="1">
         <v>2</v>
       </c>
       <c r="O229" s="1">
         <v>8</v>
       </c>
-      <c r="P229" t="s">
-[...6 lines deleted...]
-    <row r="230" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="230" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A230">
         <v>229</v>
       </c>
-      <c r="B230">
+      <c r="B230" s="1">
         <v>3</v>
       </c>
       <c r="C230" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D230" t="s">
+        <v>649</v>
+      </c>
+      <c r="E230" t="s">
         <v>652</v>
       </c>
-      <c r="E230" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F230" t="s">
-        <v>656</v>
+        <v>653</v>
       </c>
       <c r="G230" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H230" s="1">
         <v>23</v>
       </c>
       <c r="I230" s="1">
         <v>2</v>
       </c>
       <c r="J230" s="1">
         <v>0</v>
       </c>
       <c r="K230" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L230" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M230" s="1">
         <v>0</v>
       </c>
       <c r="N230" s="1">
         <v>5</v>
       </c>
       <c r="O230" s="1">
         <v>20</v>
       </c>
-      <c r="P230" t="s">
-[...6 lines deleted...]
-    <row r="231" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="231" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A231">
         <v>230</v>
       </c>
-      <c r="B231">
+      <c r="B231" s="1">
         <v>3</v>
       </c>
       <c r="C231" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D231" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="E231" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="F231" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="G231" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H231" s="1">
         <v>8</v>
       </c>
       <c r="I231" s="1">
         <v>2</v>
       </c>
       <c r="J231" s="1">
         <v>0</v>
       </c>
       <c r="K231" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L231" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M231" s="1">
         <v>10</v>
       </c>
       <c r="N231" s="1">
         <v>5</v>
       </c>
       <c r="O231" s="1">
         <v>5</v>
       </c>
-      <c r="P231" t="s">
-[...6 lines deleted...]
-    <row r="232" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="232" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A232">
         <v>231</v>
       </c>
-      <c r="B232">
+      <c r="B232" s="1">
         <v>3</v>
       </c>
       <c r="C232" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D232" t="s">
+        <v>654</v>
+      </c>
+      <c r="E232" t="s">
         <v>657</v>
       </c>
-      <c r="E232" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F232" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="G232" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H232" s="1">
         <v>8</v>
       </c>
       <c r="I232" s="1">
         <v>2</v>
       </c>
       <c r="J232" s="1">
         <v>0</v>
       </c>
       <c r="K232" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L232" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M232" s="1">
         <v>10</v>
       </c>
       <c r="N232" s="1">
         <v>5</v>
       </c>
       <c r="O232" s="1">
         <v>5</v>
       </c>
-      <c r="P232" t="s">
-[...6 lines deleted...]
-    <row r="233" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="233" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A233">
         <v>232</v>
       </c>
-      <c r="B233">
+      <c r="B233" s="1">
         <v>3</v>
       </c>
       <c r="C233" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D233" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="E233" t="s">
-        <v>662</v>
+        <v>659</v>
       </c>
       <c r="F233" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="G233" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H233" s="1">
         <v>8</v>
       </c>
       <c r="I233" s="1">
         <v>2</v>
       </c>
       <c r="J233" s="1">
         <v>0</v>
       </c>
       <c r="K233" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L233" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M233" s="1">
         <v>10</v>
       </c>
       <c r="N233" s="1">
         <v>5</v>
       </c>
       <c r="O233" s="1">
         <v>5</v>
       </c>
-      <c r="P233" t="s">
-[...6 lines deleted...]
-    <row r="234" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="234" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A234">
         <v>233</v>
       </c>
-      <c r="B234">
+      <c r="B234" s="1">
         <v>3</v>
       </c>
       <c r="C234" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D234" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="E234" t="s">
-        <v>664</v>
+        <v>661</v>
       </c>
       <c r="F234" t="s">
-        <v>665</v>
+        <v>662</v>
       </c>
       <c r="G234" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H234" s="1">
         <v>6</v>
       </c>
       <c r="I234" s="1">
         <v>2</v>
       </c>
       <c r="J234" s="1">
         <v>0</v>
       </c>
       <c r="K234" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L234" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M234" s="1">
         <v>2</v>
       </c>
       <c r="N234" s="1">
         <v>2</v>
       </c>
       <c r="O234" s="1">
         <v>6</v>
       </c>
-      <c r="P234" t="s">
-[...6 lines deleted...]
-    <row r="235" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="235" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A235">
         <v>234</v>
       </c>
-      <c r="B235">
+      <c r="B235" s="1">
         <v>3</v>
       </c>
       <c r="C235" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D235" t="s">
-        <v>666</v>
+        <v>663</v>
       </c>
       <c r="E235" t="s">
-        <v>667</v>
+        <v>664</v>
       </c>
       <c r="F235" t="s">
-        <v>668</v>
+        <v>665</v>
       </c>
       <c r="G235" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H235" s="1">
         <v>8</v>
       </c>
       <c r="I235" s="1">
         <v>2</v>
       </c>
       <c r="J235" s="1">
         <v>0</v>
       </c>
       <c r="K235" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L235" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M235" s="1">
         <v>5</v>
       </c>
       <c r="N235" s="1">
         <v>5</v>
       </c>
       <c r="O235" s="1">
         <v>5</v>
       </c>
-      <c r="P235" t="s">
-[...6 lines deleted...]
-    <row r="236" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="236" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A236">
         <v>235</v>
       </c>
-      <c r="B236">
+      <c r="B236" s="1">
         <v>3</v>
       </c>
       <c r="C236" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D236" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="E236" t="s">
-        <v>669</v>
+        <v>666</v>
       </c>
       <c r="F236" t="s">
-        <v>670</v>
+        <v>667</v>
       </c>
       <c r="G236" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H236" s="1">
         <v>10</v>
       </c>
       <c r="I236" s="1">
         <v>2</v>
       </c>
       <c r="J236" s="1">
         <v>0</v>
       </c>
       <c r="K236" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L236" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M236" s="1">
         <v>10</v>
       </c>
       <c r="N236" s="1">
         <v>5</v>
       </c>
       <c r="O236" s="1">
         <v>7</v>
       </c>
-      <c r="P236" t="s">
-[...6 lines deleted...]
-    <row r="237" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="237" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A237">
         <v>236</v>
       </c>
-      <c r="B237">
+      <c r="B237" s="1">
         <v>3</v>
       </c>
       <c r="C237" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D237" t="s">
-        <v>671</v>
+        <v>668</v>
       </c>
       <c r="E237" t="s">
-        <v>672</v>
+        <v>669</v>
       </c>
       <c r="F237" t="s">
-        <v>673</v>
+        <v>670</v>
       </c>
       <c r="G237" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H237" s="1">
         <v>16</v>
       </c>
       <c r="I237" s="1">
         <v>4</v>
       </c>
       <c r="J237" s="1">
         <v>0</v>
       </c>
       <c r="K237" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L237" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M237" s="1">
         <v>15</v>
       </c>
       <c r="N237" s="1">
         <v>5</v>
       </c>
       <c r="O237" s="1">
         <v>15</v>
       </c>
-      <c r="P237" t="s">
-[...6 lines deleted...]
-    <row r="238" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="238" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A238">
         <v>237</v>
       </c>
-      <c r="B238">
+      <c r="B238" s="1">
         <v>3</v>
       </c>
       <c r="C238" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D238" t="s">
-        <v>674</v>
+        <v>671</v>
       </c>
       <c r="E238" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="F238" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="G238" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H238" s="1">
         <v>8</v>
       </c>
       <c r="I238" s="1">
         <v>2</v>
       </c>
       <c r="J238" s="1">
         <v>0</v>
       </c>
       <c r="K238" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L238" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M238" s="1">
         <v>10</v>
       </c>
       <c r="N238" s="1">
         <v>5</v>
       </c>
       <c r="O238" s="1">
         <v>5</v>
       </c>
-      <c r="P238" t="s">
-[...6 lines deleted...]
-    <row r="239" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="239" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A239">
         <v>238</v>
       </c>
-      <c r="B239">
+      <c r="B239" s="1">
         <v>3</v>
       </c>
       <c r="C239" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D239" t="s">
+        <v>671</v>
+      </c>
+      <c r="E239" t="s">
         <v>674</v>
       </c>
-      <c r="E239" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F239" t="s">
-        <v>678</v>
+        <v>675</v>
       </c>
       <c r="G239" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H239" s="1">
         <v>8</v>
       </c>
       <c r="I239" s="1">
         <v>2</v>
       </c>
       <c r="J239" s="1">
         <v>0</v>
       </c>
       <c r="K239" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L239" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M239" s="1">
         <v>10</v>
       </c>
       <c r="N239" s="1">
         <v>5</v>
       </c>
       <c r="O239" s="1">
         <v>5</v>
       </c>
-      <c r="P239" t="s">
-[...6 lines deleted...]
-    <row r="240" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="240" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A240">
         <v>239</v>
       </c>
-      <c r="B240">
+      <c r="B240" s="1">
         <v>3</v>
       </c>
       <c r="C240" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D240" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="E240" t="s">
-        <v>680</v>
+        <v>677</v>
       </c>
       <c r="F240" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="G240" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H240" s="1">
         <v>2</v>
       </c>
       <c r="I240" s="1">
         <v>0</v>
       </c>
       <c r="J240" s="1">
         <v>0</v>
       </c>
       <c r="K240" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L240" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M240" s="1">
         <v>18</v>
       </c>
       <c r="N240" s="1">
         <v>1</v>
       </c>
       <c r="O240" s="1">
         <v>1</v>
       </c>
-      <c r="P240" t="s">
-[...6 lines deleted...]
-    <row r="241" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="241" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A241">
         <v>240</v>
       </c>
-      <c r="B241">
+      <c r="B241" s="1">
         <v>3</v>
       </c>
       <c r="C241" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D241" t="s">
+        <v>676</v>
+      </c>
+      <c r="E241" t="s">
         <v>679</v>
       </c>
-      <c r="E241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F241" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="G241" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H241" s="1">
         <v>16</v>
       </c>
       <c r="I241" s="1">
         <v>4</v>
       </c>
       <c r="J241" s="1">
         <v>0</v>
       </c>
       <c r="K241" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L241" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M241" s="1">
         <v>15</v>
       </c>
       <c r="N241" s="1">
         <v>5</v>
       </c>
       <c r="O241" s="1">
         <v>15</v>
       </c>
-      <c r="P241" t="s">
-[...6 lines deleted...]
-    <row r="242" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="242" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A242">
         <v>241</v>
       </c>
-      <c r="B242">
+      <c r="B242" s="1">
         <v>3</v>
       </c>
       <c r="C242" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D242" t="s">
-        <v>679</v>
+        <v>676</v>
       </c>
       <c r="E242" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
       <c r="F242" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="G242" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H242" s="1">
         <v>8</v>
       </c>
       <c r="I242" s="1">
         <v>2</v>
       </c>
       <c r="J242" s="1">
         <v>0</v>
       </c>
       <c r="K242" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L242" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M242" s="1">
         <v>10</v>
       </c>
       <c r="N242" s="1">
         <v>5</v>
       </c>
       <c r="O242" s="1">
         <v>5</v>
       </c>
-      <c r="P242" t="s">
-[...6 lines deleted...]
-    <row r="243" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="243" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A243">
         <v>242</v>
       </c>
-      <c r="B243">
+      <c r="B243" s="1">
         <v>3</v>
       </c>
       <c r="C243" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D243" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="E243" t="s">
-        <v>686</v>
+        <v>683</v>
       </c>
       <c r="F243" t="s">
-        <v>687</v>
+        <v>684</v>
       </c>
       <c r="G243" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H243" s="1">
         <v>16</v>
       </c>
       <c r="I243" s="1">
         <v>4</v>
       </c>
       <c r="J243" s="1">
         <v>0</v>
       </c>
       <c r="K243" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L243" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M243" s="1">
         <v>15</v>
       </c>
       <c r="N243" s="1">
         <v>5</v>
       </c>
       <c r="O243" s="1">
         <v>15</v>
       </c>
-      <c r="P243" t="s">
-[...6 lines deleted...]
-    <row r="244" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="244" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A244">
         <v>243</v>
       </c>
-      <c r="B244">
+      <c r="B244" s="1">
         <v>3</v>
       </c>
       <c r="C244" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D244" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="E244" t="s">
-        <v>688</v>
+        <v>685</v>
       </c>
       <c r="F244" t="s">
-        <v>689</v>
+        <v>686</v>
       </c>
       <c r="G244" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H244" s="1">
         <v>0</v>
       </c>
       <c r="I244" s="1">
         <v>3</v>
       </c>
       <c r="J244" s="1">
         <v>0</v>
       </c>
       <c r="K244" t="s">
         <v>0</v>
       </c>
       <c r="L244" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M244" s="1">
         <v>15</v>
       </c>
       <c r="N244" s="1">
         <v>1</v>
       </c>
       <c r="O244" s="1">
         <v>2</v>
       </c>
-      <c r="P244" t="s">
-[...6 lines deleted...]
-    <row r="245" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="245" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A245">
         <v>244</v>
       </c>
-      <c r="B245">
+      <c r="B245" s="1">
         <v>3</v>
       </c>
       <c r="C245" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D245" t="s">
-        <v>690</v>
+        <v>687</v>
       </c>
       <c r="E245" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="F245" t="s">
-        <v>692</v>
+        <v>689</v>
       </c>
       <c r="G245" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H245" s="1">
         <v>8</v>
       </c>
       <c r="I245" s="1">
         <v>2</v>
       </c>
       <c r="J245" s="1">
         <v>0</v>
       </c>
       <c r="K245" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L245" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M245" s="1">
         <v>5</v>
       </c>
       <c r="N245" s="1">
         <v>5</v>
       </c>
       <c r="O245" s="1">
         <v>5</v>
       </c>
-      <c r="P245" t="s">
-[...6 lines deleted...]
-    <row r="246" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="246" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A246">
         <v>245</v>
       </c>
-      <c r="B246">
+      <c r="B246" s="1">
         <v>3</v>
       </c>
       <c r="C246" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D246" t="s">
-        <v>693</v>
+        <v>690</v>
       </c>
       <c r="E246" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="F246" t="s">
-        <v>695</v>
+        <v>692</v>
       </c>
       <c r="G246" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H246" s="1">
         <v>28</v>
       </c>
       <c r="I246" s="1">
         <v>7</v>
       </c>
       <c r="J246" s="1">
         <v>0</v>
       </c>
       <c r="K246" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L246" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M246" s="1">
         <v>60</v>
       </c>
       <c r="N246" s="1">
         <v>20</v>
       </c>
       <c r="O246" s="1">
         <v>15</v>
       </c>
-      <c r="P246" t="s">
-[...6 lines deleted...]
-    <row r="247" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="247" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A247">
         <v>246</v>
       </c>
-      <c r="B247">
+      <c r="B247" s="1">
         <v>3</v>
       </c>
       <c r="C247" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D247" t="s">
-        <v>696</v>
+        <v>693</v>
       </c>
       <c r="E247" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="F247" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="G247" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H247" s="1">
         <v>9</v>
       </c>
       <c r="I247" s="1">
         <v>1</v>
       </c>
       <c r="J247" s="1">
         <v>0</v>
       </c>
       <c r="K247" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L247" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M247" s="1">
         <v>4</v>
       </c>
       <c r="N247" s="1">
         <v>2</v>
       </c>
       <c r="O247" s="1">
         <v>8</v>
       </c>
-      <c r="P247" t="s">
-[...6 lines deleted...]
-    <row r="248" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="248" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A248">
         <v>247</v>
       </c>
-      <c r="B248">
+      <c r="B248" s="1">
         <v>3</v>
       </c>
       <c r="C248" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D248" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="E248" t="s">
-        <v>700</v>
+        <v>697</v>
       </c>
       <c r="F248" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="G248" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H248" s="1">
         <v>20</v>
       </c>
       <c r="I248" s="1">
         <v>5</v>
       </c>
       <c r="J248" s="1">
         <v>0</v>
       </c>
       <c r="K248" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L248" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M248" s="1">
         <v>0</v>
       </c>
       <c r="N248" s="1">
         <v>5</v>
       </c>
       <c r="O248" s="1">
         <v>20</v>
       </c>
-      <c r="P248" t="s">
-[...6 lines deleted...]
-    <row r="249" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="249" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A249">
         <v>248</v>
       </c>
-      <c r="B249">
+      <c r="B249" s="1">
         <v>3</v>
       </c>
       <c r="C249" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D249" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="E249" t="s">
-        <v>703</v>
+        <v>700</v>
       </c>
       <c r="F249" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="G249" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H249" s="1">
         <v>16</v>
       </c>
       <c r="I249" s="1">
         <v>4</v>
       </c>
       <c r="J249" s="1">
         <v>0</v>
       </c>
       <c r="K249" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L249" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M249" s="1">
         <v>20</v>
       </c>
       <c r="N249" s="1">
         <v>5</v>
       </c>
       <c r="O249" s="1">
         <v>15</v>
       </c>
-      <c r="P249" t="s">
-[...6 lines deleted...]
-    <row r="250" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="250" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A250">
         <v>249</v>
       </c>
-      <c r="B250">
+      <c r="B250" s="1">
         <v>3</v>
       </c>
       <c r="C250" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D250" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="E250" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="F250" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="G250" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H250" s="1">
         <v>8</v>
       </c>
       <c r="I250" s="1">
         <v>2</v>
       </c>
       <c r="J250" s="1">
         <v>0</v>
       </c>
       <c r="K250" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L250" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M250" s="1">
         <v>5</v>
       </c>
       <c r="N250" s="1">
         <v>5</v>
       </c>
       <c r="O250" s="1">
         <v>5</v>
       </c>
-      <c r="P250" t="s">
-[...6 lines deleted...]
-    <row r="251" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="251" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A251">
         <v>250</v>
       </c>
-      <c r="B251">
+      <c r="B251" s="1">
         <v>3</v>
       </c>
       <c r="C251" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D251" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="E251" t="s">
-        <v>708</v>
+        <v>705</v>
       </c>
       <c r="F251" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="G251" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H251" s="1">
         <v>3</v>
       </c>
       <c r="I251" s="1">
         <v>0</v>
       </c>
       <c r="J251" s="1">
         <v>0</v>
       </c>
       <c r="K251" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L251" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M251" s="1">
         <v>27</v>
       </c>
       <c r="N251" s="1">
         <v>1</v>
       </c>
       <c r="O251" s="1">
         <v>2</v>
       </c>
-      <c r="P251" t="s">
-[...6 lines deleted...]
-    <row r="252" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="252" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A252">
         <v>251</v>
       </c>
-      <c r="B252">
+      <c r="B252" s="1">
         <v>3</v>
       </c>
       <c r="C252" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D252" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="E252" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="F252" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="G252" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H252" s="1">
         <v>16</v>
       </c>
       <c r="I252" s="1">
         <v>4</v>
       </c>
       <c r="J252" s="1">
         <v>0</v>
       </c>
       <c r="K252" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L252" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M252" s="1">
         <v>5</v>
       </c>
       <c r="N252" s="1">
         <v>5</v>
       </c>
       <c r="O252" s="1">
         <v>15</v>
       </c>
-      <c r="P252" t="s">
-[...6 lines deleted...]
-    <row r="253" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="253" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A253">
         <v>252</v>
       </c>
-      <c r="B253">
+      <c r="B253" s="1">
         <v>3</v>
       </c>
       <c r="C253" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D253" t="s">
-        <v>712</v>
+        <v>709</v>
       </c>
       <c r="E253" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="F253" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="G253" t="s">
         <v>5</v>
       </c>
       <c r="H253" s="1">
         <v>8</v>
       </c>
       <c r="I253" s="1">
         <v>2</v>
       </c>
       <c r="J253" s="1">
         <v>0</v>
       </c>
       <c r="K253" t="s">
         <v>6</v>
       </c>
       <c r="L253" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M253" s="1">
         <v>16</v>
       </c>
       <c r="N253" s="1">
         <v>5</v>
       </c>
       <c r="O253" s="1">
         <v>5</v>
       </c>
-      <c r="P253" t="s">
-[...6 lines deleted...]
-    <row r="254" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="254" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A254">
         <v>253</v>
       </c>
-      <c r="B254">
+      <c r="B254" s="1">
         <v>3</v>
       </c>
       <c r="C254" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D254" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="E254" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="F254" t="s">
-        <v>716</v>
+        <v>713</v>
       </c>
       <c r="G254" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H254" s="1">
         <v>2</v>
       </c>
       <c r="I254" s="1">
         <v>0</v>
       </c>
       <c r="J254" s="1">
         <v>0</v>
       </c>
       <c r="K254" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L254" t="s">
         <v>7</v>
       </c>
       <c r="M254" s="1">
         <v>30</v>
       </c>
       <c r="N254" s="1">
         <v>1</v>
       </c>
       <c r="O254" s="1">
         <v>1</v>
       </c>
-      <c r="P254" t="s">
-[...6 lines deleted...]
-    <row r="255" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="255" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A255">
         <v>254</v>
       </c>
-      <c r="B255">
+      <c r="B255" s="1">
         <v>3</v>
       </c>
       <c r="C255" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D255" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="E255" t="s">
-        <v>717</v>
+        <v>714</v>
       </c>
       <c r="F255" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="G255" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H255" s="1">
         <v>28</v>
       </c>
       <c r="I255" s="1">
         <v>7</v>
       </c>
       <c r="J255" s="1">
         <v>0</v>
       </c>
       <c r="K255" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L255" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M255" s="1">
         <v>60</v>
       </c>
       <c r="N255" s="1">
         <v>20</v>
       </c>
       <c r="O255" s="1">
         <v>15</v>
       </c>
-      <c r="P255" t="s">
-[...6 lines deleted...]
-    <row r="256" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="256" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A256">
         <v>255</v>
       </c>
-      <c r="B256">
+      <c r="B256" s="1">
         <v>3</v>
       </c>
       <c r="C256" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D256" t="s">
-        <v>719</v>
+        <v>716</v>
       </c>
       <c r="E256" t="s">
-        <v>720</v>
+        <v>717</v>
       </c>
       <c r="F256" t="s">
-        <v>721</v>
+        <v>718</v>
       </c>
       <c r="G256" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H256" s="1">
         <v>1800</v>
       </c>
       <c r="I256" s="1">
         <v>200</v>
       </c>
       <c r="J256" s="1">
         <v>0</v>
       </c>
       <c r="K256" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L256" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M256" s="1">
         <v>450</v>
       </c>
       <c r="N256" s="1">
         <v>750</v>
       </c>
       <c r="O256" s="1">
         <v>1250</v>
       </c>
-      <c r="P256" t="s">
-[...6 lines deleted...]
-    <row r="257" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="257" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A257">
         <v>256</v>
       </c>
-      <c r="B257">
+      <c r="B257" s="1">
         <v>3</v>
       </c>
       <c r="C257" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D257" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E257" t="s">
-        <v>722</v>
+        <v>719</v>
       </c>
       <c r="F257" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="G257" t="s">
         <v>5</v>
       </c>
       <c r="H257" s="1">
         <v>3</v>
       </c>
       <c r="I257" s="1">
         <v>1</v>
       </c>
       <c r="J257" s="1">
         <v>0</v>
       </c>
       <c r="K257" t="s">
         <v>6</v>
       </c>
       <c r="L257" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M257" s="1">
         <v>25</v>
       </c>
       <c r="N257" s="1">
         <v>1</v>
       </c>
       <c r="O257" s="1">
         <v>3</v>
       </c>
-      <c r="P257" t="s">
-[...6 lines deleted...]
-    <row r="258" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="258" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A258">
         <v>257</v>
       </c>
-      <c r="B258">
+      <c r="B258" s="1">
         <v>3</v>
       </c>
       <c r="C258" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D258" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E258" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="F258" t="s">
-        <v>725</v>
+        <v>722</v>
       </c>
       <c r="G258" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H258" s="1">
         <v>6</v>
       </c>
       <c r="I258" s="1">
         <v>2</v>
       </c>
       <c r="J258" s="1">
         <v>0</v>
       </c>
       <c r="K258" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L258" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M258" s="1">
         <v>60</v>
       </c>
       <c r="N258" s="1">
         <v>5</v>
       </c>
       <c r="O258" s="1">
         <v>3</v>
       </c>
-      <c r="P258" t="s">
-[...6 lines deleted...]
-    <row r="259" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="259" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A259">
         <v>258</v>
       </c>
-      <c r="B259">
+      <c r="B259" s="1">
         <v>3</v>
       </c>
       <c r="C259" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D259" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E259" t="s">
-        <v>726</v>
+        <v>723</v>
       </c>
       <c r="F259" t="s">
-        <v>727</v>
+        <v>724</v>
       </c>
       <c r="G259" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H259" s="1">
         <v>488</v>
       </c>
       <c r="I259" s="1">
         <v>122</v>
       </c>
       <c r="J259" s="1">
         <v>0</v>
       </c>
       <c r="K259" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L259" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M259" s="1">
         <v>30</v>
       </c>
       <c r="N259" s="1">
         <v>240</v>
       </c>
       <c r="O259" s="1">
         <v>370</v>
       </c>
-      <c r="P259" t="s">
-[...6 lines deleted...]
-    <row r="260" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="260" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A260">
         <v>259</v>
       </c>
-      <c r="B260">
+      <c r="B260" s="1">
         <v>3</v>
       </c>
       <c r="C260" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D260" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E260" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
       <c r="F260" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="G260" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H260" s="1">
         <v>12</v>
       </c>
       <c r="I260" s="1">
         <v>3</v>
       </c>
       <c r="J260" s="1">
         <v>0</v>
       </c>
       <c r="K260" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L260" t="s">
         <v>7</v>
       </c>
       <c r="M260" s="1">
         <v>15</v>
       </c>
       <c r="N260" s="1">
         <v>5</v>
       </c>
       <c r="O260" s="1">
         <v>10</v>
       </c>
-      <c r="P260" t="s">
-[...6 lines deleted...]
-    <row r="261" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="261" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A261">
         <v>260</v>
       </c>
-      <c r="B261">
+      <c r="B261" s="1">
         <v>3</v>
       </c>
       <c r="C261" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D261" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E261" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="F261" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="G261" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H261" s="1">
         <v>8</v>
       </c>
       <c r="I261" s="1">
         <v>2</v>
       </c>
       <c r="J261" s="1">
         <v>0</v>
       </c>
       <c r="K261" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L261" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M261" s="1">
         <v>5</v>
       </c>
       <c r="N261" s="1">
         <v>5</v>
       </c>
       <c r="O261" s="1">
         <v>5</v>
       </c>
-      <c r="P261" t="s">
-[...6 lines deleted...]
-    <row r="262" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="262" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A262">
         <v>261</v>
       </c>
-      <c r="B262">
+      <c r="B262" s="1">
         <v>3</v>
       </c>
       <c r="C262" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D262" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E262" t="s">
-        <v>732</v>
+        <v>729</v>
       </c>
       <c r="F262" t="s">
-        <v>733</v>
+        <v>730</v>
       </c>
       <c r="G262" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H262" s="1">
         <v>3</v>
       </c>
       <c r="I262" s="1">
         <v>1</v>
       </c>
       <c r="J262" s="1">
         <v>0</v>
       </c>
       <c r="K262" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L262" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="M262" s="1">
         <v>390</v>
       </c>
       <c r="N262" s="1">
         <v>1</v>
       </c>
       <c r="O262" s="1">
         <v>3</v>
       </c>
-      <c r="P262" t="s">
-[...6 lines deleted...]
-    <row r="263" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="263" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A263">
         <v>262</v>
       </c>
-      <c r="B263">
+      <c r="B263" s="1">
         <v>3</v>
       </c>
       <c r="C263" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D263" t="s">
-        <v>734</v>
+        <v>731</v>
       </c>
       <c r="E263" t="s">
-        <v>735</v>
+        <v>732</v>
       </c>
       <c r="F263" t="s">
-        <v>736</v>
+        <v>733</v>
       </c>
       <c r="G263" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H263" s="1">
         <v>48</v>
       </c>
       <c r="I263" s="1">
         <v>12</v>
       </c>
       <c r="J263" s="1">
         <v>0</v>
       </c>
       <c r="K263" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L263" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M263" s="1">
         <v>45</v>
       </c>
       <c r="N263" s="1">
         <v>20</v>
       </c>
       <c r="O263" s="1">
         <v>40</v>
       </c>
-      <c r="P263" t="s">
-[...6 lines deleted...]
-    <row r="264" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="264" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A264">
         <v>263</v>
       </c>
-      <c r="B264">
+      <c r="B264" s="1">
         <v>3</v>
       </c>
       <c r="C264" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D264" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="E264" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="F264" t="s">
-        <v>738</v>
+        <v>735</v>
       </c>
       <c r="G264" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H264" s="1">
         <v>1616</v>
       </c>
       <c r="I264" s="1">
         <v>404</v>
       </c>
       <c r="J264" s="1">
         <v>0</v>
       </c>
       <c r="K264" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L264" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M264" s="1">
         <v>5010</v>
       </c>
       <c r="N264" s="1">
         <v>2000</v>
       </c>
       <c r="O264" s="1">
         <v>20</v>
       </c>
-      <c r="P264" t="s">
-[...6 lines deleted...]
-    <row r="265" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="265" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A265">
         <v>264</v>
       </c>
-      <c r="B265">
+      <c r="B265" s="1">
         <v>3</v>
       </c>
       <c r="C265" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="D265" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E265" t="s">
-        <v>739</v>
+        <v>736</v>
       </c>
       <c r="F265" t="s">
-        <v>740</v>
+        <v>737</v>
       </c>
       <c r="G265" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H265" s="1">
         <v>0</v>
       </c>
       <c r="I265" s="1">
         <v>3</v>
       </c>
       <c r="J265" s="1">
         <v>0</v>
       </c>
       <c r="K265" t="s">
         <v>0</v>
       </c>
       <c r="L265" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M265" s="1">
         <v>404</v>
       </c>
       <c r="N265" s="1">
         <v>1</v>
       </c>
       <c r="O265" s="1">
         <v>2</v>
       </c>
-      <c r="P265" t="s">
-[...6 lines deleted...]
-    <row r="266" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="266" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A266">
         <v>265</v>
       </c>
-      <c r="B266">
+      <c r="B266" s="1">
         <v>3</v>
       </c>
       <c r="C266" t="s">
+        <v>738</v>
+      </c>
+      <c r="D266" t="s">
+        <v>739</v>
+      </c>
+      <c r="E266" t="s">
+        <v>740</v>
+      </c>
+      <c r="F266" t="s">
         <v>741</v>
       </c>
-      <c r="D266" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G266" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H266" s="1">
         <v>16</v>
       </c>
       <c r="I266" s="1">
         <v>4</v>
       </c>
       <c r="J266" s="1">
         <v>0</v>
       </c>
       <c r="K266" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L266" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M266" s="1">
         <v>10</v>
       </c>
       <c r="N266" s="1">
         <v>5</v>
       </c>
       <c r="O266" s="1">
         <v>15</v>
       </c>
-      <c r="P266" t="s">
-[...6 lines deleted...]
-    <row r="267" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="267" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A267">
         <v>266</v>
       </c>
-      <c r="B267">
+      <c r="B267" s="1">
         <v>3</v>
       </c>
       <c r="C267" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D267" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="E267" t="s">
-        <v>745</v>
+        <v>742</v>
       </c>
       <c r="F267" t="s">
-        <v>746</v>
+        <v>743</v>
       </c>
       <c r="G267" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H267" s="1">
         <v>18</v>
       </c>
       <c r="I267" s="1">
         <v>2</v>
       </c>
       <c r="J267" s="1">
         <v>0</v>
       </c>
       <c r="K267" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L267" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M267" s="1">
         <v>60</v>
       </c>
       <c r="N267" s="1">
         <v>5</v>
       </c>
       <c r="O267" s="1">
         <v>15</v>
       </c>
-      <c r="P267" t="s">
-[...6 lines deleted...]
-    <row r="268" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="268" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A268">
         <v>267</v>
       </c>
-      <c r="B268">
+      <c r="B268" s="1">
         <v>3</v>
       </c>
       <c r="C268" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D268" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="E268" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="F268" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
       <c r="G268" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H268" s="1">
         <v>10</v>
       </c>
       <c r="I268" s="1">
         <v>1</v>
       </c>
       <c r="J268" s="1">
         <v>0</v>
       </c>
       <c r="K268" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L268" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M268" s="1">
         <v>10</v>
       </c>
       <c r="N268" s="1">
         <v>5</v>
       </c>
       <c r="O268" s="1">
         <v>6</v>
       </c>
-      <c r="P268" t="s">
-[...6 lines deleted...]
-    <row r="269" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="269" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A269">
         <v>268</v>
       </c>
-      <c r="B269">
+      <c r="B269" s="1">
         <v>3</v>
       </c>
       <c r="C269" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D269" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E269" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="F269" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="G269" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H269" s="1">
         <v>18</v>
       </c>
       <c r="I269" s="1">
         <v>2</v>
       </c>
       <c r="J269" s="1">
         <v>0</v>
       </c>
       <c r="K269" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L269" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M269" s="1">
         <v>1338</v>
       </c>
       <c r="N269" s="1">
         <v>10</v>
       </c>
       <c r="O269" s="1">
         <v>10</v>
       </c>
-      <c r="P269" t="s">
-[...6 lines deleted...]
-    <row r="270" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="270" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A270">
         <v>269</v>
       </c>
-      <c r="B270">
+      <c r="B270" s="1">
         <v>3</v>
       </c>
       <c r="C270" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D270" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E270" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="F270" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="G270" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H270" s="1">
         <v>9</v>
       </c>
       <c r="I270" s="1">
         <v>1</v>
       </c>
       <c r="J270" s="1">
         <v>0</v>
       </c>
       <c r="K270" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L270" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M270" s="1">
         <v>10</v>
       </c>
       <c r="N270" s="1">
         <v>5</v>
       </c>
       <c r="O270" s="1">
         <v>5</v>
       </c>
-      <c r="P270" t="s">
-[...6 lines deleted...]
-    <row r="271" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="271" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A271">
         <v>270</v>
       </c>
-      <c r="B271">
+      <c r="B271" s="1">
         <v>3</v>
       </c>
       <c r="C271" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D271" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="E271" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="F271" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
       <c r="G271" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H271" s="1">
         <v>27</v>
       </c>
       <c r="I271" s="1">
         <v>3</v>
       </c>
       <c r="J271" s="1">
         <v>0</v>
       </c>
       <c r="K271" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L271" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M271" s="1">
         <v>10</v>
       </c>
       <c r="N271" s="1">
         <v>10</v>
       </c>
       <c r="O271" s="1">
         <v>20</v>
       </c>
-      <c r="P271" t="s">
-[...6 lines deleted...]
-    <row r="272" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="272" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A272">
         <v>271</v>
       </c>
-      <c r="B272">
+      <c r="B272" s="1">
         <v>3</v>
       </c>
       <c r="C272" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D272" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="E272" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="F272" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="G272" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H272" s="1">
         <v>4</v>
       </c>
       <c r="I272" s="1">
         <v>0</v>
       </c>
       <c r="J272" s="1">
         <v>0</v>
       </c>
       <c r="K272" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L272" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M272" s="1">
         <v>9</v>
       </c>
       <c r="N272" s="1">
         <v>2</v>
       </c>
       <c r="O272" s="1">
         <v>2</v>
       </c>
-      <c r="P272" t="s">
-[...6 lines deleted...]
-    <row r="273" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="273" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A273">
         <v>272</v>
       </c>
-      <c r="B273">
+      <c r="B273" s="1">
         <v>3</v>
       </c>
       <c r="C273" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D273" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="E273" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="F273" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="G273" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H273" s="1">
         <v>18</v>
       </c>
       <c r="I273" s="1">
         <v>2</v>
       </c>
       <c r="J273" s="1">
         <v>0</v>
       </c>
       <c r="K273" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L273" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M273" s="1">
         <v>35</v>
       </c>
       <c r="N273" s="1">
         <v>10</v>
       </c>
       <c r="O273" s="1">
         <v>10</v>
       </c>
-      <c r="P273" t="s">
-[...6 lines deleted...]
-    <row r="274" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="274" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A274">
         <v>273</v>
       </c>
-      <c r="B274">
+      <c r="B274" s="1">
         <v>3</v>
       </c>
       <c r="C274" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D274" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="E274" t="s">
-        <v>761</v>
+        <v>758</v>
       </c>
       <c r="F274" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="G274" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H274" s="1">
         <v>18</v>
       </c>
       <c r="I274" s="1">
         <v>2</v>
       </c>
       <c r="J274" s="1">
         <v>0</v>
       </c>
       <c r="K274" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L274" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M274" s="1">
         <v>455</v>
       </c>
       <c r="N274" s="1">
         <v>5</v>
       </c>
       <c r="O274" s="1">
         <v>15</v>
       </c>
-      <c r="P274" t="s">
-[...6 lines deleted...]
-    <row r="275" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="275" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A275">
         <v>274</v>
       </c>
-      <c r="B275">
+      <c r="B275" s="1">
         <v>3</v>
       </c>
       <c r="C275" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D275" t="s">
+        <v>757</v>
+      </c>
+      <c r="E275" t="s">
         <v>760</v>
       </c>
-      <c r="E275" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F275" t="s">
-        <v>764</v>
+        <v>761</v>
       </c>
       <c r="G275" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H275" s="1">
         <v>10</v>
       </c>
       <c r="I275" s="1">
         <v>2</v>
       </c>
       <c r="J275" s="1">
         <v>0</v>
       </c>
       <c r="K275" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="L275" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M275" s="1">
         <v>5</v>
       </c>
       <c r="N275" s="1">
         <v>5</v>
       </c>
       <c r="O275" s="1">
         <v>7</v>
       </c>
-      <c r="P275" t="s">
-[...6 lines deleted...]
-    <row r="276" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="276" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A276">
         <v>275</v>
       </c>
-      <c r="B276">
+      <c r="B276" s="1">
         <v>3</v>
       </c>
       <c r="C276" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D276" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="E276" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="F276" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="G276" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H276" s="1">
         <v>6</v>
       </c>
       <c r="I276" s="1">
         <v>1</v>
       </c>
       <c r="J276" s="1">
         <v>0</v>
       </c>
       <c r="K276" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L276" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M276" s="1">
         <v>15</v>
       </c>
       <c r="N276" s="1">
         <v>5</v>
       </c>
       <c r="O276" s="1">
         <v>2</v>
       </c>
-      <c r="P276" t="s">
-[...6 lines deleted...]
-    <row r="277" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="277" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A277">
         <v>276</v>
       </c>
-      <c r="B277">
+      <c r="B277" s="1">
         <v>3</v>
       </c>
       <c r="C277" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D277" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="E277" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
       <c r="F277" t="s">
-        <v>768</v>
+        <v>765</v>
       </c>
       <c r="G277" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H277" s="1">
         <v>16</v>
       </c>
       <c r="I277" s="1">
         <v>4</v>
       </c>
       <c r="J277" s="1">
         <v>0</v>
       </c>
       <c r="K277" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L277" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M277" s="1">
         <v>10</v>
       </c>
       <c r="N277" s="1">
         <v>5</v>
       </c>
       <c r="O277" s="1">
         <v>15</v>
       </c>
-      <c r="P277" t="s">
-[...6 lines deleted...]
-    <row r="278" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="278" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A278">
         <v>277</v>
       </c>
-      <c r="B278">
+      <c r="B278" s="1">
         <v>3</v>
       </c>
       <c r="C278" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D278" t="s">
-        <v>769</v>
+        <v>766</v>
       </c>
       <c r="E278" t="s">
-        <v>770</v>
+        <v>767</v>
       </c>
       <c r="F278" t="s">
-        <v>771</v>
+        <v>768</v>
       </c>
       <c r="G278" t="s">
         <v>5</v>
       </c>
       <c r="H278" s="1">
         <v>28</v>
       </c>
       <c r="I278" s="1">
         <v>7</v>
       </c>
       <c r="J278" s="1">
         <v>0</v>
       </c>
       <c r="K278" t="s">
         <v>6</v>
       </c>
       <c r="L278" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M278" s="1">
         <v>60</v>
       </c>
       <c r="N278" s="1">
         <v>20</v>
       </c>
       <c r="O278" s="1">
         <v>15</v>
       </c>
-      <c r="P278" t="s">
-[...6 lines deleted...]
-    <row r="279" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="279" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A279">
         <v>278</v>
       </c>
-      <c r="B279">
+      <c r="B279" s="1">
         <v>3</v>
       </c>
       <c r="C279" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D279" t="s">
-        <v>772</v>
+        <v>769</v>
       </c>
       <c r="E279" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="F279" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="G279" t="s">
         <v>5</v>
       </c>
       <c r="H279" s="1">
         <v>14</v>
       </c>
       <c r="I279" s="1">
         <v>4</v>
       </c>
       <c r="J279" s="1">
         <v>0</v>
       </c>
       <c r="K279" t="s">
         <v>6</v>
       </c>
       <c r="L279" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M279" s="1">
         <v>85</v>
       </c>
       <c r="N279" s="1">
         <v>15</v>
       </c>
       <c r="O279" s="1">
         <v>3</v>
       </c>
-      <c r="P279" t="s">
-[...6 lines deleted...]
-    <row r="280" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="280" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A280">
         <v>279</v>
       </c>
-      <c r="B280">
+      <c r="B280" s="1">
         <v>3</v>
       </c>
       <c r="C280" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D280" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="E280" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="F280" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="G280" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H280" s="1">
         <v>5</v>
       </c>
       <c r="I280" s="1">
         <v>1</v>
       </c>
       <c r="J280" s="1">
         <v>0</v>
       </c>
       <c r="K280" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L280" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M280" s="1">
         <v>2</v>
       </c>
       <c r="N280" s="1">
         <v>2</v>
       </c>
       <c r="O280" s="1">
         <v>4</v>
       </c>
-      <c r="P280" t="s">
-[...6 lines deleted...]
-    <row r="281" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="281" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A281">
         <v>280</v>
       </c>
-      <c r="B281">
+      <c r="B281" s="1">
         <v>3</v>
       </c>
       <c r="C281" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="D281" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="E281" t="s">
-        <v>777</v>
+        <v>774</v>
       </c>
       <c r="F281" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="G281" t="s">
         <v>5</v>
       </c>
       <c r="H281" s="1">
         <v>6</v>
       </c>
       <c r="I281" s="1">
         <v>2</v>
       </c>
       <c r="J281" s="1">
         <v>0</v>
       </c>
       <c r="K281" t="s">
         <v>6</v>
       </c>
       <c r="L281" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M281" s="1">
         <v>5</v>
       </c>
       <c r="N281" s="1">
         <v>5</v>
       </c>
       <c r="O281" s="1">
         <v>3</v>
       </c>
-      <c r="P281" t="s">
-[...6 lines deleted...]
-    <row r="282" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="282" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A282">
         <v>281</v>
       </c>
-      <c r="B282">
+      <c r="B282" s="1">
         <v>3</v>
       </c>
       <c r="C282" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="D282" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="E282" t="s">
-        <v>779</v>
+        <v>776</v>
       </c>
       <c r="F282" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="G282" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H282" s="1">
         <v>16</v>
       </c>
       <c r="I282" s="1">
         <v>4</v>
       </c>
       <c r="J282" s="1">
         <v>0</v>
       </c>
       <c r="K282" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L282" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M282" s="1">
         <v>0</v>
       </c>
       <c r="N282" s="1">
         <v>5</v>
       </c>
       <c r="O282" s="1">
         <v>15</v>
       </c>
-      <c r="P282" t="s">
-[...6 lines deleted...]
-    <row r="283" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="283" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A283">
         <v>282</v>
       </c>
-      <c r="B283">
+      <c r="B283" s="1">
         <v>3</v>
       </c>
       <c r="C283" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D283" t="s">
-        <v>780</v>
+        <v>777</v>
       </c>
       <c r="E283" t="s">
-        <v>781</v>
+        <v>778</v>
       </c>
       <c r="F283" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="G283" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H283" s="1">
         <v>16</v>
       </c>
       <c r="I283" s="1">
         <v>4</v>
       </c>
       <c r="J283" s="1">
         <v>0</v>
       </c>
       <c r="K283" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L283" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M283" s="1">
         <v>15</v>
       </c>
       <c r="N283" s="1">
         <v>5</v>
       </c>
       <c r="O283" s="1">
         <v>15</v>
       </c>
-      <c r="P283" t="s">
-[...6 lines deleted...]
-    <row r="284" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="284" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A284">
         <v>283</v>
       </c>
-      <c r="B284">
+      <c r="B284" s="1">
         <v>3</v>
       </c>
       <c r="C284" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D284" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E284" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="F284" t="s">
-        <v>784</v>
+        <v>781</v>
       </c>
       <c r="G284" t="s">
         <v>5</v>
       </c>
       <c r="H284" s="1">
         <v>8</v>
       </c>
       <c r="I284" s="1">
         <v>2</v>
       </c>
       <c r="J284" s="1">
         <v>0</v>
       </c>
       <c r="K284" t="s">
         <v>6</v>
       </c>
       <c r="L284" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M284" s="1">
         <v>242</v>
       </c>
       <c r="N284" s="1">
         <v>5</v>
       </c>
       <c r="O284" s="1">
         <v>5</v>
       </c>
-      <c r="P284" t="s">
-[...6 lines deleted...]
-    <row r="285" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="285" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A285">
         <v>284</v>
       </c>
-      <c r="B285">
+      <c r="B285" s="1">
         <v>3</v>
       </c>
       <c r="C285" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D285" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E285" t="s">
-        <v>785</v>
+        <v>782</v>
       </c>
       <c r="F285" t="s">
-        <v>786</v>
+        <v>783</v>
       </c>
       <c r="G285" t="s">
         <v>5</v>
       </c>
       <c r="H285" s="1">
         <v>6</v>
       </c>
       <c r="I285" s="1">
         <v>2</v>
       </c>
       <c r="J285" s="1">
         <v>0</v>
       </c>
       <c r="K285" t="s">
         <v>6</v>
       </c>
       <c r="L285" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M285" s="1">
         <v>125</v>
       </c>
       <c r="N285" s="1">
         <v>5</v>
       </c>
       <c r="O285" s="1">
         <v>3</v>
       </c>
-      <c r="P285" t="s">
-[...6 lines deleted...]
-    <row r="286" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="286" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A286">
         <v>285</v>
       </c>
-      <c r="B286">
+      <c r="B286" s="1">
         <v>3</v>
       </c>
       <c r="C286" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D286" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E286" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="F286" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="G286" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H286" s="1">
         <v>7</v>
       </c>
       <c r="I286" s="1">
         <v>1</v>
       </c>
       <c r="J286" s="1">
         <v>0</v>
       </c>
       <c r="K286" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L286" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M286" s="1">
         <v>115</v>
       </c>
       <c r="N286" s="1">
         <v>5</v>
       </c>
       <c r="O286" s="1">
         <v>3</v>
       </c>
-      <c r="P286" t="s">
-[...6 lines deleted...]
-    <row r="287" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="287" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A287">
         <v>286</v>
       </c>
-      <c r="B287">
+      <c r="B287" s="1">
         <v>3</v>
       </c>
       <c r="C287" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D287" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E287" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="F287" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="G287" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H287" s="1">
         <v>0</v>
       </c>
       <c r="I287" s="1">
         <v>10</v>
       </c>
       <c r="J287" s="1">
         <v>0</v>
       </c>
       <c r="K287" t="s">
         <v>0</v>
       </c>
       <c r="L287" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M287" s="1">
         <v>510</v>
       </c>
       <c r="N287" s="1">
         <v>5</v>
       </c>
       <c r="O287" s="1">
         <v>5</v>
       </c>
-      <c r="P287" t="s">
-[...6 lines deleted...]
-    <row r="288" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="288" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A288">
         <v>287</v>
       </c>
-      <c r="B288">
+      <c r="B288" s="1">
         <v>3</v>
       </c>
       <c r="C288" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D288" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E288" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="F288" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="G288" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H288" s="1">
         <v>416</v>
       </c>
       <c r="I288" s="1">
         <v>104</v>
       </c>
       <c r="J288" s="1">
         <v>0</v>
       </c>
       <c r="K288" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L288" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M288" s="1">
         <v>400</v>
       </c>
       <c r="N288" s="1">
         <v>500</v>
       </c>
       <c r="O288" s="1">
         <v>20</v>
       </c>
-      <c r="P288" t="s">
-[...6 lines deleted...]
-    <row r="289" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="289" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A289">
         <v>288</v>
       </c>
-      <c r="B289">
+      <c r="B289" s="1">
         <v>3</v>
       </c>
       <c r="C289" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D289" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E289" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="F289" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="G289" t="s">
         <v>5</v>
       </c>
       <c r="H289" s="1">
         <v>6</v>
       </c>
       <c r="I289" s="1">
         <v>2</v>
       </c>
       <c r="J289" s="1">
         <v>0</v>
       </c>
       <c r="K289" t="s">
         <v>6</v>
       </c>
       <c r="L289" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M289" s="1">
         <v>15</v>
       </c>
       <c r="N289" s="1">
         <v>5</v>
       </c>
       <c r="O289" s="1">
         <v>3</v>
       </c>
-      <c r="P289" t="s">
-[...6 lines deleted...]
-    <row r="290" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="290" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A290">
         <v>289</v>
       </c>
-      <c r="B290">
+      <c r="B290" s="1">
         <v>3</v>
       </c>
       <c r="C290" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D290" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E290" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="F290" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="G290" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H290" s="1">
         <v>10</v>
       </c>
       <c r="I290" s="1">
         <v>2</v>
       </c>
       <c r="J290" s="1">
         <v>0</v>
       </c>
       <c r="K290" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L290" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M290" s="1">
         <v>10</v>
       </c>
       <c r="N290" s="1">
         <v>5</v>
       </c>
       <c r="O290" s="1">
         <v>7</v>
       </c>
-      <c r="P290" t="s">
-[...6 lines deleted...]
-    <row r="291" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="291" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A291">
         <v>290</v>
       </c>
-      <c r="B291">
+      <c r="B291" s="1">
         <v>3</v>
       </c>
       <c r="C291" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D291" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E291" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="F291" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="G291" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H291" s="1">
         <v>8</v>
       </c>
       <c r="I291" s="1">
         <v>2</v>
       </c>
       <c r="J291" s="1">
         <v>0</v>
       </c>
       <c r="K291" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L291" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M291" s="1">
         <v>10</v>
       </c>
       <c r="N291" s="1">
         <v>5</v>
       </c>
       <c r="O291" s="1">
         <v>5</v>
       </c>
-      <c r="P291" t="s">
-[...6 lines deleted...]
-    <row r="292" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="292" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A292">
         <v>291</v>
       </c>
-      <c r="B292">
+      <c r="B292" s="1">
         <v>3</v>
       </c>
       <c r="C292" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D292" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E292" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="F292" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="G292" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H292" s="1">
         <v>8</v>
       </c>
       <c r="I292" s="1">
         <v>2</v>
       </c>
       <c r="J292" s="1">
         <v>0</v>
       </c>
       <c r="K292" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L292" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M292" s="1">
         <v>5</v>
       </c>
       <c r="N292" s="1">
         <v>5</v>
       </c>
       <c r="O292" s="1">
         <v>5</v>
       </c>
-      <c r="P292" t="s">
-[...6 lines deleted...]
-    <row r="293" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="293" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A293">
         <v>292</v>
       </c>
-      <c r="B293">
+      <c r="B293" s="1">
         <v>3</v>
       </c>
       <c r="C293" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D293" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E293" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="F293" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="G293" t="s">
         <v>5</v>
       </c>
       <c r="H293" s="1">
         <v>16</v>
       </c>
       <c r="I293" s="1">
         <v>4</v>
       </c>
       <c r="J293" s="1">
         <v>0</v>
       </c>
       <c r="K293" t="s">
         <v>6</v>
       </c>
       <c r="L293" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M293" s="1">
         <v>0</v>
       </c>
       <c r="N293" s="1">
         <v>5</v>
       </c>
       <c r="O293" s="1">
         <v>15</v>
       </c>
-      <c r="P293" t="s">
-[...6 lines deleted...]
-    <row r="294" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="294" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A294">
         <v>293</v>
       </c>
-      <c r="B294">
+      <c r="B294" s="1">
         <v>4</v>
       </c>
       <c r="C294" t="s">
+        <v>800</v>
+      </c>
+      <c r="D294" t="s">
+        <v>801</v>
+      </c>
+      <c r="E294" t="s">
+        <v>802</v>
+      </c>
+      <c r="F294" t="s">
         <v>803</v>
-      </c>
-[...7 lines deleted...]
-        <v>806</v>
       </c>
       <c r="G294" t="s">
         <v>5</v>
       </c>
       <c r="H294" s="1">
         <v>2</v>
       </c>
       <c r="I294" s="1">
         <v>1</v>
       </c>
       <c r="J294" s="1">
         <v>0</v>
       </c>
       <c r="K294" t="s">
         <v>6</v>
       </c>
       <c r="L294" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M294" s="1">
         <v>0</v>
       </c>
       <c r="N294" s="1">
         <v>1</v>
       </c>
       <c r="O294" s="1">
         <v>2</v>
       </c>
-      <c r="P294" t="s">
-[...6 lines deleted...]
-    <row r="295" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="295" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A295">
         <v>294</v>
       </c>
-      <c r="B295">
+      <c r="B295" s="1">
         <v>4</v>
       </c>
       <c r="C295" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D295" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="E295" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="F295" t="s">
-        <v>809</v>
+        <v>806</v>
       </c>
       <c r="G295" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H295" s="1">
         <v>2</v>
       </c>
       <c r="I295" s="1">
         <v>0</v>
       </c>
       <c r="J295" s="1">
         <v>0</v>
       </c>
       <c r="K295" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L295" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M295" s="1">
         <v>0</v>
       </c>
       <c r="N295" s="1">
         <v>1</v>
       </c>
       <c r="O295" s="1">
         <v>1</v>
       </c>
-      <c r="P295" t="s">
-[...6 lines deleted...]
-    <row r="296" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="296" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A296">
         <v>295</v>
       </c>
-      <c r="B296">
+      <c r="B296" s="1">
         <v>4</v>
       </c>
       <c r="C296" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D296" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E296" t="s">
-        <v>810</v>
+        <v>807</v>
       </c>
       <c r="F296" t="s">
-        <v>811</v>
+        <v>808</v>
       </c>
       <c r="G296" t="s">
         <v>5</v>
       </c>
       <c r="H296" s="1">
         <v>2</v>
       </c>
       <c r="I296" s="1">
         <v>1</v>
       </c>
       <c r="J296" s="1">
         <v>0</v>
       </c>
       <c r="K296" t="s">
         <v>6</v>
       </c>
       <c r="L296" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M296" s="1">
         <v>11</v>
       </c>
       <c r="N296" s="1">
         <v>1</v>
       </c>
       <c r="O296" s="1">
         <v>2</v>
       </c>
-      <c r="P296" t="s">
-[...6 lines deleted...]
-    <row r="297" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="297" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A297">
         <v>296</v>
       </c>
-      <c r="B297">
+      <c r="B297" s="1">
         <v>4</v>
       </c>
       <c r="C297" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D297" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E297" t="s">
-        <v>812</v>
+        <v>809</v>
       </c>
       <c r="F297" t="s">
-        <v>813</v>
+        <v>810</v>
       </c>
       <c r="G297" t="s">
         <v>5</v>
       </c>
       <c r="H297" s="1">
         <v>3</v>
       </c>
       <c r="I297" s="1">
         <v>1</v>
       </c>
       <c r="J297" s="1">
         <v>0</v>
       </c>
       <c r="K297" t="s">
         <v>6</v>
       </c>
       <c r="L297" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M297" s="1">
         <v>1</v>
       </c>
       <c r="N297" s="1">
         <v>1</v>
       </c>
       <c r="O297" s="1">
         <v>3</v>
       </c>
-      <c r="P297" t="s">
-[...6 lines deleted...]
-    <row r="298" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="298" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A298">
         <v>297</v>
       </c>
-      <c r="B298">
+      <c r="B298" s="1">
         <v>4</v>
       </c>
       <c r="C298" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D298" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E298" t="s">
-        <v>814</v>
+        <v>811</v>
       </c>
       <c r="F298" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="G298" t="s">
         <v>5</v>
       </c>
       <c r="H298" s="1">
         <v>2</v>
       </c>
       <c r="I298" s="1">
         <v>1</v>
       </c>
       <c r="J298" s="1">
         <v>0</v>
       </c>
       <c r="K298" t="s">
         <v>6</v>
       </c>
       <c r="L298" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M298" s="1">
         <v>0</v>
       </c>
       <c r="N298" s="1">
         <v>1</v>
       </c>
       <c r="O298" s="1">
         <v>2</v>
       </c>
-      <c r="P298" t="s">
-[...6 lines deleted...]
-    <row r="299" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="299" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A299">
         <v>298</v>
       </c>
-      <c r="B299">
+      <c r="B299" s="1">
         <v>4</v>
       </c>
       <c r="C299" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D299" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="E299" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="F299" t="s">
-        <v>818</v>
+        <v>815</v>
       </c>
       <c r="G299" t="s">
         <v>5</v>
       </c>
       <c r="H299" s="1">
         <v>2</v>
       </c>
       <c r="I299" s="1">
         <v>1</v>
       </c>
       <c r="J299" s="1">
         <v>0</v>
       </c>
       <c r="K299" t="s">
         <v>6</v>
       </c>
       <c r="L299" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M299" s="1">
         <v>3</v>
       </c>
       <c r="N299" s="1">
         <v>1</v>
       </c>
       <c r="O299" s="1">
         <v>2</v>
       </c>
-      <c r="P299" t="s">
-[...6 lines deleted...]
-    <row r="300" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="300" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A300">
         <v>299</v>
       </c>
-      <c r="B300">
+      <c r="B300" s="1">
         <v>4</v>
       </c>
       <c r="C300" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="D300" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E300" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="F300" t="s">
-        <v>820</v>
+        <v>817</v>
       </c>
       <c r="G300" t="s">
         <v>5</v>
       </c>
       <c r="H300" s="1">
         <v>2</v>
       </c>
       <c r="I300" s="1">
         <v>1</v>
       </c>
       <c r="J300" s="1">
         <v>0</v>
       </c>
       <c r="K300" t="s">
         <v>6</v>
       </c>
       <c r="L300" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M300" s="1">
         <v>0</v>
       </c>
       <c r="N300" s="1">
         <v>1</v>
       </c>
       <c r="O300" s="1">
         <v>2</v>
       </c>
-      <c r="P300" t="s">
-[...6 lines deleted...]
-    <row r="301" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="301" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A301">
         <v>300</v>
       </c>
-      <c r="B301">
+      <c r="B301" s="1">
         <v>4</v>
       </c>
       <c r="C301" t="s">
+        <v>818</v>
+      </c>
+      <c r="D301" t="s">
+        <v>819</v>
+      </c>
+      <c r="E301" t="s">
+        <v>820</v>
+      </c>
+      <c r="F301" t="s">
         <v>821</v>
-      </c>
-[...7 lines deleted...]
-        <v>824</v>
       </c>
       <c r="G301" t="s">
         <v>5</v>
       </c>
       <c r="H301" s="1">
         <v>3</v>
       </c>
       <c r="I301" s="1">
         <v>1</v>
       </c>
       <c r="J301" s="1">
         <v>0</v>
       </c>
       <c r="K301" t="s">
         <v>6</v>
       </c>
       <c r="L301" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M301" s="1">
         <v>0</v>
       </c>
       <c r="N301" s="1">
         <v>1</v>
       </c>
       <c r="O301" s="1">
         <v>3</v>
       </c>
-      <c r="P301" t="s">
-[...6 lines deleted...]
-    <row r="302" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="302" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A302">
         <v>301</v>
       </c>
-      <c r="B302">
+      <c r="B302" s="1">
         <v>4</v>
       </c>
       <c r="C302" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D302" t="s">
-        <v>825</v>
+        <v>822</v>
       </c>
       <c r="E302" t="s">
-        <v>826</v>
+        <v>823</v>
       </c>
       <c r="F302" t="s">
-        <v>827</v>
+        <v>824</v>
       </c>
       <c r="G302" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H302" s="1">
         <v>2</v>
       </c>
       <c r="I302" s="1">
         <v>1</v>
       </c>
       <c r="J302" s="1">
         <v>0</v>
       </c>
       <c r="K302" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L302" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M302" s="1">
         <v>1</v>
       </c>
       <c r="N302" s="1">
         <v>1</v>
       </c>
       <c r="O302" s="1">
         <v>2</v>
       </c>
-      <c r="P302" t="s">
-[...6 lines deleted...]
-    <row r="303" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="303" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A303">
         <v>302</v>
       </c>
-      <c r="B303">
+      <c r="B303" s="1">
         <v>4</v>
       </c>
       <c r="C303" t="s">
-        <v>821</v>
+        <v>818</v>
       </c>
       <c r="D303" t="s">
-        <v>828</v>
+        <v>825</v>
       </c>
       <c r="E303" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="F303" t="s">
-        <v>830</v>
+        <v>827</v>
       </c>
       <c r="G303" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H303" s="1">
         <v>4</v>
       </c>
       <c r="I303" s="1">
         <v>1</v>
       </c>
       <c r="J303" s="1">
         <v>0</v>
       </c>
       <c r="K303" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L303" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M303" s="1">
         <v>0</v>
       </c>
       <c r="N303" s="1">
         <v>1</v>
       </c>
       <c r="O303" s="1">
         <v>4</v>
       </c>
-      <c r="P303" t="s">
-[...6 lines deleted...]
-    <row r="304" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="304" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A304">
         <v>303</v>
       </c>
-      <c r="B304">
+      <c r="B304" s="1">
         <v>4</v>
       </c>
       <c r="C304" t="s">
+        <v>828</v>
+      </c>
+      <c r="D304" t="s">
+        <v>829</v>
+      </c>
+      <c r="E304" t="s">
+        <v>830</v>
+      </c>
+      <c r="F304" t="s">
         <v>831</v>
       </c>
-      <c r="D304" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G304" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H304" s="1">
         <v>3</v>
       </c>
       <c r="I304" s="1">
         <v>0</v>
       </c>
       <c r="J304" s="1">
         <v>0</v>
       </c>
       <c r="K304" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L304" t="s">
         <v>7</v>
       </c>
       <c r="M304" s="1">
         <v>52</v>
       </c>
       <c r="N304" s="1">
         <v>1</v>
       </c>
       <c r="O304" s="1">
         <v>2</v>
       </c>
-      <c r="P304" t="s">
-[...6 lines deleted...]
-    <row r="305" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="305" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A305">
         <v>304</v>
       </c>
-      <c r="B305">
+      <c r="B305" s="1">
         <v>4</v>
       </c>
       <c r="C305" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="D305" t="s">
-        <v>490</v>
+        <v>487</v>
       </c>
       <c r="E305" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="F305" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="G305" t="s">
         <v>5</v>
       </c>
       <c r="H305" s="1">
         <v>2</v>
       </c>
       <c r="I305" s="1">
         <v>1</v>
       </c>
       <c r="J305" s="1">
         <v>0</v>
       </c>
       <c r="K305" t="s">
         <v>6</v>
       </c>
       <c r="L305" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M305" s="1">
         <v>0</v>
       </c>
       <c r="N305" s="1">
         <v>1</v>
       </c>
       <c r="O305" s="1">
         <v>2</v>
       </c>
-      <c r="P305" t="s">
-[...6 lines deleted...]
-    <row r="306" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="306" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A306">
         <v>305</v>
       </c>
-      <c r="B306">
+      <c r="B306" s="1">
         <v>4</v>
       </c>
       <c r="C306" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="D306" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E306" t="s">
-        <v>837</v>
+        <v>834</v>
       </c>
       <c r="F306" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="G306" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H306" s="1">
         <v>3</v>
       </c>
       <c r="I306" s="1">
         <v>0</v>
       </c>
       <c r="J306" s="1">
         <v>0</v>
       </c>
       <c r="K306" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L306" t="s">
         <v>7</v>
       </c>
       <c r="M306" s="1">
         <v>52</v>
       </c>
       <c r="N306" s="1">
         <v>1</v>
       </c>
       <c r="O306" s="1">
         <v>2</v>
       </c>
-      <c r="P306" t="s">
-[...6 lines deleted...]
-    <row r="307" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="307" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A307">
         <v>306</v>
       </c>
-      <c r="B307">
+      <c r="B307" s="1">
         <v>4</v>
       </c>
       <c r="C307" t="s">
+        <v>836</v>
+      </c>
+      <c r="D307" t="s">
+        <v>837</v>
+      </c>
+      <c r="E307" t="s">
+        <v>838</v>
+      </c>
+      <c r="F307" t="s">
         <v>839</v>
       </c>
-      <c r="D307" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G307" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H307" s="1">
         <v>2</v>
       </c>
       <c r="I307" s="1">
         <v>1</v>
       </c>
       <c r="J307" s="1">
         <v>0</v>
       </c>
       <c r="K307" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L307" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M307" s="1">
         <v>2</v>
       </c>
       <c r="N307" s="1">
         <v>1</v>
       </c>
       <c r="O307" s="1">
         <v>2</v>
       </c>
-      <c r="P307" t="s">
-[...6 lines deleted...]
-    <row r="308" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="308" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A308">
         <v>307</v>
       </c>
-      <c r="B308">
+      <c r="B308" s="1">
         <v>4</v>
       </c>
       <c r="C308" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D308" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="E308" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="F308" t="s">
-        <v>844</v>
+        <v>841</v>
       </c>
       <c r="G308" t="s">
         <v>5</v>
       </c>
       <c r="H308" s="1">
         <v>2</v>
       </c>
       <c r="I308" s="1">
         <v>1</v>
       </c>
       <c r="J308" s="1">
         <v>0</v>
       </c>
       <c r="K308" t="s">
         <v>6</v>
       </c>
       <c r="L308" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M308" s="1">
         <v>57</v>
       </c>
       <c r="N308" s="1">
         <v>1</v>
       </c>
       <c r="O308" s="1">
         <v>2</v>
       </c>
-      <c r="P308" t="s">
-[...6 lines deleted...]
-    <row r="309" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="309" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A309">
         <v>308</v>
       </c>
-      <c r="B309">
+      <c r="B309" s="1">
         <v>4</v>
       </c>
       <c r="C309" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D309" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E309" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="F309" t="s">
-        <v>846</v>
+        <v>843</v>
       </c>
       <c r="G309" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H309" s="1">
         <v>2</v>
       </c>
       <c r="I309" s="1">
         <v>1</v>
       </c>
       <c r="J309" s="1">
         <v>0</v>
       </c>
       <c r="K309" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L309" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="M309" s="1">
         <v>110</v>
       </c>
       <c r="N309" s="1">
         <v>1</v>
       </c>
       <c r="O309" s="1">
         <v>2</v>
       </c>
-      <c r="P309" t="s">
-[...6 lines deleted...]
-    <row r="310" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="310" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A310">
         <v>309</v>
       </c>
-      <c r="B310">
+      <c r="B310" s="1">
         <v>4</v>
       </c>
       <c r="C310" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="D310" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="E310" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="F310" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="G310" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H310" s="1">
         <v>3</v>
       </c>
       <c r="I310" s="1">
         <v>1</v>
       </c>
       <c r="J310" s="1">
         <v>0</v>
       </c>
       <c r="K310" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L310" t="s">
         <v>7</v>
       </c>
       <c r="M310" s="1">
         <v>335</v>
       </c>
       <c r="N310" s="1">
         <v>1</v>
       </c>
       <c r="O310" s="1">
         <v>3</v>
       </c>
-      <c r="P310" t="s">
-[...6 lines deleted...]
-    <row r="311" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="311" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A311">
         <v>310</v>
       </c>
-      <c r="B311">
+      <c r="B311" s="1">
         <v>4</v>
       </c>
       <c r="C311" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="D311" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E311" t="s">
-        <v>850</v>
+        <v>847</v>
       </c>
       <c r="F311" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="G311" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H311" s="1">
         <v>26</v>
       </c>
       <c r="I311" s="1">
         <v>7</v>
       </c>
       <c r="J311" s="1">
         <v>0</v>
       </c>
       <c r="K311" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L311" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M311" s="1">
         <v>1</v>
       </c>
       <c r="N311" s="1">
         <v>5</v>
       </c>
       <c r="O311" s="1">
         <v>28</v>
       </c>
-      <c r="P311" t="s">
-[...6 lines deleted...]
-    <row r="312" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="312" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A312">
         <v>311</v>
       </c>
-      <c r="B312">
+      <c r="B312" s="1">
         <v>4</v>
       </c>
       <c r="C312" t="s">
+        <v>846</v>
+      </c>
+      <c r="D312" t="s">
         <v>849</v>
       </c>
-      <c r="D312" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E312" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="F312" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="G312" t="s">
         <v>5</v>
       </c>
       <c r="H312" s="1">
         <v>2</v>
       </c>
       <c r="I312" s="1">
         <v>1</v>
       </c>
       <c r="J312" s="1">
         <v>0</v>
       </c>
       <c r="K312" t="s">
         <v>6</v>
       </c>
       <c r="L312" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M312" s="1">
         <v>0</v>
       </c>
       <c r="N312" s="1">
         <v>1</v>
       </c>
       <c r="O312" s="1">
         <v>2</v>
       </c>
-      <c r="P312" t="s">
-[...6 lines deleted...]
-    <row r="313" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="313" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A313">
         <v>312</v>
       </c>
-      <c r="B313">
+      <c r="B313" s="1">
         <v>4</v>
       </c>
       <c r="C313" t="s">
+        <v>852</v>
+      </c>
+      <c r="D313" t="s">
+        <v>853</v>
+      </c>
+      <c r="E313" t="s">
+        <v>854</v>
+      </c>
+      <c r="F313" t="s">
         <v>855</v>
       </c>
-      <c r="D313" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G313" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H313" s="1">
         <v>3</v>
       </c>
       <c r="I313" s="1">
         <v>1</v>
       </c>
       <c r="J313" s="1">
         <v>0</v>
       </c>
       <c r="K313" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="L313" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M313" s="1">
         <v>4</v>
       </c>
       <c r="N313" s="1">
         <v>1</v>
       </c>
       <c r="O313" s="1">
         <v>3</v>
       </c>
-      <c r="P313" t="s">
-[...6 lines deleted...]
-    <row r="314" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="314" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A314">
         <v>313</v>
       </c>
-      <c r="B314">
+      <c r="B314" s="1">
         <v>4</v>
       </c>
       <c r="C314" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="D314" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="E314" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="F314" t="s">
-        <v>861</v>
+        <v>858</v>
       </c>
       <c r="G314" t="s">
         <v>5</v>
       </c>
       <c r="H314" s="1">
         <v>3</v>
       </c>
       <c r="I314" s="1">
         <v>1</v>
       </c>
       <c r="J314" s="1">
         <v>0</v>
       </c>
       <c r="K314" t="s">
         <v>6</v>
       </c>
       <c r="L314" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M314" s="1">
         <v>1</v>
       </c>
       <c r="N314" s="1">
         <v>1</v>
       </c>
       <c r="O314" s="1">
         <v>3</v>
       </c>
-      <c r="P314" t="s">
-[...6 lines deleted...]
-    <row r="315" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="315" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A315">
         <v>314</v>
       </c>
-      <c r="B315">
+      <c r="B315" s="1">
         <v>4</v>
       </c>
       <c r="C315" t="s">
+        <v>856</v>
+      </c>
+      <c r="D315" t="s">
+        <v>240</v>
+      </c>
+      <c r="E315" t="s">
         <v>859</v>
       </c>
-      <c r="D315" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F315" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="G315" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H315" s="1">
         <v>4</v>
       </c>
       <c r="I315" s="1">
         <v>1</v>
       </c>
       <c r="J315" s="1">
         <v>0</v>
       </c>
       <c r="K315" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L315" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M315" s="1">
         <v>0</v>
       </c>
       <c r="N315" s="1">
         <v>1</v>
       </c>
       <c r="O315" s="1">
         <v>4</v>
       </c>
-      <c r="P315" t="s">
-[...6 lines deleted...]
-    <row r="316" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="316" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A316">
         <v>315</v>
       </c>
-      <c r="B316">
+      <c r="B316" s="1">
         <v>4</v>
       </c>
       <c r="C316" t="s">
+        <v>861</v>
+      </c>
+      <c r="D316" t="s">
+        <v>862</v>
+      </c>
+      <c r="E316" t="s">
+        <v>863</v>
+      </c>
+      <c r="F316" t="s">
         <v>864</v>
-      </c>
-[...7 lines deleted...]
-        <v>867</v>
       </c>
       <c r="G316" t="s">
         <v>5</v>
       </c>
       <c r="H316" s="1">
         <v>2</v>
       </c>
       <c r="I316" s="1">
         <v>1</v>
       </c>
       <c r="J316" s="1">
         <v>0</v>
       </c>
       <c r="K316" t="s">
         <v>6</v>
       </c>
       <c r="L316" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M316" s="1">
         <v>0</v>
       </c>
       <c r="N316" s="1">
         <v>1</v>
       </c>
       <c r="O316" s="1">
         <v>2</v>
       </c>
-      <c r="P316" t="s">
-[...6 lines deleted...]
-    <row r="317" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="317" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A317">
         <v>316</v>
       </c>
-      <c r="B317">
+      <c r="B317" s="1">
         <v>4</v>
       </c>
       <c r="C317" t="s">
+        <v>865</v>
+      </c>
+      <c r="D317" t="s">
+        <v>866</v>
+      </c>
+      <c r="E317" t="s">
+        <v>867</v>
+      </c>
+      <c r="F317" t="s">
         <v>868</v>
       </c>
-      <c r="D317" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G317" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H317" s="1">
         <v>2</v>
       </c>
       <c r="I317" s="1">
         <v>0</v>
       </c>
       <c r="J317" s="1">
         <v>0</v>
       </c>
       <c r="K317" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L317" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M317" s="1">
         <v>6</v>
       </c>
       <c r="N317" s="1">
         <v>1</v>
       </c>
       <c r="O317" s="1">
         <v>1</v>
       </c>
-      <c r="P317" t="s">
-[...6 lines deleted...]
-    <row r="318" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="318" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A318">
         <v>317</v>
       </c>
-      <c r="B318">
+      <c r="B318" s="1">
         <v>4</v>
       </c>
       <c r="C318" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D318" t="s">
+        <v>866</v>
+      </c>
+      <c r="E318" t="s">
         <v>869</v>
       </c>
-      <c r="E318" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F318" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="G318" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H318" s="1">
         <v>2</v>
       </c>
       <c r="I318" s="1">
         <v>0</v>
       </c>
       <c r="J318" s="1">
         <v>0</v>
       </c>
       <c r="K318" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L318" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M318" s="1">
         <v>1</v>
       </c>
       <c r="N318" s="1">
         <v>1</v>
       </c>
       <c r="O318" s="1">
         <v>1</v>
       </c>
-      <c r="P318" t="s">
-[...6 lines deleted...]
-    <row r="319" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="319" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A319">
         <v>318</v>
       </c>
-      <c r="B319">
+      <c r="B319" s="1">
         <v>4</v>
       </c>
       <c r="C319" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D319" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="E319" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="F319" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="G319" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H319" s="1">
         <v>2</v>
       </c>
       <c r="I319" s="1">
         <v>0</v>
       </c>
       <c r="J319" s="1">
         <v>0</v>
       </c>
       <c r="K319" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L319" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M319" s="1">
         <v>0</v>
       </c>
       <c r="N319" s="1">
         <v>1</v>
       </c>
       <c r="O319" s="1">
         <v>1</v>
       </c>
-      <c r="P319" t="s">
-[...6 lines deleted...]
-    <row r="320" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="320" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A320">
         <v>319</v>
       </c>
-      <c r="B320">
+      <c r="B320" s="1">
         <v>4</v>
       </c>
       <c r="C320" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D320" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="E320" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="F320" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="G320" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H320" s="1">
         <v>2</v>
       </c>
       <c r="I320" s="1">
         <v>0</v>
       </c>
       <c r="J320" s="1">
         <v>0</v>
       </c>
       <c r="K320" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L320" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M320" s="1">
         <v>0</v>
       </c>
       <c r="N320" s="1">
         <v>1</v>
       </c>
       <c r="O320" s="1">
         <v>1</v>
       </c>
-      <c r="P320" t="s">
-[...6 lines deleted...]
-    <row r="321" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="321" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A321">
         <v>320</v>
       </c>
-      <c r="B321">
+      <c r="B321" s="1">
         <v>4</v>
       </c>
       <c r="C321" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="D321" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="E321" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
       <c r="F321" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="G321" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H321" s="1">
         <v>3</v>
       </c>
       <c r="I321" s="1">
         <v>1</v>
       </c>
       <c r="J321" s="1">
         <v>0</v>
       </c>
       <c r="K321" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="L321" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M321" s="1">
         <v>0</v>
       </c>
       <c r="N321" s="1">
         <v>1</v>
       </c>
       <c r="O321" s="1">
         <v>3</v>
       </c>
-      <c r="P321" t="s">
-[...6 lines deleted...]
-    <row r="322" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="322" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A322">
         <v>321</v>
       </c>
-      <c r="B322">
+      <c r="B322" s="1">
         <v>4</v>
       </c>
       <c r="C322" t="s">
+        <v>878</v>
+      </c>
+      <c r="D322" t="s">
+        <v>879</v>
+      </c>
+      <c r="E322" t="s">
+        <v>880</v>
+      </c>
+      <c r="F322" t="s">
         <v>881</v>
-      </c>
-[...7 lines deleted...]
-        <v>884</v>
       </c>
       <c r="G322" t="s">
         <v>5</v>
       </c>
       <c r="H322" s="1">
         <v>2</v>
       </c>
       <c r="I322" s="1">
         <v>1</v>
       </c>
       <c r="J322" s="1">
         <v>0</v>
       </c>
       <c r="K322" t="s">
         <v>6</v>
       </c>
       <c r="L322" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M322" s="1">
         <v>0</v>
       </c>
       <c r="N322" s="1">
         <v>1</v>
       </c>
       <c r="O322" s="1">
         <v>2</v>
       </c>
-      <c r="P322" t="s">
-[...6 lines deleted...]
-    <row r="323" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="323" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A323">
         <v>322</v>
       </c>
-      <c r="B323">
+      <c r="B323" s="1">
         <v>4</v>
       </c>
       <c r="C323" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="D323" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E323" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="F323" t="s">
-        <v>886</v>
+        <v>883</v>
       </c>
       <c r="G323" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H323" s="1">
         <v>3</v>
       </c>
       <c r="I323" s="1">
         <v>1</v>
       </c>
       <c r="J323" s="1">
         <v>0</v>
       </c>
       <c r="K323" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L323" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M323" s="1">
         <v>0</v>
       </c>
       <c r="N323" s="1">
         <v>1</v>
       </c>
       <c r="O323" s="1">
         <v>3</v>
       </c>
-      <c r="P323" t="s">
-[...6 lines deleted...]
-    <row r="324" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="324" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A324">
         <v>323</v>
       </c>
-      <c r="B324">
+      <c r="B324" s="1">
         <v>4</v>
       </c>
       <c r="C324" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="D324" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="E324" t="s">
-        <v>888</v>
+        <v>885</v>
       </c>
       <c r="F324" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="G324" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H324" s="1">
         <v>2</v>
       </c>
       <c r="I324" s="1">
         <v>1</v>
       </c>
       <c r="J324" s="1">
         <v>0</v>
       </c>
       <c r="K324" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L324" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M324" s="1">
         <v>952</v>
       </c>
       <c r="N324" s="1">
         <v>1</v>
       </c>
       <c r="O324" s="1">
         <v>2</v>
       </c>
-      <c r="P324" t="s">
-[...6 lines deleted...]
-    <row r="325" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="325" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A325">
         <v>324</v>
       </c>
-      <c r="B325">
+      <c r="B325" s="1">
         <v>4</v>
       </c>
       <c r="C325" t="s">
-        <v>890</v>
+        <v>887</v>
       </c>
       <c r="D325" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="E325" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="F325" t="s">
-        <v>892</v>
+        <v>889</v>
       </c>
       <c r="G325" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H325" s="1">
         <v>3</v>
       </c>
       <c r="I325" s="1">
         <v>1</v>
       </c>
       <c r="J325" s="1">
         <v>0</v>
       </c>
       <c r="K325" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L325" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="M325" s="1">
         <v>582</v>
       </c>
       <c r="N325" s="1">
         <v>1</v>
       </c>
       <c r="O325" s="1">
         <v>3</v>
       </c>
-      <c r="P325" t="s">
-[...6 lines deleted...]
-    <row r="326" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="326" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A326">
         <v>325</v>
       </c>
-      <c r="B326">
+      <c r="B326" s="1">
         <v>4</v>
       </c>
       <c r="C326" t="s">
+        <v>890</v>
+      </c>
+      <c r="D326" t="s">
+        <v>891</v>
+      </c>
+      <c r="E326" t="s">
+        <v>892</v>
+      </c>
+      <c r="F326" t="s">
         <v>893</v>
-      </c>
-[...7 lines deleted...]
-        <v>896</v>
       </c>
       <c r="G326" t="s">
         <v>5</v>
       </c>
       <c r="H326" s="1">
         <v>2</v>
       </c>
       <c r="I326" s="1">
         <v>1</v>
       </c>
       <c r="J326" s="1">
         <v>0</v>
       </c>
       <c r="K326" t="s">
         <v>6</v>
       </c>
       <c r="L326" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M326" s="1">
         <v>0</v>
       </c>
       <c r="N326" s="1">
         <v>1</v>
       </c>
       <c r="O326" s="1">
         <v>2</v>
       </c>
-      <c r="P326" t="s">
-[...6 lines deleted...]
-    <row r="327" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="327" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A327">
         <v>326</v>
       </c>
-      <c r="B327">
+      <c r="B327" s="1">
         <v>4</v>
       </c>
       <c r="C327" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="D327" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E327" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="F327" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="G327" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H327" s="1">
         <v>10</v>
       </c>
       <c r="I327" s="1">
         <v>2</v>
       </c>
       <c r="J327" s="1">
         <v>0</v>
       </c>
       <c r="K327" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L327" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M327" s="1">
         <v>3100</v>
       </c>
       <c r="N327" s="1">
         <v>10</v>
       </c>
       <c r="O327" s="1">
         <v>2</v>
       </c>
-      <c r="P327" t="s">
-[...6 lines deleted...]
-    <row r="328" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="328" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A328">
         <v>327</v>
       </c>
-      <c r="B328">
+      <c r="B328" s="1">
         <v>4</v>
       </c>
       <c r="C328" t="s">
+        <v>894</v>
+      </c>
+      <c r="D328" t="s">
+        <v>110</v>
+      </c>
+      <c r="E328" t="s">
         <v>897</v>
       </c>
-      <c r="D328" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F328" t="s">
-        <v>901</v>
+        <v>898</v>
       </c>
       <c r="G328" t="s">
         <v>5</v>
       </c>
       <c r="H328" s="1">
         <v>3</v>
       </c>
       <c r="I328" s="1">
         <v>1</v>
       </c>
       <c r="J328" s="1">
         <v>0</v>
       </c>
       <c r="K328" t="s">
         <v>6</v>
       </c>
       <c r="L328" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M328" s="1">
         <v>0</v>
       </c>
       <c r="N328" s="1">
         <v>1</v>
       </c>
       <c r="O328" s="1">
         <v>3</v>
       </c>
-      <c r="P328" t="s">
-[...6 lines deleted...]
-    <row r="329" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="329" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A329">
         <v>328</v>
       </c>
-      <c r="B329">
+      <c r="B329" s="1">
         <v>4</v>
       </c>
       <c r="C329" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="D329" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="E329" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="F329" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="G329" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H329" s="1">
         <v>4</v>
       </c>
       <c r="I329" s="1">
         <v>0</v>
       </c>
       <c r="J329" s="1">
         <v>0</v>
       </c>
       <c r="K329" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L329" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="M329" s="1">
         <v>17</v>
       </c>
       <c r="N329" s="1">
         <v>1</v>
       </c>
       <c r="O329" s="1">
         <v>3</v>
       </c>
-      <c r="P329" t="s">
-[...6 lines deleted...]
-    <row r="330" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="330" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A330">
         <v>329</v>
       </c>
-      <c r="B330">
+      <c r="B330" s="1">
         <v>4</v>
       </c>
       <c r="C330" t="s">
+        <v>899</v>
+      </c>
+      <c r="D330" t="s">
+        <v>594</v>
+      </c>
+      <c r="E330" t="s">
         <v>902</v>
       </c>
-      <c r="D330" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F330" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="G330" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H330" s="1">
         <v>2</v>
       </c>
       <c r="I330" s="1">
         <v>1</v>
       </c>
       <c r="J330" s="1">
         <v>0</v>
       </c>
       <c r="K330" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L330" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M330" s="1">
         <v>0</v>
       </c>
       <c r="N330" s="1">
         <v>1</v>
       </c>
       <c r="O330" s="1">
         <v>2</v>
       </c>
-      <c r="P330" t="s">
-[...6 lines deleted...]
-    <row r="331" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="331" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A331">
         <v>330</v>
       </c>
-      <c r="B331">
+      <c r="B331" s="1">
         <v>4</v>
       </c>
       <c r="C331" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="D331" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="E331" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="F331" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="G331" t="s">
         <v>5</v>
       </c>
       <c r="H331" s="1">
         <v>2</v>
       </c>
       <c r="I331" s="1">
         <v>1</v>
       </c>
       <c r="J331" s="1">
         <v>0</v>
       </c>
       <c r="K331" t="s">
         <v>6</v>
       </c>
       <c r="L331" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M331" s="1">
         <v>0</v>
       </c>
       <c r="N331" s="1">
         <v>1</v>
       </c>
       <c r="O331" s="1">
         <v>2</v>
       </c>
-      <c r="P331" t="s">
-[...6 lines deleted...]
-    <row r="332" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="332" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A332">
         <v>331</v>
       </c>
-      <c r="B332">
+      <c r="B332" s="1">
         <v>4</v>
       </c>
       <c r="C332" t="s">
+        <v>906</v>
+      </c>
+      <c r="D332" t="s">
+        <v>907</v>
+      </c>
+      <c r="E332" t="s">
+        <v>908</v>
+      </c>
+      <c r="F332" t="s">
         <v>909</v>
       </c>
-      <c r="D332" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G332" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H332" s="1">
         <v>2</v>
       </c>
       <c r="I332" s="1">
         <v>1</v>
       </c>
       <c r="J332" s="1">
         <v>0</v>
       </c>
       <c r="K332" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L332" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M332" s="1">
         <v>1</v>
       </c>
       <c r="N332" s="1">
         <v>1</v>
       </c>
       <c r="O332" s="1">
         <v>2</v>
       </c>
-      <c r="P332" t="s">
-[...6 lines deleted...]
-    <row r="333" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="333" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A333">
         <v>332</v>
       </c>
-      <c r="B333">
+      <c r="B333" s="1">
         <v>4</v>
       </c>
       <c r="C333" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="D333" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="E333" t="s">
-        <v>914</v>
+        <v>911</v>
       </c>
       <c r="F333" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="G333" t="s">
         <v>5</v>
       </c>
       <c r="H333" s="1">
         <v>2</v>
       </c>
       <c r="I333" s="1">
         <v>0</v>
       </c>
       <c r="J333" s="1">
         <v>0</v>
       </c>
       <c r="K333" t="s">
         <v>6</v>
       </c>
       <c r="L333" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M333" s="1">
         <v>0</v>
       </c>
       <c r="N333" s="1">
         <v>1</v>
       </c>
       <c r="O333" s="1">
         <v>1</v>
       </c>
-      <c r="P333" t="s">
-[...6 lines deleted...]
-    <row r="334" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="334" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A334">
         <v>333</v>
       </c>
-      <c r="B334">
+      <c r="B334" s="1">
         <v>4</v>
       </c>
       <c r="C334" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="D334" t="s">
+        <v>910</v>
+      </c>
+      <c r="E334" t="s">
         <v>913</v>
       </c>
-      <c r="E334" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F334" t="s">
-        <v>917</v>
+        <v>914</v>
       </c>
       <c r="G334" t="s">
         <v>5</v>
       </c>
       <c r="H334" s="1">
         <v>2</v>
       </c>
       <c r="I334" s="1">
         <v>0</v>
       </c>
       <c r="J334" s="1">
         <v>0</v>
       </c>
       <c r="K334" t="s">
         <v>6</v>
       </c>
       <c r="L334" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M334" s="1">
         <v>0</v>
       </c>
       <c r="N334" s="1">
         <v>1</v>
       </c>
       <c r="O334" s="1">
         <v>1</v>
       </c>
-      <c r="P334" t="s">
-[...6 lines deleted...]
-    <row r="335" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="335" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A335">
         <v>334</v>
       </c>
-      <c r="B335">
+      <c r="B335" s="1">
         <v>4</v>
       </c>
       <c r="C335" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="D335" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="E335" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="F335" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="G335" t="s">
         <v>5</v>
       </c>
       <c r="H335" s="1">
         <v>2</v>
       </c>
       <c r="I335" s="1">
         <v>1</v>
       </c>
       <c r="J335" s="1">
         <v>0</v>
       </c>
       <c r="K335" t="s">
         <v>6</v>
       </c>
       <c r="L335" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M335" s="1">
         <v>0</v>
       </c>
       <c r="N335" s="1">
         <v>1</v>
       </c>
       <c r="O335" s="1">
         <v>2</v>
       </c>
-      <c r="P335" t="s">
-[...6 lines deleted...]
-    <row r="336" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="336" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A336">
         <v>335</v>
       </c>
-      <c r="B336">
+      <c r="B336" s="1">
         <v>4</v>
       </c>
       <c r="C336" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D336" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E336" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="F336" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="G336" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H336" s="1">
         <v>0</v>
       </c>
       <c r="I336" s="1">
         <v>50</v>
       </c>
       <c r="J336" s="1">
         <v>0</v>
       </c>
       <c r="K336" t="s">
         <v>0</v>
       </c>
       <c r="L336" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M336" s="1">
         <v>250</v>
       </c>
       <c r="N336" s="1">
         <v>50</v>
       </c>
       <c r="O336" s="1">
         <v>0</v>
       </c>
-      <c r="P336" t="s">
-[...6 lines deleted...]
-    <row r="337" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="337" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A337">
         <v>336</v>
       </c>
-      <c r="B337">
+      <c r="B337" s="1">
         <v>4</v>
       </c>
       <c r="C337" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D337" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E337" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="F337" t="s">
-        <v>924</v>
+        <v>921</v>
       </c>
       <c r="G337" t="s">
         <v>5</v>
       </c>
       <c r="H337" s="1">
         <v>102</v>
       </c>
       <c r="I337" s="1">
         <v>25</v>
       </c>
       <c r="J337" s="1">
         <v>0</v>
       </c>
       <c r="K337" t="s">
         <v>6</v>
       </c>
       <c r="L337" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M337" s="1">
         <v>225</v>
       </c>
       <c r="N337" s="1">
         <v>125</v>
       </c>
       <c r="O337" s="1">
         <v>2</v>
       </c>
-      <c r="P337" t="s">
-[...6 lines deleted...]
-    <row r="338" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="338" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A338">
         <v>337</v>
       </c>
-      <c r="B338">
+      <c r="B338" s="1">
         <v>4</v>
       </c>
       <c r="C338" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D338" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E338" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="F338" t="s">
-        <v>926</v>
+        <v>923</v>
       </c>
       <c r="G338" t="s">
         <v>5</v>
       </c>
       <c r="H338" s="1">
         <v>3</v>
       </c>
       <c r="I338" s="1">
         <v>1</v>
       </c>
       <c r="J338" s="1">
         <v>0</v>
       </c>
       <c r="K338" t="s">
         <v>6</v>
       </c>
       <c r="L338" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M338" s="1">
         <v>0</v>
       </c>
       <c r="N338" s="1">
         <v>1</v>
       </c>
       <c r="O338" s="1">
         <v>3</v>
       </c>
-      <c r="P338" t="s">
-[...6 lines deleted...]
-    <row r="339" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="339" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A339">
         <v>338</v>
       </c>
-      <c r="B339">
+      <c r="B339" s="1">
         <v>4</v>
       </c>
       <c r="C339" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D339" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E339" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="F339" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="G339" t="s">
         <v>5</v>
       </c>
       <c r="H339" s="1">
         <v>3</v>
       </c>
       <c r="I339" s="1">
         <v>1</v>
       </c>
       <c r="J339" s="1">
         <v>0</v>
       </c>
       <c r="K339" t="s">
         <v>6</v>
       </c>
       <c r="L339" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M339" s="1">
         <v>0</v>
       </c>
       <c r="N339" s="1">
         <v>1</v>
       </c>
       <c r="O339" s="1">
         <v>3</v>
       </c>
-      <c r="P339" t="s">
-[...6 lines deleted...]
-    <row r="340" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="340" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A340">
         <v>339</v>
       </c>
-      <c r="B340">
+      <c r="B340" s="1">
         <v>4</v>
       </c>
       <c r="C340" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D340" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E340" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="F340" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="G340" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H340" s="1">
         <v>0</v>
       </c>
       <c r="I340" s="1">
         <v>150</v>
       </c>
       <c r="J340" s="1">
         <v>0</v>
       </c>
       <c r="K340" t="s">
         <v>0</v>
       </c>
       <c r="L340" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M340" s="1">
         <v>0</v>
       </c>
       <c r="N340" s="1">
         <v>50</v>
       </c>
       <c r="O340" s="1">
         <v>100</v>
       </c>
-      <c r="P340" t="s">
-[...6 lines deleted...]
-    <row r="341" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="341" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A341">
         <v>340</v>
       </c>
-      <c r="B341">
+      <c r="B341" s="1">
         <v>4</v>
       </c>
       <c r="C341" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="D341" t="s">
-        <v>332</v>
+        <v>329</v>
       </c>
       <c r="E341" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="F341" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="G341" t="s">
         <v>5</v>
       </c>
       <c r="H341" s="1">
         <v>2</v>
       </c>
       <c r="I341" s="1">
         <v>0</v>
       </c>
       <c r="J341" s="1">
         <v>0</v>
       </c>
       <c r="K341" t="s">
         <v>6</v>
       </c>
       <c r="L341" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M341" s="1">
         <v>0</v>
       </c>
       <c r="N341" s="1">
         <v>1</v>
       </c>
       <c r="O341" s="1">
         <v>1</v>
       </c>
-      <c r="P341" t="s">
-[...6 lines deleted...]
-    <row r="342" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="342" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A342">
         <v>341</v>
       </c>
-      <c r="B342">
+      <c r="B342" s="1">
         <v>4</v>
       </c>
       <c r="C342" t="s">
+        <v>927</v>
+      </c>
+      <c r="D342" t="s">
         <v>930</v>
       </c>
-      <c r="D342" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E342" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="F342" t="s">
-        <v>935</v>
+        <v>932</v>
       </c>
       <c r="G342" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H342" s="1">
         <v>3</v>
       </c>
       <c r="I342" s="1">
         <v>1</v>
       </c>
       <c r="J342" s="1">
         <v>0</v>
       </c>
       <c r="K342" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L342" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M342" s="1">
         <v>1</v>
       </c>
       <c r="N342" s="1">
         <v>1</v>
       </c>
       <c r="O342" s="1">
         <v>3</v>
       </c>
-      <c r="P342" t="s">
-[...6 lines deleted...]
-    <row r="343" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="343" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A343">
         <v>342</v>
       </c>
-      <c r="B343">
+      <c r="B343" s="1">
         <v>5</v>
       </c>
       <c r="C343" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D343" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="E343" t="s">
-        <v>937</v>
+        <v>934</v>
       </c>
       <c r="F343" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="G343" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H343" s="1">
         <v>2</v>
       </c>
       <c r="I343" s="1">
         <v>0</v>
       </c>
       <c r="J343" s="1">
         <v>0</v>
       </c>
       <c r="K343" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L343" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M343" s="1">
         <v>80</v>
       </c>
       <c r="N343" s="1">
         <v>1</v>
       </c>
       <c r="O343" s="1">
         <v>1</v>
       </c>
-      <c r="P343" t="s">
-[...6 lines deleted...]
-    <row r="344" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="344" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A344">
         <v>343</v>
       </c>
-      <c r="B344">
+      <c r="B344" s="1">
         <v>5</v>
       </c>
       <c r="C344" t="s">
+        <v>933</v>
+      </c>
+      <c r="D344" t="s">
+        <v>866</v>
+      </c>
+      <c r="E344" t="s">
         <v>936</v>
       </c>
-      <c r="D344" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F344" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="G344" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H344" s="1">
         <v>2</v>
       </c>
       <c r="I344" s="1">
         <v>0</v>
       </c>
       <c r="J344" s="1">
         <v>0</v>
       </c>
       <c r="K344" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L344" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="M344" s="1">
         <v>316</v>
       </c>
       <c r="N344" s="1">
         <v>1</v>
       </c>
       <c r="O344" s="1">
         <v>1</v>
       </c>
-      <c r="P344" t="s">
-[...6 lines deleted...]
-    <row r="345" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="345" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A345">
         <v>344</v>
       </c>
-      <c r="B345">
+      <c r="B345" s="1">
         <v>5</v>
       </c>
       <c r="C345" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D345" t="s">
-        <v>941</v>
+        <v>938</v>
       </c>
       <c r="E345" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="F345" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="G345" t="s">
         <v>5</v>
       </c>
       <c r="H345" s="1">
         <v>2</v>
       </c>
       <c r="I345" s="1">
         <v>1</v>
       </c>
       <c r="J345" s="1">
         <v>0</v>
       </c>
       <c r="K345" t="s">
         <v>6</v>
       </c>
       <c r="L345" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M345" s="1">
         <v>2030</v>
       </c>
       <c r="N345" s="1">
         <v>1</v>
       </c>
       <c r="O345" s="1">
         <v>2</v>
       </c>
-      <c r="P345" t="s">
-[...6 lines deleted...]
-    <row r="346" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="346" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A346">
         <v>345</v>
       </c>
-      <c r="B346">
+      <c r="B346" s="1">
         <v>5</v>
       </c>
       <c r="C346" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D346" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="E346" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="F346" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="G346" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H346" s="1">
         <v>5</v>
       </c>
       <c r="I346" s="1">
         <v>1</v>
       </c>
       <c r="J346" s="1">
         <v>0</v>
       </c>
       <c r="K346" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="L346" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M346" s="1">
         <v>520</v>
       </c>
       <c r="N346" s="1">
         <v>5</v>
       </c>
       <c r="O346" s="1">
         <v>1</v>
       </c>
-      <c r="P346" t="s">
-[...6 lines deleted...]
-    <row r="347" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="347" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A347">
         <v>346</v>
       </c>
-      <c r="B347">
+      <c r="B347" s="1">
         <v>5</v>
       </c>
       <c r="C347" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D347" t="s">
+        <v>941</v>
+      </c>
+      <c r="E347" t="s">
         <v>944</v>
       </c>
-      <c r="E347" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F347" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="G347" t="s">
         <v>5</v>
       </c>
       <c r="H347" s="1">
         <v>2</v>
       </c>
       <c r="I347" s="1">
         <v>1</v>
       </c>
       <c r="J347" s="1">
         <v>0</v>
       </c>
       <c r="K347" t="s">
         <v>6</v>
       </c>
       <c r="L347" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M347" s="1">
         <v>570</v>
       </c>
       <c r="N347" s="1">
         <v>1</v>
       </c>
       <c r="O347" s="1">
         <v>2</v>
       </c>
-      <c r="P347" t="s">
-[...6 lines deleted...]
-    <row r="348" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="348" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A348">
         <v>347</v>
       </c>
-      <c r="B348">
+      <c r="B348" s="1">
         <v>5</v>
       </c>
       <c r="C348" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D348" t="s">
-        <v>949</v>
+        <v>946</v>
       </c>
       <c r="E348" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="F348" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="G348" t="s">
         <v>5</v>
       </c>
       <c r="H348" s="1">
         <v>2</v>
       </c>
       <c r="I348" s="1">
         <v>1</v>
       </c>
       <c r="J348" s="1">
         <v>0</v>
       </c>
       <c r="K348" t="s">
         <v>6</v>
       </c>
       <c r="L348" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M348" s="1">
         <v>234</v>
       </c>
       <c r="N348" s="1">
         <v>1</v>
       </c>
       <c r="O348" s="1">
         <v>2</v>
       </c>
-      <c r="P348" t="s">
-[...6 lines deleted...]
-    <row r="349" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="349" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A349">
         <v>348</v>
       </c>
-      <c r="B349">
+      <c r="B349" s="1">
         <v>5</v>
       </c>
       <c r="C349" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D349" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="E349" t="s">
-        <v>953</v>
+        <v>950</v>
       </c>
       <c r="F349" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="G349" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H349" s="1">
         <v>276</v>
       </c>
       <c r="I349" s="1">
         <v>69</v>
       </c>
       <c r="J349" s="1">
         <v>0</v>
       </c>
       <c r="K349" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L349" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M349" s="1">
         <v>5</v>
       </c>
       <c r="N349" s="1">
         <v>45</v>
       </c>
       <c r="O349" s="1">
         <v>300</v>
       </c>
-      <c r="P349" t="s">
-[...6 lines deleted...]
-    <row r="350" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="350" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A350">
         <v>349</v>
       </c>
-      <c r="B350">
+      <c r="B350" s="1">
         <v>5</v>
       </c>
       <c r="C350" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D350" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E350" t="s">
-        <v>955</v>
+        <v>952</v>
       </c>
       <c r="F350" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="G350" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H350" s="1">
         <v>2</v>
       </c>
       <c r="I350" s="1">
         <v>0</v>
       </c>
       <c r="J350" s="1">
         <v>0</v>
       </c>
       <c r="K350" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L350" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M350" s="1">
         <v>189</v>
       </c>
       <c r="N350" s="1">
         <v>1</v>
       </c>
       <c r="O350" s="1">
         <v>1</v>
       </c>
-      <c r="P350" t="s">
-[...6 lines deleted...]
-    <row r="351" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="351" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A351">
         <v>350</v>
       </c>
-      <c r="B351">
+      <c r="B351" s="1">
         <v>5</v>
       </c>
       <c r="C351" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D351" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E351" t="s">
-        <v>957</v>
+        <v>954</v>
       </c>
       <c r="F351" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="G351" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H351" s="1">
         <v>320</v>
       </c>
       <c r="I351" s="1">
         <v>80</v>
       </c>
       <c r="J351" s="1">
         <v>0</v>
       </c>
       <c r="K351" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L351" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="M351" s="1">
         <v>2205</v>
       </c>
       <c r="N351" s="1">
         <v>300</v>
       </c>
       <c r="O351" s="1">
         <v>100</v>
       </c>
-      <c r="P351" t="s">
-[...6 lines deleted...]
-    <row r="352" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="352" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A352">
         <v>351</v>
       </c>
-      <c r="B352">
+      <c r="B352" s="1">
         <v>5</v>
       </c>
       <c r="C352" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D352" t="s">
-        <v>959</v>
+        <v>152</v>
       </c>
       <c r="E352" t="s">
+        <v>1865</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1866</v>
+      </c>
+      <c r="G352" t="s">
+        <v>12</v>
+      </c>
+      <c r="H352" s="1">
+        <v>847</v>
+      </c>
+      <c r="I352" s="1">
+        <v>212</v>
+      </c>
+      <c r="J352" s="1">
+        <v>0</v>
+      </c>
+      <c r="K352" t="s">
+        <v>13</v>
+      </c>
+      <c r="L352" t="s">
+        <v>7</v>
+      </c>
+      <c r="M352" s="1">
+        <v>0</v>
+      </c>
+      <c r="N352" s="1">
+        <v>99</v>
+      </c>
+      <c r="O352" s="1">
         <v>960</v>
       </c>
-      <c r="F352" t="s">
-[...36 lines deleted...]
-    <row r="353" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="353" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A353">
         <v>352</v>
       </c>
-      <c r="B353">
+      <c r="B353" s="1">
         <v>5</v>
       </c>
       <c r="C353" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D353" t="s">
-        <v>962</v>
+        <v>152</v>
       </c>
       <c r="E353" t="s">
-        <v>963</v>
+        <v>1867</v>
       </c>
       <c r="F353" t="s">
-        <v>964</v>
+        <v>1868</v>
       </c>
       <c r="G353" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H353" s="1">
-        <v>2</v>
+        <v>690</v>
       </c>
       <c r="I353" s="1">
-        <v>1</v>
+        <v>173</v>
       </c>
       <c r="J353" s="1">
         <v>0</v>
       </c>
       <c r="K353" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L353" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="M353" s="1">
-        <v>197</v>
+        <v>0</v>
       </c>
       <c r="N353" s="1">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="O353" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="354" spans="1:17" x14ac:dyDescent="0.2">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="354" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A354">
         <v>353</v>
       </c>
-      <c r="B354">
+      <c r="B354" s="1">
         <v>5</v>
       </c>
       <c r="C354" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D354" t="s">
-        <v>414</v>
+        <v>956</v>
       </c>
       <c r="E354" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
       <c r="F354" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="G354" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H354" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I354" s="1">
+        <v>6</v>
+      </c>
+      <c r="J354" s="1">
+        <v>0</v>
+      </c>
+      <c r="K354" t="s">
+        <v>0</v>
+      </c>
+      <c r="L354" t="s">
+        <v>22</v>
+      </c>
+      <c r="M354" s="1">
+        <v>225</v>
+      </c>
+      <c r="N354" s="1">
+        <v>5</v>
+      </c>
+      <c r="O354" s="1">
         <v>1</v>
       </c>
-      <c r="J354" s="1">
-[...24 lines deleted...]
-    <row r="355" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="355" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A355">
         <v>354</v>
       </c>
-      <c r="B355">
+      <c r="B355" s="1">
         <v>5</v>
       </c>
       <c r="C355" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="D355" t="s">
-        <v>347</v>
+        <v>959</v>
       </c>
       <c r="E355" t="s">
-        <v>967</v>
+        <v>960</v>
       </c>
       <c r="F355" t="s">
-        <v>968</v>
+        <v>961</v>
       </c>
       <c r="G355" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H355" s="1">
         <v>2</v>
       </c>
       <c r="I355" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J355" s="1">
         <v>0</v>
       </c>
       <c r="K355" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L355" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M355" s="1">
-        <v>310</v>
+        <v>197</v>
       </c>
       <c r="N355" s="1">
         <v>1</v>
       </c>
       <c r="O355" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="356" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="356" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A356">
         <v>355</v>
       </c>
-      <c r="B356">
+      <c r="B356" s="1">
         <v>5</v>
       </c>
       <c r="C356" t="s">
-        <v>969</v>
+        <v>933</v>
       </c>
       <c r="D356" t="s">
-        <v>970</v>
+        <v>411</v>
       </c>
       <c r="E356" t="s">
-        <v>971</v>
+        <v>962</v>
       </c>
       <c r="F356" t="s">
-        <v>972</v>
+        <v>963</v>
       </c>
       <c r="G356" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H356" s="1">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="I356" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J356" s="1">
         <v>0</v>
       </c>
       <c r="K356" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L356" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="M356" s="1">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="N356" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O356" s="1">
-        <v>15</v>
-[...8 lines deleted...]
-    <row r="357" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="357" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A357">
         <v>356</v>
       </c>
-      <c r="B357">
+      <c r="B357" s="1">
         <v>5</v>
       </c>
       <c r="C357" t="s">
-        <v>969</v>
+        <v>933</v>
       </c>
       <c r="D357" t="s">
-        <v>973</v>
+        <v>344</v>
       </c>
       <c r="E357" t="s">
-        <v>974</v>
+        <v>964</v>
       </c>
       <c r="F357" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="G357" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H357" s="1">
         <v>2</v>
       </c>
       <c r="I357" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J357" s="1">
         <v>0</v>
       </c>
       <c r="K357" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L357" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M357" s="1">
-        <v>336</v>
+        <v>310</v>
       </c>
       <c r="N357" s="1">
         <v>1</v>
       </c>
       <c r="O357" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="358" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="358" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A358">
         <v>357</v>
       </c>
-      <c r="B358">
+      <c r="B358" s="1">
         <v>5</v>
       </c>
       <c r="C358" t="s">
+        <v>966</v>
+      </c>
+      <c r="D358" t="s">
+        <v>967</v>
+      </c>
+      <c r="E358" t="s">
+        <v>968</v>
+      </c>
+      <c r="F358" t="s">
         <v>969</v>
       </c>
-      <c r="D358" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G358" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H358" s="1">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="I358" s="1">
-        <v>115</v>
+        <v>2</v>
       </c>
       <c r="J358" s="1">
         <v>0</v>
       </c>
       <c r="K358" t="s">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="L358" t="s">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="M358" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N358" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="O358" s="1">
-        <v>65</v>
-[...8 lines deleted...]
-    <row r="359" spans="1:17" x14ac:dyDescent="0.2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="359" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A359">
         <v>358</v>
       </c>
-      <c r="B359">
+      <c r="B359" s="1">
         <v>5</v>
       </c>
       <c r="C359" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D359" t="s">
-        <v>286</v>
+        <v>970</v>
       </c>
       <c r="E359" t="s">
-        <v>978</v>
+        <v>971</v>
       </c>
       <c r="F359" t="s">
-        <v>979</v>
+        <v>972</v>
       </c>
       <c r="G359" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H359" s="1">
-        <v>96</v>
+        <v>2</v>
       </c>
       <c r="I359" s="1">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="J359" s="1">
         <v>0</v>
       </c>
       <c r="K359" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L359" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="M359" s="1">
-        <v>768</v>
+        <v>336</v>
       </c>
       <c r="N359" s="1">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="O359" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="360" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="360" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A360">
         <v>359</v>
       </c>
-      <c r="B360">
+      <c r="B360" s="1">
         <v>5</v>
       </c>
       <c r="C360" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D360" t="s">
-        <v>332</v>
+        <v>970</v>
       </c>
       <c r="E360" t="s">
-        <v>980</v>
+        <v>973</v>
       </c>
       <c r="F360" t="s">
-        <v>981</v>
+        <v>974</v>
       </c>
       <c r="G360" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H360" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I360" s="1">
-        <v>1</v>
+        <v>115</v>
       </c>
       <c r="J360" s="1">
         <v>0</v>
       </c>
       <c r="K360" t="s">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="L360" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M360" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="N360" s="1">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="O360" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="361" spans="1:17" x14ac:dyDescent="0.2">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="361" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A361">
         <v>360</v>
       </c>
-      <c r="B361">
+      <c r="B361" s="1">
         <v>5</v>
       </c>
       <c r="C361" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D361" t="s">
-        <v>264</v>
+        <v>283</v>
       </c>
       <c r="E361" t="s">
-        <v>982</v>
+        <v>975</v>
       </c>
       <c r="F361" t="s">
-        <v>983</v>
+        <v>976</v>
       </c>
       <c r="G361" t="s">
         <v>5</v>
       </c>
       <c r="H361" s="1">
-        <v>2</v>
+        <v>96</v>
       </c>
       <c r="I361" s="1">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="J361" s="1">
         <v>0</v>
       </c>
       <c r="K361" t="s">
         <v>6</v>
       </c>
       <c r="L361" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="M361" s="1">
-        <v>132</v>
+        <v>768</v>
       </c>
       <c r="N361" s="1">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="O361" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="362" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="362" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A362">
         <v>361</v>
       </c>
-      <c r="B362">
+      <c r="B362" s="1">
         <v>5</v>
       </c>
       <c r="C362" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D362" t="s">
-        <v>177</v>
+        <v>329</v>
       </c>
       <c r="E362" t="s">
-        <v>984</v>
+        <v>977</v>
       </c>
       <c r="F362" t="s">
-        <v>985</v>
+        <v>978</v>
       </c>
       <c r="G362" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H362" s="1">
-        <v>562</v>
+        <v>2</v>
       </c>
       <c r="I362" s="1">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="J362" s="1">
         <v>0</v>
       </c>
       <c r="K362" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L362" t="s">
-        <v>523</v>
+        <v>22</v>
       </c>
       <c r="M362" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N362" s="1">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="O362" s="1">
-        <v>602</v>
-[...8 lines deleted...]
-    <row r="363" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="363" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A363">
         <v>362</v>
       </c>
-      <c r="B363">
+      <c r="B363" s="1">
         <v>5</v>
       </c>
       <c r="C363" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D363" t="s">
-        <v>177</v>
+        <v>261</v>
       </c>
       <c r="E363" t="s">
-        <v>986</v>
+        <v>979</v>
       </c>
       <c r="F363" t="s">
-        <v>987</v>
+        <v>980</v>
       </c>
       <c r="G363" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H363" s="1">
-        <v>720</v>
+        <v>2</v>
       </c>
       <c r="I363" s="1">
-        <v>180</v>
+        <v>1</v>
       </c>
       <c r="J363" s="1">
         <v>0</v>
       </c>
       <c r="K363" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L363" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M363" s="1">
-        <v>0</v>
+        <v>132</v>
       </c>
       <c r="N363" s="1">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="O363" s="1">
-        <v>650</v>
-[...8 lines deleted...]
-    <row r="364" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="364" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A364">
         <v>363</v>
       </c>
-      <c r="B364">
+      <c r="B364" s="1">
         <v>5</v>
       </c>
       <c r="C364" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D364" t="s">
-        <v>988</v>
+        <v>174</v>
       </c>
       <c r="E364" t="s">
-        <v>989</v>
+        <v>981</v>
       </c>
       <c r="F364" t="s">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="G364" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H364" s="1">
-        <v>41</v>
+        <v>562</v>
       </c>
       <c r="I364" s="1">
-        <v>4</v>
+        <v>140</v>
       </c>
       <c r="J364" s="1">
         <v>0</v>
       </c>
       <c r="K364" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L364" t="s">
-        <v>129</v>
+        <v>520</v>
       </c>
       <c r="M364" s="1">
-        <v>1460</v>
+        <v>0</v>
       </c>
       <c r="N364" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="O364" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="365" spans="1:17" x14ac:dyDescent="0.2">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="365" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A365">
         <v>364</v>
       </c>
-      <c r="B365">
+      <c r="B365" s="1">
         <v>5</v>
       </c>
       <c r="C365" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D365" t="s">
-        <v>988</v>
+        <v>174</v>
       </c>
       <c r="E365" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
       <c r="F365" t="s">
-        <v>992</v>
+        <v>984</v>
       </c>
       <c r="G365" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H365" s="1">
-        <v>2</v>
+        <v>720</v>
       </c>
       <c r="I365" s="1">
-        <v>1</v>
+        <v>180</v>
       </c>
       <c r="J365" s="1">
         <v>0</v>
       </c>
       <c r="K365" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L365" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="M365" s="1">
-        <v>653</v>
+        <v>0</v>
       </c>
       <c r="N365" s="1">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="O365" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="366" spans="1:17" x14ac:dyDescent="0.2">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="366" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A366">
         <v>365</v>
       </c>
-      <c r="B366">
+      <c r="B366" s="1">
         <v>5</v>
       </c>
       <c r="C366" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D366" t="s">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="E366" t="s">
-        <v>994</v>
+        <v>986</v>
       </c>
       <c r="F366" t="s">
-        <v>995</v>
+        <v>987</v>
       </c>
       <c r="G366" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H366" s="1">
-        <v>6</v>
+        <v>41</v>
       </c>
       <c r="I366" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J366" s="1">
         <v>0</v>
       </c>
       <c r="K366" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L366" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="M366" s="1">
-        <v>341</v>
+        <v>1460</v>
       </c>
       <c r="N366" s="1">
-        <v>5</v>
+        <v>40</v>
       </c>
       <c r="O366" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="367" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="367" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A367">
         <v>366</v>
       </c>
-      <c r="B367">
+      <c r="B367" s="1">
         <v>5</v>
       </c>
       <c r="C367" t="s">
-        <v>969</v>
+        <v>966</v>
       </c>
       <c r="D367" t="s">
-        <v>993</v>
+        <v>985</v>
       </c>
       <c r="E367" t="s">
-        <v>996</v>
+        <v>988</v>
       </c>
       <c r="F367" t="s">
-        <v>997</v>
+        <v>989</v>
       </c>
       <c r="G367" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H367" s="1">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I367" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="J367" s="1">
         <v>0</v>
       </c>
       <c r="K367" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L367" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="M367" s="1">
-        <v>0</v>
+        <v>653</v>
       </c>
       <c r="N367" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="O367" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="368" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="368" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A368">
         <v>367</v>
       </c>
-      <c r="B368">
+      <c r="B368" s="1">
         <v>5</v>
       </c>
       <c r="C368" t="s">
-        <v>998</v>
+        <v>966</v>
       </c>
       <c r="D368" t="s">
-        <v>297</v>
+        <v>990</v>
       </c>
       <c r="E368" t="s">
-        <v>999</v>
+        <v>991</v>
       </c>
       <c r="F368" t="s">
-        <v>1000</v>
+        <v>992</v>
       </c>
       <c r="G368" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H368" s="1">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="I368" s="1">
         <v>1</v>
       </c>
       <c r="J368" s="1">
         <v>0</v>
       </c>
       <c r="K368" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L368" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M368" s="1">
-        <v>10</v>
+        <v>341</v>
       </c>
       <c r="N368" s="1">
         <v>5</v>
       </c>
       <c r="O368" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="369" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="369" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A369">
         <v>368</v>
       </c>
-      <c r="B369">
+      <c r="B369" s="1">
         <v>5</v>
       </c>
       <c r="C369" t="s">
-        <v>998</v>
+        <v>966</v>
       </c>
       <c r="D369" t="s">
-        <v>158</v>
+        <v>990</v>
       </c>
       <c r="E369" t="s">
-        <v>1001</v>
+        <v>993</v>
       </c>
       <c r="F369" t="s">
-        <v>1002</v>
+        <v>994</v>
       </c>
       <c r="G369" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H369" s="1">
-        <v>176</v>
+        <v>16</v>
       </c>
       <c r="I369" s="1">
-        <v>44</v>
+        <v>4</v>
       </c>
       <c r="J369" s="1">
         <v>0</v>
       </c>
       <c r="K369" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L369" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="M369" s="1">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="N369" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="O369" s="1">
-        <v>120</v>
-[...8 lines deleted...]
-    <row r="370" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="370" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A370">
         <v>369</v>
       </c>
-      <c r="B370">
+      <c r="B370" s="1">
         <v>5</v>
       </c>
       <c r="C370" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D370" t="s">
-        <v>158</v>
+        <v>294</v>
       </c>
       <c r="E370" t="s">
-        <v>1003</v>
+        <v>996</v>
       </c>
       <c r="F370" t="s">
-        <v>1004</v>
+        <v>997</v>
       </c>
       <c r="G370" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H370" s="1">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="I370" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J370" s="1">
         <v>0</v>
       </c>
       <c r="K370" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L370" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M370" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="N370" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="O370" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="371" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="371" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A371">
         <v>370</v>
       </c>
-      <c r="B371">
+      <c r="B371" s="1">
         <v>5</v>
       </c>
       <c r="C371" t="s">
+        <v>995</v>
+      </c>
+      <c r="D371" t="s">
+        <v>155</v>
+      </c>
+      <c r="E371" t="s">
         <v>998</v>
       </c>
-      <c r="D371" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F371" t="s">
-        <v>1006</v>
+        <v>999</v>
       </c>
       <c r="G371" t="s">
+        <v>12</v>
+      </c>
+      <c r="H371" s="1">
+        <v>176</v>
+      </c>
+      <c r="I371" s="1">
+        <v>44</v>
+      </c>
+      <c r="J371" s="1">
+        <v>0</v>
+      </c>
+      <c r="K371" t="s">
+        <v>13</v>
+      </c>
+      <c r="L371" t="s">
         <v>14</v>
       </c>
-      <c r="H371" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M371" s="1">
-        <v>10</v>
+        <v>210</v>
       </c>
       <c r="N371" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="O371" s="1">
-        <v>330</v>
-[...8 lines deleted...]
-    <row r="372" spans="1:17" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="372" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A372">
         <v>371</v>
       </c>
-      <c r="B372">
+      <c r="B372" s="1">
         <v>5</v>
       </c>
       <c r="C372" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D372" t="s">
-        <v>303</v>
+        <v>155</v>
       </c>
       <c r="E372" t="s">
-        <v>1007</v>
+        <v>1000</v>
       </c>
       <c r="F372" t="s">
-        <v>1008</v>
+        <v>1001</v>
       </c>
       <c r="G372" t="s">
         <v>5</v>
       </c>
       <c r="H372" s="1">
-        <v>238</v>
+        <v>44</v>
       </c>
       <c r="I372" s="1">
-        <v>60</v>
+        <v>11</v>
       </c>
       <c r="J372" s="1">
         <v>0</v>
       </c>
       <c r="K372" t="s">
         <v>6</v>
       </c>
       <c r="L372" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M372" s="1">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="N372" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="O372" s="1">
-        <v>98</v>
-[...8 lines deleted...]
-    <row r="373" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="373" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A373">
         <v>372</v>
       </c>
-      <c r="B373">
+      <c r="B373" s="1">
         <v>5</v>
       </c>
       <c r="C373" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D373" t="s">
-        <v>1009</v>
+        <v>300</v>
       </c>
       <c r="E373" t="s">
-        <v>1010</v>
+        <v>1002</v>
       </c>
       <c r="F373" t="s">
-        <v>1011</v>
+        <v>1003</v>
       </c>
       <c r="G373" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H373" s="1">
-        <v>4</v>
+        <v>272</v>
       </c>
       <c r="I373" s="1">
-        <v>1</v>
+        <v>68</v>
       </c>
       <c r="J373" s="1">
         <v>0</v>
       </c>
       <c r="K373" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L373" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M373" s="1">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="N373" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O373" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="374" spans="1:17" x14ac:dyDescent="0.2">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="374" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A374">
         <v>373</v>
       </c>
-      <c r="B374">
+      <c r="B374" s="1">
         <v>5</v>
       </c>
       <c r="C374" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D374" t="s">
-        <v>1009</v>
+        <v>300</v>
       </c>
       <c r="E374" t="s">
-        <v>1012</v>
+        <v>1004</v>
       </c>
       <c r="F374" t="s">
-        <v>1013</v>
+        <v>1005</v>
       </c>
       <c r="G374" t="s">
+        <v>5</v>
+      </c>
+      <c r="H374" s="1">
+        <v>238</v>
+      </c>
+      <c r="I374" s="1">
+        <v>60</v>
+      </c>
+      <c r="J374" s="1">
+        <v>0</v>
+      </c>
+      <c r="K374" t="s">
+        <v>6</v>
+      </c>
+      <c r="L374" t="s">
         <v>14</v>
       </c>
-      <c r="H374" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M374" s="1">
         <v>0</v>
       </c>
       <c r="N374" s="1">
-        <v>2</v>
+        <v>200</v>
       </c>
       <c r="O374" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="375" spans="1:17" x14ac:dyDescent="0.2">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="375" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A375">
         <v>374</v>
       </c>
-      <c r="B375">
+      <c r="B375" s="1">
         <v>5</v>
       </c>
       <c r="C375" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D375" t="s">
-        <v>229</v>
+        <v>1006</v>
       </c>
       <c r="E375" t="s">
-        <v>1014</v>
+        <v>1007</v>
       </c>
       <c r="F375" t="s">
-        <v>1015</v>
+        <v>1008</v>
       </c>
       <c r="G375" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H375" s="1">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="I375" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J375" s="1">
         <v>0</v>
       </c>
       <c r="K375" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L375" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="M375" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="N375" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O375" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="376" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="376" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A376">
         <v>375</v>
       </c>
-      <c r="B376">
+      <c r="B376" s="1">
         <v>5</v>
       </c>
       <c r="C376" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D376" t="s">
-        <v>229</v>
+        <v>1006</v>
       </c>
       <c r="E376" t="s">
-        <v>1016</v>
+        <v>1009</v>
       </c>
       <c r="F376" t="s">
-        <v>1017</v>
+        <v>1010</v>
       </c>
       <c r="G376" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H376" s="1">
-        <v>178</v>
+        <v>3</v>
       </c>
       <c r="I376" s="1">
-        <v>44</v>
+        <v>1</v>
       </c>
       <c r="J376" s="1">
         <v>0</v>
       </c>
       <c r="K376" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L376" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="M376" s="1">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="N376" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="O376" s="1">
-        <v>207</v>
-[...8 lines deleted...]
-    <row r="377" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="377" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A377">
         <v>376</v>
       </c>
-      <c r="B377">
+      <c r="B377" s="1">
         <v>5</v>
       </c>
       <c r="C377" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D377" t="s">
-        <v>1018</v>
+        <v>226</v>
       </c>
       <c r="E377" t="s">
-        <v>1019</v>
+        <v>1011</v>
       </c>
       <c r="F377" t="s">
-        <v>1020</v>
+        <v>1012</v>
       </c>
       <c r="G377" t="s">
         <v>5</v>
       </c>
       <c r="H377" s="1">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="I377" s="1">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="J377" s="1">
         <v>0</v>
       </c>
       <c r="K377" t="s">
         <v>6</v>
       </c>
       <c r="L377" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M377" s="1">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="N377" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="O377" s="1">
         <v>10</v>
       </c>
-      <c r="P377" t="s">
-[...6 lines deleted...]
-    <row r="378" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="378" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A378">
         <v>377</v>
       </c>
-      <c r="B378">
+      <c r="B378" s="1">
         <v>5</v>
       </c>
       <c r="C378" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D378" t="s">
-        <v>1021</v>
+        <v>226</v>
       </c>
       <c r="E378" t="s">
-        <v>1022</v>
+        <v>1013</v>
       </c>
       <c r="F378" t="s">
-        <v>1023</v>
+        <v>1014</v>
       </c>
       <c r="G378" t="s">
         <v>5</v>
       </c>
       <c r="H378" s="1">
-        <v>2</v>
+        <v>178</v>
       </c>
       <c r="I378" s="1">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="J378" s="1">
         <v>0</v>
       </c>
       <c r="K378" t="s">
         <v>6</v>
       </c>
       <c r="L378" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="M378" s="1">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="N378" s="1">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="O378" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="379" spans="1:17" x14ac:dyDescent="0.2">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="379" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A379">
         <v>378</v>
       </c>
-      <c r="B379">
+      <c r="B379" s="1">
         <v>5</v>
       </c>
       <c r="C379" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D379" t="s">
-        <v>1021</v>
+        <v>1015</v>
       </c>
       <c r="E379" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
       <c r="F379" t="s">
-        <v>1025</v>
+        <v>1017</v>
       </c>
       <c r="G379" t="s">
         <v>5</v>
       </c>
       <c r="H379" s="1">
-        <v>184</v>
+        <v>88</v>
       </c>
       <c r="I379" s="1">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="J379" s="1">
         <v>0</v>
       </c>
       <c r="K379" t="s">
         <v>6</v>
       </c>
       <c r="L379" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M379" s="1">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="N379" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="O379" s="1">
-        <v>180</v>
-[...8 lines deleted...]
-    <row r="380" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="380" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A380">
         <v>379</v>
       </c>
-      <c r="B380">
+      <c r="B380" s="1">
         <v>5</v>
       </c>
       <c r="C380" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D380" t="s">
-        <v>166</v>
+        <v>1018</v>
       </c>
       <c r="E380" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="F380" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
       <c r="G380" t="s">
         <v>5</v>
       </c>
       <c r="H380" s="1">
         <v>2</v>
       </c>
       <c r="I380" s="1">
         <v>0</v>
       </c>
       <c r="J380" s="1">
         <v>0</v>
       </c>
       <c r="K380" t="s">
         <v>6</v>
       </c>
       <c r="L380" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M380" s="1">
-        <v>17</v>
+        <v>80</v>
       </c>
       <c r="N380" s="1">
         <v>1</v>
       </c>
       <c r="O380" s="1">
         <v>1</v>
       </c>
-      <c r="P380" t="s">
-[...6 lines deleted...]
-    <row r="381" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="381" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A381">
         <v>380</v>
       </c>
-      <c r="B381">
+      <c r="B381" s="1">
         <v>5</v>
       </c>
       <c r="C381" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D381" t="s">
-        <v>166</v>
+        <v>1018</v>
       </c>
       <c r="E381" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
       <c r="F381" t="s">
-        <v>1029</v>
+        <v>1022</v>
       </c>
       <c r="G381" t="s">
         <v>5</v>
       </c>
       <c r="H381" s="1">
-        <v>3</v>
+        <v>184</v>
       </c>
       <c r="I381" s="1">
-        <v>1</v>
+        <v>46</v>
       </c>
       <c r="J381" s="1">
         <v>0</v>
       </c>
       <c r="K381" t="s">
         <v>6</v>
       </c>
       <c r="L381" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="M381" s="1">
-        <v>4503</v>
+        <v>20</v>
       </c>
       <c r="N381" s="1">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="O381" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="382" spans="1:17" x14ac:dyDescent="0.2">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="382" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A382">
         <v>381</v>
       </c>
-      <c r="B382">
+      <c r="B382" s="1">
         <v>5</v>
       </c>
       <c r="C382" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D382" t="s">
-        <v>1030</v>
+        <v>163</v>
       </c>
       <c r="E382" t="s">
-        <v>1031</v>
+        <v>1023</v>
       </c>
       <c r="F382" t="s">
-        <v>1032</v>
+        <v>1024</v>
       </c>
       <c r="G382" t="s">
         <v>5</v>
       </c>
       <c r="H382" s="1">
         <v>2</v>
       </c>
       <c r="I382" s="1">
         <v>0</v>
       </c>
       <c r="J382" s="1">
         <v>0</v>
       </c>
       <c r="K382" t="s">
         <v>6</v>
       </c>
       <c r="L382" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="M382" s="1">
-        <v>1515</v>
+        <v>17</v>
       </c>
       <c r="N382" s="1">
         <v>1</v>
       </c>
       <c r="O382" s="1">
         <v>1</v>
       </c>
-      <c r="P382" t="s">
-[...6 lines deleted...]
-    <row r="383" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="383" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A383">
         <v>382</v>
       </c>
-      <c r="B383">
+      <c r="B383" s="1">
         <v>5</v>
       </c>
       <c r="C383" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D383" t="s">
-        <v>214</v>
+        <v>163</v>
       </c>
       <c r="E383" t="s">
-        <v>1033</v>
+        <v>1025</v>
       </c>
       <c r="F383" t="s">
-        <v>1034</v>
+        <v>1026</v>
       </c>
       <c r="G383" t="s">
         <v>5</v>
       </c>
       <c r="H383" s="1">
-        <v>56</v>
+        <v>3</v>
       </c>
       <c r="I383" s="1">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="J383" s="1">
         <v>0</v>
       </c>
       <c r="K383" t="s">
         <v>6</v>
       </c>
       <c r="L383" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="M383" s="1">
-        <v>0</v>
+        <v>4503</v>
       </c>
       <c r="N383" s="1">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="O383" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="384" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="384" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A384">
         <v>383</v>
       </c>
-      <c r="B384">
+      <c r="B384" s="1">
         <v>5</v>
       </c>
       <c r="C384" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D384" t="s">
-        <v>501</v>
+        <v>1027</v>
       </c>
       <c r="E384" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="F384" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="G384" t="s">
         <v>5</v>
       </c>
       <c r="H384" s="1">
-        <v>408</v>
+        <v>2</v>
       </c>
       <c r="I384" s="1">
-        <v>102</v>
+        <v>0</v>
       </c>
       <c r="J384" s="1">
         <v>0</v>
       </c>
       <c r="K384" t="s">
         <v>6</v>
       </c>
       <c r="L384" t="s">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="M384" s="1">
-        <v>300</v>
+        <v>1515</v>
       </c>
       <c r="N384" s="1">
-        <v>310</v>
+        <v>1</v>
       </c>
       <c r="O384" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="385" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="385" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A385">
         <v>384</v>
       </c>
-      <c r="B385">
+      <c r="B385" s="1">
         <v>5</v>
       </c>
       <c r="C385" t="s">
-        <v>998</v>
+        <v>995</v>
       </c>
       <c r="D385" t="s">
-        <v>988</v>
+        <v>211</v>
       </c>
       <c r="E385" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="F385" t="s">
-        <v>1038</v>
+        <v>1031</v>
       </c>
       <c r="G385" t="s">
+        <v>5</v>
+      </c>
+      <c r="H385" s="1">
+        <v>56</v>
+      </c>
+      <c r="I385" s="1">
         <v>14</v>
       </c>
-      <c r="H385" s="1">
-[...4 lines deleted...]
-      </c>
       <c r="J385" s="1">
         <v>0</v>
       </c>
       <c r="K385" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L385" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M385" s="1">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="N385" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="O385" s="1">
-        <v>362</v>
-[...8 lines deleted...]
-    <row r="386" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="386" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A386">
         <v>385</v>
       </c>
-      <c r="B386">
+      <c r="B386" s="1">
         <v>5</v>
       </c>
       <c r="C386" t="s">
-        <v>1039</v>
+        <v>995</v>
       </c>
       <c r="D386" t="s">
-        <v>1040</v>
+        <v>498</v>
       </c>
       <c r="E386" t="s">
-        <v>1041</v>
+        <v>1032</v>
       </c>
       <c r="F386" t="s">
-        <v>1042</v>
+        <v>1033</v>
       </c>
       <c r="G386" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H386" s="1">
-        <v>88</v>
+        <v>408</v>
       </c>
       <c r="I386" s="1">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="J386" s="1">
         <v>0</v>
       </c>
       <c r="K386" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L386" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="M386" s="1">
-        <v>108</v>
+        <v>300</v>
       </c>
       <c r="N386" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
       <c r="O386" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="387" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="387" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A387">
         <v>386</v>
       </c>
-      <c r="B387">
+      <c r="B387" s="1">
         <v>5</v>
       </c>
       <c r="C387" t="s">
-        <v>1039</v>
+        <v>995</v>
       </c>
       <c r="D387" t="s">
-        <v>1043</v>
+        <v>985</v>
       </c>
       <c r="E387" t="s">
-        <v>1044</v>
+        <v>1034</v>
       </c>
       <c r="F387" t="s">
-        <v>1045</v>
+        <v>1035</v>
       </c>
       <c r="G387" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H387" s="1">
-        <v>23</v>
+        <v>298</v>
       </c>
       <c r="I387" s="1">
-        <v>2</v>
+        <v>74</v>
       </c>
       <c r="J387" s="1">
         <v>0</v>
       </c>
       <c r="K387" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L387" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M387" s="1">
         <v>20</v>
       </c>
       <c r="N387" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="O387" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="388" spans="1:17" x14ac:dyDescent="0.2">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="388" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A388">
         <v>387</v>
       </c>
-      <c r="B388">
+      <c r="B388" s="1">
         <v>5</v>
       </c>
       <c r="C388" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F388" t="s">
         <v>1039</v>
       </c>
-      <c r="D388" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G388" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H388" s="1">
-        <v>136</v>
+        <v>88</v>
       </c>
       <c r="I388" s="1">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="J388" s="1">
         <v>0</v>
       </c>
       <c r="K388" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L388" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M388" s="1">
-        <v>0</v>
+        <v>108</v>
       </c>
       <c r="N388" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O388" s="1">
-        <v>146</v>
-[...8 lines deleted...]
-    <row r="389" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="389" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A389">
         <v>388</v>
       </c>
-      <c r="B389">
+      <c r="B389" s="1">
         <v>5</v>
       </c>
       <c r="C389" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D389" t="s">
-        <v>1043</v>
+        <v>1040</v>
       </c>
       <c r="E389" t="s">
-        <v>1048</v>
+        <v>1041</v>
       </c>
       <c r="F389" t="s">
-        <v>1049</v>
+        <v>1042</v>
       </c>
       <c r="G389" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H389" s="1">
-        <v>883</v>
+        <v>23</v>
       </c>
       <c r="I389" s="1">
-        <v>98</v>
+        <v>2</v>
       </c>
       <c r="J389" s="1">
         <v>0</v>
       </c>
       <c r="K389" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L389" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="M389" s="1">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="N389" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="O389" s="1">
-        <v>931</v>
-[...8 lines deleted...]
-    <row r="390" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="390" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A390">
         <v>389</v>
       </c>
-      <c r="B390">
+      <c r="B390" s="1">
         <v>5</v>
       </c>
       <c r="C390" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D390" t="s">
-        <v>1050</v>
+        <v>1040</v>
       </c>
       <c r="E390" t="s">
-        <v>1051</v>
+        <v>1043</v>
       </c>
       <c r="F390" t="s">
-        <v>1052</v>
+        <v>1044</v>
       </c>
       <c r="G390" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H390" s="1">
-        <v>1433</v>
+        <v>136</v>
       </c>
       <c r="I390" s="1">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="J390" s="1">
         <v>0</v>
       </c>
       <c r="K390" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L390" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="M390" s="1">
         <v>0</v>
       </c>
       <c r="N390" s="1">
-        <v>92</v>
+        <v>5</v>
       </c>
       <c r="O390" s="1">
-        <v>1500</v>
-[...8 lines deleted...]
-    <row r="391" spans="1:17" x14ac:dyDescent="0.2">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="391" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A391">
         <v>390</v>
       </c>
-      <c r="B391">
+      <c r="B391" s="1">
         <v>5</v>
       </c>
       <c r="C391" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D391" t="s">
-        <v>1053</v>
+        <v>1040</v>
       </c>
       <c r="E391" t="s">
-        <v>1054</v>
+        <v>1045</v>
       </c>
       <c r="F391" t="s">
-        <v>1055</v>
+        <v>1046</v>
       </c>
       <c r="G391" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H391" s="1">
-        <v>990</v>
+        <v>883</v>
       </c>
       <c r="I391" s="1">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="J391" s="1">
         <v>0</v>
       </c>
       <c r="K391" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L391" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="M391" s="1">
         <v>0</v>
       </c>
       <c r="N391" s="1">
         <v>50</v>
       </c>
       <c r="O391" s="1">
-        <v>1050</v>
-[...8 lines deleted...]
-    <row r="392" spans="1:17" x14ac:dyDescent="0.2">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="392" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A392">
         <v>391</v>
       </c>
-      <c r="B392">
+      <c r="B392" s="1">
         <v>5</v>
       </c>
       <c r="C392" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D392" t="s">
-        <v>1056</v>
+        <v>1047</v>
       </c>
       <c r="E392" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
       <c r="F392" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="G392" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H392" s="1">
-        <v>162</v>
+        <v>1433</v>
       </c>
       <c r="I392" s="1">
-        <v>18</v>
+        <v>159</v>
       </c>
       <c r="J392" s="1">
         <v>0</v>
       </c>
       <c r="K392" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L392" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M392" s="1">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="N392" s="1">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="O392" s="1">
-        <v>130</v>
-[...8 lines deleted...]
-    <row r="393" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="393" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A393">
         <v>392</v>
       </c>
-      <c r="B393">
+      <c r="B393" s="1">
         <v>5</v>
       </c>
       <c r="C393" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D393" t="s">
-        <v>1056</v>
+        <v>1050</v>
       </c>
       <c r="E393" t="s">
-        <v>1059</v>
+        <v>1051</v>
       </c>
       <c r="F393" t="s">
-        <v>1060</v>
+        <v>1052</v>
       </c>
       <c r="G393" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H393" s="1">
-        <v>5</v>
+        <v>990</v>
       </c>
       <c r="I393" s="1">
-        <v>0</v>
+        <v>110</v>
       </c>
       <c r="J393" s="1">
         <v>0</v>
       </c>
       <c r="K393" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L393" t="s">
-        <v>153</v>
+        <v>7</v>
       </c>
       <c r="M393" s="1">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="N393" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="O393" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="394" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="394" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A394">
         <v>393</v>
       </c>
-      <c r="B394">
+      <c r="B394" s="1">
         <v>5</v>
       </c>
       <c r="C394" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D394" t="s">
-        <v>1061</v>
+        <v>1053</v>
       </c>
       <c r="E394" t="s">
-        <v>1062</v>
+        <v>1054</v>
       </c>
       <c r="F394" t="s">
-        <v>1063</v>
+        <v>1055</v>
       </c>
       <c r="G394" t="s">
+        <v>12</v>
+      </c>
+      <c r="H394" s="1">
+        <v>162</v>
+      </c>
+      <c r="I394" s="1">
+        <v>18</v>
+      </c>
+      <c r="J394" s="1">
+        <v>0</v>
+      </c>
+      <c r="K394" t="s">
+        <v>13</v>
+      </c>
+      <c r="L394" t="s">
         <v>14</v>
       </c>
-      <c r="H394" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M394" s="1">
-        <v>1200</v>
+        <v>70</v>
       </c>
       <c r="N394" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
       <c r="O394" s="1">
-        <v>500</v>
-[...8 lines deleted...]
-    <row r="395" spans="1:17" x14ac:dyDescent="0.2">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="395" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A395">
         <v>394</v>
       </c>
-      <c r="B395">
+      <c r="B395" s="1">
         <v>5</v>
       </c>
       <c r="C395" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D395" t="s">
-        <v>297</v>
+        <v>1053</v>
       </c>
       <c r="E395" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="F395" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="G395" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H395" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="I395" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J395" s="1">
         <v>0</v>
       </c>
       <c r="K395" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L395" t="s">
-        <v>129</v>
+        <v>150</v>
       </c>
       <c r="M395" s="1">
-        <v>4000</v>
+        <v>4</v>
       </c>
       <c r="N395" s="1">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O395" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="396" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="396" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A396">
         <v>395</v>
       </c>
-      <c r="B396">
+      <c r="B396" s="1">
         <v>5</v>
       </c>
       <c r="C396" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D396" t="s">
-        <v>944</v>
+        <v>1058</v>
       </c>
       <c r="E396" t="s">
-        <v>1066</v>
+        <v>1059</v>
       </c>
       <c r="F396" t="s">
-        <v>1067</v>
+        <v>1060</v>
       </c>
       <c r="G396" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H396" s="1">
-        <v>48</v>
+        <v>900</v>
       </c>
       <c r="I396" s="1">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J396" s="1">
         <v>0</v>
       </c>
       <c r="K396" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L396" t="s">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="M396" s="1">
-        <v>60</v>
+        <v>1200</v>
       </c>
       <c r="N396" s="1">
-        <v>30</v>
+        <v>500</v>
       </c>
       <c r="O396" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="397" spans="1:17" x14ac:dyDescent="0.2">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="397" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A397">
         <v>396</v>
       </c>
-      <c r="B397">
+      <c r="B397" s="1">
         <v>5</v>
       </c>
       <c r="C397" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D397" t="s">
-        <v>1068</v>
+        <v>294</v>
       </c>
       <c r="E397" t="s">
-        <v>1069</v>
+        <v>1061</v>
       </c>
       <c r="F397" t="s">
-        <v>1070</v>
+        <v>1062</v>
       </c>
       <c r="G397" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H397" s="1">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="I397" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="J397" s="1">
         <v>0</v>
       </c>
       <c r="K397" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L397" t="s">
-        <v>74</v>
+        <v>126</v>
       </c>
       <c r="M397" s="1">
-        <v>235</v>
+        <v>4000</v>
       </c>
       <c r="N397" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O397" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="398" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="398" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A398">
         <v>397</v>
       </c>
-      <c r="B398">
+      <c r="B398" s="1">
         <v>5</v>
       </c>
       <c r="C398" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D398" t="s">
-        <v>1071</v>
+        <v>941</v>
       </c>
       <c r="E398" t="s">
-        <v>1072</v>
+        <v>1063</v>
       </c>
       <c r="F398" t="s">
-        <v>1073</v>
+        <v>1064</v>
       </c>
       <c r="G398" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H398" s="1">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="I398" s="1">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J398" s="1">
         <v>0</v>
       </c>
       <c r="K398" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L398" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="M398" s="1">
         <v>60</v>
       </c>
       <c r="N398" s="1">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="O398" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="399" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="399" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A399">
         <v>398</v>
       </c>
-      <c r="B399">
+      <c r="B399" s="1">
         <v>5</v>
       </c>
       <c r="C399" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D399" t="s">
-        <v>1071</v>
+        <v>1065</v>
       </c>
       <c r="E399" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="F399" t="s">
-        <v>1075</v>
+        <v>1067</v>
       </c>
       <c r="G399" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H399" s="1">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I399" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J399" s="1">
         <v>0</v>
       </c>
       <c r="K399" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L399" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M399" s="1">
-        <v>20</v>
+        <v>235</v>
       </c>
       <c r="N399" s="1">
         <v>10</v>
       </c>
       <c r="O399" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="400" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="400" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A400">
         <v>399</v>
       </c>
-      <c r="B400">
+      <c r="B400" s="1">
         <v>5</v>
       </c>
       <c r="C400" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D400" t="s">
-        <v>1071</v>
+        <v>1068</v>
       </c>
       <c r="E400" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
       <c r="F400" t="s">
-        <v>1077</v>
+        <v>1070</v>
       </c>
       <c r="G400" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H400" s="1">
-        <v>480</v>
+        <v>2</v>
       </c>
       <c r="I400" s="1">
-        <v>120</v>
+        <v>0</v>
       </c>
       <c r="J400" s="1">
         <v>0</v>
       </c>
       <c r="K400" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L400" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="M400" s="1">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="N400" s="1">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="O400" s="1">
-        <v>550</v>
-[...8 lines deleted...]
-    <row r="401" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="401" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A401">
         <v>400</v>
       </c>
-      <c r="B401">
+      <c r="B401" s="1">
         <v>5</v>
       </c>
       <c r="C401" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D401" t="s">
-        <v>1078</v>
+        <v>1068</v>
       </c>
       <c r="E401" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="F401" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="G401" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H401" s="1">
-        <v>166</v>
+        <v>16</v>
       </c>
       <c r="I401" s="1">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="J401" s="1">
         <v>0</v>
       </c>
       <c r="K401" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L401" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M401" s="1">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="N401" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="O401" s="1">
-        <v>108</v>
-[...8 lines deleted...]
-    <row r="402" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="402" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A402">
         <v>401</v>
       </c>
-      <c r="B402">
+      <c r="B402" s="1">
         <v>5</v>
       </c>
       <c r="C402" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D402" t="s">
-        <v>308</v>
+        <v>1068</v>
       </c>
       <c r="E402" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
       <c r="F402" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="G402" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H402" s="1">
-        <v>8</v>
+        <v>480</v>
       </c>
       <c r="I402" s="1">
-        <v>2</v>
+        <v>120</v>
       </c>
       <c r="J402" s="1">
         <v>0</v>
       </c>
       <c r="K402" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L402" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M402" s="1">
-        <v>165</v>
+        <v>0</v>
       </c>
       <c r="N402" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="O402" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="403" spans="1:17" x14ac:dyDescent="0.2">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="403" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A403">
         <v>402</v>
       </c>
-      <c r="B403">
+      <c r="B403" s="1">
         <v>5</v>
       </c>
       <c r="C403" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D403" t="s">
-        <v>308</v>
+        <v>1075</v>
       </c>
       <c r="E403" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="F403" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="G403" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H403" s="1">
-        <v>228</v>
+        <v>166</v>
       </c>
       <c r="I403" s="1">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="J403" s="1">
         <v>0</v>
       </c>
       <c r="K403" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L403" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M403" s="1">
         <v>0</v>
       </c>
       <c r="N403" s="1">
-        <v>15</v>
+        <v>100</v>
       </c>
       <c r="O403" s="1">
-        <v>270</v>
-[...8 lines deleted...]
-    <row r="404" spans="1:17" x14ac:dyDescent="0.2">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="404" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A404">
         <v>403</v>
       </c>
-      <c r="B404">
+      <c r="B404" s="1">
         <v>5</v>
       </c>
       <c r="C404" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D404" t="s">
-        <v>246</v>
+        <v>305</v>
       </c>
       <c r="E404" t="s">
-        <v>1085</v>
+        <v>1078</v>
       </c>
       <c r="F404" t="s">
-        <v>1086</v>
+        <v>1079</v>
       </c>
       <c r="G404" t="s">
         <v>5</v>
       </c>
       <c r="H404" s="1">
         <v>8</v>
       </c>
       <c r="I404" s="1">
         <v>2</v>
       </c>
       <c r="J404" s="1">
         <v>0</v>
       </c>
       <c r="K404" t="s">
         <v>6</v>
       </c>
       <c r="L404" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="M404" s="1">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="N404" s="1">
         <v>5</v>
       </c>
       <c r="O404" s="1">
         <v>5</v>
       </c>
-      <c r="P404" t="s">
-[...6 lines deleted...]
-    <row r="405" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="405" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A405">
         <v>404</v>
       </c>
-      <c r="B405">
+      <c r="B405" s="1">
         <v>5</v>
       </c>
       <c r="C405" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D405" t="s">
-        <v>1087</v>
+        <v>305</v>
       </c>
       <c r="E405" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="F405" t="s">
-        <v>1089</v>
+        <v>1081</v>
       </c>
       <c r="G405" t="s">
+        <v>12</v>
+      </c>
+      <c r="H405" s="1">
+        <v>228</v>
+      </c>
+      <c r="I405" s="1">
+        <v>57</v>
+      </c>
+      <c r="J405" s="1">
+        <v>0</v>
+      </c>
+      <c r="K405" t="s">
+        <v>13</v>
+      </c>
+      <c r="L405" t="s">
         <v>14</v>
       </c>
-      <c r="H405" s="1">
-[...2 lines deleted...]
-      <c r="I405" s="1">
+      <c r="M405" s="1">
+        <v>0</v>
+      </c>
+      <c r="N405" s="1">
         <v>15</v>
       </c>
-      <c r="J405" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="O405" s="1">
-        <v>45</v>
-[...8 lines deleted...]
-    <row r="406" spans="1:17" x14ac:dyDescent="0.2">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="406" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A406">
         <v>405</v>
       </c>
-      <c r="B406">
+      <c r="B406" s="1">
         <v>5</v>
       </c>
       <c r="C406" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D406" t="s">
-        <v>1090</v>
+        <v>243</v>
       </c>
       <c r="E406" t="s">
-        <v>1091</v>
+        <v>1082</v>
       </c>
       <c r="F406" t="s">
-        <v>1092</v>
+        <v>1083</v>
       </c>
       <c r="G406" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H406" s="1">
-        <v>128</v>
+        <v>8</v>
       </c>
       <c r="I406" s="1">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="J406" s="1">
         <v>0</v>
       </c>
       <c r="K406" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L406" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="M406" s="1">
-        <v>1097</v>
+        <v>155</v>
       </c>
       <c r="N406" s="1">
-        <v>150</v>
+        <v>5</v>
       </c>
       <c r="O406" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="407" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="407" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A407">
         <v>406</v>
       </c>
-      <c r="B407">
+      <c r="B407" s="1">
         <v>5</v>
       </c>
       <c r="C407" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D407" t="s">
-        <v>347</v>
+        <v>1084</v>
       </c>
       <c r="E407" t="s">
-        <v>1093</v>
+        <v>1085</v>
       </c>
       <c r="F407" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="G407" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H407" s="1">
-        <v>20</v>
+        <v>140</v>
       </c>
       <c r="I407" s="1">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="J407" s="1">
         <v>0</v>
       </c>
       <c r="K407" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L407" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M407" s="1">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="N407" s="1">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="O407" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="408" spans="1:17" x14ac:dyDescent="0.2">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="408" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A408">
         <v>407</v>
       </c>
-      <c r="B408">
+      <c r="B408" s="1">
         <v>5</v>
       </c>
       <c r="C408" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D408" t="s">
-        <v>988</v>
+        <v>1087</v>
       </c>
       <c r="E408" t="s">
-        <v>1095</v>
+        <v>1088</v>
       </c>
       <c r="F408" t="s">
-        <v>1096</v>
+        <v>1089</v>
       </c>
       <c r="G408" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H408" s="1">
-        <v>6</v>
+        <v>128</v>
       </c>
       <c r="I408" s="1">
-        <v>1</v>
+        <v>32</v>
       </c>
       <c r="J408" s="1">
         <v>0</v>
       </c>
       <c r="K408" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L408" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="M408" s="1">
-        <v>178</v>
+        <v>1097</v>
       </c>
       <c r="N408" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="O408" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="409" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="409" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A409">
         <v>408</v>
       </c>
-      <c r="B409">
+      <c r="B409" s="1">
         <v>5</v>
       </c>
       <c r="C409" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D409" t="s">
-        <v>988</v>
+        <v>344</v>
       </c>
       <c r="E409" t="s">
-        <v>1097</v>
+        <v>1090</v>
       </c>
       <c r="F409" t="s">
-        <v>1098</v>
+        <v>1091</v>
       </c>
       <c r="G409" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H409" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I409" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J409" s="1">
         <v>0</v>
       </c>
       <c r="K409" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L409" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M409" s="1">
-        <v>379</v>
+        <v>300</v>
       </c>
       <c r="N409" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O409" s="1">
         <v>5</v>
       </c>
-      <c r="P409" t="s">
-[...6 lines deleted...]
-    <row r="410" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="410" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A410">
         <v>409</v>
       </c>
-      <c r="B410">
+      <c r="B410" s="1">
         <v>5</v>
       </c>
       <c r="C410" t="s">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="D410" t="s">
-        <v>988</v>
+        <v>985</v>
       </c>
       <c r="E410" t="s">
-        <v>1099</v>
+        <v>1092</v>
       </c>
       <c r="F410" t="s">
-        <v>1100</v>
+        <v>1093</v>
       </c>
       <c r="G410" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H410" s="1">
-        <v>183</v>
+        <v>6</v>
       </c>
       <c r="I410" s="1">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="J410" s="1">
         <v>0</v>
       </c>
       <c r="K410" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L410" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M410" s="1">
-        <v>20</v>
+        <v>178</v>
       </c>
       <c r="N410" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O410" s="1">
-        <v>219</v>
-[...8 lines deleted...]
-    <row r="411" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="411" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A411">
         <v>410</v>
       </c>
-      <c r="B411">
+      <c r="B411" s="1">
         <v>5</v>
       </c>
       <c r="C411" t="s">
-        <v>1101</v>
+        <v>1036</v>
       </c>
       <c r="D411" t="s">
-        <v>1102</v>
+        <v>985</v>
       </c>
       <c r="E411" t="s">
-        <v>1103</v>
+        <v>1094</v>
       </c>
       <c r="F411" t="s">
-        <v>1104</v>
+        <v>1095</v>
       </c>
       <c r="G411" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H411" s="1">
-        <v>4000</v>
+        <v>12</v>
       </c>
       <c r="I411" s="1">
-        <v>1000</v>
+        <v>3</v>
       </c>
       <c r="J411" s="1">
         <v>0</v>
       </c>
       <c r="K411" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L411" t="s">
-        <v>129</v>
+        <v>22</v>
       </c>
       <c r="M411" s="1">
-        <v>1</v>
+        <v>379</v>
       </c>
       <c r="N411" s="1">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="O411" s="1">
-        <v>2500</v>
-[...8 lines deleted...]
-    <row r="412" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="412" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A412">
         <v>411</v>
       </c>
-      <c r="B412">
+      <c r="B412" s="1">
         <v>5</v>
       </c>
       <c r="C412" t="s">
-        <v>1101</v>
+        <v>1036</v>
       </c>
       <c r="D412" t="s">
-        <v>1105</v>
+        <v>985</v>
       </c>
       <c r="E412" t="s">
-        <v>1106</v>
+        <v>1096</v>
       </c>
       <c r="F412" t="s">
-        <v>1107</v>
+        <v>1097</v>
       </c>
       <c r="G412" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H412" s="1">
-        <v>68</v>
+        <v>183</v>
       </c>
       <c r="I412" s="1">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="J412" s="1">
         <v>0</v>
       </c>
       <c r="K412" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L412" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M412" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="N412" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="O412" s="1">
-        <v>84</v>
-[...8 lines deleted...]
-    <row r="413" spans="1:17" x14ac:dyDescent="0.2">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="413" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A413">
         <v>412</v>
       </c>
-      <c r="B413">
+      <c r="B413" s="1">
         <v>5</v>
       </c>
       <c r="C413" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F413" t="s">
         <v>1101</v>
       </c>
-      <c r="D413" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G413" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H413" s="1">
-        <v>59</v>
+        <v>4000</v>
       </c>
       <c r="I413" s="1">
-        <v>15</v>
+        <v>1000</v>
       </c>
       <c r="J413" s="1">
         <v>0</v>
       </c>
       <c r="K413" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L413" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="M413" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="N413" s="1">
-        <v>69</v>
+        <v>2500</v>
       </c>
       <c r="O413" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="414" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="414" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A414">
         <v>413</v>
       </c>
-      <c r="B414">
+      <c r="B414" s="1">
         <v>5</v>
       </c>
       <c r="C414" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D414" t="s">
-        <v>869</v>
+        <v>1102</v>
       </c>
       <c r="E414" t="s">
-        <v>1111</v>
+        <v>1103</v>
       </c>
       <c r="F414" t="s">
-        <v>1112</v>
+        <v>1104</v>
       </c>
       <c r="G414" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H414" s="1">
-        <v>8100</v>
+        <v>68</v>
       </c>
       <c r="I414" s="1">
-        <v>900</v>
+        <v>17</v>
       </c>
       <c r="J414" s="1">
         <v>0</v>
       </c>
       <c r="K414" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L414" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M414" s="1">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N414" s="1">
-        <v>3000</v>
+        <v>1</v>
       </c>
       <c r="O414" s="1">
-        <v>6000</v>
-[...8 lines deleted...]
-    <row r="415" spans="1:17" x14ac:dyDescent="0.2">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="415" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A415">
         <v>414</v>
       </c>
-      <c r="B415">
+      <c r="B415" s="1">
         <v>5</v>
       </c>
       <c r="C415" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D415" t="s">
-        <v>1056</v>
+        <v>1105</v>
       </c>
       <c r="E415" t="s">
-        <v>1113</v>
+        <v>1106</v>
       </c>
       <c r="F415" t="s">
-        <v>1114</v>
+        <v>1107</v>
       </c>
       <c r="G415" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H415" s="1">
-        <v>180</v>
+        <v>59</v>
       </c>
       <c r="I415" s="1">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="J415" s="1">
         <v>0</v>
       </c>
       <c r="K415" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L415" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M415" s="1">
-        <v>274</v>
+        <v>4</v>
       </c>
       <c r="N415" s="1">
-        <v>195</v>
+        <v>69</v>
       </c>
       <c r="O415" s="1">
         <v>5</v>
       </c>
-      <c r="P415" t="s">
-[...6 lines deleted...]
-    <row r="416" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="416" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A416">
         <v>415</v>
       </c>
-      <c r="B416">
+      <c r="B416" s="1">
         <v>5</v>
       </c>
       <c r="C416" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D416" t="s">
-        <v>1056</v>
+        <v>866</v>
       </c>
       <c r="E416" t="s">
-        <v>1115</v>
+        <v>1108</v>
       </c>
       <c r="F416" t="s">
-        <v>1116</v>
+        <v>1109</v>
       </c>
       <c r="G416" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H416" s="1">
-        <v>37</v>
+        <v>8100</v>
       </c>
       <c r="I416" s="1">
-        <v>4</v>
+        <v>900</v>
       </c>
       <c r="J416" s="1">
         <v>0</v>
       </c>
       <c r="K416" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L416" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M416" s="1">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="N416" s="1">
-        <v>36</v>
+        <v>3000</v>
       </c>
       <c r="O416" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="417" spans="1:17" x14ac:dyDescent="0.2">
+        <v>6000</v>
+      </c>
+    </row>
+    <row r="417" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A417">
         <v>416</v>
       </c>
-      <c r="B417">
+      <c r="B417" s="1">
         <v>5</v>
       </c>
       <c r="C417" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D417" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="E417" t="s">
-        <v>1117</v>
+        <v>1110</v>
       </c>
       <c r="F417" t="s">
-        <v>1118</v>
+        <v>1111</v>
       </c>
       <c r="G417" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H417" s="1">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="I417" s="1">
         <v>20</v>
       </c>
       <c r="J417" s="1">
         <v>0</v>
       </c>
       <c r="K417" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L417" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="M417" s="1">
-        <v>10</v>
+        <v>274</v>
       </c>
       <c r="N417" s="1">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="O417" s="1">
         <v>5</v>
       </c>
-      <c r="P417" t="s">
-[...6 lines deleted...]
-    <row r="418" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="418" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A418">
         <v>417</v>
       </c>
-      <c r="B418">
+      <c r="B418" s="1">
         <v>5</v>
       </c>
       <c r="C418" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D418" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="E418" t="s">
-        <v>1119</v>
+        <v>1112</v>
       </c>
       <c r="F418" t="s">
-        <v>1120</v>
+        <v>1113</v>
       </c>
       <c r="G418" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H418" s="1">
-        <v>2</v>
+        <v>37</v>
       </c>
       <c r="I418" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J418" s="1">
         <v>0</v>
       </c>
       <c r="K418" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L418" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M418" s="1">
-        <v>2435</v>
+        <v>51</v>
       </c>
       <c r="N418" s="1">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="O418" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="419" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="419" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A419">
         <v>418</v>
       </c>
-      <c r="B419">
+      <c r="B419" s="1">
         <v>5</v>
       </c>
       <c r="C419" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D419" t="s">
-        <v>1056</v>
+        <v>1053</v>
       </c>
       <c r="E419" t="s">
-        <v>1121</v>
+        <v>1114</v>
       </c>
       <c r="F419" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="G419" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H419" s="1">
-        <v>55</v>
+        <v>182</v>
       </c>
       <c r="I419" s="1">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="J419" s="1">
         <v>0</v>
       </c>
       <c r="K419" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L419" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="M419" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="N419" s="1">
-        <v>1</v>
+        <v>197</v>
       </c>
       <c r="O419" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="420" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="420" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A420">
         <v>419</v>
       </c>
-      <c r="B420">
+      <c r="B420" s="1">
         <v>5</v>
       </c>
       <c r="C420" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D420" t="s">
-        <v>297</v>
+        <v>1053</v>
       </c>
       <c r="E420" t="s">
-        <v>1123</v>
+        <v>1116</v>
       </c>
       <c r="F420" t="s">
-        <v>1124</v>
+        <v>1117</v>
       </c>
       <c r="G420" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H420" s="1">
-        <v>900</v>
+        <v>2</v>
       </c>
       <c r="I420" s="1">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J420" s="1">
         <v>0</v>
       </c>
       <c r="K420" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L420" t="s">
-        <v>7</v>
+        <v>42</v>
       </c>
       <c r="M420" s="1">
-        <v>250</v>
+        <v>2435</v>
       </c>
       <c r="N420" s="1">
-        <v>750</v>
+        <v>1</v>
       </c>
       <c r="O420" s="1">
-        <v>250</v>
-[...8 lines deleted...]
-    <row r="421" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="421" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A421">
         <v>420</v>
       </c>
-      <c r="B421">
+      <c r="B421" s="1">
         <v>5</v>
       </c>
       <c r="C421" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D421" t="s">
-        <v>297</v>
+        <v>1053</v>
       </c>
       <c r="E421" t="s">
-        <v>1125</v>
+        <v>1118</v>
       </c>
       <c r="F421" t="s">
-        <v>1126</v>
+        <v>1119</v>
       </c>
       <c r="G421" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H421" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
       <c r="I421" s="1">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="J421" s="1">
         <v>0</v>
       </c>
       <c r="K421" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L421" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M421" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N421" s="1">
-        <v>125</v>
+        <v>1</v>
       </c>
       <c r="O421" s="1">
-        <v>75</v>
-[...8 lines deleted...]
-    <row r="422" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="422" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A422">
         <v>421</v>
       </c>
-      <c r="B422">
+      <c r="B422" s="1">
         <v>5</v>
       </c>
       <c r="C422" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D422" t="s">
-        <v>1127</v>
+        <v>294</v>
       </c>
       <c r="E422" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="F422" t="s">
-        <v>1129</v>
+        <v>1121</v>
       </c>
       <c r="G422" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H422" s="1">
-        <v>440</v>
+        <v>900</v>
       </c>
       <c r="I422" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
       <c r="J422" s="1">
         <v>0</v>
       </c>
       <c r="K422" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L422" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="M422" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
       <c r="N422" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
       <c r="O422" s="1">
-        <v>350</v>
-[...8 lines deleted...]
-    <row r="423" spans="1:17" x14ac:dyDescent="0.2">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="423" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A423">
         <v>422</v>
       </c>
-      <c r="B423">
+      <c r="B423" s="1">
         <v>5</v>
       </c>
       <c r="C423" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D423" t="s">
-        <v>952</v>
+        <v>294</v>
       </c>
       <c r="E423" t="s">
-        <v>1130</v>
+        <v>1122</v>
       </c>
       <c r="F423" t="s">
-        <v>1131</v>
+        <v>1123</v>
       </c>
       <c r="G423" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H423" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
       <c r="I423" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="J423" s="1">
         <v>0</v>
       </c>
       <c r="K423" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L423" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="M423" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N423" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
       <c r="O423" s="1">
-        <v>1100</v>
-[...8 lines deleted...]
-    <row r="424" spans="1:17" x14ac:dyDescent="0.2">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="424" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A424">
         <v>423</v>
       </c>
-      <c r="B424">
+      <c r="B424" s="1">
         <v>5</v>
       </c>
       <c r="C424" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D424" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
       <c r="E424" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
       <c r="F424" t="s">
-        <v>1134</v>
+        <v>1126</v>
       </c>
       <c r="G424" t="s">
+        <v>12</v>
+      </c>
+      <c r="H424" s="1">
+        <v>440</v>
+      </c>
+      <c r="I424" s="1">
+        <v>110</v>
+      </c>
+      <c r="J424" s="1">
+        <v>0</v>
+      </c>
+      <c r="K424" t="s">
+        <v>13</v>
+      </c>
+      <c r="L424" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
       <c r="M424" s="1">
         <v>150</v>
       </c>
       <c r="N424" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="O424" s="1">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="425" spans="1:17" x14ac:dyDescent="0.2">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="425" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A425">
         <v>424</v>
       </c>
-      <c r="B425">
+      <c r="B425" s="1">
         <v>5</v>
       </c>
       <c r="C425" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D425" t="s">
-        <v>1135</v>
+        <v>949</v>
       </c>
       <c r="E425" t="s">
-        <v>1136</v>
+        <v>1127</v>
       </c>
       <c r="F425" t="s">
-        <v>1137</v>
+        <v>1128</v>
       </c>
       <c r="G425" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H425" s="1">
-        <v>113</v>
+        <v>1200</v>
       </c>
       <c r="I425" s="1">
-        <v>28</v>
+        <v>300</v>
       </c>
       <c r="J425" s="1">
         <v>0</v>
       </c>
       <c r="K425" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L425" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="M425" s="1">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="N425" s="1">
-        <v>136</v>
+        <v>400</v>
       </c>
       <c r="O425" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="426" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="426" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A426">
         <v>425</v>
       </c>
-      <c r="B426">
+      <c r="B426" s="1">
         <v>5</v>
       </c>
       <c r="C426" t="s">
-        <v>1101</v>
+        <v>1098</v>
       </c>
       <c r="D426" t="s">
-        <v>96</v>
+        <v>1129</v>
       </c>
       <c r="E426" t="s">
-        <v>1138</v>
+        <v>1130</v>
       </c>
       <c r="F426" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="G426" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H426" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
       <c r="I426" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="J426" s="1">
         <v>0</v>
       </c>
       <c r="K426" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L426" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="M426" s="1">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="N426" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
       <c r="O426" s="1">
-        <v>25</v>
-[...8 lines deleted...]
-    <row r="427" spans="1:17" x14ac:dyDescent="0.2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="427" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A427">
         <v>426</v>
       </c>
-      <c r="B427">
+      <c r="B427" s="1">
         <v>5</v>
       </c>
       <c r="C427" t="s">
-        <v>95</v>
+        <v>1098</v>
       </c>
       <c r="D427" t="s">
-        <v>95</v>
+        <v>1132</v>
       </c>
       <c r="E427" t="s">
-        <v>1140</v>
+        <v>1133</v>
       </c>
       <c r="F427" t="s">
-        <v>1141</v>
+        <v>1134</v>
       </c>
       <c r="G427" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H427" s="1">
-        <v>48</v>
+        <v>113</v>
       </c>
       <c r="I427" s="1">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="J427" s="1">
         <v>0</v>
       </c>
       <c r="K427" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L427" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="M427" s="1">
-        <v>252</v>
+        <v>9</v>
       </c>
       <c r="N427" s="1">
-        <v>50</v>
+        <v>136</v>
       </c>
       <c r="O427" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="428" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="428" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A428">
         <v>427</v>
       </c>
-      <c r="B428">
+      <c r="B428" s="1">
         <v>5</v>
       </c>
       <c r="C428" t="s">
-        <v>95</v>
+        <v>1098</v>
       </c>
       <c r="D428" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E428" t="s">
-        <v>1142</v>
+        <v>1135</v>
       </c>
       <c r="F428" t="s">
-        <v>1143</v>
+        <v>1136</v>
       </c>
       <c r="G428" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H428" s="1">
-        <v>2</v>
+        <v>120</v>
       </c>
       <c r="I428" s="1">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="J428" s="1">
         <v>0</v>
       </c>
       <c r="K428" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L428" t="s">
-        <v>153</v>
+        <v>42</v>
       </c>
       <c r="M428" s="1">
-        <v>107</v>
+        <v>0</v>
       </c>
       <c r="N428" s="1">
-        <v>1</v>
+        <v>125</v>
       </c>
       <c r="O428" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="429" spans="1:17" x14ac:dyDescent="0.2">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="429" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A429">
         <v>428</v>
       </c>
-      <c r="B429">
+      <c r="B429" s="1">
         <v>5</v>
       </c>
       <c r="C429" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D429" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="E429" t="s">
-        <v>1144</v>
+        <v>1137</v>
       </c>
       <c r="F429" t="s">
-        <v>1145</v>
+        <v>1138</v>
       </c>
       <c r="G429" t="s">
         <v>5</v>
       </c>
       <c r="H429" s="1">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="I429" s="1">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="J429" s="1">
         <v>0</v>
       </c>
       <c r="K429" t="s">
         <v>6</v>
       </c>
       <c r="L429" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="M429" s="1">
+        <v>252</v>
+      </c>
+      <c r="N429" s="1">
         <v>50</v>
       </c>
-      <c r="N429" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="O429" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="430" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="430" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A430">
         <v>429</v>
       </c>
-      <c r="B430">
+      <c r="B430" s="1">
         <v>5</v>
       </c>
       <c r="C430" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D430" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E430" t="s">
-        <v>1146</v>
+        <v>1139</v>
       </c>
       <c r="F430" t="s">
-        <v>1147</v>
+        <v>1140</v>
       </c>
       <c r="G430" t="s">
         <v>5</v>
       </c>
       <c r="H430" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I430" s="1">
         <v>0</v>
       </c>
       <c r="J430" s="1">
         <v>0</v>
       </c>
       <c r="K430" t="s">
         <v>6</v>
       </c>
       <c r="L430" t="s">
-        <v>74</v>
+        <v>150</v>
       </c>
       <c r="M430" s="1">
-        <v>86</v>
+        <v>107</v>
       </c>
       <c r="N430" s="1">
         <v>1</v>
       </c>
       <c r="O430" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="431" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="431" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A431">
         <v>430</v>
       </c>
-      <c r="B431">
+      <c r="B431" s="1">
         <v>5</v>
       </c>
       <c r="C431" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D431" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E431" t="s">
-        <v>1148</v>
+        <v>1141</v>
       </c>
       <c r="F431" t="s">
-        <v>1149</v>
+        <v>1142</v>
       </c>
       <c r="G431" t="s">
         <v>5</v>
       </c>
       <c r="H431" s="1">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="I431" s="1">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J431" s="1">
         <v>0</v>
       </c>
       <c r="K431" t="s">
         <v>6</v>
       </c>
       <c r="L431" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="M431" s="1">
-        <v>302</v>
+        <v>50</v>
       </c>
       <c r="N431" s="1">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="O431" s="1">
-        <v>250</v>
-[...8 lines deleted...]
-    <row r="432" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="432" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A432">
         <v>431</v>
       </c>
-      <c r="B432">
+      <c r="B432" s="1">
         <v>5</v>
       </c>
       <c r="C432" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D432" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E432" t="s">
-        <v>1150</v>
+        <v>1143</v>
       </c>
       <c r="F432" t="s">
-        <v>1151</v>
+        <v>1144</v>
       </c>
       <c r="G432" t="s">
         <v>5</v>
       </c>
       <c r="H432" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I432" s="1">
+        <v>0</v>
+      </c>
+      <c r="J432" s="1">
+        <v>0</v>
+      </c>
+      <c r="K432" t="s">
+        <v>6</v>
+      </c>
+      <c r="L432" t="s">
+        <v>72</v>
+      </c>
+      <c r="M432" s="1">
+        <v>86</v>
+      </c>
+      <c r="N432" s="1">
         <v>1</v>
       </c>
-      <c r="J432" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="O432" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="433" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="433" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A433">
         <v>432</v>
       </c>
-      <c r="B433">
+      <c r="B433" s="1">
         <v>5</v>
       </c>
       <c r="C433" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D433" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E433" t="s">
-        <v>1152</v>
+        <v>1145</v>
       </c>
       <c r="F433" t="s">
-        <v>1153</v>
+        <v>1146</v>
       </c>
       <c r="G433" t="s">
         <v>5</v>
       </c>
       <c r="H433" s="1">
-        <v>84</v>
+        <v>400</v>
       </c>
       <c r="I433" s="1">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="J433" s="1">
         <v>0</v>
       </c>
       <c r="K433" t="s">
         <v>6</v>
       </c>
       <c r="L433" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M433" s="1">
-        <v>900</v>
+        <v>302</v>
       </c>
       <c r="N433" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="O433" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="434" spans="1:17" x14ac:dyDescent="0.2">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="434" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A434">
         <v>433</v>
       </c>
-      <c r="B434">
+      <c r="B434" s="1">
         <v>5</v>
       </c>
       <c r="C434" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D434" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E434" t="s">
-        <v>1154</v>
+        <v>1147</v>
       </c>
       <c r="F434" t="s">
-        <v>1155</v>
+        <v>1148</v>
       </c>
       <c r="G434" t="s">
         <v>5</v>
       </c>
       <c r="H434" s="1">
-        <v>560</v>
+        <v>3</v>
       </c>
       <c r="I434" s="1">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="J434" s="1">
         <v>0</v>
       </c>
       <c r="K434" t="s">
         <v>6</v>
       </c>
       <c r="L434" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M434" s="1">
-        <v>1200</v>
+        <v>154</v>
       </c>
       <c r="N434" s="1">
-        <v>350</v>
+        <v>2</v>
       </c>
       <c r="O434" s="1">
-        <v>350</v>
-[...8 lines deleted...]
-    <row r="435" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="435" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A435">
         <v>434</v>
       </c>
-      <c r="B435">
+      <c r="B435" s="1">
         <v>5</v>
       </c>
       <c r="C435" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D435" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E435" t="s">
-        <v>1156</v>
+        <v>1149</v>
       </c>
       <c r="F435" t="s">
-        <v>1157</v>
+        <v>1150</v>
       </c>
       <c r="G435" t="s">
         <v>5</v>
       </c>
       <c r="H435" s="1">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="I435" s="1">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J435" s="1">
         <v>0</v>
       </c>
       <c r="K435" t="s">
         <v>6</v>
       </c>
       <c r="L435" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M435" s="1">
-        <v>602</v>
+        <v>900</v>
       </c>
       <c r="N435" s="1">
         <v>100</v>
       </c>
       <c r="O435" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="436" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="436" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A436">
         <v>435</v>
       </c>
-      <c r="B436">
+      <c r="B436" s="1">
         <v>5</v>
       </c>
       <c r="C436" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D436" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E436" t="s">
-        <v>1158</v>
+        <v>1151</v>
       </c>
       <c r="F436" t="s">
-        <v>1159</v>
+        <v>1152</v>
       </c>
       <c r="G436" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H436" s="1">
-        <v>360</v>
+        <v>560</v>
       </c>
       <c r="I436" s="1">
-        <v>40</v>
+        <v>140</v>
       </c>
       <c r="J436" s="1">
         <v>0</v>
       </c>
       <c r="K436" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L436" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M436" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
       <c r="N436" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
       <c r="O436" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="437" spans="1:17" x14ac:dyDescent="0.2">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="437" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A437">
         <v>436</v>
       </c>
-      <c r="B437">
+      <c r="B437" s="1">
         <v>5</v>
       </c>
       <c r="C437" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D437" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E437" t="s">
-        <v>1160</v>
+        <v>1153</v>
       </c>
       <c r="F437" t="s">
-        <v>1161</v>
+        <v>1154</v>
       </c>
       <c r="G437" t="s">
         <v>5</v>
       </c>
       <c r="H437" s="1">
-        <v>320</v>
+        <v>82</v>
       </c>
       <c r="I437" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="J437" s="1">
         <v>0</v>
       </c>
       <c r="K437" t="s">
         <v>6</v>
       </c>
       <c r="L437" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M437" s="1">
-        <v>989</v>
+        <v>602</v>
       </c>
       <c r="N437" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="O437" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="438" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="438" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A438">
         <v>437</v>
       </c>
-      <c r="B438">
+      <c r="B438" s="1">
         <v>5</v>
       </c>
       <c r="C438" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D438" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E438" t="s">
-        <v>1162</v>
+        <v>1155</v>
       </c>
       <c r="F438" t="s">
-        <v>1163</v>
+        <v>1156</v>
       </c>
       <c r="G438" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H438" s="1">
+        <v>360</v>
+      </c>
+      <c r="I438" s="1">
         <v>40</v>
       </c>
-      <c r="I438" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J438" s="1">
         <v>0</v>
       </c>
       <c r="K438" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L438" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M438" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
       <c r="N438" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
       <c r="O438" s="1">
-        <v>5</v>
-[...8 lines deleted...]
-    <row r="439" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="439" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A439">
         <v>438</v>
       </c>
-      <c r="B439">
+      <c r="B439" s="1">
         <v>5</v>
       </c>
       <c r="C439" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D439" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E439" t="s">
-        <v>1164</v>
+        <v>1157</v>
       </c>
       <c r="F439" t="s">
-        <v>1165</v>
+        <v>1158</v>
       </c>
       <c r="G439" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H439" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
       <c r="I439" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="J439" s="1">
         <v>0</v>
       </c>
       <c r="K439" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L439" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M439" s="1">
-        <v>100</v>
+        <v>989</v>
       </c>
       <c r="N439" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="O439" s="1">
-        <v>300</v>
-[...8 lines deleted...]
-    <row r="440" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="440" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A440">
         <v>439</v>
       </c>
-      <c r="B440">
+      <c r="B440" s="1">
         <v>5</v>
       </c>
       <c r="C440" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D440" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E440" t="s">
-        <v>1166</v>
+        <v>1159</v>
       </c>
       <c r="F440" t="s">
-        <v>1167</v>
+        <v>1160</v>
       </c>
       <c r="G440" t="s">
         <v>5</v>
       </c>
       <c r="H440" s="1">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="I440" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="J440" s="1">
         <v>0</v>
       </c>
       <c r="K440" t="s">
         <v>6</v>
       </c>
       <c r="L440" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M440" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
       <c r="N440" s="1">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="O440" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="441" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="441" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A441">
         <v>440</v>
       </c>
-      <c r="B441">
+      <c r="B441" s="1">
         <v>5</v>
       </c>
       <c r="C441" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D441" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E441" t="s">
-        <v>1168</v>
+        <v>1161</v>
       </c>
       <c r="F441" t="s">
-        <v>1169</v>
+        <v>1162</v>
       </c>
       <c r="G441" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H441" s="1">
-        <v>3</v>
+        <v>360</v>
       </c>
       <c r="I441" s="1">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="J441" s="1">
         <v>0</v>
       </c>
       <c r="K441" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L441" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M441" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="N441" s="1">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="O441" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="442" spans="1:17" x14ac:dyDescent="0.2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="442" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A442">
         <v>441</v>
       </c>
-      <c r="B442">
+      <c r="B442" s="1">
         <v>5</v>
       </c>
       <c r="C442" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D442" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E442" t="s">
-        <v>1170</v>
+        <v>1163</v>
       </c>
       <c r="F442" t="s">
-        <v>1171</v>
+        <v>1164</v>
       </c>
       <c r="G442" t="s">
         <v>5</v>
       </c>
       <c r="H442" s="1">
         <v>1</v>
       </c>
       <c r="I442" s="1">
         <v>0</v>
       </c>
       <c r="J442" s="1">
         <v>0</v>
       </c>
       <c r="K442" t="s">
         <v>6</v>
       </c>
       <c r="L442" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M442" s="1">
         <v>200</v>
       </c>
       <c r="N442" s="1">
         <v>1</v>
       </c>
       <c r="O442" s="1">
         <v>0</v>
       </c>
-      <c r="P442" t="s">
-[...6 lines deleted...]
-    <row r="443" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="443" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A443">
         <v>442</v>
       </c>
-      <c r="B443">
+      <c r="B443" s="1">
         <v>5</v>
       </c>
       <c r="C443" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D443" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E443" t="s">
-        <v>1172</v>
+        <v>1165</v>
       </c>
       <c r="F443" t="s">
-        <v>1173</v>
+        <v>1166</v>
       </c>
       <c r="G443" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H443" s="1">
+        <v>3</v>
+      </c>
+      <c r="I443" s="1">
         <v>1</v>
       </c>
-      <c r="I443" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J443" s="1">
         <v>0</v>
       </c>
       <c r="K443" t="s">
-        <v>302</v>
+        <v>6</v>
       </c>
       <c r="L443" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M443" s="1">
         <v>200</v>
       </c>
       <c r="N443" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O443" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="444" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="444" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A444">
         <v>443</v>
       </c>
-      <c r="B444">
+      <c r="B444" s="1">
         <v>5</v>
       </c>
       <c r="C444" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D444" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E444" t="s">
-        <v>1174</v>
+        <v>1167</v>
       </c>
       <c r="F444" t="s">
-        <v>1175</v>
+        <v>1168</v>
       </c>
       <c r="G444" t="s">
         <v>5</v>
       </c>
       <c r="H444" s="1">
-        <v>320</v>
+        <v>1</v>
       </c>
       <c r="I444" s="1">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="J444" s="1">
         <v>0</v>
       </c>
       <c r="K444" t="s">
         <v>6</v>
       </c>
       <c r="L444" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M444" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="N444" s="1">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="O444" s="1">
-        <v>300</v>
-[...8 lines deleted...]
-    <row r="445" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="445" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A445">
         <v>444</v>
       </c>
-      <c r="B445">
+      <c r="B445" s="1">
         <v>5</v>
       </c>
       <c r="C445" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D445" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E445" t="s">
-        <v>1176</v>
+        <v>1169</v>
       </c>
       <c r="F445" t="s">
-        <v>1177</v>
+        <v>1170</v>
       </c>
       <c r="G445" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H445" s="1">
-        <v>404</v>
+        <v>1</v>
       </c>
       <c r="I445" s="1">
-        <v>101</v>
+        <v>0</v>
       </c>
       <c r="J445" s="1">
         <v>0</v>
       </c>
       <c r="K445" t="s">
-        <v>6</v>
+        <v>299</v>
       </c>
       <c r="L445" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M445" s="1">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="N445" s="1">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="O445" s="1">
-        <v>405</v>
-[...8 lines deleted...]
-    <row r="446" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="446" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A446">
         <v>445</v>
       </c>
-      <c r="B446">
+      <c r="B446" s="1">
         <v>5</v>
       </c>
       <c r="C446" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D446" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E446" t="s">
-        <v>1178</v>
+        <v>1171</v>
       </c>
       <c r="F446" t="s">
-        <v>1179</v>
+        <v>1172</v>
       </c>
       <c r="G446" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H446" s="1">
-        <v>404</v>
+        <v>320</v>
       </c>
       <c r="I446" s="1">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="J446" s="1">
         <v>0</v>
       </c>
       <c r="K446" t="s">
-        <v>302</v>
+        <v>6</v>
       </c>
       <c r="L446" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M446" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="N446" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O446" s="1">
-        <v>500</v>
-[...8 lines deleted...]
-    <row r="447" spans="1:17" x14ac:dyDescent="0.2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="447" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A447">
         <v>446</v>
       </c>
-      <c r="B447">
+      <c r="B447" s="1">
         <v>5</v>
       </c>
       <c r="C447" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D447" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E447" t="s">
-        <v>1180</v>
+        <v>1173</v>
       </c>
       <c r="F447" t="s">
-        <v>1181</v>
+        <v>1174</v>
       </c>
       <c r="G447" t="s">
         <v>5</v>
       </c>
       <c r="H447" s="1">
         <v>404</v>
       </c>
       <c r="I447" s="1">
         <v>101</v>
       </c>
       <c r="J447" s="1">
         <v>0</v>
       </c>
       <c r="K447" t="s">
         <v>6</v>
       </c>
       <c r="L447" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M447" s="1">
         <v>5</v>
       </c>
       <c r="N447" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O447" s="1">
-        <v>500</v>
-[...8 lines deleted...]
-    <row r="448" spans="1:17" x14ac:dyDescent="0.2">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="448" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A448">
         <v>447</v>
       </c>
-      <c r="B448">
+      <c r="B448" s="1">
         <v>5</v>
       </c>
       <c r="C448" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D448" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E448" t="s">
-        <v>1182</v>
+        <v>1175</v>
       </c>
       <c r="F448" t="s">
-        <v>1183</v>
+        <v>1176</v>
       </c>
       <c r="G448" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H448" s="1">
-        <v>10</v>
+        <v>404</v>
       </c>
       <c r="I448" s="1">
-        <v>2</v>
+        <v>101</v>
       </c>
       <c r="J448" s="1">
         <v>0</v>
       </c>
       <c r="K448" t="s">
-        <v>38</v>
+        <v>299</v>
       </c>
       <c r="L448" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M448" s="1">
-        <v>190</v>
+        <v>5</v>
       </c>
       <c r="N448" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O448" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="449" spans="1:17" x14ac:dyDescent="0.2">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="449" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A449">
         <v>448</v>
       </c>
-      <c r="B449">
+      <c r="B449" s="1">
         <v>5</v>
       </c>
       <c r="C449" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D449" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E449" t="s">
-        <v>1184</v>
+        <v>1177</v>
       </c>
       <c r="F449" t="s">
-        <v>1185</v>
+        <v>1178</v>
       </c>
       <c r="G449" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H449" s="1">
-        <v>2</v>
+        <v>404</v>
       </c>
       <c r="I449" s="1">
-        <v>0</v>
+        <v>101</v>
       </c>
       <c r="J449" s="1">
         <v>0</v>
       </c>
       <c r="K449" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L449" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="M449" s="1">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="N449" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="O449" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="450" spans="1:17" x14ac:dyDescent="0.2">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="450" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A450">
         <v>449</v>
       </c>
-      <c r="B450">
+      <c r="B450" s="1">
         <v>5</v>
       </c>
       <c r="C450" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D450" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E450" t="s">
-        <v>1186</v>
+        <v>1179</v>
       </c>
       <c r="F450" t="s">
-        <v>1187</v>
+        <v>1180</v>
       </c>
       <c r="G450" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H450" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I450" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J450" s="1">
         <v>0</v>
       </c>
       <c r="K450" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="L450" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M450" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
       <c r="N450" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="O450" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="451" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="451" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A451">
         <v>450</v>
       </c>
-      <c r="B451">
+      <c r="B451" s="1">
         <v>5</v>
       </c>
       <c r="C451" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D451" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E451" t="s">
-        <v>1188</v>
+        <v>1181</v>
       </c>
       <c r="F451" t="s">
-        <v>1189</v>
+        <v>1182</v>
       </c>
       <c r="G451" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H451" s="1">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="I451" s="1">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="J451" s="1">
         <v>0</v>
       </c>
       <c r="K451" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L451" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="M451" s="1">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="N451" s="1">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="O451" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="452" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="452" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A452">
         <v>451</v>
       </c>
-      <c r="B452">
+      <c r="B452" s="1">
         <v>5</v>
       </c>
       <c r="C452" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D452" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E452" t="s">
-        <v>1190</v>
+        <v>1183</v>
       </c>
       <c r="F452" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
       <c r="G452" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H452" s="1">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="I452" s="1">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J452" s="1">
         <v>0</v>
       </c>
       <c r="K452" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L452" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M452" s="1">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="N452" s="1">
         <v>1</v>
       </c>
       <c r="O452" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="453" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="453" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A453">
         <v>452</v>
       </c>
-      <c r="B453">
+      <c r="B453" s="1">
         <v>5</v>
       </c>
       <c r="C453" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D453" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E453" t="s">
-        <v>1192</v>
+        <v>1185</v>
       </c>
       <c r="F453" t="s">
-        <v>1193</v>
+        <v>1186</v>
       </c>
       <c r="G453" t="s">
         <v>5</v>
       </c>
       <c r="H453" s="1">
-        <v>200</v>
+        <v>48</v>
       </c>
       <c r="I453" s="1">
+        <v>12</v>
+      </c>
+      <c r="J453" s="1">
+        <v>0</v>
+      </c>
+      <c r="K453" t="s">
+        <v>6</v>
+      </c>
+      <c r="L453" t="s">
+        <v>42</v>
+      </c>
+      <c r="M453" s="1">
+        <v>0</v>
+      </c>
+      <c r="N453" s="1">
         <v>50</v>
       </c>
-      <c r="J453" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="O453" s="1">
-        <v>50</v>
-[...8 lines deleted...]
-    <row r="454" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="454" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A454">
         <v>453</v>
       </c>
-      <c r="B454">
+      <c r="B454" s="1">
         <v>5</v>
       </c>
       <c r="C454" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D454" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E454" t="s">
-        <v>1194</v>
+        <v>1187</v>
       </c>
       <c r="F454" t="s">
-        <v>1169</v>
+        <v>1188</v>
       </c>
       <c r="G454" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H454" s="1">
-        <v>161</v>
+        <v>25</v>
       </c>
       <c r="I454" s="1">
-        <v>40</v>
+        <v>6</v>
       </c>
       <c r="J454" s="1">
         <v>0</v>
       </c>
       <c r="K454" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L454" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M454" s="1">
         <v>0</v>
       </c>
       <c r="N454" s="1">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="O454" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="455" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="455" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A455">
         <v>454</v>
       </c>
-      <c r="B455">
+      <c r="B455" s="1">
         <v>5</v>
       </c>
       <c r="C455" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D455" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E455" t="s">
-        <v>1195</v>
+        <v>1189</v>
       </c>
       <c r="F455" t="s">
-        <v>1167</v>
+        <v>1190</v>
       </c>
       <c r="G455" t="s">
         <v>5</v>
       </c>
       <c r="H455" s="1">
-        <v>161</v>
+        <v>200</v>
       </c>
       <c r="I455" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="J455" s="1">
         <v>0</v>
       </c>
       <c r="K455" t="s">
         <v>6</v>
       </c>
       <c r="L455" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M455" s="1">
         <v>0</v>
       </c>
       <c r="N455" s="1">
         <v>200</v>
       </c>
       <c r="O455" s="1">
-        <v>1</v>
-[...8 lines deleted...]
-    <row r="456" spans="1:17" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="456" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A456">
         <v>455</v>
       </c>
-      <c r="B456">
+      <c r="B456" s="1">
         <v>5</v>
       </c>
       <c r="C456" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D456" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E456" t="s">
-        <v>1196</v>
+        <v>1191</v>
       </c>
       <c r="F456" t="s">
-        <v>1197</v>
+        <v>1166</v>
       </c>
       <c r="G456" t="s">
         <v>5</v>
       </c>
       <c r="H456" s="1">
-        <v>640</v>
+        <v>161</v>
       </c>
       <c r="I456" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
       <c r="J456" s="1">
         <v>0</v>
       </c>
       <c r="K456" t="s">
         <v>6</v>
       </c>
       <c r="L456" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M456" s="1">
         <v>0</v>
       </c>
       <c r="N456" s="1">
         <v>200</v>
       </c>
       <c r="O456" s="1">
-        <v>600</v>
-[...8 lines deleted...]
-    <row r="457" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="457" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A457">
         <v>456</v>
       </c>
-      <c r="B457">
+      <c r="B457" s="1">
         <v>5</v>
       </c>
       <c r="C457" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D457" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E457" t="s">
-        <v>1198</v>
+        <v>1192</v>
       </c>
       <c r="F457" t="s">
-        <v>1199</v>
+        <v>1164</v>
       </c>
       <c r="G457" t="s">
         <v>5</v>
       </c>
       <c r="H457" s="1">
-        <v>148</v>
+        <v>161</v>
       </c>
       <c r="I457" s="1">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="J457" s="1">
         <v>0</v>
       </c>
       <c r="K457" t="s">
         <v>6</v>
       </c>
       <c r="L457" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M457" s="1">
         <v>0</v>
       </c>
       <c r="N457" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="O457" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="458" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="458" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A458">
         <v>457</v>
       </c>
-      <c r="B458">
+      <c r="B458" s="1">
         <v>5</v>
       </c>
       <c r="C458" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D458" t="s">
-        <v>1200</v>
+        <v>94</v>
       </c>
       <c r="E458" t="s">
-        <v>1201</v>
+        <v>1193</v>
       </c>
       <c r="F458" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="G458" t="s">
         <v>5</v>
       </c>
       <c r="H458" s="1">
-        <v>96</v>
+        <v>640</v>
       </c>
       <c r="I458" s="1">
-        <v>24</v>
+        <v>160</v>
       </c>
       <c r="J458" s="1">
         <v>0</v>
       </c>
       <c r="K458" t="s">
         <v>6</v>
       </c>
       <c r="L458" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M458" s="1">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="N458" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
       <c r="O458" s="1">
-        <v>45</v>
-[...8 lines deleted...]
-    <row r="459" spans="1:17" x14ac:dyDescent="0.2">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="459" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A459">
         <v>458</v>
       </c>
-      <c r="B459">
+      <c r="B459" s="1">
         <v>5</v>
       </c>
       <c r="C459" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D459" t="s">
-        <v>1200</v>
+        <v>94</v>
       </c>
       <c r="E459" t="s">
-        <v>1203</v>
+        <v>1195</v>
       </c>
       <c r="F459" t="s">
-        <v>1204</v>
+        <v>1196</v>
       </c>
       <c r="G459" t="s">
         <v>5</v>
       </c>
       <c r="H459" s="1">
         <v>148</v>
       </c>
       <c r="I459" s="1">
         <v>37</v>
       </c>
       <c r="J459" s="1">
         <v>0</v>
       </c>
       <c r="K459" t="s">
         <v>6</v>
       </c>
       <c r="L459" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M459" s="1">
         <v>0</v>
       </c>
       <c r="N459" s="1">
         <v>175</v>
       </c>
       <c r="O459" s="1">
         <v>10</v>
       </c>
-      <c r="P459" t="s">
-[...6 lines deleted...]
-    <row r="460" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="460" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A460">
         <v>459</v>
       </c>
-      <c r="B460">
-        <v>6</v>
+      <c r="B460" s="1">
+        <v>5</v>
       </c>
       <c r="C460" t="s">
-        <v>1205</v>
+        <v>93</v>
       </c>
       <c r="D460" t="s">
-        <v>1206</v>
+        <v>94</v>
       </c>
       <c r="E460" t="s">
-        <v>1207</v>
+        <v>1869</v>
       </c>
       <c r="F460" t="s">
-        <v>1208</v>
+        <v>1870</v>
       </c>
       <c r="G460" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H460" s="1">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="I460" s="1">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="J460" s="1">
         <v>0</v>
       </c>
       <c r="K460" t="s">
-        <v>236</v>
+        <v>6</v>
       </c>
       <c r="L460" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="M460" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N460" s="1">
-        <v>3</v>
+        <v>195</v>
       </c>
       <c r="O460" s="1">
-        <v>9</v>
-[...8 lines deleted...]
-    <row r="461" spans="1:17" x14ac:dyDescent="0.2">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="461" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A461">
         <v>460</v>
       </c>
-      <c r="B461">
-        <v>6</v>
+      <c r="B461" s="1">
+        <v>5</v>
       </c>
       <c r="C461" t="s">
-        <v>1205</v>
+        <v>93</v>
       </c>
       <c r="D461" t="s">
-        <v>1206</v>
+        <v>1197</v>
       </c>
       <c r="E461" t="s">
-        <v>1209</v>
+        <v>1198</v>
       </c>
       <c r="F461" t="s">
-        <v>1210</v>
+        <v>1199</v>
       </c>
       <c r="G461" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H461" s="1">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="I461" s="1">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="J461" s="1">
         <v>0</v>
       </c>
       <c r="K461" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L461" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="M461" s="1">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="N461" s="1">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="O461" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="462" spans="1:17" x14ac:dyDescent="0.2">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="462" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A462">
         <v>461</v>
       </c>
-      <c r="B462">
-        <v>6</v>
+      <c r="B462" s="1">
+        <v>5</v>
       </c>
       <c r="C462" t="s">
-        <v>1205</v>
+        <v>93</v>
       </c>
       <c r="D462" t="s">
-        <v>1211</v>
+        <v>1197</v>
       </c>
       <c r="E462" t="s">
-        <v>1212</v>
+        <v>1200</v>
       </c>
       <c r="F462" t="s">
-        <v>1213</v>
+        <v>1201</v>
       </c>
       <c r="G462" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H462" s="1">
-        <v>400</v>
+        <v>148</v>
       </c>
       <c r="I462" s="1">
-        <v>100</v>
+        <v>37</v>
       </c>
       <c r="J462" s="1">
         <v>0</v>
       </c>
       <c r="K462" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L462" t="s">
-        <v>79</v>
+        <v>42</v>
       </c>
       <c r="M462" s="1">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="N462" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
       <c r="O462" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="463" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="463" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A463">
         <v>462</v>
       </c>
-      <c r="B463">
+      <c r="B463" s="1">
         <v>6</v>
       </c>
       <c r="C463" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F463" t="s">
         <v>1205</v>
       </c>
-      <c r="D463" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G463" t="s">
+        <v>12</v>
+      </c>
+      <c r="H463" s="1">
+        <v>10</v>
+      </c>
+      <c r="I463" s="1">
+        <v>2</v>
+      </c>
+      <c r="J463" s="1">
+        <v>0</v>
+      </c>
+      <c r="K463" t="s">
+        <v>233</v>
+      </c>
+      <c r="L463" t="s">
         <v>14</v>
       </c>
-      <c r="H463" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M463" s="1">
-        <v>3344</v>
+        <v>10</v>
       </c>
       <c r="N463" s="1">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="O463" s="1">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="Q463" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="464" spans="1:17" x14ac:dyDescent="0.2">
+    <row r="464" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A464">
         <v>463</v>
       </c>
-      <c r="B464">
+      <c r="B464" s="1">
         <v>6</v>
       </c>
       <c r="C464" t="s">
-        <v>1217</v>
+        <v>1202</v>
       </c>
       <c r="D464" t="s">
-        <v>524</v>
+        <v>1203</v>
       </c>
       <c r="E464" t="s">
-        <v>1218</v>
+        <v>1206</v>
       </c>
       <c r="F464" t="s">
-        <v>1219</v>
+        <v>1207</v>
       </c>
       <c r="G464" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H464" s="1">
-        <v>282</v>
+        <v>40</v>
       </c>
       <c r="I464" s="1">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="J464" s="1">
         <v>0</v>
       </c>
       <c r="K464" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L464" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="M464" s="1">
         <v>0</v>
       </c>
       <c r="N464" s="1">
-        <v>283</v>
+        <v>10</v>
       </c>
       <c r="O464" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="465" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="465" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A465">
         <v>464</v>
       </c>
-      <c r="B465">
+      <c r="B465" s="1">
         <v>6</v>
       </c>
       <c r="C465" t="s">
-        <v>1217</v>
+        <v>1202</v>
       </c>
       <c r="D465" t="s">
-        <v>1220</v>
+        <v>1208</v>
       </c>
       <c r="E465" t="s">
-        <v>1221</v>
+        <v>1209</v>
       </c>
       <c r="F465" t="s">
-        <v>1222</v>
+        <v>1210</v>
       </c>
       <c r="G465" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H465" s="1">
-        <v>4</v>
+        <v>400</v>
       </c>
       <c r="I465" s="1">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="J465" s="1">
         <v>0</v>
       </c>
       <c r="K465" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L465" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="M465" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="N465" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O465" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="466" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="466" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A466">
         <v>465</v>
       </c>
-      <c r="B466">
+      <c r="B466" s="1">
         <v>6</v>
       </c>
       <c r="C466" t="s">
-        <v>1223</v>
+        <v>1202</v>
       </c>
       <c r="D466" t="s">
-        <v>894</v>
+        <v>1211</v>
       </c>
       <c r="E466" t="s">
-        <v>1224</v>
+        <v>1212</v>
       </c>
       <c r="F466" t="s">
-        <v>1225</v>
+        <v>1213</v>
       </c>
       <c r="G466" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H466" s="1">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="I466" s="1">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="J466" s="1">
         <v>0</v>
       </c>
       <c r="K466" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L466" t="s">
-        <v>19</v>
+        <v>126</v>
       </c>
       <c r="M466" s="1">
-        <v>40</v>
+        <v>3344</v>
       </c>
       <c r="N466" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O466" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="467" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="467" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A467">
         <v>466</v>
       </c>
-      <c r="B467">
+      <c r="B467" s="1">
         <v>6</v>
       </c>
       <c r="C467" t="s">
-        <v>1226</v>
+        <v>1214</v>
       </c>
       <c r="D467" t="s">
-        <v>973</v>
+        <v>521</v>
       </c>
       <c r="E467" t="s">
-        <v>1227</v>
+        <v>1215</v>
       </c>
       <c r="F467" t="s">
-        <v>1228</v>
+        <v>1216</v>
       </c>
       <c r="G467" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H467" s="1">
-        <v>240</v>
+        <v>282</v>
       </c>
       <c r="I467" s="1">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="J467" s="1">
         <v>0</v>
       </c>
       <c r="K467" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L467" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="M467" s="1">
         <v>0</v>
       </c>
       <c r="N467" s="1">
-        <v>60</v>
+        <v>283</v>
       </c>
       <c r="O467" s="1">
-        <v>240</v>
-[...8 lines deleted...]
-    <row r="468" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="468" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A468">
         <v>467</v>
       </c>
-      <c r="B468">
+      <c r="B468" s="1">
         <v>6</v>
       </c>
       <c r="C468" t="s">
-        <v>1226</v>
+        <v>1214</v>
       </c>
       <c r="D468" t="s">
-        <v>816</v>
+        <v>1217</v>
       </c>
       <c r="E468" t="s">
-        <v>1229</v>
+        <v>1218</v>
       </c>
       <c r="F468" t="s">
-        <v>1230</v>
+        <v>1219</v>
       </c>
       <c r="G468" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H468" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I468" s="1">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="J468" s="1">
         <v>0</v>
       </c>
       <c r="K468" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="L468" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M468" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="N468" s="1">
         <v>5</v>
       </c>
       <c r="O468" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="469" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="469" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A469">
         <v>468</v>
       </c>
-      <c r="B469">
+      <c r="B469" s="1">
         <v>6</v>
       </c>
       <c r="C469" t="s">
-        <v>1226</v>
+        <v>1220</v>
       </c>
       <c r="D469" t="s">
-        <v>467</v>
+        <v>891</v>
       </c>
       <c r="E469" t="s">
-        <v>1231</v>
+        <v>1221</v>
       </c>
       <c r="F469" t="s">
-        <v>1232</v>
+        <v>1222</v>
       </c>
       <c r="G469" t="s">
         <v>5</v>
       </c>
       <c r="H469" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I469" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="J469" s="1">
         <v>0</v>
       </c>
       <c r="K469" t="s">
-        <v>128</v>
+        <v>6</v>
       </c>
       <c r="L469" t="s">
-        <v>79</v>
+        <v>17</v>
       </c>
       <c r="M469" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
       <c r="N469" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="O469" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="470" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="470" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A470">
         <v>469</v>
       </c>
-      <c r="B470">
+      <c r="B470" s="1">
         <v>6</v>
       </c>
       <c r="C470" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="D470" t="s">
-        <v>467</v>
+        <v>970</v>
       </c>
       <c r="E470" t="s">
-        <v>1233</v>
+        <v>1224</v>
       </c>
       <c r="F470" t="s">
-        <v>1234</v>
+        <v>1225</v>
       </c>
       <c r="G470" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H470" s="1">
-        <v>32</v>
+        <v>240</v>
       </c>
       <c r="I470" s="1">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="J470" s="1">
         <v>0</v>
       </c>
       <c r="K470" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L470" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M470" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N470" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="O470" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="471" spans="1:17" x14ac:dyDescent="0.2">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="471" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A471">
         <v>470</v>
       </c>
-      <c r="B471">
+      <c r="B471" s="1">
         <v>6</v>
       </c>
       <c r="C471" t="s">
-        <v>516</v>
+        <v>1223</v>
       </c>
       <c r="D471" t="s">
-        <v>674</v>
+        <v>813</v>
       </c>
       <c r="E471" t="s">
-        <v>1235</v>
+        <v>1226</v>
       </c>
       <c r="F471" t="s">
-        <v>1236</v>
+        <v>1227</v>
       </c>
       <c r="G471" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H471" s="1">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I471" s="1">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="J471" s="1">
         <v>0</v>
       </c>
       <c r="K471" t="s">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="L471" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="M471" s="1">
-        <v>94</v>
+        <v>30</v>
       </c>
       <c r="N471" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O471" s="1">
-        <v>6</v>
-[...8 lines deleted...]
-    <row r="472" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="472" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A472">
         <v>471</v>
       </c>
-      <c r="B472">
+      <c r="B472" s="1">
         <v>6</v>
       </c>
       <c r="C472" t="s">
-        <v>1237</v>
+        <v>1223</v>
       </c>
       <c r="D472" t="s">
+        <v>464</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1228</v>
+      </c>
+      <c r="F472" t="s">
+        <v>1229</v>
+      </c>
+      <c r="G472" t="s">
+        <v>5</v>
+      </c>
+      <c r="H472" s="1">
+        <v>16</v>
+      </c>
+      <c r="I472" s="1">
+        <v>4</v>
+      </c>
+      <c r="J472" s="1">
+        <v>0</v>
+      </c>
+      <c r="K472" t="s">
         <v>125</v>
       </c>
-      <c r="E472" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="L472" t="s">
-        <v>7</v>
+        <v>77</v>
       </c>
       <c r="M472" s="1">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="N472" s="1">
         <v>20</v>
       </c>
       <c r="O472" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="473" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="473" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A473">
         <v>472</v>
       </c>
-      <c r="B473">
+      <c r="B473" s="1">
         <v>6</v>
       </c>
       <c r="C473" t="s">
-        <v>1240</v>
+        <v>1223</v>
       </c>
       <c r="D473" t="s">
-        <v>362</v>
+        <v>464</v>
       </c>
       <c r="E473" t="s">
-        <v>1241</v>
+        <v>1230</v>
       </c>
       <c r="F473" t="s">
-        <v>1242</v>
+        <v>1231</v>
       </c>
       <c r="G473" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H473" s="1">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="I473" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="J473" s="1">
         <v>0</v>
       </c>
       <c r="K473" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L473" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="M473" s="1">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="N473" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="O473" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="474" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="474" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A474">
         <v>473</v>
       </c>
-      <c r="B474">
+      <c r="B474" s="1">
         <v>6</v>
       </c>
       <c r="C474" t="s">
-        <v>1240</v>
+        <v>513</v>
       </c>
       <c r="D474" t="s">
-        <v>1243</v>
+        <v>671</v>
       </c>
       <c r="E474" t="s">
-        <v>1244</v>
+        <v>1232</v>
       </c>
       <c r="F474" t="s">
-        <v>1245</v>
+        <v>1233</v>
       </c>
       <c r="G474" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H474" s="1">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="I474" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="J474" s="1">
         <v>0</v>
       </c>
       <c r="K474" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L474" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M474" s="1">
-        <v>10</v>
+        <v>94</v>
       </c>
       <c r="N474" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="O474" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="475" spans="1:17" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="475" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A475">
         <v>474</v>
       </c>
-      <c r="B475">
+      <c r="B475" s="1">
         <v>6</v>
       </c>
       <c r="C475" t="s">
-        <v>1240</v>
+        <v>1234</v>
       </c>
       <c r="D475" t="s">
-        <v>467</v>
+        <v>122</v>
       </c>
       <c r="E475" t="s">
-        <v>1246</v>
+        <v>1235</v>
       </c>
       <c r="F475" t="s">
-        <v>1247</v>
+        <v>1236</v>
       </c>
       <c r="G475" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H475" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="I475" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="J475" s="1">
         <v>0</v>
       </c>
       <c r="K475" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L475" t="s">
-        <v>79</v>
+        <v>7</v>
       </c>
       <c r="M475" s="1">
-        <v>200</v>
+        <v>0</v>
       </c>
       <c r="N475" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="O475" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="476" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="476" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A476">
         <v>475</v>
       </c>
-      <c r="B476">
+      <c r="B476" s="1">
         <v>6</v>
       </c>
       <c r="C476" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="D476" t="s">
-        <v>467</v>
+        <v>359</v>
       </c>
       <c r="E476" t="s">
-        <v>1248</v>
+        <v>1238</v>
       </c>
       <c r="F476" t="s">
-        <v>1249</v>
+        <v>1239</v>
       </c>
       <c r="G476" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H476" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
       <c r="I476" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="J476" s="1">
         <v>0</v>
       </c>
       <c r="K476" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L476" t="s">
-        <v>19</v>
+        <v>77</v>
       </c>
       <c r="M476" s="1">
-        <v>300</v>
+        <v>78</v>
       </c>
       <c r="N476" s="1">
         <v>100</v>
       </c>
       <c r="O476" s="1">
         <v>100</v>
       </c>
-      <c r="P476" t="s">
-[...6 lines deleted...]
-    <row r="477" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="477" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A477">
         <v>476</v>
       </c>
-      <c r="B477">
+      <c r="B477" s="1">
         <v>6</v>
       </c>
       <c r="C477" t="s">
-        <v>1250</v>
+        <v>1237</v>
       </c>
       <c r="D477" t="s">
-        <v>816</v>
+        <v>1240</v>
       </c>
       <c r="E477" t="s">
-        <v>1251</v>
+        <v>1241</v>
       </c>
       <c r="F477" t="s">
-        <v>1252</v>
+        <v>1242</v>
       </c>
       <c r="G477" t="s">
         <v>5</v>
       </c>
       <c r="H477" s="1">
-        <v>136</v>
+        <v>40</v>
       </c>
       <c r="I477" s="1">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="J477" s="1">
         <v>0</v>
       </c>
       <c r="K477" t="s">
         <v>6</v>
       </c>
       <c r="L477" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M477" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="N477" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O477" s="1">
-        <v>120</v>
-[...8 lines deleted...]
-    <row r="478" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="478" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A478">
         <v>477</v>
       </c>
-      <c r="B478">
+      <c r="B478" s="1">
         <v>6</v>
       </c>
       <c r="C478" t="s">
-        <v>1250</v>
+        <v>1237</v>
       </c>
       <c r="D478" t="s">
-        <v>1220</v>
+        <v>464</v>
       </c>
       <c r="E478" t="s">
-        <v>1253</v>
+        <v>1243</v>
       </c>
       <c r="F478" t="s">
-        <v>1254</v>
+        <v>1244</v>
       </c>
       <c r="G478" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H478" s="1">
-        <v>104</v>
+        <v>45</v>
       </c>
       <c r="I478" s="1">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="J478" s="1">
         <v>0</v>
       </c>
       <c r="K478" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L478" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="M478" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="N478" s="1">
         <v>50</v>
       </c>
       <c r="O478" s="1">
-        <v>80</v>
-[...8 lines deleted...]
-    <row r="479" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="479" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A479">
         <v>478</v>
       </c>
-      <c r="B479">
+      <c r="B479" s="1">
         <v>6</v>
       </c>
       <c r="C479" t="s">
-        <v>1255</v>
+        <v>1237</v>
       </c>
       <c r="D479" t="s">
-        <v>973</v>
+        <v>464</v>
       </c>
       <c r="E479" t="s">
-        <v>1256</v>
+        <v>1245</v>
       </c>
       <c r="F479" t="s">
-        <v>1257</v>
+        <v>1246</v>
       </c>
       <c r="G479" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H479" s="1">
-        <v>8</v>
+        <v>160</v>
       </c>
       <c r="I479" s="1">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="J479" s="1">
         <v>0</v>
       </c>
       <c r="K479" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L479" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="M479" s="1">
-        <v>2</v>
+        <v>300</v>
       </c>
       <c r="N479" s="1">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="O479" s="1">
-        <v>8</v>
-[...8 lines deleted...]
-    <row r="480" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="480" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A480">
         <v>479</v>
       </c>
-      <c r="B480">
+      <c r="B480" s="1">
         <v>6</v>
       </c>
       <c r="C480" t="s">
-        <v>1258</v>
+        <v>1247</v>
       </c>
       <c r="D480" t="s">
-        <v>869</v>
+        <v>813</v>
       </c>
       <c r="E480" t="s">
-        <v>1259</v>
+        <v>1248</v>
       </c>
       <c r="F480" t="s">
-        <v>1260</v>
+        <v>1249</v>
       </c>
       <c r="G480" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H480" s="1">
-        <v>36</v>
+        <v>136</v>
       </c>
       <c r="I480" s="1">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="J480" s="1">
         <v>0</v>
       </c>
       <c r="K480" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L480" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="M480" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="N480" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O480" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="481" spans="1:17" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="481" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A481">
         <v>480</v>
       </c>
-      <c r="B481">
+      <c r="B481" s="1">
         <v>6</v>
       </c>
       <c r="C481" t="s">
-        <v>1258</v>
+        <v>1247</v>
       </c>
       <c r="D481" t="s">
-        <v>1261</v>
+        <v>1217</v>
       </c>
       <c r="E481" t="s">
-        <v>1262</v>
+        <v>1250</v>
       </c>
       <c r="F481" t="s">
-        <v>1263</v>
+        <v>1251</v>
       </c>
       <c r="G481" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H481" s="1">
-        <v>20</v>
+        <v>104</v>
       </c>
       <c r="I481" s="1">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="J481" s="1">
         <v>0</v>
       </c>
       <c r="K481" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L481" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M481" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="N481" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="O481" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="482" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="482" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A482">
         <v>481</v>
       </c>
-      <c r="B482">
+      <c r="B482" s="1">
         <v>6</v>
       </c>
       <c r="C482" t="s">
-        <v>1258</v>
+        <v>1252</v>
       </c>
       <c r="D482" t="s">
-        <v>1264</v>
+        <v>970</v>
       </c>
       <c r="E482" t="s">
-        <v>1265</v>
+        <v>1253</v>
       </c>
       <c r="F482" t="s">
-        <v>1266</v>
+        <v>1254</v>
       </c>
       <c r="G482" t="s">
         <v>5</v>
       </c>
       <c r="H482" s="1">
         <v>8</v>
       </c>
       <c r="I482" s="1">
         <v>2</v>
       </c>
       <c r="J482" s="1">
         <v>0</v>
       </c>
       <c r="K482" t="s">
         <v>6</v>
       </c>
       <c r="L482" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M482" s="1">
         <v>2</v>
       </c>
       <c r="N482" s="1">
         <v>2</v>
       </c>
       <c r="O482" s="1">
         <v>8</v>
       </c>
-      <c r="P482" t="s">
-[...6 lines deleted...]
-    <row r="483" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="483" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A483">
         <v>482</v>
       </c>
-      <c r="B483">
+      <c r="B483" s="1">
         <v>6</v>
       </c>
       <c r="C483" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D483" t="s">
-        <v>1214</v>
+        <v>866</v>
       </c>
       <c r="E483" t="s">
-        <v>1267</v>
+        <v>1256</v>
       </c>
       <c r="F483" t="s">
-        <v>1268</v>
+        <v>1257</v>
       </c>
       <c r="G483" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H483" s="1">
-        <v>400</v>
+        <v>36</v>
       </c>
       <c r="I483" s="1">
-        <v>100</v>
+        <v>4</v>
       </c>
       <c r="J483" s="1">
         <v>0</v>
       </c>
       <c r="K483" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L483" t="s">
-        <v>129</v>
+        <v>14</v>
       </c>
       <c r="M483" s="1">
-        <v>210</v>
+        <v>10</v>
       </c>
       <c r="N483" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="O483" s="1">
-        <v>500</v>
-[...8 lines deleted...]
-    <row r="484" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="484" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A484">
         <v>483</v>
       </c>
-      <c r="B484">
+      <c r="B484" s="1">
         <v>6</v>
       </c>
       <c r="C484" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D484" t="s">
         <v>1258</v>
       </c>
-      <c r="D484" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E484" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
       <c r="F484" t="s">
-        <v>1270</v>
+        <v>1260</v>
       </c>
       <c r="G484" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H484" s="1">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="I484" s="1">
+        <v>5</v>
+      </c>
+      <c r="J484" s="1">
+        <v>0</v>
+      </c>
+      <c r="K484" t="s">
+        <v>6</v>
+      </c>
+      <c r="L484" t="s">
+        <v>29</v>
+      </c>
+      <c r="M484" s="1">
+        <v>5</v>
+      </c>
+      <c r="N484" s="1">
+        <v>5</v>
+      </c>
+      <c r="O484" s="1">
         <v>20</v>
       </c>
-      <c r="J484" s="1">
-[...24 lines deleted...]
-    <row r="485" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="485" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A485">
         <v>484</v>
       </c>
-      <c r="B485">
+      <c r="B485" s="1">
         <v>6</v>
       </c>
       <c r="C485" t="s">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="D485" t="s">
-        <v>362</v>
+        <v>1261</v>
       </c>
       <c r="E485" t="s">
-        <v>1272</v>
+        <v>1262</v>
       </c>
       <c r="F485" t="s">
-        <v>1273</v>
+        <v>1263</v>
       </c>
       <c r="G485" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H485" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I485" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J485" s="1">
         <v>0</v>
       </c>
       <c r="K485" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L485" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="M485" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="N485" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O485" s="1">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="P485" t="s">
         <v>8</v>
       </c>
-      <c r="Q485" t="s">
-[...3 lines deleted...]
-    <row r="486" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="486" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A486">
         <v>485</v>
       </c>
-      <c r="B486">
+      <c r="B486" s="1">
         <v>6</v>
       </c>
       <c r="C486" t="s">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="D486" t="s">
-        <v>1274</v>
+        <v>1211</v>
       </c>
       <c r="E486" t="s">
-        <v>1275</v>
+        <v>1264</v>
       </c>
       <c r="F486" t="s">
-        <v>1276</v>
+        <v>1265</v>
       </c>
       <c r="G486" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H486" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="I486" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="J486" s="1">
         <v>0</v>
       </c>
       <c r="K486" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L486" t="s">
-        <v>74</v>
+        <v>126</v>
       </c>
       <c r="M486" s="1">
-        <v>5</v>
+        <v>210</v>
       </c>
       <c r="N486" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O486" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="487" spans="1:17" x14ac:dyDescent="0.2">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="487" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A487">
         <v>486</v>
       </c>
-      <c r="B487">
+      <c r="B487" s="1">
         <v>6</v>
       </c>
       <c r="C487" t="s">
-        <v>1271</v>
+        <v>1255</v>
       </c>
       <c r="D487" t="s">
-        <v>674</v>
+        <v>1211</v>
       </c>
       <c r="E487" t="s">
-        <v>1277</v>
+        <v>1266</v>
       </c>
       <c r="F487" t="s">
-        <v>1278</v>
+        <v>1267</v>
       </c>
       <c r="G487" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H487" s="1">
-        <v>16</v>
+        <v>80</v>
       </c>
       <c r="I487" s="1">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="J487" s="1">
         <v>0</v>
       </c>
       <c r="K487" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L487" t="s">
-        <v>79</v>
+        <v>7</v>
       </c>
       <c r="M487" s="1">
-        <v>80</v>
+        <v>0</v>
       </c>
       <c r="N487" s="1">
         <v>20</v>
       </c>
       <c r="O487" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="488" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="488" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A488">
         <v>487</v>
       </c>
-      <c r="B488">
+      <c r="B488" s="1">
         <v>6</v>
       </c>
       <c r="C488" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="D488" t="s">
-        <v>1279</v>
+        <v>359</v>
       </c>
       <c r="E488" t="s">
-        <v>1280</v>
+        <v>1269</v>
       </c>
       <c r="F488" t="s">
-        <v>1281</v>
+        <v>1270</v>
       </c>
       <c r="G488" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H488" s="1">
         <v>12</v>
       </c>
       <c r="I488" s="1">
         <v>3</v>
       </c>
       <c r="J488" s="1">
         <v>0</v>
       </c>
       <c r="K488" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L488" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M488" s="1">
         <v>5</v>
       </c>
       <c r="N488" s="1">
         <v>5</v>
       </c>
       <c r="O488" s="1">
         <v>10</v>
       </c>
-      <c r="P488" t="s">
-[...6 lines deleted...]
-    <row r="489" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="489" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A489">
         <v>488</v>
       </c>
-      <c r="B489">
+      <c r="B489" s="1">
         <v>6</v>
       </c>
       <c r="C489" t="s">
-        <v>1282</v>
+        <v>1268</v>
       </c>
       <c r="D489" t="s">
-        <v>1283</v>
+        <v>1271</v>
       </c>
       <c r="E489" t="s">
-        <v>1284</v>
+        <v>1272</v>
       </c>
       <c r="F489" t="s">
-        <v>1285</v>
+        <v>1273</v>
       </c>
       <c r="G489" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H489" s="1">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I489" s="1">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="J489" s="1">
         <v>0</v>
       </c>
       <c r="K489" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L489" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M489" s="1">
         <v>5</v>
       </c>
       <c r="N489" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O489" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="490" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="490" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A490">
         <v>489</v>
       </c>
-      <c r="B490">
+      <c r="B490" s="1">
         <v>6</v>
       </c>
       <c r="C490" t="s">
-        <v>1282</v>
+        <v>1268</v>
       </c>
       <c r="D490" t="s">
-        <v>1286</v>
+        <v>671</v>
       </c>
       <c r="E490" t="s">
-        <v>1287</v>
+        <v>1274</v>
       </c>
       <c r="F490" t="s">
-        <v>1288</v>
+        <v>1275</v>
       </c>
       <c r="G490" t="s">
         <v>5</v>
       </c>
       <c r="H490" s="1">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="I490" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J490" s="1">
         <v>0</v>
       </c>
       <c r="K490" t="s">
         <v>6</v>
       </c>
       <c r="L490" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="M490" s="1">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="N490" s="1">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="O490" s="1">
-        <v>3</v>
-[...8 lines deleted...]
-    <row r="491" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="491" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A491">
         <v>490</v>
       </c>
-      <c r="B491">
+      <c r="B491" s="1">
         <v>6</v>
       </c>
       <c r="C491" t="s">
-        <v>1289</v>
+        <v>1268</v>
       </c>
       <c r="D491" t="s">
-        <v>869</v>
+        <v>1276</v>
       </c>
       <c r="E491" t="s">
-        <v>1290</v>
+        <v>1277</v>
       </c>
       <c r="F491" t="s">
-        <v>1291</v>
+        <v>1278</v>
       </c>
       <c r="G491" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H491" s="1">
+        <v>12</v>
+      </c>
+      <c r="I491" s="1">
+        <v>3</v>
+      </c>
+      <c r="J491" s="1">
+        <v>0</v>
+      </c>
+      <c r="K491" t="s">
+        <v>6</v>
+      </c>
+      <c r="L491" t="s">
         <v>72</v>
       </c>
-      <c r="I491" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="M491" s="1">
-        <v>235</v>
+        <v>5</v>
       </c>
       <c r="N491" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O491" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="492" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="492" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A492">
         <v>491</v>
       </c>
-      <c r="B492">
+      <c r="B492" s="1">
         <v>6</v>
       </c>
       <c r="C492" t="s">
-        <v>1289</v>
+        <v>1279</v>
       </c>
       <c r="D492" t="s">
-        <v>524</v>
+        <v>1280</v>
       </c>
       <c r="E492" t="s">
-        <v>1292</v>
+        <v>1281</v>
       </c>
       <c r="F492" t="s">
-        <v>1293</v>
+        <v>1282</v>
       </c>
       <c r="G492" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H492" s="1">
-        <v>180</v>
+        <v>32</v>
       </c>
       <c r="I492" s="1">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="J492" s="1">
         <v>0</v>
       </c>
       <c r="K492" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L492" t="s">
-        <v>129</v>
+        <v>22</v>
       </c>
       <c r="M492" s="1">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="N492" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O492" s="1">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="493" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="493" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A493">
         <v>492</v>
       </c>
-      <c r="B493">
+      <c r="B493" s="1">
         <v>6</v>
       </c>
       <c r="C493" t="s">
-        <v>1289</v>
+        <v>1279</v>
       </c>
       <c r="D493" t="s">
-        <v>1294</v>
+        <v>1283</v>
       </c>
       <c r="E493" t="s">
-        <v>1295</v>
+        <v>1284</v>
       </c>
       <c r="F493" t="s">
-        <v>1296</v>
+        <v>1285</v>
       </c>
       <c r="G493" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H493" s="1">
-        <v>120</v>
+        <v>3</v>
       </c>
       <c r="I493" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="J493" s="1">
         <v>0</v>
       </c>
       <c r="K493" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L493" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M493" s="1">
-        <v>273</v>
+        <v>4</v>
       </c>
       <c r="N493" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="O493" s="1">
-        <v>120</v>
-[...8 lines deleted...]
-    <row r="494" spans="1:17" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="494" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A494">
         <v>493</v>
       </c>
-      <c r="B494">
+      <c r="B494" s="1">
         <v>6</v>
       </c>
       <c r="C494" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D494" t="s">
-        <v>1297</v>
+        <v>866</v>
       </c>
       <c r="E494" t="s">
-        <v>1298</v>
+        <v>1287</v>
       </c>
       <c r="F494" t="s">
-        <v>1299</v>
+        <v>1288</v>
       </c>
       <c r="G494" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H494" s="1">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="I494" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="J494" s="1">
         <v>0</v>
       </c>
       <c r="K494" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L494" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="M494" s="1">
-        <v>10</v>
+        <v>235</v>
       </c>
       <c r="N494" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O494" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="495" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="495" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A495">
         <v>494</v>
       </c>
-      <c r="B495">
+      <c r="B495" s="1">
         <v>6</v>
       </c>
       <c r="C495" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D495" t="s">
+        <v>521</v>
+      </c>
+      <c r="E495" t="s">
         <v>1289</v>
       </c>
-      <c r="D495" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F495" t="s">
-        <v>1302</v>
+        <v>1290</v>
       </c>
       <c r="G495" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H495" s="1">
-        <v>824</v>
+        <v>180</v>
       </c>
       <c r="I495" s="1">
-        <v>206</v>
+        <v>20</v>
       </c>
       <c r="J495" s="1">
         <v>0</v>
       </c>
       <c r="K495" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L495" t="s">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="M495" s="1">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="N495" s="1">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="O495" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="496" spans="1:17" x14ac:dyDescent="0.2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="496" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A496">
         <v>495</v>
       </c>
-      <c r="B496">
+      <c r="B496" s="1">
         <v>6</v>
       </c>
       <c r="C496" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D496" t="s">
-        <v>1303</v>
+        <v>1291</v>
       </c>
       <c r="E496" t="s">
-        <v>1304</v>
+        <v>1292</v>
       </c>
       <c r="F496" t="s">
-        <v>1305</v>
+        <v>1293</v>
       </c>
       <c r="G496" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H496" s="1">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I496" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="J496" s="1">
         <v>0</v>
       </c>
       <c r="K496" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L496" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="M496" s="1">
-        <v>40</v>
+        <v>273</v>
       </c>
       <c r="N496" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="O496" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="497" spans="1:17" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="497" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A497">
         <v>496</v>
       </c>
-      <c r="B497">
+      <c r="B497" s="1">
         <v>6</v>
       </c>
       <c r="C497" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D497" t="s">
-        <v>1303</v>
+        <v>1294</v>
       </c>
       <c r="E497" t="s">
-        <v>1306</v>
+        <v>1295</v>
       </c>
       <c r="F497" t="s">
-        <v>1307</v>
+        <v>1296</v>
       </c>
       <c r="G497" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H497" s="1">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I497" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="J497" s="1">
         <v>0</v>
       </c>
       <c r="K497" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L497" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M497" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="N497" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="O497" s="1">
-        <v>8</v>
-[...8 lines deleted...]
-    <row r="498" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="498" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A498">
         <v>497</v>
       </c>
-      <c r="B498">
+      <c r="B498" s="1">
         <v>6</v>
       </c>
       <c r="C498" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D498" t="s">
-        <v>1308</v>
+        <v>1297</v>
       </c>
       <c r="E498" t="s">
-        <v>1309</v>
+        <v>1298</v>
       </c>
       <c r="F498" t="s">
-        <v>1310</v>
+        <v>1299</v>
       </c>
       <c r="G498" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H498" s="1">
-        <v>15</v>
+        <v>824</v>
       </c>
       <c r="I498" s="1">
-        <v>4</v>
+        <v>206</v>
       </c>
       <c r="J498" s="1">
         <v>0</v>
       </c>
       <c r="K498" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L498" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="M498" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N498" s="1">
-        <v>5</v>
+        <v>1000</v>
       </c>
       <c r="O498" s="1">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="499" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="499" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A499">
         <v>498</v>
       </c>
-      <c r="B499">
+      <c r="B499" s="1">
         <v>6</v>
       </c>
       <c r="C499" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D499" t="s">
-        <v>1311</v>
+        <v>1300</v>
       </c>
       <c r="E499" t="s">
-        <v>1312</v>
+        <v>1301</v>
       </c>
       <c r="F499" t="s">
-        <v>1313</v>
+        <v>1302</v>
       </c>
       <c r="G499" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H499" s="1">
+        <v>32</v>
+      </c>
+      <c r="I499" s="1">
+        <v>8</v>
+      </c>
+      <c r="J499" s="1">
+        <v>0</v>
+      </c>
+      <c r="K499" t="s">
+        <v>13</v>
+      </c>
+      <c r="L499" t="s">
+        <v>77</v>
+      </c>
+      <c r="M499" s="1">
         <v>40</v>
-      </c>
-[...13 lines deleted...]
-        <v>10</v>
       </c>
       <c r="N499" s="1">
         <v>10</v>
       </c>
       <c r="O499" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="500" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="500" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A500">
         <v>499</v>
       </c>
-      <c r="B500">
+      <c r="B500" s="1">
         <v>6</v>
       </c>
       <c r="C500" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D500" t="s">
-        <v>1314</v>
+        <v>1300</v>
       </c>
       <c r="E500" t="s">
-        <v>1315</v>
+        <v>1303</v>
       </c>
       <c r="F500" t="s">
-        <v>1316</v>
+        <v>1304</v>
       </c>
       <c r="G500" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H500" s="1">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I500" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="J500" s="1">
         <v>0</v>
       </c>
       <c r="K500" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L500" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M500" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N500" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O500" s="1">
         <v>8</v>
       </c>
-      <c r="P500" t="s">
-[...6 lines deleted...]
-    <row r="501" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="501" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A501">
         <v>500</v>
       </c>
-      <c r="B501">
+      <c r="B501" s="1">
         <v>6</v>
       </c>
       <c r="C501" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D501" t="s">
-        <v>1317</v>
+        <v>1305</v>
       </c>
       <c r="E501" t="s">
-        <v>1318</v>
+        <v>1306</v>
       </c>
       <c r="F501" t="s">
-        <v>1319</v>
+        <v>1307</v>
       </c>
       <c r="G501" t="s">
+        <v>12</v>
+      </c>
+      <c r="H501" s="1">
+        <v>15</v>
+      </c>
+      <c r="I501" s="1">
+        <v>4</v>
+      </c>
+      <c r="J501" s="1">
+        <v>0</v>
+      </c>
+      <c r="K501" t="s">
+        <v>13</v>
+      </c>
+      <c r="L501" t="s">
         <v>14</v>
       </c>
-      <c r="H501" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M501" s="1">
         <v>2</v>
       </c>
       <c r="N501" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O501" s="1">
-        <v>8</v>
-[...8 lines deleted...]
-    <row r="502" spans="1:17" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="502" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A502">
         <v>501</v>
       </c>
-      <c r="B502">
+      <c r="B502" s="1">
         <v>6</v>
       </c>
       <c r="C502" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D502" t="s">
-        <v>1320</v>
+        <v>1308</v>
       </c>
       <c r="E502" t="s">
-        <v>1321</v>
+        <v>1309</v>
       </c>
       <c r="F502" t="s">
-        <v>1322</v>
+        <v>1310</v>
       </c>
       <c r="G502" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H502" s="1">
-        <v>135</v>
+        <v>40</v>
       </c>
       <c r="I502" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="J502" s="1">
         <v>0</v>
       </c>
       <c r="K502" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L502" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M502" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="N502" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O502" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="503" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="503" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A503">
         <v>502</v>
       </c>
-      <c r="B503">
+      <c r="B503" s="1">
         <v>6</v>
       </c>
       <c r="C503" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D503" t="s">
-        <v>1323</v>
+        <v>1311</v>
       </c>
       <c r="E503" t="s">
-        <v>1324</v>
+        <v>1312</v>
       </c>
       <c r="F503" t="s">
-        <v>1325</v>
+        <v>1313</v>
       </c>
       <c r="G503" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H503" s="1">
         <v>10</v>
       </c>
       <c r="I503" s="1">
         <v>3</v>
       </c>
       <c r="J503" s="1">
         <v>0</v>
       </c>
       <c r="K503" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L503" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M503" s="1">
         <v>10</v>
       </c>
       <c r="N503" s="1">
         <v>5</v>
       </c>
       <c r="O503" s="1">
         <v>8</v>
       </c>
-      <c r="P503" t="s">
-[...6 lines deleted...]
-    <row r="504" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="504" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A504">
         <v>503</v>
       </c>
-      <c r="B504">
+      <c r="B504" s="1">
         <v>6</v>
       </c>
       <c r="C504" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D504" t="s">
-        <v>1323</v>
+        <v>1314</v>
       </c>
       <c r="E504" t="s">
-        <v>1326</v>
+        <v>1315</v>
       </c>
       <c r="F504" t="s">
-        <v>1327</v>
+        <v>1316</v>
       </c>
       <c r="G504" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H504" s="1">
-        <v>225</v>
+        <v>8</v>
       </c>
       <c r="I504" s="1">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="J504" s="1">
         <v>0</v>
       </c>
       <c r="K504" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L504" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="M504" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N504" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="O504" s="1">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="P504" t="s">
         <v>8</v>
       </c>
-      <c r="Q504" t="s">
-[...3 lines deleted...]
-    <row r="505" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="505" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A505">
         <v>504</v>
       </c>
-      <c r="B505">
+      <c r="B505" s="1">
         <v>6</v>
       </c>
       <c r="C505" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D505" t="s">
-        <v>308</v>
+        <v>1317</v>
       </c>
       <c r="E505" t="s">
-        <v>1328</v>
+        <v>1318</v>
       </c>
       <c r="F505" t="s">
-        <v>1329</v>
+        <v>1319</v>
       </c>
       <c r="G505" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H505" s="1">
-        <v>16</v>
+        <v>135</v>
       </c>
       <c r="I505" s="1">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="J505" s="1">
         <v>0</v>
       </c>
       <c r="K505" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L505" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M505" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N505" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="O505" s="1">
-        <v>15</v>
-[...8 lines deleted...]
-    <row r="506" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="506" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A506">
         <v>505</v>
       </c>
-      <c r="B506">
+      <c r="B506" s="1">
         <v>6</v>
       </c>
       <c r="C506" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D506" t="s">
-        <v>392</v>
+        <v>1320</v>
       </c>
       <c r="E506" t="s">
-        <v>1330</v>
+        <v>1321</v>
       </c>
       <c r="F506" t="s">
-        <v>1331</v>
+        <v>1322</v>
       </c>
       <c r="G506" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H506" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="I506" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="J506" s="1">
         <v>0</v>
       </c>
       <c r="K506" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L506" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M506" s="1">
         <v>10</v>
       </c>
       <c r="N506" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O506" s="1">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="P506" t="s">
         <v>8</v>
       </c>
-      <c r="Q506" t="s">
-[...3 lines deleted...]
-    <row r="507" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="507" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A507">
         <v>506</v>
       </c>
-      <c r="B507">
+      <c r="B507" s="1">
         <v>6</v>
       </c>
       <c r="C507" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D507" t="s">
-        <v>600</v>
+        <v>1320</v>
       </c>
       <c r="E507" t="s">
-        <v>1332</v>
+        <v>1323</v>
       </c>
       <c r="F507" t="s">
-        <v>1333</v>
+        <v>1324</v>
       </c>
       <c r="G507" t="s">
+        <v>12</v>
+      </c>
+      <c r="H507" s="1">
+        <v>225</v>
+      </c>
+      <c r="I507" s="1">
+        <v>25</v>
+      </c>
+      <c r="J507" s="1">
+        <v>0</v>
+      </c>
+      <c r="K507" t="s">
+        <v>46</v>
+      </c>
+      <c r="L507" t="s">
         <v>14</v>
       </c>
-      <c r="H507" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M507" s="1">
         <v>0</v>
       </c>
       <c r="N507" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="O507" s="1">
-        <v>108</v>
-[...8 lines deleted...]
-    <row r="508" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="508" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A508">
         <v>507</v>
       </c>
-      <c r="B508">
+      <c r="B508" s="1">
         <v>6</v>
       </c>
       <c r="C508" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D508" t="s">
-        <v>1334</v>
+        <v>305</v>
       </c>
       <c r="E508" t="s">
-        <v>1335</v>
+        <v>1325</v>
       </c>
       <c r="F508" t="s">
-        <v>1336</v>
+        <v>1326</v>
       </c>
       <c r="G508" t="s">
         <v>5</v>
       </c>
       <c r="H508" s="1">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I508" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J508" s="1">
         <v>0</v>
       </c>
       <c r="K508" t="s">
         <v>6</v>
       </c>
       <c r="L508" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M508" s="1">
-        <v>70</v>
+        <v>5</v>
       </c>
       <c r="N508" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O508" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="509" spans="1:17" x14ac:dyDescent="0.2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="509" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A509">
         <v>508</v>
       </c>
-      <c r="B509">
+      <c r="B509" s="1">
         <v>6</v>
       </c>
       <c r="C509" t="s">
-        <v>1289</v>
+        <v>1286</v>
       </c>
       <c r="D509" t="s">
-        <v>1337</v>
+        <v>389</v>
       </c>
       <c r="E509" t="s">
-        <v>1338</v>
+        <v>1327</v>
       </c>
       <c r="F509" t="s">
-        <v>1339</v>
+        <v>1328</v>
       </c>
       <c r="G509" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H509" s="1">
-        <v>198</v>
+        <v>40</v>
       </c>
       <c r="I509" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="J509" s="1">
         <v>0</v>
       </c>
       <c r="K509" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L509" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M509" s="1">
-        <v>400</v>
+        <v>10</v>
       </c>
       <c r="N509" s="1">
-        <v>62</v>
+        <v>10</v>
       </c>
       <c r="O509" s="1">
-        <v>186</v>
-[...8 lines deleted...]
-    <row r="510" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="510" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A510">
         <v>509</v>
       </c>
-      <c r="B510">
+      <c r="B510" s="1">
         <v>6</v>
       </c>
       <c r="C510" t="s">
-        <v>1340</v>
+        <v>1286</v>
       </c>
       <c r="D510" t="s">
-        <v>869</v>
+        <v>597</v>
       </c>
       <c r="E510" t="s">
-        <v>1341</v>
+        <v>1329</v>
       </c>
       <c r="F510" t="s">
-        <v>1342</v>
+        <v>1330</v>
       </c>
       <c r="G510" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H510" s="1">
-        <v>17</v>
+        <v>165</v>
       </c>
       <c r="I510" s="1">
-        <v>2</v>
+        <v>41</v>
       </c>
       <c r="J510" s="1">
         <v>0</v>
       </c>
       <c r="K510" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L510" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M510" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N510" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O510" s="1">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="511" spans="1:17" x14ac:dyDescent="0.2">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="511" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A511">
         <v>510</v>
       </c>
-      <c r="B511">
+      <c r="B511" s="1">
         <v>6</v>
       </c>
       <c r="C511" t="s">
-        <v>1340</v>
+        <v>1286</v>
       </c>
       <c r="D511" t="s">
-        <v>869</v>
+        <v>1331</v>
       </c>
       <c r="E511" t="s">
-        <v>1343</v>
+        <v>1332</v>
       </c>
       <c r="F511" t="s">
-        <v>1344</v>
+        <v>1333</v>
       </c>
       <c r="G511" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H511" s="1">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="I511" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J511" s="1">
         <v>0</v>
       </c>
       <c r="K511" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L511" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M511" s="1">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="N511" s="1">
         <v>10</v>
       </c>
       <c r="O511" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="512" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="512" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A512">
         <v>511</v>
       </c>
-      <c r="B512">
+      <c r="B512" s="1">
         <v>6</v>
       </c>
       <c r="C512" t="s">
-        <v>1340</v>
+        <v>1286</v>
       </c>
       <c r="D512" t="s">
-        <v>1214</v>
+        <v>1334</v>
       </c>
       <c r="E512" t="s">
-        <v>1345</v>
+        <v>1335</v>
       </c>
       <c r="F512" t="s">
-        <v>1346</v>
+        <v>1336</v>
       </c>
       <c r="G512" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H512" s="1">
-        <v>12</v>
+        <v>198</v>
       </c>
       <c r="I512" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="J512" s="1">
         <v>0</v>
       </c>
       <c r="K512" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L512" t="s">
-        <v>523</v>
+        <v>22</v>
       </c>
       <c r="M512" s="1">
-        <v>1052</v>
+        <v>400</v>
       </c>
       <c r="N512" s="1">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="O512" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="513" spans="1:17" x14ac:dyDescent="0.2">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="513" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A513">
         <v>512</v>
       </c>
-      <c r="B513">
+      <c r="B513" s="1">
         <v>6</v>
       </c>
       <c r="C513" t="s">
-        <v>1347</v>
+        <v>1337</v>
       </c>
       <c r="D513" t="s">
-        <v>2</v>
+        <v>866</v>
       </c>
       <c r="E513" t="s">
-        <v>1348</v>
+        <v>1338</v>
       </c>
       <c r="F513" t="s">
-        <v>1349</v>
+        <v>1339</v>
       </c>
       <c r="G513" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H513" s="1">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="I513" s="1">
         <v>2</v>
       </c>
       <c r="J513" s="1">
         <v>0</v>
       </c>
       <c r="K513" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L513" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="M513" s="1">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="N513" s="1">
         <v>5</v>
       </c>
       <c r="O513" s="1">
-        <v>3</v>
-[...8 lines deleted...]
-    <row r="514" spans="1:17" x14ac:dyDescent="0.2">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="514" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A514">
         <v>513</v>
       </c>
-      <c r="B514">
+      <c r="B514" s="1">
         <v>6</v>
       </c>
       <c r="C514" t="s">
-        <v>1350</v>
+        <v>1337</v>
       </c>
       <c r="D514" t="s">
-        <v>1351</v>
+        <v>866</v>
       </c>
       <c r="E514" t="s">
-        <v>1352</v>
+        <v>1340</v>
       </c>
       <c r="F514" t="s">
-        <v>1353</v>
+        <v>1341</v>
       </c>
       <c r="G514" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H514" s="1">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="I514" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J514" s="1">
         <v>0</v>
       </c>
       <c r="K514" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L514" t="s">
-        <v>153</v>
+        <v>14</v>
       </c>
       <c r="M514" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="N514" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="O514" s="1">
-        <v>3</v>
-[...8 lines deleted...]
-    <row r="515" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="515" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A515">
         <v>514</v>
       </c>
-      <c r="B515">
+      <c r="B515" s="1">
         <v>6</v>
       </c>
       <c r="C515" t="s">
-        <v>1350</v>
+        <v>1337</v>
       </c>
       <c r="D515" t="s">
-        <v>869</v>
+        <v>1211</v>
       </c>
       <c r="E515" t="s">
-        <v>1354</v>
+        <v>1342</v>
       </c>
       <c r="F515" t="s">
-        <v>1355</v>
+        <v>1343</v>
       </c>
       <c r="G515" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H515" s="1">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I515" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J515" s="1">
         <v>0</v>
       </c>
       <c r="K515" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L515" t="s">
-        <v>7</v>
+        <v>520</v>
       </c>
       <c r="M515" s="1">
-        <v>200</v>
+        <v>1052</v>
       </c>
       <c r="N515" s="1">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="O515" s="1">
         <v>0</v>
       </c>
-      <c r="P515" t="s">
-[...6 lines deleted...]
-    <row r="516" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="516" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A516">
         <v>515</v>
       </c>
-      <c r="B516">
+      <c r="B516" s="1">
         <v>6</v>
       </c>
       <c r="C516" t="s">
-        <v>1350</v>
+        <v>1344</v>
       </c>
       <c r="D516" t="s">
-        <v>869</v>
+        <v>2</v>
       </c>
       <c r="E516" t="s">
-        <v>1356</v>
+        <v>1345</v>
       </c>
       <c r="F516" t="s">
-        <v>1357</v>
+        <v>1346</v>
       </c>
       <c r="G516" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H516" s="1">
-        <v>450</v>
+        <v>6</v>
       </c>
       <c r="I516" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="J516" s="1">
         <v>0</v>
       </c>
       <c r="K516" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L516" t="s">
-        <v>129</v>
+        <v>29</v>
       </c>
       <c r="M516" s="1">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="N516" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="O516" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="517" spans="1:17" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="517" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A517">
         <v>516</v>
       </c>
-      <c r="B517">
+      <c r="B517" s="1">
         <v>6</v>
       </c>
       <c r="C517" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1349</v>
+      </c>
+      <c r="F517" t="s">
         <v>1350</v>
       </c>
-      <c r="D517" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G517" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H517" s="1">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I517" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J517" s="1">
         <v>0</v>
       </c>
       <c r="K517" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L517" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="M517" s="1">
         <v>1</v>
       </c>
       <c r="N517" s="1">
         <v>1</v>
       </c>
       <c r="O517" s="1">
         <v>3</v>
       </c>
-      <c r="P517" t="s">
-[...6 lines deleted...]
-    <row r="518" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="518" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A518">
         <v>517</v>
       </c>
-      <c r="B518">
+      <c r="B518" s="1">
         <v>6</v>
       </c>
       <c r="C518" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D518" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="E518" t="s">
-        <v>1360</v>
+        <v>1351</v>
       </c>
       <c r="F518" t="s">
-        <v>1361</v>
+        <v>1352</v>
       </c>
       <c r="G518" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H518" s="1">
-        <v>225</v>
+        <v>9</v>
       </c>
       <c r="I518" s="1">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="J518" s="1">
         <v>0</v>
       </c>
       <c r="K518" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L518" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="M518" s="1">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="N518" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O518" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="519" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="519" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A519">
         <v>518</v>
       </c>
-      <c r="B519">
+      <c r="B519" s="1">
         <v>6</v>
       </c>
       <c r="C519" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D519" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="E519" t="s">
-        <v>1362</v>
+        <v>1353</v>
       </c>
       <c r="F519" t="s">
-        <v>1363</v>
+        <v>1354</v>
       </c>
       <c r="G519" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H519" s="1">
-        <v>27</v>
+        <v>450</v>
       </c>
       <c r="I519" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="J519" s="1">
         <v>0</v>
       </c>
       <c r="K519" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L519" t="s">
-        <v>74</v>
+        <v>126</v>
       </c>
       <c r="M519" s="1">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="N519" s="1">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="O519" s="1">
-        <v>24</v>
-[...8 lines deleted...]
-    <row r="520" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="520" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A520">
         <v>519</v>
       </c>
-      <c r="B520">
+      <c r="B520" s="1">
         <v>6</v>
       </c>
       <c r="C520" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D520" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="E520" t="s">
-        <v>1364</v>
+        <v>1355</v>
       </c>
       <c r="F520" t="s">
-        <v>1365</v>
+        <v>1356</v>
       </c>
       <c r="G520" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H520" s="1">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I520" s="1">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="J520" s="1">
         <v>0</v>
       </c>
       <c r="K520" t="s">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="L520" t="s">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="M520" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N520" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="O520" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="521" spans="1:17" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="521" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A521">
         <v>520</v>
       </c>
-      <c r="B521">
+      <c r="B521" s="1">
         <v>6</v>
       </c>
       <c r="C521" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D521" t="s">
-        <v>1297</v>
+        <v>866</v>
       </c>
       <c r="E521" t="s">
-        <v>1366</v>
+        <v>1357</v>
       </c>
       <c r="F521" t="s">
-        <v>1367</v>
+        <v>1358</v>
       </c>
       <c r="G521" t="s">
+        <v>12</v>
+      </c>
+      <c r="H521" s="1">
+        <v>225</v>
+      </c>
+      <c r="I521" s="1">
+        <v>25</v>
+      </c>
+      <c r="J521" s="1">
+        <v>0</v>
+      </c>
+      <c r="K521" t="s">
+        <v>13</v>
+      </c>
+      <c r="L521" t="s">
         <v>14</v>
       </c>
-      <c r="H521" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M521" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N521" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O521" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="522" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="522" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A522">
         <v>521</v>
       </c>
-      <c r="B522">
+      <c r="B522" s="1">
         <v>6</v>
       </c>
       <c r="C522" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D522" t="s">
-        <v>1297</v>
+        <v>866</v>
       </c>
       <c r="E522" t="s">
-        <v>1368</v>
+        <v>1359</v>
       </c>
       <c r="F522" t="s">
-        <v>1369</v>
+        <v>1360</v>
       </c>
       <c r="G522" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H522" s="1">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="I522" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J522" s="1">
         <v>0</v>
       </c>
       <c r="K522" t="s">
-        <v>236</v>
+        <v>13</v>
       </c>
       <c r="L522" t="s">
-        <v>153</v>
+        <v>72</v>
       </c>
       <c r="M522" s="1">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N522" s="1">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="O522" s="1">
-        <v>7</v>
-[...8 lines deleted...]
-    <row r="523" spans="1:17" x14ac:dyDescent="0.2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="523" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A523">
         <v>522</v>
       </c>
-      <c r="B523">
+      <c r="B523" s="1">
         <v>6</v>
       </c>
       <c r="C523" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D523" t="s">
-        <v>1370</v>
+        <v>866</v>
       </c>
       <c r="E523" t="s">
-        <v>1371</v>
+        <v>1361</v>
       </c>
       <c r="F523" t="s">
-        <v>1372</v>
+        <v>1362</v>
       </c>
       <c r="G523" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H523" s="1">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="I523" s="1">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="J523" s="1">
         <v>0</v>
       </c>
       <c r="K523" t="s">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="L523" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M523" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N523" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="O523" s="1">
-        <v>45</v>
-[...8 lines deleted...]
-    <row r="524" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="524" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A524">
         <v>523</v>
       </c>
-      <c r="B524">
+      <c r="B524" s="1">
         <v>6</v>
       </c>
       <c r="C524" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D524" t="s">
-        <v>1314</v>
+        <v>1294</v>
       </c>
       <c r="E524" t="s">
-        <v>1373</v>
+        <v>1363</v>
       </c>
       <c r="F524" t="s">
-        <v>1374</v>
+        <v>1364</v>
       </c>
       <c r="G524" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H524" s="1">
-        <v>5</v>
+        <v>32</v>
       </c>
       <c r="I524" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="J524" s="1">
         <v>0</v>
       </c>
       <c r="K524" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L524" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M524" s="1">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="N524" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="O524" s="1">
-        <v>4</v>
-[...8 lines deleted...]
-    <row r="525" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="525" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A525">
         <v>524</v>
       </c>
-      <c r="B525">
+      <c r="B525" s="1">
         <v>6</v>
       </c>
       <c r="C525" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D525" t="s">
-        <v>1211</v>
+        <v>1294</v>
       </c>
       <c r="E525" t="s">
-        <v>1375</v>
+        <v>1365</v>
       </c>
       <c r="F525" t="s">
-        <v>1376</v>
+        <v>1366</v>
       </c>
       <c r="G525" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H525" s="1">
-        <v>32</v>
+        <v>7</v>
       </c>
       <c r="I525" s="1">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="J525" s="1">
         <v>0</v>
       </c>
       <c r="K525" t="s">
-        <v>6</v>
+        <v>233</v>
       </c>
       <c r="L525" t="s">
-        <v>24</v>
+        <v>150</v>
       </c>
       <c r="M525" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="N525" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="O525" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="526" spans="1:17" x14ac:dyDescent="0.2">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="526" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A526">
         <v>525</v>
       </c>
-      <c r="B526">
+      <c r="B526" s="1">
         <v>6</v>
       </c>
       <c r="C526" t="s">
-        <v>1350</v>
+        <v>1347</v>
       </c>
       <c r="D526" t="s">
-        <v>1214</v>
+        <v>1367</v>
       </c>
       <c r="E526" t="s">
-        <v>1377</v>
+        <v>1368</v>
       </c>
       <c r="F526" t="s">
-        <v>1378</v>
+        <v>1369</v>
       </c>
       <c r="G526" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H526" s="1">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="I526" s="1">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="J526" s="1">
         <v>0</v>
       </c>
       <c r="K526" t="s">
+        <v>6</v>
+      </c>
+      <c r="L526" t="s">
+        <v>22</v>
+      </c>
+      <c r="M526" s="1">
+        <v>5</v>
+      </c>
+      <c r="N526" s="1">
         <v>15</v>
       </c>
-      <c r="L526" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O526" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="527" spans="1:17" x14ac:dyDescent="0.2">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="527" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A527">
         <v>526</v>
       </c>
-      <c r="B527">
+      <c r="B527" s="1">
         <v>6</v>
       </c>
       <c r="C527" t="s">
-        <v>1379</v>
+        <v>1347</v>
       </c>
       <c r="D527" t="s">
-        <v>1283</v>
+        <v>1311</v>
       </c>
       <c r="E527" t="s">
-        <v>1380</v>
+        <v>1370</v>
       </c>
       <c r="F527" t="s">
-        <v>1381</v>
+        <v>1371</v>
       </c>
       <c r="G527" t="s">
         <v>5</v>
       </c>
       <c r="H527" s="1">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="I527" s="1">
+        <v>1</v>
+      </c>
+      <c r="J527" s="1">
+        <v>0</v>
+      </c>
+      <c r="K527" t="s">
+        <v>6</v>
+      </c>
+      <c r="L527" t="s">
+        <v>22</v>
+      </c>
+      <c r="M527" s="1">
+        <v>24</v>
+      </c>
+      <c r="N527" s="1">
+        <v>2</v>
+      </c>
+      <c r="O527" s="1">
         <v>4</v>
       </c>
-      <c r="J527" s="1">
-[...24 lines deleted...]
-    <row r="528" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="528" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A528">
         <v>527</v>
       </c>
-      <c r="B528">
+      <c r="B528" s="1">
         <v>6</v>
       </c>
       <c r="C528" t="s">
-        <v>1379</v>
+        <v>1347</v>
       </c>
       <c r="D528" t="s">
-        <v>1382</v>
+        <v>1311</v>
       </c>
       <c r="E528" t="s">
-        <v>1383</v>
+        <v>1871</v>
       </c>
       <c r="F528" t="s">
-        <v>1384</v>
+        <v>1872</v>
       </c>
       <c r="G528" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H528" s="1">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="I528" s="1">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J528" s="1">
         <v>0</v>
       </c>
       <c r="K528" t="s">
-        <v>6</v>
+        <v>233</v>
       </c>
       <c r="L528" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M528" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N528" s="1">
-        <v>5</v>
+        <v>80</v>
       </c>
       <c r="O528" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="529" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="529" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A529">
         <v>528</v>
       </c>
-      <c r="B529">
+      <c r="B529" s="1">
         <v>6</v>
       </c>
       <c r="C529" t="s">
-        <v>1379</v>
+        <v>1347</v>
       </c>
       <c r="D529" t="s">
-        <v>1382</v>
+        <v>1208</v>
       </c>
       <c r="E529" t="s">
-        <v>1385</v>
+        <v>1372</v>
       </c>
       <c r="F529" t="s">
-        <v>1386</v>
+        <v>1373</v>
       </c>
       <c r="G529" t="s">
         <v>5</v>
       </c>
       <c r="H529" s="1">
-        <v>3</v>
+        <v>32</v>
       </c>
       <c r="I529" s="1">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="J529" s="1">
         <v>0</v>
       </c>
       <c r="K529" t="s">
         <v>6</v>
       </c>
       <c r="L529" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M529" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="N529" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="O529" s="1">
-        <v>3</v>
-[...8 lines deleted...]
-    <row r="530" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="530" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A530">
         <v>529</v>
       </c>
-      <c r="B530">
+      <c r="B530" s="1">
         <v>6</v>
       </c>
       <c r="C530" t="s">
-        <v>1387</v>
+        <v>1347</v>
       </c>
       <c r="D530" t="s">
-        <v>362</v>
+        <v>1211</v>
       </c>
       <c r="E530" t="s">
-        <v>1388</v>
+        <v>1374</v>
       </c>
       <c r="F530" t="s">
-        <v>1389</v>
+        <v>1375</v>
       </c>
       <c r="G530" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H530" s="1">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="I530" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="J530" s="1">
         <v>0</v>
       </c>
       <c r="K530" t="s">
-        <v>128</v>
+        <v>13</v>
       </c>
       <c r="L530" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M530" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N530" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O530" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="531" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="531" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A531">
         <v>530</v>
       </c>
-      <c r="B531">
+      <c r="B531" s="1">
         <v>6</v>
       </c>
       <c r="C531" t="s">
-        <v>1387</v>
+        <v>1376</v>
       </c>
       <c r="D531" t="s">
-        <v>362</v>
+        <v>1280</v>
       </c>
       <c r="E531" t="s">
-        <v>1390</v>
+        <v>1377</v>
       </c>
       <c r="F531" t="s">
-        <v>1391</v>
+        <v>1378</v>
       </c>
       <c r="G531" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H531" s="1">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="I531" s="1">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J531" s="1">
         <v>0</v>
       </c>
       <c r="K531" t="s">
+        <v>6</v>
+      </c>
+      <c r="L531" t="s">
+        <v>72</v>
+      </c>
+      <c r="M531" s="1">
+        <v>5</v>
+      </c>
+      <c r="N531" s="1">
+        <v>5</v>
+      </c>
+      <c r="O531" s="1">
         <v>15</v>
       </c>
-      <c r="L531" t="s">
-[...18 lines deleted...]
-    <row r="532" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="532" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A532">
         <v>531</v>
       </c>
-      <c r="B532">
+      <c r="B532" s="1">
         <v>6</v>
       </c>
       <c r="C532" t="s">
-        <v>1387</v>
+        <v>1376</v>
       </c>
       <c r="D532" t="s">
-        <v>538</v>
+        <v>1379</v>
       </c>
       <c r="E532" t="s">
-        <v>1392</v>
+        <v>1380</v>
       </c>
       <c r="F532" t="s">
-        <v>1393</v>
+        <v>1381</v>
       </c>
       <c r="G532" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H532" s="1">
-        <v>160</v>
+        <v>4</v>
       </c>
       <c r="I532" s="1">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="J532" s="1">
         <v>0</v>
       </c>
       <c r="K532" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L532" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M532" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="N532" s="1">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="O532" s="1">
-        <v>160</v>
-[...8 lines deleted...]
-    <row r="533" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="533" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A533">
         <v>532</v>
       </c>
-      <c r="B533">
+      <c r="B533" s="1">
         <v>6</v>
       </c>
       <c r="C533" t="s">
-        <v>1387</v>
+        <v>1376</v>
       </c>
       <c r="D533" t="s">
-        <v>125</v>
+        <v>1379</v>
       </c>
       <c r="E533" t="s">
-        <v>1394</v>
+        <v>1382</v>
       </c>
       <c r="F533" t="s">
-        <v>1395</v>
+        <v>1383</v>
       </c>
       <c r="G533" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H533" s="1">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="I533" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="J533" s="1">
         <v>0</v>
       </c>
       <c r="K533" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L533" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M533" s="1">
         <v>5</v>
       </c>
       <c r="N533" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O533" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="534" spans="1:17" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="534" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A534">
         <v>533</v>
       </c>
-      <c r="B534">
+      <c r="B534" s="1">
         <v>6</v>
       </c>
       <c r="C534" t="s">
-        <v>1396</v>
+        <v>1376</v>
       </c>
       <c r="D534" t="s">
-        <v>362</v>
+        <v>1873</v>
       </c>
       <c r="E534" t="s">
-        <v>1397</v>
+        <v>1874</v>
       </c>
       <c r="F534" t="s">
-        <v>1398</v>
+        <v>1875</v>
       </c>
       <c r="G534" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H534" s="1">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="I534" s="1">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="J534" s="1">
         <v>0</v>
       </c>
       <c r="K534" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L534" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="M534" s="1">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="N534" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="O534" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="535" spans="1:17" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="535" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A535">
         <v>534</v>
       </c>
-      <c r="B535">
+      <c r="B535" s="1">
         <v>6</v>
       </c>
       <c r="C535" t="s">
-        <v>1396</v>
+        <v>1384</v>
       </c>
       <c r="D535" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="E535" t="s">
-        <v>1399</v>
+        <v>1385</v>
       </c>
       <c r="F535" t="s">
-        <v>1400</v>
+        <v>1386</v>
       </c>
       <c r="G535" t="s">
+        <v>5</v>
+      </c>
+      <c r="H535" s="1">
+        <v>20</v>
+      </c>
+      <c r="I535" s="1">
+        <v>5</v>
+      </c>
+      <c r="J535" s="1">
+        <v>0</v>
+      </c>
+      <c r="K535" t="s">
+        <v>125</v>
+      </c>
+      <c r="L535" t="s">
         <v>14</v>
       </c>
-      <c r="H535" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M535" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="N535" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O535" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="536" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="536" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A536">
         <v>535</v>
       </c>
-      <c r="B536">
+      <c r="B536" s="1">
         <v>6</v>
       </c>
       <c r="C536" t="s">
-        <v>1396</v>
+        <v>1384</v>
       </c>
       <c r="D536" t="s">
-        <v>1401</v>
+        <v>359</v>
       </c>
       <c r="E536" t="s">
-        <v>1402</v>
+        <v>1387</v>
       </c>
       <c r="F536" t="s">
-        <v>1403</v>
+        <v>1388</v>
       </c>
       <c r="G536" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H536" s="1">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="I536" s="1">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J536" s="1">
         <v>0</v>
       </c>
       <c r="K536" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L536" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M536" s="1">
-        <v>94</v>
+        <v>10</v>
       </c>
       <c r="N536" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O536" s="1">
-        <v>2</v>
-[...8 lines deleted...]
-    <row r="537" spans="1:17" x14ac:dyDescent="0.2">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="537" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A537">
         <v>536</v>
       </c>
-      <c r="B537">
+      <c r="B537" s="1">
         <v>6</v>
       </c>
       <c r="C537" t="s">
-        <v>1396</v>
+        <v>1384</v>
       </c>
       <c r="D537" t="s">
-        <v>1404</v>
+        <v>535</v>
       </c>
       <c r="E537" t="s">
-        <v>1405</v>
+        <v>1389</v>
       </c>
       <c r="F537" t="s">
-        <v>1406</v>
+        <v>1390</v>
       </c>
       <c r="G537" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H537" s="1">
-        <v>8</v>
+        <v>160</v>
       </c>
       <c r="I537" s="1">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="J537" s="1">
         <v>0</v>
       </c>
       <c r="K537" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L537" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="M537" s="1">
-        <v>210</v>
+        <v>0</v>
       </c>
       <c r="N537" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
       <c r="O537" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="538" spans="1:17" x14ac:dyDescent="0.2">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="538" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A538">
         <v>537</v>
       </c>
-      <c r="B538">
+      <c r="B538" s="1">
         <v>6</v>
       </c>
       <c r="C538" t="s">
-        <v>1396</v>
+        <v>1384</v>
       </c>
       <c r="D538" t="s">
-        <v>1404</v>
+        <v>122</v>
       </c>
       <c r="E538" t="s">
-        <v>1407</v>
+        <v>1391</v>
       </c>
       <c r="F538" t="s">
-        <v>1408</v>
+        <v>1392</v>
       </c>
       <c r="G538" t="s">
+        <v>12</v>
+      </c>
+      <c r="H538" s="1">
+        <v>20</v>
+      </c>
+      <c r="I538" s="1">
+        <v>5</v>
+      </c>
+      <c r="J538" s="1">
+        <v>0</v>
+      </c>
+      <c r="K538" t="s">
+        <v>13</v>
+      </c>
+      <c r="L538" t="s">
         <v>14</v>
       </c>
-      <c r="H538" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M538" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="N538" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O538" s="1">
-        <v>23</v>
-[...8 lines deleted...]
-    <row r="539" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="539" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A539">
         <v>538</v>
       </c>
-      <c r="B539">
+      <c r="B539" s="1">
         <v>6</v>
       </c>
       <c r="C539" t="s">
-        <v>1396</v>
+        <v>1393</v>
       </c>
       <c r="D539" t="s">
-        <v>261</v>
+        <v>359</v>
       </c>
       <c r="E539" t="s">
-        <v>1409</v>
+        <v>1394</v>
       </c>
       <c r="F539" t="s">
-        <v>1410</v>
+        <v>1395</v>
       </c>
       <c r="G539" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H539" s="1">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I539" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J539" s="1">
         <v>0</v>
       </c>
       <c r="K539" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L539" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M539" s="1">
+        <v>15</v>
+      </c>
+      <c r="N539" s="1">
+        <v>5</v>
+      </c>
+      <c r="O539" s="1">
         <v>10</v>
       </c>
-      <c r="N539" s="1">
-[...12 lines deleted...]
-    <row r="540" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="540" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A540">
         <v>539</v>
       </c>
-      <c r="B540">
+      <c r="B540" s="1">
         <v>6</v>
       </c>
       <c r="C540" t="s">
-        <v>1411</v>
+        <v>1393</v>
       </c>
       <c r="D540" t="s">
-        <v>1412</v>
+        <v>359</v>
       </c>
       <c r="E540" t="s">
-        <v>1413</v>
+        <v>1396</v>
       </c>
       <c r="F540" t="s">
-        <v>1414</v>
+        <v>1397</v>
       </c>
       <c r="G540" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H540" s="1">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="I540" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="J540" s="1">
         <v>0</v>
       </c>
       <c r="K540" t="s">
-        <v>6</v>
+        <v>233</v>
       </c>
       <c r="L540" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M540" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N540" s="1">
         <v>10</v>
       </c>
       <c r="O540" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="541" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="541" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A541">
         <v>540</v>
       </c>
-      <c r="B541">
+      <c r="B541" s="1">
         <v>6</v>
       </c>
       <c r="C541" t="s">
-        <v>1411</v>
+        <v>1393</v>
       </c>
       <c r="D541" t="s">
-        <v>1415</v>
+        <v>1398</v>
       </c>
       <c r="E541" t="s">
-        <v>1416</v>
+        <v>1399</v>
       </c>
       <c r="F541" t="s">
-        <v>1417</v>
+        <v>1400</v>
       </c>
       <c r="G541" t="s">
+        <v>12</v>
+      </c>
+      <c r="H541" s="1">
+        <v>4</v>
+      </c>
+      <c r="I541" s="1">
+        <v>0</v>
+      </c>
+      <c r="J541" s="1">
+        <v>0</v>
+      </c>
+      <c r="K541" t="s">
+        <v>46</v>
+      </c>
+      <c r="L541" t="s">
         <v>14</v>
       </c>
-      <c r="H541" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M541" s="1">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="N541" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="O541" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="542" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="542" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A542">
         <v>541</v>
       </c>
-      <c r="B542">
+      <c r="B542" s="1">
         <v>6</v>
       </c>
       <c r="C542" t="s">
-        <v>1411</v>
+        <v>1393</v>
       </c>
       <c r="D542" t="s">
-        <v>1418</v>
+        <v>1401</v>
       </c>
       <c r="E542" t="s">
-        <v>1419</v>
+        <v>1402</v>
       </c>
       <c r="F542" t="s">
-        <v>1420</v>
+        <v>1403</v>
       </c>
       <c r="G542" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H542" s="1">
-        <v>270</v>
+        <v>8</v>
       </c>
       <c r="I542" s="1">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="J542" s="1">
         <v>0</v>
       </c>
       <c r="K542" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L542" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="M542" s="1">
-        <v>0</v>
+        <v>210</v>
       </c>
       <c r="N542" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="O542" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="543" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="543" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A543">
         <v>542</v>
       </c>
-      <c r="B543">
+      <c r="B543" s="1">
         <v>6</v>
       </c>
       <c r="C543" t="s">
-        <v>1411</v>
+        <v>1393</v>
       </c>
       <c r="D543" t="s">
-        <v>1220</v>
+        <v>1401</v>
       </c>
       <c r="E543" t="s">
-        <v>1421</v>
+        <v>1404</v>
       </c>
       <c r="F543" t="s">
-        <v>1422</v>
+        <v>1405</v>
       </c>
       <c r="G543" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H543" s="1">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="I543" s="1">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="J543" s="1">
         <v>0</v>
       </c>
       <c r="K543" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L543" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M543" s="1">
         <v>10</v>
       </c>
       <c r="N543" s="1">
         <v>10</v>
       </c>
       <c r="O543" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="544" spans="1:17" x14ac:dyDescent="0.2">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="544" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A544">
         <v>543</v>
       </c>
-      <c r="B544">
+      <c r="B544" s="1">
         <v>6</v>
       </c>
       <c r="C544" t="s">
-        <v>1411</v>
+        <v>1393</v>
       </c>
       <c r="D544" t="s">
-        <v>467</v>
+        <v>258</v>
       </c>
       <c r="E544" t="s">
-        <v>1423</v>
+        <v>1406</v>
       </c>
       <c r="F544" t="s">
-        <v>1424</v>
+        <v>1407</v>
       </c>
       <c r="G544" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H544" s="1">
-        <v>400</v>
+        <v>32</v>
       </c>
       <c r="I544" s="1">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="J544" s="1">
         <v>0</v>
       </c>
       <c r="K544" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L544" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="M544" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
       <c r="N544" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="O544" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="545" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="545" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A545">
         <v>544</v>
       </c>
-      <c r="B545">
+      <c r="B545" s="1">
         <v>6</v>
       </c>
       <c r="C545" t="s">
-        <v>95</v>
+        <v>1408</v>
       </c>
       <c r="D545" t="s">
-        <v>96</v>
+        <v>1409</v>
       </c>
       <c r="E545" t="s">
-        <v>1425</v>
+        <v>1410</v>
       </c>
       <c r="F545" t="s">
-        <v>1426</v>
+        <v>1411</v>
       </c>
       <c r="G545" t="s">
         <v>5</v>
       </c>
       <c r="H545" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
       <c r="I545" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="J545" s="1">
         <v>0</v>
       </c>
       <c r="K545" t="s">
         <v>6</v>
       </c>
       <c r="L545" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M545" s="1">
-        <v>650</v>
+        <v>10</v>
       </c>
       <c r="N545" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O545" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="546" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="546" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A546">
         <v>545</v>
       </c>
-      <c r="B546">
+      <c r="B546" s="1">
         <v>6</v>
       </c>
       <c r="C546" t="s">
-        <v>95</v>
+        <v>1408</v>
       </c>
       <c r="D546" t="s">
-        <v>96</v>
+        <v>1412</v>
       </c>
       <c r="E546" t="s">
-        <v>1427</v>
+        <v>1413</v>
       </c>
       <c r="F546" t="s">
-        <v>1428</v>
+        <v>1414</v>
       </c>
       <c r="G546" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H546" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="I546" s="1">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="J546" s="1">
         <v>0</v>
       </c>
       <c r="K546" t="s">
-        <v>6</v>
+        <v>233</v>
       </c>
       <c r="L546" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="M546" s="1">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="N546" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O546" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="547" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="547" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A547">
         <v>546</v>
       </c>
-      <c r="B547">
+      <c r="B547" s="1">
         <v>6</v>
       </c>
       <c r="C547" t="s">
-        <v>95</v>
+        <v>1408</v>
       </c>
       <c r="D547" t="s">
-        <v>96</v>
+        <v>1415</v>
       </c>
       <c r="E547" t="s">
-        <v>1429</v>
+        <v>1416</v>
       </c>
       <c r="F547" t="s">
-        <v>1430</v>
+        <v>1417</v>
       </c>
       <c r="G547" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H547" s="1">
-        <v>16</v>
+        <v>270</v>
       </c>
       <c r="I547" s="1">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="J547" s="1">
         <v>0</v>
       </c>
       <c r="K547" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L547" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="M547" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N547" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O547" s="1">
-        <v>15</v>
-[...8 lines deleted...]
-    <row r="548" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="548" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A548">
         <v>547</v>
       </c>
-      <c r="B548">
+      <c r="B548" s="1">
         <v>6</v>
       </c>
       <c r="C548" t="s">
-        <v>95</v>
+        <v>1408</v>
       </c>
       <c r="D548" t="s">
-        <v>96</v>
+        <v>1217</v>
       </c>
       <c r="E548" t="s">
-        <v>1431</v>
+        <v>1418</v>
       </c>
       <c r="F548" t="s">
-        <v>1432</v>
+        <v>1419</v>
       </c>
       <c r="G548" t="s">
         <v>5</v>
       </c>
       <c r="H548" s="1">
-        <v>64</v>
+        <v>32</v>
       </c>
       <c r="I548" s="1">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="J548" s="1">
         <v>0</v>
       </c>
       <c r="K548" t="s">
         <v>6</v>
       </c>
       <c r="L548" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="M548" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="N548" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="O548" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="549" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="549" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A549">
         <v>548</v>
       </c>
-      <c r="B549">
+      <c r="B549" s="1">
         <v>6</v>
       </c>
       <c r="C549" t="s">
-        <v>95</v>
+        <v>1408</v>
       </c>
       <c r="D549" t="s">
-        <v>96</v>
+        <v>464</v>
       </c>
       <c r="E549" t="s">
-        <v>1433</v>
+        <v>1420</v>
       </c>
       <c r="F549" t="s">
-        <v>1434</v>
+        <v>1421</v>
       </c>
       <c r="G549" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H549" s="1">
-        <v>32</v>
+        <v>400</v>
       </c>
       <c r="I549" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="J549" s="1">
         <v>0</v>
       </c>
       <c r="K549" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L549" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="M549" s="1">
-        <v>10</v>
+        <v>300</v>
       </c>
       <c r="N549" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="O549" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="550" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="550" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A550">
         <v>549</v>
       </c>
-      <c r="B550">
+      <c r="B550" s="1">
         <v>6</v>
       </c>
       <c r="C550" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D550" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E550" t="s">
-        <v>1435</v>
+        <v>1422</v>
       </c>
       <c r="F550" t="s">
-        <v>1436</v>
+        <v>1423</v>
       </c>
       <c r="G550" t="s">
         <v>5</v>
       </c>
       <c r="H550" s="1">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I550" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="J550" s="1">
         <v>0</v>
       </c>
       <c r="K550" t="s">
         <v>6</v>
       </c>
       <c r="L550" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M550" s="1">
-        <v>10</v>
+        <v>650</v>
       </c>
       <c r="N550" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O550" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="551" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="551" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A551">
         <v>550</v>
       </c>
-      <c r="B551">
+      <c r="B551" s="1">
         <v>6</v>
       </c>
       <c r="C551" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D551" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E551" t="s">
-        <v>1437</v>
+        <v>1424</v>
       </c>
       <c r="F551" t="s">
-        <v>1438</v>
+        <v>1425</v>
       </c>
       <c r="G551" t="s">
         <v>5</v>
       </c>
       <c r="H551" s="1">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I551" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="J551" s="1">
         <v>0</v>
       </c>
       <c r="K551" t="s">
         <v>6</v>
       </c>
       <c r="L551" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M551" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="N551" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O551" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="552" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="552" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A552">
         <v>551</v>
       </c>
-      <c r="B552">
+      <c r="B552" s="1">
         <v>6</v>
       </c>
       <c r="C552" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D552" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E552" t="s">
-        <v>1439</v>
+        <v>1426</v>
       </c>
       <c r="F552" t="s">
-        <v>1440</v>
+        <v>1427</v>
       </c>
       <c r="G552" t="s">
+        <v>5</v>
+      </c>
+      <c r="H552" s="1">
+        <v>16</v>
+      </c>
+      <c r="I552" s="1">
+        <v>4</v>
+      </c>
+      <c r="J552" s="1">
+        <v>0</v>
+      </c>
+      <c r="K552" t="s">
+        <v>6</v>
+      </c>
+      <c r="L552" t="s">
         <v>14</v>
       </c>
-      <c r="H552" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M552" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="N552" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O552" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="553" spans="1:17" x14ac:dyDescent="0.2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="553" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A553">
         <v>552</v>
       </c>
-      <c r="B553">
+      <c r="B553" s="1">
         <v>6</v>
       </c>
       <c r="C553" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D553" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E553" t="s">
-        <v>1441</v>
+        <v>1428</v>
       </c>
       <c r="F553" t="s">
-        <v>1442</v>
+        <v>1429</v>
       </c>
       <c r="G553" t="s">
         <v>5</v>
       </c>
       <c r="H553" s="1">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="I553" s="1">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="J553" s="1">
         <v>0</v>
       </c>
       <c r="K553" t="s">
         <v>6</v>
       </c>
       <c r="L553" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M553" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="N553" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="O553" s="1">
-        <v>90</v>
-[...8 lines deleted...]
-    <row r="554" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="554" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A554">
         <v>553</v>
       </c>
-      <c r="B554">
+      <c r="B554" s="1">
         <v>6</v>
       </c>
       <c r="C554" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D554" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E554" t="s">
-        <v>1443</v>
+        <v>1430</v>
       </c>
       <c r="F554" t="s">
-        <v>1444</v>
+        <v>1431</v>
       </c>
       <c r="G554" t="s">
         <v>5</v>
       </c>
       <c r="H554" s="1">
         <v>32</v>
       </c>
       <c r="I554" s="1">
         <v>8</v>
       </c>
       <c r="J554" s="1">
         <v>0</v>
       </c>
       <c r="K554" t="s">
         <v>6</v>
       </c>
       <c r="L554" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M554" s="1">
         <v>10</v>
       </c>
       <c r="N554" s="1">
         <v>10</v>
       </c>
       <c r="O554" s="1">
         <v>30</v>
       </c>
-      <c r="P554" t="s">
-[...6 lines deleted...]
-    <row r="555" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="555" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A555">
         <v>554</v>
       </c>
-      <c r="B555">
+      <c r="B555" s="1">
         <v>6</v>
       </c>
       <c r="C555" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D555" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E555" t="s">
-        <v>1445</v>
+        <v>1432</v>
       </c>
       <c r="F555" t="s">
-        <v>1446</v>
+        <v>1433</v>
       </c>
       <c r="G555" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H555" s="1">
-        <v>160</v>
+        <v>32</v>
       </c>
       <c r="I555" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="J555" s="1">
         <v>0</v>
       </c>
       <c r="K555" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L555" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M555" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="N555" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O555" s="1">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="556" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="556" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A556">
         <v>555</v>
       </c>
-      <c r="B556">
+      <c r="B556" s="1">
         <v>6</v>
       </c>
       <c r="C556" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D556" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E556" t="s">
-        <v>1447</v>
+        <v>1434</v>
       </c>
       <c r="F556" t="s">
-        <v>1448</v>
+        <v>1435</v>
       </c>
       <c r="G556" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H556" s="1">
-        <v>90</v>
+        <v>32</v>
       </c>
       <c r="I556" s="1">
+        <v>8</v>
+      </c>
+      <c r="J556" s="1">
+        <v>0</v>
+      </c>
+      <c r="K556" t="s">
+        <v>6</v>
+      </c>
+      <c r="L556" t="s">
+        <v>72</v>
+      </c>
+      <c r="M556" s="1">
         <v>10</v>
       </c>
-      <c r="J556" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="N556" s="1">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="O556" s="1">
-        <v>75</v>
-[...8 lines deleted...]
-    <row r="557" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="557" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A557">
         <v>556</v>
       </c>
-      <c r="B557">
+      <c r="B557" s="1">
         <v>6</v>
       </c>
       <c r="C557" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D557" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E557" t="s">
-        <v>1449</v>
+        <v>1436</v>
       </c>
       <c r="F557" t="s">
-        <v>1450</v>
+        <v>1437</v>
       </c>
       <c r="G557" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H557" s="1">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="I557" s="1">
-        <v>8</v>
+        <v>80</v>
       </c>
       <c r="J557" s="1">
         <v>0</v>
       </c>
       <c r="K557" t="s">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="L557" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M557" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="N557" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O557" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="558" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="558" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A558">
         <v>557</v>
       </c>
-      <c r="B558">
+      <c r="B558" s="1">
         <v>6</v>
       </c>
       <c r="C558" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D558" t="s">
+        <v>94</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1438</v>
+      </c>
+      <c r="F558" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G558" t="s">
+        <v>5</v>
+      </c>
+      <c r="H558" s="1">
         <v>96</v>
       </c>
-      <c r="E558" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I558" s="1">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J558" s="1">
         <v>0</v>
       </c>
       <c r="K558" t="s">
         <v>6</v>
       </c>
       <c r="L558" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M558" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="N558" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="O558" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="559" spans="1:17" x14ac:dyDescent="0.2">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="559" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A559">
         <v>558</v>
       </c>
-      <c r="B559">
+      <c r="B559" s="1">
         <v>6</v>
       </c>
       <c r="C559" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D559" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E559" t="s">
-        <v>1453</v>
+        <v>1440</v>
       </c>
       <c r="F559" t="s">
-        <v>1454</v>
+        <v>1441</v>
       </c>
       <c r="G559" t="s">
         <v>5</v>
       </c>
       <c r="H559" s="1">
-        <v>52</v>
+        <v>32</v>
       </c>
       <c r="I559" s="1">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="J559" s="1">
         <v>0</v>
       </c>
       <c r="K559" t="s">
         <v>6</v>
       </c>
       <c r="L559" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="M559" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="N559" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O559" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="560" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="560" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A560">
         <v>559</v>
       </c>
-      <c r="B560">
+      <c r="B560" s="1">
         <v>6</v>
       </c>
       <c r="C560" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D560" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E560" t="s">
-        <v>1455</v>
+        <v>1442</v>
       </c>
       <c r="F560" t="s">
-        <v>1456</v>
+        <v>1443</v>
       </c>
       <c r="G560" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H560" s="1">
+        <v>160</v>
+      </c>
+      <c r="I560" s="1">
         <v>40</v>
       </c>
-      <c r="I560" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J560" s="1">
         <v>0</v>
       </c>
       <c r="K560" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L560" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M560" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="N560" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O560" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="561" spans="1:17" x14ac:dyDescent="0.2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="561" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A561">
         <v>560</v>
       </c>
-      <c r="B561">
+      <c r="B561" s="1">
         <v>6</v>
       </c>
       <c r="C561" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D561" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E561" t="s">
-        <v>1457</v>
+        <v>1444</v>
       </c>
       <c r="F561" t="s">
-        <v>1458</v>
+        <v>1445</v>
       </c>
       <c r="G561" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H561" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
       <c r="I561" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="J561" s="1">
         <v>0</v>
       </c>
       <c r="K561" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L561" t="s">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="M561" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="N561" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
       <c r="O561" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="562" spans="1:17" x14ac:dyDescent="0.2">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="562" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A562">
         <v>561</v>
       </c>
-      <c r="B562">
+      <c r="B562" s="1">
         <v>6</v>
       </c>
       <c r="C562" t="s">
-        <v>1459</v>
+        <v>93</v>
       </c>
       <c r="D562" t="s">
-        <v>402</v>
+        <v>94</v>
       </c>
       <c r="E562" t="s">
-        <v>1460</v>
+        <v>1446</v>
       </c>
       <c r="F562" t="s">
-        <v>1461</v>
+        <v>1447</v>
       </c>
       <c r="G562" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H562" s="1">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I562" s="1">
+        <v>8</v>
+      </c>
+      <c r="J562" s="1">
+        <v>0</v>
+      </c>
+      <c r="K562" t="s">
+        <v>299</v>
+      </c>
+      <c r="L562" t="s">
+        <v>72</v>
+      </c>
+      <c r="M562" s="1">
         <v>10</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
       <c r="N562" s="1">
         <v>10</v>
       </c>
       <c r="O562" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="563" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="563" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A563">
         <v>562</v>
       </c>
-      <c r="B563">
+      <c r="B563" s="1">
         <v>6</v>
       </c>
       <c r="C563" t="s">
-        <v>1459</v>
+        <v>93</v>
       </c>
       <c r="D563" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="E563" t="s">
-        <v>1462</v>
+        <v>1448</v>
       </c>
       <c r="F563" t="s">
-        <v>1463</v>
+        <v>1449</v>
       </c>
       <c r="G563" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H563" s="1">
-        <v>5</v>
+        <v>64</v>
       </c>
       <c r="I563" s="1">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="J563" s="1">
         <v>0</v>
       </c>
       <c r="K563" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L563" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="M563" s="1">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="N563" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="O563" s="1">
-        <v>4</v>
-[...8 lines deleted...]
-    <row r="564" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="564" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A564">
         <v>563</v>
       </c>
-      <c r="B564">
+      <c r="B564" s="1">
         <v>6</v>
       </c>
       <c r="C564" t="s">
-        <v>1459</v>
+        <v>93</v>
       </c>
       <c r="D564" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="E564" t="s">
-        <v>1464</v>
+        <v>1450</v>
       </c>
       <c r="F564" t="s">
-        <v>1465</v>
+        <v>1451</v>
       </c>
       <c r="G564" t="s">
+        <v>5</v>
+      </c>
+      <c r="H564" s="1">
+        <v>52</v>
+      </c>
+      <c r="I564" s="1">
+        <v>13</v>
+      </c>
+      <c r="J564" s="1">
+        <v>0</v>
+      </c>
+      <c r="K564" t="s">
+        <v>6</v>
+      </c>
+      <c r="L564" t="s">
         <v>14</v>
       </c>
-      <c r="H564" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M564" s="1">
         <v>5</v>
       </c>
       <c r="N564" s="1">
         <v>5</v>
       </c>
       <c r="O564" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="565" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="565" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A565">
         <v>564</v>
       </c>
-      <c r="B565">
+      <c r="B565" s="1">
         <v>6</v>
       </c>
       <c r="C565" t="s">
-        <v>1459</v>
+        <v>93</v>
       </c>
       <c r="D565" t="s">
-        <v>125</v>
+        <v>94</v>
       </c>
       <c r="E565" t="s">
-        <v>1466</v>
+        <v>1452</v>
       </c>
       <c r="F565" t="s">
-        <v>1467</v>
+        <v>1453</v>
       </c>
       <c r="G565" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H565" s="1">
-        <v>4</v>
+        <v>40</v>
       </c>
       <c r="I565" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J565" s="1">
         <v>0</v>
       </c>
       <c r="K565" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L565" t="s">
-        <v>153</v>
+        <v>42</v>
       </c>
       <c r="M565" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="N565" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="O565" s="1">
-        <v>3</v>
-[...8 lines deleted...]
-    <row r="566" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="566" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A566">
         <v>565</v>
       </c>
-      <c r="B566">
+      <c r="B566" s="1">
         <v>6</v>
       </c>
       <c r="C566" t="s">
-        <v>1468</v>
+        <v>93</v>
       </c>
       <c r="D566" t="s">
-        <v>876</v>
+        <v>94</v>
       </c>
       <c r="E566" t="s">
-        <v>1469</v>
+        <v>1454</v>
       </c>
       <c r="F566" t="s">
-        <v>1470</v>
+        <v>1455</v>
       </c>
       <c r="G566" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H566" s="1">
-        <v>72</v>
+        <v>400</v>
       </c>
       <c r="I566" s="1">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="J566" s="1">
         <v>0</v>
       </c>
       <c r="K566" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L566" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="M566" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="N566" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="O566" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="567" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="567" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A567">
         <v>566</v>
       </c>
-      <c r="B567">
+      <c r="B567" s="1">
         <v>6</v>
       </c>
       <c r="C567" t="s">
-        <v>1468</v>
+        <v>1456</v>
       </c>
       <c r="D567" t="s">
-        <v>1471</v>
+        <v>399</v>
       </c>
       <c r="E567" t="s">
-        <v>1472</v>
+        <v>1457</v>
       </c>
       <c r="F567" t="s">
-        <v>1473</v>
+        <v>1458</v>
       </c>
       <c r="G567" t="s">
         <v>5</v>
       </c>
       <c r="H567" s="1">
         <v>40</v>
       </c>
       <c r="I567" s="1">
         <v>10</v>
       </c>
       <c r="J567" s="1">
         <v>0</v>
       </c>
       <c r="K567" t="s">
         <v>6</v>
       </c>
       <c r="L567" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M567" s="1">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="N567" s="1">
         <v>10</v>
       </c>
       <c r="O567" s="1">
         <v>40</v>
       </c>
-      <c r="P567" t="s">
-[...6 lines deleted...]
-    <row r="568" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="568" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A568">
         <v>567</v>
       </c>
-      <c r="B568">
+      <c r="B568" s="1">
         <v>6</v>
       </c>
       <c r="C568" t="s">
-        <v>1468</v>
+        <v>1456</v>
       </c>
       <c r="D568" t="s">
-        <v>1214</v>
+        <v>122</v>
       </c>
       <c r="E568" t="s">
-        <v>1474</v>
+        <v>1459</v>
       </c>
       <c r="F568" t="s">
-        <v>1475</v>
+        <v>1460</v>
       </c>
       <c r="G568" t="s">
+        <v>12</v>
+      </c>
+      <c r="H568" s="1">
+        <v>5</v>
+      </c>
+      <c r="I568" s="1">
+        <v>1</v>
+      </c>
+      <c r="J568" s="1">
+        <v>0</v>
+      </c>
+      <c r="K568" t="s">
+        <v>46</v>
+      </c>
+      <c r="L568" t="s">
         <v>14</v>
       </c>
-      <c r="H568" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M568" s="1">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="N568" s="1">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="O568" s="1">
-        <v>80</v>
-[...8 lines deleted...]
-    <row r="569" spans="1:17" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="569" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A569">
         <v>568</v>
       </c>
-      <c r="B569">
+      <c r="B569" s="1">
         <v>6</v>
       </c>
       <c r="C569" t="s">
-        <v>1240</v>
+        <v>1456</v>
       </c>
       <c r="D569" t="s">
-        <v>1243</v>
+        <v>122</v>
       </c>
       <c r="E569" t="s">
-        <v>1476</v>
+        <v>1461</v>
       </c>
       <c r="F569" t="s">
-        <v>1477</v>
+        <v>1462</v>
       </c>
       <c r="G569" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H569" s="1">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="I569" s="1">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="J569" s="1">
         <v>0</v>
       </c>
       <c r="K569" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L569" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="M569" s="1">
-        <v>393</v>
+        <v>5</v>
       </c>
       <c r="N569" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="O569" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="570" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="570" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A570">
         <v>569</v>
       </c>
-      <c r="B570">
+      <c r="B570" s="1">
         <v>6</v>
       </c>
       <c r="C570" t="s">
-        <v>1240</v>
+        <v>1456</v>
       </c>
       <c r="D570" t="s">
-        <v>1243</v>
+        <v>122</v>
       </c>
       <c r="E570" t="s">
-        <v>1478</v>
+        <v>1463</v>
       </c>
       <c r="F570" t="s">
-        <v>1479</v>
+        <v>1464</v>
       </c>
       <c r="G570" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H570" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I570" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="J570" s="1">
         <v>0</v>
       </c>
       <c r="K570" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L570" t="s">
-        <v>79</v>
+        <v>150</v>
       </c>
       <c r="M570" s="1">
-        <v>1203</v>
+        <v>2</v>
       </c>
       <c r="N570" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="O570" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="571" spans="1:17" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="571" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A571">
         <v>570</v>
       </c>
-      <c r="B571">
+      <c r="B571" s="1">
         <v>6</v>
       </c>
       <c r="C571" t="s">
-        <v>1240</v>
+        <v>1465</v>
       </c>
       <c r="D571" t="s">
-        <v>1243</v>
+        <v>873</v>
       </c>
       <c r="E571" t="s">
-        <v>1480</v>
+        <v>1466</v>
       </c>
       <c r="F571" t="s">
-        <v>1481</v>
+        <v>1467</v>
       </c>
       <c r="G571" t="s">
+        <v>12</v>
+      </c>
+      <c r="H571" s="1">
+        <v>72</v>
+      </c>
+      <c r="I571" s="1">
+        <v>8</v>
+      </c>
+      <c r="J571" s="1">
+        <v>0</v>
+      </c>
+      <c r="K571" t="s">
+        <v>13</v>
+      </c>
+      <c r="L571" t="s">
         <v>14</v>
       </c>
-      <c r="H571" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M571" s="1">
-        <v>2</v>
+        <v>45</v>
       </c>
       <c r="N571" s="1">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="O571" s="1">
-        <v>6</v>
-[...8 lines deleted...]
-    <row r="572" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="572" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A572">
         <v>571</v>
       </c>
-      <c r="B572">
+      <c r="B572" s="1">
         <v>6</v>
       </c>
       <c r="C572" t="s">
-        <v>1240</v>
+        <v>1465</v>
       </c>
       <c r="D572" t="s">
-        <v>1243</v>
+        <v>1468</v>
       </c>
       <c r="E572" t="s">
-        <v>1482</v>
+        <v>1469</v>
       </c>
       <c r="F572" t="s">
-        <v>1483</v>
+        <v>1470</v>
       </c>
       <c r="G572" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H572" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="I572" s="1">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="J572" s="1">
         <v>0</v>
       </c>
       <c r="K572" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L572" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M572" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N572" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O572" s="1">
-        <v>15</v>
-[...8 lines deleted...]
-    <row r="573" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="573" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A573">
         <v>572</v>
       </c>
-      <c r="B573">
+      <c r="B573" s="1">
         <v>6</v>
       </c>
       <c r="C573" t="s">
-        <v>1240</v>
+        <v>1465</v>
       </c>
       <c r="D573" t="s">
-        <v>1484</v>
+        <v>1211</v>
       </c>
       <c r="E573" t="s">
-        <v>1485</v>
+        <v>1471</v>
       </c>
       <c r="F573" t="s">
-        <v>1486</v>
+        <v>1472</v>
       </c>
       <c r="G573" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H573" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I573" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="J573" s="1">
         <v>0</v>
       </c>
       <c r="K573" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L573" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="M573" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="N573" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O573" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="574" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="574" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A574">
         <v>573</v>
       </c>
-      <c r="B574">
+      <c r="B574" s="1">
         <v>6</v>
       </c>
       <c r="C574" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D574" t="s">
         <v>1240</v>
       </c>
-      <c r="D574" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E574" t="s">
-        <v>1488</v>
+        <v>1473</v>
       </c>
       <c r="F574" t="s">
-        <v>1489</v>
+        <v>1474</v>
       </c>
       <c r="G574" t="s">
         <v>5</v>
       </c>
       <c r="H574" s="1">
-        <v>8</v>
+        <v>120</v>
       </c>
       <c r="I574" s="1">
-        <v>2</v>
+        <v>30</v>
       </c>
       <c r="J574" s="1">
         <v>0</v>
       </c>
       <c r="K574" t="s">
         <v>6</v>
       </c>
       <c r="L574" t="s">
-        <v>79</v>
+        <v>7</v>
       </c>
       <c r="M574" s="1">
-        <v>144</v>
+        <v>393</v>
       </c>
       <c r="N574" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O574" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="575" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="575" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A575">
         <v>574</v>
       </c>
-      <c r="B575">
+      <c r="B575" s="1">
         <v>6</v>
       </c>
       <c r="C575" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D575" t="s">
         <v>1240</v>
       </c>
-      <c r="D575" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E575" t="s">
-        <v>1490</v>
+        <v>1475</v>
       </c>
       <c r="F575" t="s">
-        <v>1491</v>
+        <v>1476</v>
       </c>
       <c r="G575" t="s">
         <v>5</v>
       </c>
       <c r="H575" s="1">
         <v>8</v>
       </c>
       <c r="I575" s="1">
         <v>2</v>
       </c>
       <c r="J575" s="1">
         <v>0</v>
       </c>
       <c r="K575" t="s">
         <v>6</v>
       </c>
       <c r="L575" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="M575" s="1">
-        <v>40</v>
+        <v>1203</v>
       </c>
       <c r="N575" s="1">
         <v>10</v>
       </c>
       <c r="O575" s="1">
         <v>0</v>
       </c>
-      <c r="P575" t="s">
-[...6 lines deleted...]
-    <row r="576" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="576" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A576">
         <v>575</v>
       </c>
-      <c r="B576">
+      <c r="B576" s="1">
         <v>6</v>
       </c>
       <c r="C576" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D576" t="s">
         <v>1240</v>
       </c>
-      <c r="D576" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E576" t="s">
-        <v>1492</v>
+        <v>1477</v>
       </c>
       <c r="F576" t="s">
-        <v>1493</v>
+        <v>1478</v>
       </c>
       <c r="G576" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H576" s="1">
         <v>6</v>
       </c>
       <c r="I576" s="1">
         <v>2</v>
       </c>
       <c r="J576" s="1">
         <v>0</v>
       </c>
       <c r="K576" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L576" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M576" s="1">
         <v>2</v>
       </c>
       <c r="N576" s="1">
         <v>2</v>
       </c>
       <c r="O576" s="1">
         <v>6</v>
       </c>
-      <c r="P576" t="s">
-[...6 lines deleted...]
-    <row r="577" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="577" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A577">
         <v>576</v>
       </c>
-      <c r="B577">
+      <c r="B577" s="1">
         <v>6</v>
       </c>
       <c r="C577" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D577" t="s">
         <v>1240</v>
       </c>
-      <c r="D577" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E577" t="s">
-        <v>1494</v>
+        <v>1479</v>
       </c>
       <c r="F577" t="s">
-        <v>1495</v>
+        <v>1480</v>
       </c>
       <c r="G577" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H577" s="1">
-        <v>246</v>
+        <v>16</v>
       </c>
       <c r="I577" s="1">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="J577" s="1">
         <v>0</v>
       </c>
       <c r="K577" t="s">
+        <v>13</v>
+      </c>
+      <c r="L577" t="s">
+        <v>22</v>
+      </c>
+      <c r="M577" s="1">
+        <v>5</v>
+      </c>
+      <c r="N577" s="1">
+        <v>5</v>
+      </c>
+      <c r="O577" s="1">
         <v>15</v>
       </c>
-      <c r="L577" t="s">
-[...18 lines deleted...]
-    <row r="578" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="578" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A578">
         <v>577</v>
       </c>
-      <c r="B578">
+      <c r="B578" s="1">
         <v>6</v>
       </c>
       <c r="C578" t="s">
-        <v>1258</v>
+        <v>1237</v>
       </c>
       <c r="D578" t="s">
-        <v>1496</v>
+        <v>1481</v>
       </c>
       <c r="E578" t="s">
-        <v>1497</v>
+        <v>1482</v>
       </c>
       <c r="F578" t="s">
-        <v>1498</v>
+        <v>1483</v>
       </c>
       <c r="G578" t="s">
         <v>5</v>
       </c>
       <c r="H578" s="1">
         <v>40</v>
       </c>
       <c r="I578" s="1">
         <v>10</v>
       </c>
       <c r="J578" s="1">
         <v>0</v>
       </c>
       <c r="K578" t="s">
         <v>6</v>
       </c>
       <c r="L578" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M578" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="N578" s="1">
         <v>10</v>
       </c>
       <c r="O578" s="1">
         <v>40</v>
       </c>
-      <c r="P578" t="s">
-[...6 lines deleted...]
-    <row r="579" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="579" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A579">
         <v>578</v>
       </c>
-      <c r="B579">
+      <c r="B579" s="1">
         <v>6</v>
       </c>
       <c r="C579" t="s">
-        <v>1258</v>
+        <v>1237</v>
       </c>
       <c r="D579" t="s">
-        <v>869</v>
+        <v>1484</v>
       </c>
       <c r="E579" t="s">
-        <v>1499</v>
+        <v>1485</v>
       </c>
       <c r="F579" t="s">
-        <v>1500</v>
+        <v>1486</v>
       </c>
       <c r="G579" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H579" s="1">
-        <v>135</v>
+        <v>8</v>
       </c>
       <c r="I579" s="1">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="J579" s="1">
         <v>0</v>
       </c>
       <c r="K579" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L579" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
       <c r="M579" s="1">
-        <v>740</v>
+        <v>144</v>
       </c>
       <c r="N579" s="1">
-        <v>150</v>
+        <v>10</v>
       </c>
       <c r="O579" s="1">
         <v>0</v>
       </c>
-      <c r="P579" t="s">
-[...6 lines deleted...]
-    <row r="580" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="580" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A580">
         <v>579</v>
       </c>
-      <c r="B580">
+      <c r="B580" s="1">
         <v>6</v>
       </c>
       <c r="C580" t="s">
-        <v>1258</v>
+        <v>1237</v>
       </c>
       <c r="D580" t="s">
-        <v>869</v>
+        <v>1484</v>
       </c>
       <c r="E580" t="s">
-        <v>1501</v>
+        <v>1487</v>
       </c>
       <c r="F580" t="s">
-        <v>1502</v>
+        <v>1488</v>
       </c>
       <c r="G580" t="s">
+        <v>5</v>
+      </c>
+      <c r="H580" s="1">
+        <v>8</v>
+      </c>
+      <c r="I580" s="1">
+        <v>2</v>
+      </c>
+      <c r="J580" s="1">
+        <v>0</v>
+      </c>
+      <c r="K580" t="s">
+        <v>6</v>
+      </c>
+      <c r="L580" t="s">
         <v>14</v>
       </c>
-      <c r="H580" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M580" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="N580" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="O580" s="1">
-        <v>4</v>
-[...8 lines deleted...]
-    <row r="581" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="581" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A581">
         <v>580</v>
       </c>
-      <c r="B581">
+      <c r="B581" s="1">
         <v>6</v>
       </c>
       <c r="C581" t="s">
-        <v>1258</v>
+        <v>1237</v>
       </c>
       <c r="D581" t="s">
-        <v>869</v>
+        <v>1217</v>
       </c>
       <c r="E581" t="s">
-        <v>1503</v>
+        <v>1489</v>
       </c>
       <c r="F581" t="s">
-        <v>1504</v>
+        <v>1490</v>
       </c>
       <c r="G581" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H581" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I581" s="1">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J581" s="1">
         <v>0</v>
       </c>
       <c r="K581" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L581" t="s">
-        <v>153</v>
+        <v>29</v>
       </c>
       <c r="M581" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N581" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="O581" s="1">
-        <v>3</v>
-[...8 lines deleted...]
-    <row r="582" spans="1:17" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="582" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A582">
         <v>581</v>
       </c>
-      <c r="B582">
+      <c r="B582" s="1">
         <v>6</v>
       </c>
       <c r="C582" t="s">
-        <v>1258</v>
+        <v>1237</v>
       </c>
       <c r="D582" t="s">
-        <v>869</v>
+        <v>464</v>
       </c>
       <c r="E582" t="s">
-        <v>1505</v>
+        <v>1491</v>
       </c>
       <c r="F582" t="s">
-        <v>1506</v>
+        <v>1492</v>
       </c>
       <c r="G582" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H582" s="1">
-        <v>18</v>
+        <v>246</v>
       </c>
       <c r="I582" s="1">
-        <v>2</v>
+        <v>62</v>
       </c>
       <c r="J582" s="1">
         <v>0</v>
       </c>
       <c r="K582" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L582" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M582" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="N582" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="O582" s="1">
-        <v>15</v>
-[...8 lines deleted...]
-    <row r="583" spans="1:17" x14ac:dyDescent="0.2">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="583" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A583">
         <v>582</v>
       </c>
-      <c r="B583">
+      <c r="B583" s="1">
         <v>6</v>
       </c>
       <c r="C583" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D583" t="s">
-        <v>869</v>
+        <v>1493</v>
       </c>
       <c r="E583" t="s">
-        <v>1507</v>
+        <v>1494</v>
       </c>
       <c r="F583" t="s">
-        <v>1508</v>
+        <v>1495</v>
       </c>
       <c r="G583" t="s">
         <v>5</v>
       </c>
       <c r="H583" s="1">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="I583" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="J583" s="1">
         <v>0</v>
       </c>
       <c r="K583" t="s">
-        <v>128</v>
+        <v>6</v>
       </c>
       <c r="L583" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M583" s="1">
-        <v>1</v>
+        <v>110</v>
       </c>
       <c r="N583" s="1">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="O583" s="1">
-        <v>8</v>
-[...8 lines deleted...]
-    <row r="584" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="584" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A584">
         <v>583</v>
       </c>
-      <c r="B584">
+      <c r="B584" s="1">
         <v>6</v>
       </c>
       <c r="C584" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D584" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="E584" t="s">
-        <v>1509</v>
+        <v>1496</v>
       </c>
       <c r="F584" t="s">
-        <v>1510</v>
+        <v>1497</v>
       </c>
       <c r="G584" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H584" s="1">
-        <v>360</v>
+        <v>135</v>
       </c>
       <c r="I584" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
       <c r="J584" s="1">
         <v>0</v>
       </c>
       <c r="K584" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L584" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="M584" s="1">
-        <v>100</v>
+        <v>740</v>
       </c>
       <c r="N584" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="O584" s="1">
-        <v>300</v>
-[...8 lines deleted...]
-    <row r="585" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="585" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A585">
         <v>584</v>
       </c>
-      <c r="B585">
+      <c r="B585" s="1">
         <v>6</v>
       </c>
       <c r="C585" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D585" t="s">
-        <v>64</v>
+        <v>866</v>
       </c>
       <c r="E585" t="s">
-        <v>1511</v>
+        <v>1498</v>
       </c>
       <c r="F585" t="s">
-        <v>1512</v>
+        <v>1499</v>
       </c>
       <c r="G585" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H585" s="1">
-        <v>360</v>
+        <v>5</v>
       </c>
       <c r="I585" s="1">
-        <v>90</v>
+        <v>1</v>
       </c>
       <c r="J585" s="1">
         <v>0</v>
       </c>
       <c r="K585" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L585" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="M585" s="1">
-        <v>550</v>
+        <v>85</v>
       </c>
       <c r="N585" s="1">
-        <v>150</v>
+        <v>2</v>
       </c>
       <c r="O585" s="1">
-        <v>300</v>
-[...8 lines deleted...]
-    <row r="586" spans="1:17" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="586" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A586">
         <v>585</v>
       </c>
-      <c r="B586">
+      <c r="B586" s="1">
         <v>6</v>
       </c>
       <c r="C586" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D586" t="s">
-        <v>64</v>
+        <v>866</v>
       </c>
       <c r="E586" t="s">
-        <v>1513</v>
+        <v>1500</v>
       </c>
       <c r="F586" t="s">
-        <v>1514</v>
+        <v>1501</v>
       </c>
       <c r="G586" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H586" s="1">
-        <v>135</v>
+        <v>4</v>
       </c>
       <c r="I586" s="1">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="J586" s="1">
         <v>0</v>
       </c>
       <c r="K586" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L586" t="s">
-        <v>7</v>
+        <v>150</v>
       </c>
       <c r="M586" s="1">
-        <v>350</v>
+        <v>1</v>
       </c>
       <c r="N586" s="1">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="O586" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="587" spans="1:17" x14ac:dyDescent="0.2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="587" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A587">
         <v>586</v>
       </c>
-      <c r="B587">
+      <c r="B587" s="1">
         <v>6</v>
       </c>
       <c r="C587" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D587" t="s">
-        <v>362</v>
+        <v>866</v>
       </c>
       <c r="E587" t="s">
-        <v>1515</v>
+        <v>1502</v>
       </c>
       <c r="F587" t="s">
-        <v>1516</v>
+        <v>1503</v>
       </c>
       <c r="G587" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H587" s="1">
-        <v>90</v>
+        <v>18</v>
       </c>
       <c r="I587" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="J587" s="1">
         <v>0</v>
       </c>
       <c r="K587" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L587" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M587" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
       <c r="N587" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O587" s="1">
-        <v>80</v>
-[...8 lines deleted...]
-    <row r="588" spans="1:17" x14ac:dyDescent="0.2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="588" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A588">
         <v>587</v>
       </c>
-      <c r="B588">
+      <c r="B588" s="1">
         <v>6</v>
       </c>
       <c r="C588" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D588" t="s">
-        <v>362</v>
+        <v>866</v>
       </c>
       <c r="E588" t="s">
-        <v>1517</v>
+        <v>1504</v>
       </c>
       <c r="F588" t="s">
-        <v>1518</v>
+        <v>1505</v>
       </c>
       <c r="G588" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H588" s="1">
-        <v>160</v>
+        <v>8</v>
       </c>
       <c r="I588" s="1">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="J588" s="1">
         <v>0</v>
       </c>
       <c r="K588" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="L588" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M588" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N588" s="1">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="O588" s="1">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="P588" t="s">
         <v>8</v>
       </c>
-      <c r="Q588" t="s">
-[...3 lines deleted...]
-    <row r="589" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="589" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A589">
         <v>588</v>
       </c>
-      <c r="B589">
+      <c r="B589" s="1">
         <v>6</v>
       </c>
       <c r="C589" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D589" t="s">
-        <v>362</v>
+        <v>866</v>
       </c>
       <c r="E589" t="s">
-        <v>1519</v>
+        <v>1506</v>
       </c>
       <c r="F589" t="s">
-        <v>1520</v>
+        <v>1507</v>
       </c>
       <c r="G589" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H589" s="1">
-        <v>560</v>
+        <v>360</v>
       </c>
       <c r="I589" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="J589" s="1">
         <v>0</v>
       </c>
       <c r="K589" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L589" t="s">
-        <v>7</v>
+        <v>126</v>
       </c>
       <c r="M589" s="1">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="N589" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="O589" s="1">
-        <v>600</v>
-[...8 lines deleted...]
-    <row r="590" spans="1:17" x14ac:dyDescent="0.2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="590" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A590">
         <v>589</v>
       </c>
-      <c r="B590">
+      <c r="B590" s="1">
         <v>6</v>
       </c>
       <c r="C590" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D590" t="s">
-        <v>1521</v>
+        <v>866</v>
       </c>
       <c r="E590" t="s">
-        <v>1522</v>
+        <v>1876</v>
       </c>
       <c r="F590" t="s">
-        <v>1523</v>
+        <v>1877</v>
       </c>
       <c r="G590" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H590" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
       <c r="I590" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="J590" s="1">
         <v>0</v>
       </c>
       <c r="K590" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L590" t="s">
-        <v>79</v>
+        <v>520</v>
       </c>
       <c r="M590" s="1">
-        <v>502</v>
+        <v>0</v>
       </c>
       <c r="N590" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="O590" s="1">
-        <v>700</v>
-[...8 lines deleted...]
-    <row r="591" spans="1:17" x14ac:dyDescent="0.2">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="591" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A591">
         <v>590</v>
       </c>
-      <c r="B591">
+      <c r="B591" s="1">
         <v>6</v>
       </c>
       <c r="C591" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D591" t="s">
-        <v>1521</v>
+        <v>62</v>
       </c>
       <c r="E591" t="s">
-        <v>1524</v>
+        <v>1508</v>
       </c>
       <c r="F591" t="s">
-        <v>1525</v>
+        <v>1509</v>
       </c>
       <c r="G591" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H591" s="1">
-        <v>16</v>
+        <v>360</v>
       </c>
       <c r="I591" s="1">
-        <v>4</v>
+        <v>90</v>
       </c>
       <c r="J591" s="1">
         <v>0</v>
       </c>
       <c r="K591" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L591" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="M591" s="1">
-        <v>5</v>
+        <v>550</v>
       </c>
       <c r="N591" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="O591" s="1">
-        <v>15</v>
-[...8 lines deleted...]
-    <row r="592" spans="1:17" x14ac:dyDescent="0.2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="592" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A592">
         <v>591</v>
       </c>
-      <c r="B592">
+      <c r="B592" s="1">
         <v>6</v>
       </c>
       <c r="C592" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D592" t="s">
-        <v>959</v>
+        <v>62</v>
       </c>
       <c r="E592" t="s">
-        <v>1526</v>
+        <v>1510</v>
       </c>
       <c r="F592" t="s">
-        <v>1527</v>
+        <v>1511</v>
       </c>
       <c r="G592" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H592" s="1">
-        <v>4</v>
+        <v>135</v>
       </c>
       <c r="I592" s="1">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="J592" s="1">
         <v>0</v>
       </c>
       <c r="K592" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L592" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="M592" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
       <c r="N592" s="1">
-        <v>5</v>
+        <v>50</v>
       </c>
       <c r="O592" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="593" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="593" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A593">
         <v>592</v>
       </c>
-      <c r="B593">
+      <c r="B593" s="1">
         <v>6</v>
       </c>
       <c r="C593" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D593" t="s">
-        <v>1528</v>
+        <v>359</v>
       </c>
       <c r="E593" t="s">
-        <v>1529</v>
+        <v>1512</v>
       </c>
       <c r="F593" t="s">
-        <v>1530</v>
+        <v>1513</v>
       </c>
       <c r="G593" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H593" s="1">
-        <v>8</v>
+        <v>90</v>
       </c>
       <c r="I593" s="1">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="J593" s="1">
         <v>0</v>
       </c>
       <c r="K593" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L593" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M593" s="1">
-        <v>40</v>
+        <v>120</v>
       </c>
       <c r="N593" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O593" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="594" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="594" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A594">
         <v>593</v>
       </c>
-      <c r="B594">
+      <c r="B594" s="1">
         <v>6</v>
       </c>
       <c r="C594" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D594" t="s">
-        <v>308</v>
+        <v>359</v>
       </c>
       <c r="E594" t="s">
-        <v>1531</v>
+        <v>1514</v>
       </c>
       <c r="F594" t="s">
-        <v>1532</v>
+        <v>1515</v>
       </c>
       <c r="G594" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H594" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
       <c r="I594" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="J594" s="1">
         <v>0</v>
       </c>
       <c r="K594" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L594" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M594" s="1">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="N594" s="1">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="O594" s="1">
-        <v>120</v>
-[...8 lines deleted...]
-    <row r="595" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="595" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A595">
         <v>594</v>
       </c>
-      <c r="B595">
+      <c r="B595" s="1">
         <v>6</v>
       </c>
       <c r="C595" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D595" t="s">
-        <v>1533</v>
+        <v>359</v>
       </c>
       <c r="E595" t="s">
-        <v>1534</v>
+        <v>1516</v>
       </c>
       <c r="F595" t="s">
-        <v>1535</v>
+        <v>1517</v>
       </c>
       <c r="G595" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H595" s="1">
-        <v>8</v>
+        <v>560</v>
       </c>
       <c r="I595" s="1">
-        <v>2</v>
+        <v>140</v>
       </c>
       <c r="J595" s="1">
         <v>0</v>
       </c>
       <c r="K595" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L595" t="s">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="M595" s="1">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N595" s="1">
-        <v>2</v>
+        <v>200</v>
       </c>
       <c r="O595" s="1">
-        <v>8</v>
-[...8 lines deleted...]
-    <row r="596" spans="1:17" x14ac:dyDescent="0.2">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="596" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A596">
         <v>595</v>
       </c>
-      <c r="B596">
+      <c r="B596" s="1">
         <v>6</v>
       </c>
       <c r="C596" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D596" t="s">
-        <v>1536</v>
+        <v>1518</v>
       </c>
       <c r="E596" t="s">
-        <v>1537</v>
+        <v>1519</v>
       </c>
       <c r="F596" t="s">
-        <v>1538</v>
+        <v>1520</v>
       </c>
       <c r="G596" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H596" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
       <c r="I596" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
       <c r="J596" s="1">
         <v>0</v>
       </c>
       <c r="K596" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L596" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="M596" s="1">
-        <v>200</v>
+        <v>502</v>
       </c>
       <c r="N596" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
       <c r="O596" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="597" spans="1:17" x14ac:dyDescent="0.2">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="597" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A597">
         <v>596</v>
       </c>
-      <c r="B597">
+      <c r="B597" s="1">
         <v>6</v>
       </c>
       <c r="C597" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D597" t="s">
-        <v>261</v>
+        <v>1518</v>
       </c>
       <c r="E597" t="s">
-        <v>1539</v>
+        <v>1521</v>
       </c>
       <c r="F597" t="s">
-        <v>1540</v>
+        <v>1522</v>
       </c>
       <c r="G597" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H597" s="1">
         <v>16</v>
       </c>
       <c r="I597" s="1">
         <v>4</v>
       </c>
       <c r="J597" s="1">
         <v>0</v>
       </c>
       <c r="K597" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L597" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M597" s="1">
         <v>5</v>
       </c>
       <c r="N597" s="1">
         <v>5</v>
       </c>
       <c r="O597" s="1">
         <v>15</v>
       </c>
-      <c r="P597" t="s">
-[...6 lines deleted...]
-    <row r="598" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="598" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A598">
         <v>597</v>
       </c>
-      <c r="B598">
+      <c r="B598" s="1">
         <v>6</v>
       </c>
       <c r="C598" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D598" t="s">
-        <v>335</v>
+        <v>956</v>
       </c>
       <c r="E598" t="s">
-        <v>1541</v>
+        <v>1523</v>
       </c>
       <c r="F598" t="s">
-        <v>1542</v>
+        <v>1524</v>
       </c>
       <c r="G598" t="s">
         <v>5</v>
       </c>
       <c r="H598" s="1">
-        <v>800</v>
+        <v>4</v>
       </c>
       <c r="I598" s="1">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="J598" s="1">
         <v>0</v>
       </c>
       <c r="K598" t="s">
         <v>6</v>
       </c>
       <c r="L598" t="s">
-        <v>523</v>
+        <v>14</v>
       </c>
       <c r="M598" s="1">
-        <v>4047</v>
+        <v>40</v>
       </c>
       <c r="N598" s="1">
-        <v>200</v>
+        <v>5</v>
       </c>
       <c r="O598" s="1">
-        <v>800</v>
-[...8 lines deleted...]
-    <row r="599" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="599" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A599">
         <v>598</v>
       </c>
-      <c r="B599">
+      <c r="B599" s="1">
         <v>6</v>
       </c>
       <c r="C599" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D599" t="s">
-        <v>335</v>
+        <v>1525</v>
       </c>
       <c r="E599" t="s">
-        <v>1543</v>
+        <v>1526</v>
       </c>
       <c r="F599" t="s">
-        <v>1544</v>
+        <v>1527</v>
       </c>
       <c r="G599" t="s">
         <v>5</v>
       </c>
       <c r="H599" s="1">
-        <v>200</v>
+        <v>8</v>
       </c>
       <c r="I599" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="J599" s="1">
         <v>0</v>
       </c>
       <c r="K599" t="s">
         <v>6</v>
       </c>
       <c r="L599" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="M599" s="1">
-        <v>300</v>
+        <v>40</v>
       </c>
       <c r="N599" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O599" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="600" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="600" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A600">
         <v>599</v>
       </c>
-      <c r="B600">
+      <c r="B600" s="1">
         <v>6</v>
       </c>
       <c r="C600" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D600" t="s">
-        <v>335</v>
+        <v>305</v>
       </c>
       <c r="E600" t="s">
-        <v>1545</v>
+        <v>1528</v>
       </c>
       <c r="F600" t="s">
-        <v>1546</v>
+        <v>1529</v>
       </c>
       <c r="G600" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H600" s="1">
-        <v>208</v>
+        <v>120</v>
       </c>
       <c r="I600" s="1">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="J600" s="1">
         <v>0</v>
       </c>
       <c r="K600" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L600" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="M600" s="1">
-        <v>540</v>
+        <v>60</v>
       </c>
       <c r="N600" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="O600" s="1">
-        <v>160</v>
-[...8 lines deleted...]
-    <row r="601" spans="1:17" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="601" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A601">
         <v>600</v>
       </c>
-      <c r="B601">
+      <c r="B601" s="1">
         <v>6</v>
       </c>
       <c r="C601" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D601" t="s">
-        <v>335</v>
+        <v>305</v>
       </c>
       <c r="E601" t="s">
-        <v>1547</v>
+        <v>1878</v>
       </c>
       <c r="F601" t="s">
-        <v>1548</v>
+        <v>1879</v>
       </c>
       <c r="G601" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H601" s="1">
-        <v>153</v>
+        <v>32</v>
       </c>
       <c r="I601" s="1">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="J601" s="1">
         <v>0</v>
       </c>
       <c r="K601" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L601" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="M601" s="1">
         <v>0</v>
       </c>
       <c r="N601" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
       <c r="O601" s="1">
-        <v>120</v>
-[...8 lines deleted...]
-    <row r="602" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="602" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A602">
         <v>601</v>
       </c>
-      <c r="B602">
+      <c r="B602" s="1">
         <v>6</v>
       </c>
       <c r="C602" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D602" t="s">
-        <v>1549</v>
+        <v>1530</v>
       </c>
       <c r="E602" t="s">
-        <v>1550</v>
+        <v>1531</v>
       </c>
       <c r="F602" t="s">
-        <v>1551</v>
+        <v>1532</v>
       </c>
       <c r="G602" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H602" s="1">
-        <v>585</v>
+        <v>8</v>
       </c>
       <c r="I602" s="1">
-        <v>65</v>
+        <v>2</v>
       </c>
       <c r="J602" s="1">
         <v>0</v>
       </c>
       <c r="K602" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L602" t="s">
-        <v>523</v>
+        <v>29</v>
       </c>
       <c r="M602" s="1">
-        <v>500</v>
+        <v>2</v>
       </c>
       <c r="N602" s="1">
-        <v>500</v>
+        <v>2</v>
       </c>
       <c r="O602" s="1">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="P602" t="s">
         <v>8</v>
       </c>
-      <c r="Q602" t="s">
-[...3 lines deleted...]
-    <row r="603" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="603" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A603">
         <v>602</v>
       </c>
-      <c r="B603">
+      <c r="B603" s="1">
         <v>6</v>
       </c>
       <c r="C603" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D603" t="s">
-        <v>1552</v>
+        <v>1533</v>
       </c>
       <c r="E603" t="s">
-        <v>1553</v>
+        <v>1534</v>
       </c>
       <c r="F603" t="s">
-        <v>1554</v>
+        <v>1535</v>
       </c>
       <c r="G603" t="s">
         <v>5</v>
       </c>
       <c r="H603" s="1">
-        <v>28</v>
+        <v>120</v>
       </c>
       <c r="I603" s="1">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="J603" s="1">
         <v>0</v>
       </c>
       <c r="K603" t="s">
         <v>6</v>
       </c>
       <c r="L603" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M603" s="1">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="N603" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O603" s="1">
-        <v>25</v>
-[...8 lines deleted...]
-    <row r="604" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="604" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A604">
         <v>603</v>
       </c>
-      <c r="B604">
+      <c r="B604" s="1">
         <v>6</v>
       </c>
       <c r="C604" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D604" t="s">
-        <v>1264</v>
+        <v>258</v>
       </c>
       <c r="E604" t="s">
-        <v>1555</v>
+        <v>1536</v>
       </c>
       <c r="F604" t="s">
-        <v>1556</v>
+        <v>1537</v>
       </c>
       <c r="G604" t="s">
         <v>5</v>
       </c>
       <c r="H604" s="1">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="I604" s="1">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="J604" s="1">
         <v>0</v>
       </c>
       <c r="K604" t="s">
         <v>6</v>
       </c>
       <c r="L604" t="s">
-        <v>79</v>
+        <v>29</v>
       </c>
       <c r="M604" s="1">
-        <v>80</v>
+        <v>5</v>
       </c>
       <c r="N604" s="1">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="O604" s="1">
-        <v>80</v>
-[...8 lines deleted...]
-    <row r="605" spans="1:17" x14ac:dyDescent="0.2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="605" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A605">
         <v>604</v>
       </c>
-      <c r="B605">
+      <c r="B605" s="1">
         <v>6</v>
       </c>
       <c r="C605" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D605" t="s">
-        <v>1264</v>
+        <v>332</v>
       </c>
       <c r="E605" t="s">
-        <v>1557</v>
+        <v>1538</v>
       </c>
       <c r="F605" t="s">
-        <v>1558</v>
+        <v>1539</v>
       </c>
       <c r="G605" t="s">
         <v>5</v>
       </c>
       <c r="H605" s="1">
-        <v>18</v>
+        <v>800</v>
       </c>
       <c r="I605" s="1">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="J605" s="1">
         <v>0</v>
       </c>
       <c r="K605" t="s">
         <v>6</v>
       </c>
       <c r="L605" t="s">
-        <v>74</v>
+        <v>520</v>
       </c>
       <c r="M605" s="1">
-        <v>5</v>
+        <v>4047</v>
       </c>
       <c r="N605" s="1">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="O605" s="1">
-        <v>18</v>
-[...8 lines deleted...]
-    <row r="606" spans="1:17" x14ac:dyDescent="0.2">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="606" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A606">
         <v>605</v>
       </c>
-      <c r="B606">
+      <c r="B606" s="1">
         <v>6</v>
       </c>
       <c r="C606" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D606" t="s">
-        <v>1220</v>
+        <v>332</v>
       </c>
       <c r="E606" t="s">
-        <v>1559</v>
+        <v>1540</v>
       </c>
       <c r="F606" t="s">
-        <v>1560</v>
+        <v>1541</v>
       </c>
       <c r="G606" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H606" s="1">
-        <v>5</v>
+        <v>200</v>
       </c>
       <c r="I606" s="1">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="J606" s="1">
         <v>0</v>
       </c>
       <c r="K606" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L606" t="s">
-        <v>79</v>
+        <v>7</v>
       </c>
       <c r="M606" s="1">
-        <v>18</v>
+        <v>300</v>
       </c>
       <c r="N606" s="1">
-        <v>2</v>
+        <v>50</v>
       </c>
       <c r="O606" s="1">
-        <v>4</v>
-[...8 lines deleted...]
-    <row r="607" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="607" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A607">
         <v>606</v>
       </c>
-      <c r="B607">
+      <c r="B607" s="1">
         <v>6</v>
       </c>
       <c r="C607" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D607" t="s">
-        <v>1220</v>
+        <v>332</v>
       </c>
       <c r="E607" t="s">
-        <v>1561</v>
+        <v>1542</v>
       </c>
       <c r="F607" t="s">
-        <v>1562</v>
+        <v>1543</v>
       </c>
       <c r="G607" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H607" s="1">
-        <v>6</v>
+        <v>208</v>
       </c>
       <c r="I607" s="1">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="J607" s="1">
         <v>0</v>
       </c>
       <c r="K607" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L607" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="M607" s="1">
-        <v>2</v>
+        <v>540</v>
       </c>
       <c r="N607" s="1">
-        <v>2</v>
+        <v>100</v>
       </c>
       <c r="O607" s="1">
-        <v>6</v>
-[...8 lines deleted...]
-    <row r="608" spans="1:17" x14ac:dyDescent="0.2">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="608" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A608">
         <v>607</v>
       </c>
-      <c r="B608">
+      <c r="B608" s="1">
         <v>6</v>
       </c>
       <c r="C608" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D608" t="s">
-        <v>1220</v>
+        <v>332</v>
       </c>
       <c r="E608" t="s">
-        <v>1563</v>
+        <v>1544</v>
       </c>
       <c r="F608" t="s">
-        <v>1564</v>
+        <v>1545</v>
       </c>
       <c r="G608" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H608" s="1">
-        <v>400</v>
+        <v>153</v>
       </c>
       <c r="I608" s="1">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="J608" s="1">
         <v>0</v>
       </c>
       <c r="K608" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L608" t="s">
-        <v>7</v>
+        <v>72</v>
       </c>
       <c r="M608" s="1">
         <v>0</v>
       </c>
       <c r="N608" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="O608" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="609" spans="1:17" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="609" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A609">
         <v>608</v>
       </c>
-      <c r="B609">
+      <c r="B609" s="1">
         <v>6</v>
       </c>
       <c r="C609" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D609" t="s">
-        <v>1220</v>
+        <v>1546</v>
       </c>
       <c r="E609" t="s">
-        <v>1565</v>
+        <v>1547</v>
       </c>
       <c r="F609" t="s">
-        <v>1566</v>
+        <v>1548</v>
       </c>
       <c r="G609" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H609" s="1">
-        <v>125</v>
+        <v>585</v>
       </c>
       <c r="I609" s="1">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="J609" s="1">
         <v>0</v>
       </c>
       <c r="K609" t="s">
-        <v>236</v>
+        <v>46</v>
       </c>
       <c r="L609" t="s">
-        <v>74</v>
+        <v>520</v>
       </c>
       <c r="M609" s="1">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="N609" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="O609" s="1">
-        <v>58</v>
-[...8 lines deleted...]
-    <row r="610" spans="1:17" x14ac:dyDescent="0.2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="610" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A610">
         <v>609</v>
       </c>
-      <c r="B610">
+      <c r="B610" s="1">
         <v>6</v>
       </c>
       <c r="C610" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D610" t="s">
-        <v>1214</v>
+        <v>1549</v>
       </c>
       <c r="E610" t="s">
-        <v>1567</v>
+        <v>1550</v>
       </c>
       <c r="F610" t="s">
-        <v>1568</v>
+        <v>1551</v>
       </c>
       <c r="G610" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H610" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
       <c r="I610" s="1">
-        <v>50</v>
+        <v>7</v>
       </c>
       <c r="J610" s="1">
         <v>0</v>
       </c>
       <c r="K610" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L610" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="M610" s="1">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="N610" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O610" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="611" spans="1:17" x14ac:dyDescent="0.2">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="611" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A611">
         <v>610</v>
       </c>
-      <c r="B611">
+      <c r="B611" s="1">
         <v>6</v>
       </c>
       <c r="C611" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D611" t="s">
-        <v>1214</v>
+        <v>1261</v>
       </c>
       <c r="E611" t="s">
-        <v>1569</v>
+        <v>1552</v>
       </c>
       <c r="F611" t="s">
-        <v>1570</v>
+        <v>1553</v>
       </c>
       <c r="G611" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H611" s="1">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="I611" s="1">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="J611" s="1">
         <v>0</v>
       </c>
       <c r="K611" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L611" t="s">
-        <v>16</v>
+        <v>77</v>
       </c>
       <c r="M611" s="1">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="N611" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O611" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="612" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="612" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A612">
         <v>611</v>
       </c>
-      <c r="B612">
+      <c r="B612" s="1">
         <v>6</v>
       </c>
       <c r="C612" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D612" t="s">
-        <v>1214</v>
+        <v>1261</v>
       </c>
       <c r="E612" t="s">
-        <v>1571</v>
+        <v>1554</v>
       </c>
       <c r="F612" t="s">
-        <v>1572</v>
+        <v>1555</v>
       </c>
       <c r="G612" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H612" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
       <c r="I612" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="J612" s="1">
         <v>0</v>
       </c>
       <c r="K612" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L612" t="s">
-        <v>282</v>
+        <v>72</v>
       </c>
       <c r="M612" s="1">
-        <v>512</v>
+        <v>5</v>
       </c>
       <c r="N612" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="O612" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="613" spans="1:17" x14ac:dyDescent="0.2">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="613" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A613">
         <v>612</v>
       </c>
-      <c r="B613">
+      <c r="B613" s="1">
         <v>6</v>
       </c>
       <c r="C613" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D613" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="E613" t="s">
-        <v>1573</v>
+        <v>1556</v>
       </c>
       <c r="F613" t="s">
-        <v>1574</v>
+        <v>1557</v>
       </c>
       <c r="G613" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H613" s="1">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="I613" s="1">
+        <v>1</v>
+      </c>
+      <c r="J613" s="1">
+        <v>0</v>
+      </c>
+      <c r="K613" t="s">
+        <v>13</v>
+      </c>
+      <c r="L613" t="s">
+        <v>77</v>
+      </c>
+      <c r="M613" s="1">
+        <v>18</v>
+      </c>
+      <c r="N613" s="1">
+        <v>2</v>
+      </c>
+      <c r="O613" s="1">
         <v>4</v>
       </c>
-      <c r="J613" s="1">
-[...24 lines deleted...]
-    <row r="614" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="614" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A614">
         <v>613</v>
       </c>
-      <c r="B614">
+      <c r="B614" s="1">
         <v>6</v>
       </c>
       <c r="C614" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D614" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="E614" t="s">
-        <v>1575</v>
+        <v>1558</v>
       </c>
       <c r="F614" t="s">
-        <v>1576</v>
+        <v>1559</v>
       </c>
       <c r="G614" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H614" s="1">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I614" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J614" s="1">
         <v>0</v>
       </c>
       <c r="K614" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L614" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M614" s="1">
-        <v>160</v>
+        <v>2</v>
       </c>
       <c r="N614" s="1">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="O614" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="615" spans="1:17" x14ac:dyDescent="0.2">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="615" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A615">
         <v>614</v>
       </c>
-      <c r="B615">
+      <c r="B615" s="1">
         <v>6</v>
       </c>
       <c r="C615" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D615" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="E615" t="s">
-        <v>1577</v>
+        <v>1560</v>
       </c>
       <c r="F615" t="s">
-        <v>1578</v>
+        <v>1561</v>
       </c>
       <c r="G615" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H615" s="1">
-        <v>15</v>
+        <v>400</v>
       </c>
       <c r="I615" s="1">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="J615" s="1">
         <v>0</v>
       </c>
       <c r="K615" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L615" t="s">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="M615" s="1">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="N615" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O615" s="1">
-        <v>14</v>
-[...8 lines deleted...]
-    <row r="616" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="616" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A616">
         <v>615</v>
       </c>
-      <c r="B616">
+      <c r="B616" s="1">
         <v>6</v>
       </c>
       <c r="C616" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D616" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="E616" t="s">
-        <v>1579</v>
+        <v>1562</v>
       </c>
       <c r="F616" t="s">
-        <v>1580</v>
+        <v>1563</v>
       </c>
       <c r="G616" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H616" s="1">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="I616" s="1">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="J616" s="1">
         <v>0</v>
       </c>
       <c r="K616" t="s">
-        <v>15</v>
+        <v>233</v>
       </c>
       <c r="L616" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M616" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N616" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O616" s="1">
-        <v>15</v>
-[...8 lines deleted...]
-    <row r="617" spans="1:17" x14ac:dyDescent="0.2">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="617" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A617">
         <v>616</v>
       </c>
-      <c r="B617">
+      <c r="B617" s="1">
         <v>6</v>
       </c>
       <c r="C617" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D617" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="E617" t="s">
-        <v>1581</v>
+        <v>1564</v>
       </c>
       <c r="F617" t="s">
-        <v>1582</v>
+        <v>1565</v>
       </c>
       <c r="G617" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H617" s="1">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I617" s="1">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="J617" s="1">
         <v>0</v>
       </c>
       <c r="K617" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L617" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="M617" s="1">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="N617" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O617" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="618" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="618" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A618">
         <v>617</v>
       </c>
-      <c r="B618">
+      <c r="B618" s="1">
         <v>6</v>
       </c>
       <c r="C618" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D618" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="E618" t="s">
-        <v>1583</v>
+        <v>1566</v>
       </c>
       <c r="F618" t="s">
-        <v>1584</v>
+        <v>1567</v>
       </c>
       <c r="G618" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H618" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I618" s="1">
         <v>1</v>
       </c>
       <c r="J618" s="1">
         <v>0</v>
       </c>
       <c r="K618" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L618" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M618" s="1">
-        <v>2</v>
+        <v>85</v>
       </c>
       <c r="N618" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="O618" s="1">
-        <v>4</v>
-[...8 lines deleted...]
-    <row r="619" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="619" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A619">
         <v>618</v>
       </c>
-      <c r="B619">
+      <c r="B619" s="1">
         <v>6</v>
       </c>
       <c r="C619" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D619" t="s">
-        <v>464</v>
+        <v>1211</v>
       </c>
       <c r="E619" t="s">
-        <v>1585</v>
+        <v>1568</v>
       </c>
       <c r="F619" t="s">
-        <v>1586</v>
+        <v>1569</v>
       </c>
       <c r="G619" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H619" s="1">
-        <v>32</v>
+        <v>200</v>
       </c>
       <c r="I619" s="1">
-        <v>8</v>
+        <v>50</v>
       </c>
       <c r="J619" s="1">
         <v>0</v>
       </c>
       <c r="K619" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L619" t="s">
-        <v>31</v>
+        <v>279</v>
       </c>
       <c r="M619" s="1">
-        <v>0</v>
+        <v>512</v>
       </c>
       <c r="N619" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O619" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="620" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="620" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A620">
         <v>619</v>
       </c>
-      <c r="B620">
+      <c r="B620" s="1">
         <v>6</v>
       </c>
       <c r="C620" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D620" t="s">
-        <v>467</v>
+        <v>1211</v>
       </c>
       <c r="E620" t="s">
-        <v>1587</v>
+        <v>1570</v>
       </c>
       <c r="F620" t="s">
-        <v>1588</v>
+        <v>1571</v>
       </c>
       <c r="G620" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H620" s="1">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="I620" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J620" s="1">
         <v>0</v>
       </c>
       <c r="K620" t="s">
+        <v>6</v>
+      </c>
+      <c r="L620" t="s">
+        <v>22</v>
+      </c>
+      <c r="M620" s="1">
+        <v>20</v>
+      </c>
+      <c r="N620" s="1">
+        <v>5</v>
+      </c>
+      <c r="O620" s="1">
         <v>15</v>
       </c>
-      <c r="L620" t="s">
-[...18 lines deleted...]
-    <row r="621" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="621" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A621">
         <v>620</v>
       </c>
-      <c r="B621">
+      <c r="B621" s="1">
         <v>6</v>
       </c>
       <c r="C621" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D621" t="s">
-        <v>467</v>
+        <v>1211</v>
       </c>
       <c r="E621" t="s">
-        <v>1589</v>
+        <v>1572</v>
       </c>
       <c r="F621" t="s">
-        <v>1590</v>
+        <v>1573</v>
       </c>
       <c r="G621" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H621" s="1">
-        <v>288</v>
+        <v>24</v>
       </c>
       <c r="I621" s="1">
-        <v>72</v>
+        <v>6</v>
       </c>
       <c r="J621" s="1">
         <v>0</v>
       </c>
       <c r="K621" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L621" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M621" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="N621" s="1">
-        <v>320</v>
+        <v>10</v>
       </c>
       <c r="O621" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="622" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="622" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A622">
         <v>621</v>
       </c>
-      <c r="B622">
+      <c r="B622" s="1">
         <v>6</v>
       </c>
       <c r="C622" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="D622" t="s">
-        <v>467</v>
+        <v>1211</v>
       </c>
       <c r="E622" t="s">
-        <v>1591</v>
+        <v>1574</v>
       </c>
       <c r="F622" t="s">
-        <v>1592</v>
+        <v>1575</v>
       </c>
       <c r="G622" t="s">
+        <v>12</v>
+      </c>
+      <c r="H622" s="1">
+        <v>15</v>
+      </c>
+      <c r="I622" s="1">
+        <v>4</v>
+      </c>
+      <c r="J622" s="1">
+        <v>0</v>
+      </c>
+      <c r="K622" t="s">
+        <v>13</v>
+      </c>
+      <c r="L622" t="s">
+        <v>29</v>
+      </c>
+      <c r="M622" s="1">
+        <v>3</v>
+      </c>
+      <c r="N622" s="1">
+        <v>5</v>
+      </c>
+      <c r="O622" s="1">
         <v>14</v>
       </c>
-      <c r="H622" s="1">
-[...30 lines deleted...]
-    <row r="623" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="623" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A623">
         <v>622</v>
       </c>
-      <c r="B623">
+      <c r="B623" s="1">
         <v>6</v>
       </c>
       <c r="C623" t="s">
-        <v>1396</v>
+        <v>1255</v>
       </c>
       <c r="D623" t="s">
-        <v>261</v>
+        <v>1211</v>
       </c>
       <c r="E623" t="s">
-        <v>1593</v>
+        <v>1576</v>
       </c>
       <c r="F623" t="s">
-        <v>1594</v>
+        <v>1577</v>
       </c>
       <c r="G623" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H623" s="1">
         <v>16</v>
       </c>
       <c r="I623" s="1">
         <v>4</v>
       </c>
       <c r="J623" s="1">
         <v>0</v>
       </c>
       <c r="K623" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L623" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M623" s="1">
         <v>5</v>
       </c>
       <c r="N623" s="1">
         <v>5</v>
       </c>
       <c r="O623" s="1">
         <v>15</v>
       </c>
-      <c r="P623" t="s">
-[...6 lines deleted...]
-    <row r="624" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="624" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A624">
         <v>623</v>
       </c>
-      <c r="B624">
+      <c r="B624" s="1">
         <v>6</v>
       </c>
       <c r="C624" t="s">
-        <v>95</v>
+        <v>1255</v>
       </c>
       <c r="D624" t="s">
-        <v>96</v>
+        <v>1211</v>
       </c>
       <c r="E624" t="s">
-        <v>1595</v>
+        <v>1578</v>
       </c>
       <c r="F624" t="s">
-        <v>1596</v>
+        <v>1579</v>
       </c>
       <c r="G624" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H624" s="1">
-        <v>120</v>
+        <v>32</v>
       </c>
       <c r="I624" s="1">
+        <v>8</v>
+      </c>
+      <c r="J624" s="1">
+        <v>0</v>
+      </c>
+      <c r="K624" t="s">
+        <v>13</v>
+      </c>
+      <c r="L624" t="s">
+        <v>22</v>
+      </c>
+      <c r="M624" s="1">
+        <v>10</v>
+      </c>
+      <c r="N624" s="1">
+        <v>10</v>
+      </c>
+      <c r="O624" s="1">
         <v>30</v>
       </c>
-      <c r="J624" s="1">
-[...24 lines deleted...]
-    <row r="625" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="625" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A625">
         <v>624</v>
       </c>
-      <c r="B625">
+      <c r="B625" s="1">
         <v>6</v>
       </c>
       <c r="C625" t="s">
-        <v>95</v>
+        <v>1255</v>
       </c>
       <c r="D625" t="s">
-        <v>96</v>
+        <v>1211</v>
       </c>
       <c r="E625" t="s">
-        <v>1597</v>
+        <v>1580</v>
       </c>
       <c r="F625" t="s">
-        <v>1598</v>
+        <v>1581</v>
       </c>
       <c r="G625" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H625" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
       <c r="I625" s="1">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="J625" s="1">
         <v>0</v>
       </c>
       <c r="K625" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L625" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M625" s="1">
-        <v>60</v>
+        <v>2</v>
       </c>
       <c r="N625" s="1">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="O625" s="1">
-        <v>120</v>
-[...8 lines deleted...]
-    <row r="626" spans="1:17" x14ac:dyDescent="0.2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="626" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A626">
         <v>625</v>
       </c>
-      <c r="B626">
+      <c r="B626" s="1">
         <v>6</v>
       </c>
       <c r="C626" t="s">
-        <v>95</v>
+        <v>1255</v>
       </c>
       <c r="D626" t="s">
-        <v>96</v>
+        <v>461</v>
       </c>
       <c r="E626" t="s">
-        <v>1599</v>
+        <v>1582</v>
       </c>
       <c r="F626" t="s">
-        <v>1600</v>
+        <v>1583</v>
       </c>
       <c r="G626" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H626" s="1">
-        <v>160</v>
+        <v>32</v>
       </c>
       <c r="I626" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="J626" s="1">
         <v>0</v>
       </c>
       <c r="K626" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L626" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="M626" s="1">
-        <v>650</v>
+        <v>0</v>
       </c>
       <c r="N626" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O626" s="1">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="627" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="627" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A627">
         <v>626</v>
       </c>
-      <c r="B627">
+      <c r="B627" s="1">
         <v>6</v>
       </c>
       <c r="C627" t="s">
-        <v>95</v>
+        <v>1255</v>
       </c>
       <c r="D627" t="s">
-        <v>96</v>
+        <v>464</v>
       </c>
       <c r="E627" t="s">
-        <v>1601</v>
+        <v>1584</v>
       </c>
       <c r="F627" t="s">
-        <v>1602</v>
+        <v>1585</v>
       </c>
       <c r="G627" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H627" s="1">
-        <v>160</v>
+        <v>3</v>
       </c>
       <c r="I627" s="1">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="J627" s="1">
         <v>0</v>
       </c>
       <c r="K627" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L627" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M627" s="1">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="N627" s="1">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="O627" s="1">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="628" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="628" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A628">
         <v>627</v>
       </c>
-      <c r="B628">
+      <c r="B628" s="1">
         <v>6</v>
       </c>
       <c r="C628" t="s">
-        <v>95</v>
+        <v>1255</v>
       </c>
       <c r="D628" t="s">
-        <v>96</v>
+        <v>464</v>
       </c>
       <c r="E628" t="s">
-        <v>1603</v>
+        <v>1586</v>
       </c>
       <c r="F628" t="s">
-        <v>1604</v>
+        <v>1587</v>
       </c>
       <c r="G628" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H628" s="1">
-        <v>64</v>
+        <v>288</v>
       </c>
       <c r="I628" s="1">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="J628" s="1">
         <v>0</v>
       </c>
       <c r="K628" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L628" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="M628" s="1">
-        <v>20</v>
+        <v>170</v>
       </c>
       <c r="N628" s="1">
-        <v>20</v>
+        <v>320</v>
       </c>
       <c r="O628" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="629" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="629" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A629">
         <v>628</v>
       </c>
-      <c r="B629">
+      <c r="B629" s="1">
         <v>6</v>
       </c>
       <c r="C629" t="s">
-        <v>95</v>
+        <v>1255</v>
       </c>
       <c r="D629" t="s">
-        <v>96</v>
+        <v>464</v>
       </c>
       <c r="E629" t="s">
-        <v>1605</v>
+        <v>1588</v>
       </c>
       <c r="F629" t="s">
-        <v>1606</v>
+        <v>1589</v>
       </c>
       <c r="G629" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H629" s="1">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="I629" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="J629" s="1">
         <v>0</v>
       </c>
       <c r="K629" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L629" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M629" s="1">
+        <v>5</v>
+      </c>
+      <c r="N629" s="1">
+        <v>5</v>
+      </c>
+      <c r="O629" s="1">
         <v>10</v>
       </c>
-      <c r="N629" s="1">
-[...12 lines deleted...]
-    <row r="630" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="630" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A630">
         <v>629</v>
       </c>
-      <c r="B630">
+      <c r="B630" s="1">
         <v>6</v>
       </c>
       <c r="C630" t="s">
-        <v>95</v>
+        <v>1393</v>
       </c>
       <c r="D630" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="E630" t="s">
-        <v>1607</v>
+        <v>1590</v>
       </c>
       <c r="F630" t="s">
-        <v>1608</v>
+        <v>1591</v>
       </c>
       <c r="G630" t="s">
         <v>5</v>
       </c>
       <c r="H630" s="1">
-        <v>32</v>
+        <v>16</v>
       </c>
       <c r="I630" s="1">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="J630" s="1">
         <v>0</v>
       </c>
       <c r="K630" t="s">
         <v>6</v>
       </c>
       <c r="L630" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M630" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="N630" s="1">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="O630" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="631" spans="1:17" x14ac:dyDescent="0.2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="631" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A631">
         <v>630</v>
       </c>
-      <c r="B631">
+      <c r="B631" s="1">
         <v>6</v>
       </c>
       <c r="C631" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D631" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E631" t="s">
-        <v>1609</v>
+        <v>1592</v>
       </c>
       <c r="F631" t="s">
-        <v>1610</v>
+        <v>1593</v>
       </c>
       <c r="G631" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H631" s="1">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I631" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="J631" s="1">
         <v>0</v>
       </c>
       <c r="K631" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L631" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M631" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
       <c r="N631" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O631" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="632" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="632" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A632">
         <v>631</v>
       </c>
-      <c r="B632">
+      <c r="B632" s="1">
         <v>6</v>
       </c>
       <c r="C632" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D632" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E632" t="s">
-        <v>1611</v>
+        <v>1594</v>
       </c>
       <c r="F632" t="s">
-        <v>1612</v>
+        <v>1595</v>
       </c>
       <c r="G632" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H632" s="1">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="I632" s="1">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="J632" s="1">
         <v>0</v>
       </c>
       <c r="K632" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L632" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M632" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="N632" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="O632" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="633" spans="1:17" x14ac:dyDescent="0.2">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="633" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A633">
         <v>632</v>
       </c>
-      <c r="B633">
+      <c r="B633" s="1">
         <v>6</v>
       </c>
       <c r="C633" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D633" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E633" t="s">
-        <v>1613</v>
+        <v>1596</v>
       </c>
       <c r="F633" t="s">
-        <v>1614</v>
+        <v>1597</v>
       </c>
       <c r="G633" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H633" s="1">
-        <v>72</v>
+        <v>160</v>
       </c>
       <c r="I633" s="1">
-        <v>8</v>
+        <v>40</v>
       </c>
       <c r="J633" s="1">
         <v>0</v>
       </c>
       <c r="K633" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L633" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M633" s="1">
-        <v>20</v>
+        <v>650</v>
       </c>
       <c r="N633" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="O633" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="634" spans="1:17" x14ac:dyDescent="0.2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="634" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A634">
         <v>633</v>
       </c>
-      <c r="B634">
+      <c r="B634" s="1">
         <v>6</v>
       </c>
       <c r="C634" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D634" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E634" t="s">
-        <v>1615</v>
+        <v>1598</v>
       </c>
       <c r="F634" t="s">
-        <v>1616</v>
+        <v>1599</v>
       </c>
       <c r="G634" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H634" s="1">
-        <v>64</v>
+        <v>160</v>
       </c>
       <c r="I634" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="J634" s="1">
         <v>0</v>
       </c>
       <c r="K634" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L634" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M634" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="N634" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="O634" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="635" spans="1:17" x14ac:dyDescent="0.2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="635" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A635">
         <v>634</v>
       </c>
-      <c r="B635">
+      <c r="B635" s="1">
         <v>6</v>
       </c>
       <c r="C635" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D635" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E635" t="s">
-        <v>1617</v>
+        <v>1600</v>
       </c>
       <c r="F635" t="s">
-        <v>1618</v>
+        <v>1601</v>
       </c>
       <c r="G635" t="s">
         <v>5</v>
       </c>
       <c r="H635" s="1">
-        <v>32</v>
+        <v>64</v>
       </c>
       <c r="I635" s="1">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="J635" s="1">
         <v>0</v>
       </c>
       <c r="K635" t="s">
         <v>6</v>
       </c>
       <c r="L635" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M635" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="N635" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O635" s="1">
-        <v>30</v>
-[...8 lines deleted...]
-    <row r="636" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="636" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A636">
         <v>635</v>
       </c>
-      <c r="B636">
+      <c r="B636" s="1">
         <v>6</v>
       </c>
       <c r="C636" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D636" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E636" t="s">
-        <v>1619</v>
+        <v>1602</v>
       </c>
       <c r="F636" t="s">
-        <v>1620</v>
+        <v>1603</v>
       </c>
       <c r="G636" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H636" s="1">
-        <v>0</v>
+        <v>32</v>
       </c>
       <c r="I636" s="1">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="J636" s="1">
         <v>0</v>
       </c>
       <c r="K636" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="L636" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="M636" s="1">
         <v>10</v>
       </c>
       <c r="N636" s="1">
         <v>10</v>
       </c>
       <c r="O636" s="1">
         <v>30</v>
       </c>
-      <c r="P636" t="s">
-[...6 lines deleted...]
-    <row r="637" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="637" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A637">
         <v>636</v>
       </c>
-      <c r="B637">
+      <c r="B637" s="1">
         <v>6</v>
       </c>
       <c r="C637" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D637" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E637" t="s">
-        <v>1621</v>
+        <v>1604</v>
       </c>
       <c r="F637" t="s">
-        <v>1622</v>
+        <v>1605</v>
       </c>
       <c r="G637" t="s">
         <v>5</v>
       </c>
       <c r="H637" s="1">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="I637" s="1">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="J637" s="1">
         <v>0</v>
       </c>
       <c r="K637" t="s">
         <v>6</v>
       </c>
       <c r="L637" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M637" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="N637" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O637" s="1">
-        <v>15</v>
-[...8 lines deleted...]
-    <row r="638" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="638" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A638">
         <v>637</v>
       </c>
-      <c r="B638">
+      <c r="B638" s="1">
         <v>6</v>
       </c>
       <c r="C638" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D638" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E638" t="s">
-        <v>1623</v>
+        <v>1606</v>
       </c>
       <c r="F638" t="s">
-        <v>1624</v>
+        <v>1607</v>
       </c>
       <c r="G638" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H638" s="1">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="I638" s="1">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="J638" s="1">
         <v>0</v>
       </c>
       <c r="K638" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L638" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M638" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="N638" s="1">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="O638" s="1">
-        <v>60</v>
-[...8 lines deleted...]
-    <row r="639" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="639" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A639">
         <v>638</v>
       </c>
-      <c r="B639">
+      <c r="B639" s="1">
         <v>6</v>
       </c>
       <c r="C639" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D639" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E639" t="s">
-        <v>1625</v>
+        <v>1608</v>
       </c>
       <c r="F639" t="s">
-        <v>1626</v>
+        <v>1609</v>
       </c>
       <c r="G639" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H639" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
       <c r="I639" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="J639" s="1">
         <v>0</v>
       </c>
       <c r="K639" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L639" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M639" s="1">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="N639" s="1">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="O639" s="1">
-        <v>300</v>
-[...8 lines deleted...]
-    <row r="640" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="640" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A640">
         <v>639</v>
       </c>
-      <c r="B640">
-        <v>7</v>
+      <c r="B640" s="1">
+        <v>6</v>
       </c>
       <c r="C640" t="s">
-        <v>1627</v>
+        <v>93</v>
       </c>
       <c r="D640" t="s">
-        <v>1628</v>
+        <v>94</v>
       </c>
       <c r="E640" t="s">
-        <v>1629</v>
+        <v>1610</v>
       </c>
       <c r="F640" t="s">
-        <v>1630</v>
+        <v>1611</v>
       </c>
       <c r="G640" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H640" s="1">
-        <v>136</v>
+        <v>72</v>
       </c>
       <c r="I640" s="1">
-        <v>34</v>
+        <v>8</v>
       </c>
       <c r="J640" s="1">
         <v>0</v>
       </c>
       <c r="K640" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L640" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M640" s="1">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="N640" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O640" s="1">
-        <v>160</v>
-[...8 lines deleted...]
-    <row r="641" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="641" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A641">
         <v>640</v>
       </c>
-      <c r="B641">
-        <v>7</v>
+      <c r="B641" s="1">
+        <v>6</v>
       </c>
       <c r="C641" t="s">
-        <v>1627</v>
+        <v>93</v>
       </c>
       <c r="D641" t="s">
-        <v>286</v>
+        <v>94</v>
       </c>
       <c r="E641" t="s">
-        <v>1631</v>
+        <v>1612</v>
       </c>
       <c r="F641" t="s">
-        <v>1632</v>
+        <v>1613</v>
       </c>
       <c r="G641" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H641" s="1">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="I641" s="1">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="J641" s="1">
         <v>0</v>
       </c>
       <c r="K641" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L641" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M641" s="1">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="N641" s="1">
         <v>20</v>
       </c>
       <c r="O641" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="642" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="642" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A642">
         <v>641</v>
       </c>
-      <c r="B642">
-        <v>7</v>
+      <c r="B642" s="1">
+        <v>6</v>
       </c>
       <c r="C642" t="s">
-        <v>1627</v>
+        <v>93</v>
       </c>
       <c r="D642" t="s">
-        <v>261</v>
+        <v>94</v>
       </c>
       <c r="E642" t="s">
-        <v>1633</v>
+        <v>1614</v>
       </c>
       <c r="F642" t="s">
-        <v>1634</v>
+        <v>1615</v>
       </c>
       <c r="G642" t="s">
         <v>5</v>
       </c>
       <c r="H642" s="1">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="I642" s="1">
+        <v>8</v>
+      </c>
+      <c r="J642" s="1">
+        <v>0</v>
+      </c>
+      <c r="K642" t="s">
+        <v>6</v>
+      </c>
+      <c r="L642" t="s">
+        <v>72</v>
+      </c>
+      <c r="M642" s="1">
         <v>10</v>
       </c>
-      <c r="J642" s="1">
-[...10 lines deleted...]
-      </c>
       <c r="N642" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O642" s="1">
-        <v>45</v>
-[...8 lines deleted...]
-    <row r="643" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="643" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A643">
         <v>642</v>
       </c>
-      <c r="B643">
-        <v>7</v>
+      <c r="B643" s="1">
+        <v>6</v>
       </c>
       <c r="C643" t="s">
-        <v>1635</v>
+        <v>93</v>
       </c>
       <c r="D643" t="s">
-        <v>1636</v>
+        <v>94</v>
       </c>
       <c r="E643" t="s">
-        <v>1637</v>
+        <v>1616</v>
       </c>
       <c r="F643" t="s">
-        <v>1638</v>
+        <v>1617</v>
       </c>
       <c r="G643" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H643" s="1">
-        <v>140</v>
+        <v>0</v>
       </c>
       <c r="I643" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="J643" s="1">
         <v>0</v>
       </c>
       <c r="K643" t="s">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="L643" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
       <c r="M643" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="N643" s="1">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="O643" s="1">
-        <v>170</v>
-[...8 lines deleted...]
-    <row r="644" spans="1:17" x14ac:dyDescent="0.2">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="644" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A644">
         <v>643</v>
       </c>
-      <c r="B644">
-        <v>7</v>
+      <c r="B644" s="1">
+        <v>6</v>
       </c>
       <c r="C644" t="s">
-        <v>1635</v>
+        <v>93</v>
       </c>
       <c r="D644" t="s">
-        <v>1639</v>
+        <v>94</v>
       </c>
       <c r="E644" t="s">
-        <v>1640</v>
+        <v>1618</v>
       </c>
       <c r="F644" t="s">
-        <v>1641</v>
+        <v>1619</v>
       </c>
       <c r="G644" t="s">
         <v>5</v>
       </c>
       <c r="H644" s="1">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="I644" s="1">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="J644" s="1">
         <v>0</v>
       </c>
       <c r="K644" t="s">
         <v>6</v>
       </c>
       <c r="L644" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
       <c r="M644" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="N644" s="1">
         <v>5</v>
       </c>
       <c r="O644" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="645" spans="1:17" x14ac:dyDescent="0.2">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="645" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A645">
         <v>644</v>
       </c>
-      <c r="B645">
-        <v>7</v>
+      <c r="B645" s="1">
+        <v>6</v>
       </c>
       <c r="C645" t="s">
-        <v>1635</v>
+        <v>93</v>
       </c>
       <c r="D645" t="s">
-        <v>988</v>
+        <v>94</v>
       </c>
       <c r="E645" t="s">
-        <v>1642</v>
+        <v>1620</v>
       </c>
       <c r="F645" t="s">
-        <v>1643</v>
+        <v>1621</v>
       </c>
       <c r="G645" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H645" s="1">
-        <v>2000</v>
+        <v>60</v>
       </c>
       <c r="I645" s="1">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="J645" s="1">
         <v>0</v>
       </c>
       <c r="K645" t="s">
+        <v>6</v>
+      </c>
+      <c r="L645" t="s">
+        <v>42</v>
+      </c>
+      <c r="M645" s="1">
         <v>15</v>
       </c>
-      <c r="L645" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N645" s="1">
-        <v>500</v>
+        <v>15</v>
       </c>
       <c r="O645" s="1">
-        <v>2000</v>
-[...8 lines deleted...]
-    <row r="646" spans="1:17" x14ac:dyDescent="0.2">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="646" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A646">
         <v>645</v>
       </c>
-      <c r="B646">
-        <v>7</v>
+      <c r="B646" s="1">
+        <v>6</v>
       </c>
       <c r="C646" t="s">
-        <v>1635</v>
+        <v>93</v>
       </c>
       <c r="D646" t="s">
-        <v>988</v>
+        <v>94</v>
       </c>
       <c r="E646" t="s">
-        <v>1644</v>
+        <v>1622</v>
       </c>
       <c r="F646" t="s">
-        <v>1645</v>
+        <v>1623</v>
       </c>
       <c r="G646" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H646" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
       <c r="I646" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="J646" s="1">
         <v>0</v>
       </c>
       <c r="K646" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L646" t="s">
-        <v>24</v>
+        <v>42</v>
       </c>
       <c r="M646" s="1">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="N646" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="O646" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="647" spans="1:17" x14ac:dyDescent="0.2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="647" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A647">
         <v>646</v>
       </c>
-      <c r="B647">
+      <c r="B647" s="1">
         <v>7</v>
       </c>
       <c r="C647" t="s">
-        <v>1646</v>
+        <v>1624</v>
       </c>
       <c r="D647" t="s">
-        <v>1647</v>
+        <v>1625</v>
       </c>
       <c r="E647" t="s">
-        <v>1648</v>
+        <v>1626</v>
       </c>
       <c r="F647" t="s">
-        <v>1649</v>
+        <v>1627</v>
       </c>
       <c r="G647" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H647" s="1">
-        <v>48</v>
+        <v>136</v>
       </c>
       <c r="I647" s="1">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="J647" s="1">
         <v>0</v>
       </c>
       <c r="K647" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L647" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="M647" s="1">
         <v>0</v>
       </c>
       <c r="N647" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="O647" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="648" spans="1:17" x14ac:dyDescent="0.2">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="648" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A648">
         <v>647</v>
       </c>
-      <c r="B648">
+      <c r="B648" s="1">
         <v>7</v>
       </c>
       <c r="C648" t="s">
-        <v>1646</v>
+        <v>1624</v>
       </c>
       <c r="D648" t="s">
-        <v>1650</v>
+        <v>283</v>
       </c>
       <c r="E648" t="s">
-        <v>1651</v>
+        <v>1628</v>
       </c>
       <c r="F648" t="s">
-        <v>1652</v>
+        <v>1629</v>
       </c>
       <c r="G648" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H648" s="1">
-        <v>192</v>
+        <v>54</v>
       </c>
       <c r="I648" s="1">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="J648" s="1">
         <v>0</v>
       </c>
       <c r="K648" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L648" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M648" s="1">
         <v>0</v>
       </c>
       <c r="N648" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O648" s="1">
-        <v>230</v>
-[...8 lines deleted...]
-    <row r="649" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="649" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A649">
         <v>648</v>
       </c>
-      <c r="B649">
+      <c r="B649" s="1">
         <v>7</v>
       </c>
       <c r="C649" t="s">
-        <v>1646</v>
+        <v>1624</v>
       </c>
       <c r="D649" t="s">
-        <v>177</v>
+        <v>258</v>
       </c>
       <c r="E649" t="s">
-        <v>1653</v>
+        <v>1630</v>
       </c>
       <c r="F649" t="s">
-        <v>1654</v>
+        <v>1631</v>
       </c>
       <c r="G649" t="s">
         <v>5</v>
       </c>
       <c r="H649" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="I649" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="J649" s="1">
         <v>0</v>
       </c>
       <c r="K649" t="s">
         <v>6</v>
       </c>
       <c r="L649" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="M649" s="1">
-        <v>460</v>
+        <v>0</v>
       </c>
       <c r="N649" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="O649" s="1">
-        <v>50</v>
-[...8 lines deleted...]
-    <row r="650" spans="1:17" x14ac:dyDescent="0.2">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="650" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A650">
         <v>649</v>
       </c>
-      <c r="B650">
+      <c r="B650" s="1">
         <v>7</v>
       </c>
       <c r="C650" t="s">
-        <v>1646</v>
+        <v>1632</v>
       </c>
       <c r="D650" t="s">
-        <v>177</v>
+        <v>1633</v>
       </c>
       <c r="E650" t="s">
-        <v>1655</v>
+        <v>1634</v>
       </c>
       <c r="F650" t="s">
-        <v>1656</v>
+        <v>1635</v>
       </c>
       <c r="G650" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H650" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
       <c r="I650" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="J650" s="1">
         <v>0</v>
       </c>
       <c r="K650" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L650" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M650" s="1">
-        <v>255</v>
+        <v>0</v>
       </c>
       <c r="N650" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="O650" s="1">
-        <v>50</v>
-[...8 lines deleted...]
-    <row r="651" spans="1:17" x14ac:dyDescent="0.2">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="651" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A651">
         <v>650</v>
       </c>
-      <c r="B651">
+      <c r="B651" s="1">
         <v>7</v>
       </c>
       <c r="C651" t="s">
-        <v>1646</v>
+        <v>1632</v>
       </c>
       <c r="D651" t="s">
-        <v>177</v>
+        <v>1636</v>
       </c>
       <c r="E651" t="s">
-        <v>1657</v>
+        <v>1637</v>
       </c>
       <c r="F651" t="s">
-        <v>1658</v>
+        <v>1638</v>
       </c>
       <c r="G651" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H651" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="I651" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="J651" s="1">
         <v>0</v>
       </c>
       <c r="K651" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L651" t="s">
-        <v>7</v>
+        <v>150</v>
       </c>
       <c r="M651" s="1">
         <v>0</v>
       </c>
       <c r="N651" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
       <c r="O651" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="652" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="652" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A652">
         <v>651</v>
       </c>
-      <c r="B652">
+      <c r="B652" s="1">
         <v>7</v>
       </c>
       <c r="C652" t="s">
-        <v>1646</v>
+        <v>1632</v>
       </c>
       <c r="D652" t="s">
-        <v>177</v>
+        <v>985</v>
       </c>
       <c r="E652" t="s">
-        <v>1659</v>
+        <v>1639</v>
       </c>
       <c r="F652" t="s">
-        <v>1660</v>
+        <v>1640</v>
       </c>
       <c r="G652" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H652" s="1">
-        <v>240</v>
+        <v>2000</v>
       </c>
       <c r="I652" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
       <c r="J652" s="1">
         <v>0</v>
       </c>
       <c r="K652" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="L652" t="s">
-        <v>16</v>
+        <v>520</v>
       </c>
       <c r="M652" s="1">
-        <v>0</v>
+        <v>3650</v>
       </c>
       <c r="N652" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="O652" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="653" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="653" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A653">
         <v>652</v>
       </c>
-      <c r="B653">
+      <c r="B653" s="1">
         <v>7</v>
       </c>
       <c r="C653" t="s">
-        <v>1661</v>
+        <v>1632</v>
       </c>
       <c r="D653" t="s">
-        <v>1662</v>
+        <v>985</v>
       </c>
       <c r="E653" t="s">
-        <v>1663</v>
+        <v>1641</v>
       </c>
       <c r="F653" t="s">
-        <v>1664</v>
+        <v>1642</v>
       </c>
       <c r="G653" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H653" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
       <c r="I653" s="1">
+        <v>30</v>
+      </c>
+      <c r="J653" s="1">
+        <v>0</v>
+      </c>
+      <c r="K653" t="s">
+        <v>13</v>
+      </c>
+      <c r="L653" t="s">
+        <v>22</v>
+      </c>
+      <c r="M653" s="1">
+        <v>0</v>
+      </c>
+      <c r="N653" s="1">
+        <v>50</v>
+      </c>
+      <c r="O653" s="1">
         <v>100</v>
       </c>
-      <c r="J653" s="1">
-[...24 lines deleted...]
-    <row r="654" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="654" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A654">
         <v>653</v>
       </c>
-      <c r="B654">
+      <c r="B654" s="1">
         <v>7</v>
       </c>
       <c r="C654" t="s">
-        <v>1661</v>
+        <v>1643</v>
       </c>
       <c r="D654" t="s">
-        <v>597</v>
+        <v>1644</v>
       </c>
       <c r="E654" t="s">
-        <v>1665</v>
+        <v>1645</v>
       </c>
       <c r="F654" t="s">
-        <v>1666</v>
+        <v>1646</v>
       </c>
       <c r="G654" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H654" s="1">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="I654" s="1">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="J654" s="1">
         <v>0</v>
       </c>
       <c r="K654" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L654" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M654" s="1">
         <v>0</v>
       </c>
       <c r="N654" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O654" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="655" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="655" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A655">
         <v>654</v>
       </c>
-      <c r="B655">
+      <c r="B655" s="1">
         <v>7</v>
       </c>
       <c r="C655" t="s">
-        <v>1661</v>
+        <v>1643</v>
       </c>
       <c r="D655" t="s">
-        <v>1214</v>
+        <v>1647</v>
       </c>
       <c r="E655" t="s">
-        <v>1667</v>
+        <v>1648</v>
       </c>
       <c r="F655" t="s">
-        <v>1668</v>
+        <v>1649</v>
       </c>
       <c r="G655" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H655" s="1">
-        <v>54</v>
+        <v>192</v>
       </c>
       <c r="I655" s="1">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="J655" s="1">
         <v>0</v>
       </c>
       <c r="K655" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L655" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M655" s="1">
         <v>0</v>
       </c>
       <c r="N655" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="O655" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="656" spans="1:17" x14ac:dyDescent="0.2">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="656" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A656">
         <v>655</v>
       </c>
-      <c r="B656">
+      <c r="B656" s="1">
         <v>7</v>
       </c>
       <c r="C656" t="s">
-        <v>1669</v>
+        <v>1643</v>
       </c>
       <c r="D656" t="s">
-        <v>1670</v>
+        <v>174</v>
       </c>
       <c r="E656" t="s">
-        <v>1671</v>
+        <v>1650</v>
       </c>
       <c r="F656" t="s">
-        <v>1672</v>
+        <v>1651</v>
       </c>
       <c r="G656" t="s">
         <v>5</v>
       </c>
       <c r="H656" s="1">
-        <v>176</v>
+        <v>80</v>
       </c>
       <c r="I656" s="1">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="J656" s="1">
         <v>0</v>
       </c>
       <c r="K656" t="s">
         <v>6</v>
       </c>
       <c r="L656" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M656" s="1">
-        <v>0</v>
+        <v>460</v>
       </c>
       <c r="N656" s="1">
         <v>50</v>
       </c>
       <c r="O656" s="1">
-        <v>170</v>
-[...8 lines deleted...]
-    <row r="657" spans="1:17" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="657" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A657">
         <v>656</v>
       </c>
-      <c r="B657">
+      <c r="B657" s="1">
         <v>7</v>
       </c>
       <c r="C657" t="s">
-        <v>1669</v>
+        <v>1643</v>
       </c>
       <c r="D657" t="s">
-        <v>832</v>
+        <v>174</v>
       </c>
       <c r="E657" t="s">
-        <v>1673</v>
+        <v>1652</v>
       </c>
       <c r="F657" t="s">
-        <v>1674</v>
+        <v>1653</v>
       </c>
       <c r="G657" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H657" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
       <c r="I657" s="1">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="J657" s="1">
         <v>0</v>
       </c>
       <c r="K657" t="s">
-        <v>302</v>
+        <v>13</v>
       </c>
       <c r="L657" t="s">
-        <v>31</v>
+        <v>72</v>
       </c>
       <c r="M657" s="1">
-        <v>100</v>
+        <v>255</v>
       </c>
       <c r="N657" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="O657" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="658" spans="1:17" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="658" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A658">
         <v>657</v>
       </c>
-      <c r="B658">
+      <c r="B658" s="1">
         <v>7</v>
       </c>
       <c r="C658" t="s">
-        <v>1675</v>
+        <v>1643</v>
       </c>
       <c r="D658" t="s">
-        <v>311</v>
+        <v>174</v>
       </c>
       <c r="E658" t="s">
-        <v>1676</v>
+        <v>1654</v>
       </c>
       <c r="F658" t="s">
-        <v>1677</v>
+        <v>1655</v>
       </c>
       <c r="G658" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H658" s="1">
-        <v>24</v>
+        <v>400</v>
       </c>
       <c r="I658" s="1">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="J658" s="1">
         <v>0</v>
       </c>
       <c r="K658" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L658" t="s">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="M658" s="1">
         <v>0</v>
       </c>
       <c r="N658" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O658" s="1">
-        <v>25</v>
-[...8 lines deleted...]
-    <row r="659" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="659" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A659">
         <v>658</v>
       </c>
-      <c r="B659">
+      <c r="B659" s="1">
         <v>7</v>
       </c>
       <c r="C659" t="s">
-        <v>1675</v>
+        <v>1643</v>
       </c>
       <c r="D659" t="s">
-        <v>1678</v>
+        <v>174</v>
       </c>
       <c r="E659" t="s">
-        <v>1679</v>
+        <v>1656</v>
       </c>
       <c r="F659" t="s">
-        <v>1680</v>
+        <v>1657</v>
       </c>
       <c r="G659" t="s">
+        <v>12</v>
+      </c>
+      <c r="H659" s="1">
+        <v>240</v>
+      </c>
+      <c r="I659" s="1">
+        <v>60</v>
+      </c>
+      <c r="J659" s="1">
+        <v>0</v>
+      </c>
+      <c r="K659" t="s">
+        <v>13</v>
+      </c>
+      <c r="L659" t="s">
         <v>14</v>
       </c>
-      <c r="H659" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="M659" s="1">
-        <v>1005</v>
+        <v>0</v>
       </c>
       <c r="N659" s="1">
         <v>100</v>
       </c>
       <c r="O659" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="660" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="660" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A660">
         <v>659</v>
       </c>
-      <c r="B660">
+      <c r="B660" s="1">
         <v>7</v>
       </c>
       <c r="C660" t="s">
-        <v>1681</v>
+        <v>1658</v>
       </c>
       <c r="D660" t="s">
-        <v>490</v>
+        <v>1659</v>
       </c>
       <c r="E660" t="s">
-        <v>1682</v>
+        <v>1660</v>
       </c>
       <c r="F660" t="s">
-        <v>1683</v>
+        <v>1661</v>
       </c>
       <c r="G660" t="s">
         <v>5</v>
       </c>
       <c r="H660" s="1">
-        <v>48</v>
+        <v>400</v>
       </c>
       <c r="I660" s="1">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="J660" s="1">
         <v>0</v>
       </c>
       <c r="K660" t="s">
         <v>6</v>
       </c>
       <c r="L660" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M660" s="1">
         <v>0</v>
       </c>
       <c r="N660" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="O660" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="661" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="661" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A661">
         <v>660</v>
       </c>
-      <c r="B661">
+      <c r="B661" s="1">
         <v>7</v>
       </c>
       <c r="C661" t="s">
-        <v>1681</v>
+        <v>1658</v>
       </c>
       <c r="D661" t="s">
-        <v>712</v>
+        <v>594</v>
       </c>
       <c r="E661" t="s">
-        <v>1684</v>
+        <v>1662</v>
       </c>
       <c r="F661" t="s">
-        <v>1685</v>
+        <v>1663</v>
       </c>
       <c r="G661" t="s">
         <v>5</v>
       </c>
       <c r="H661" s="1">
-        <v>88</v>
+        <v>24</v>
       </c>
       <c r="I661" s="1">
+        <v>6</v>
+      </c>
+      <c r="J661" s="1">
+        <v>0</v>
+      </c>
+      <c r="K661" t="s">
+        <v>6</v>
+      </c>
+      <c r="L661" t="s">
         <v>22</v>
       </c>
-      <c r="J661" s="1">
-[...7 lines deleted...]
-      </c>
       <c r="M661" s="1">
         <v>0</v>
       </c>
       <c r="N661" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="O661" s="1">
-        <v>80</v>
-[...8 lines deleted...]
-    <row r="662" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="662" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A662">
         <v>661</v>
       </c>
-      <c r="B662">
+      <c r="B662" s="1">
         <v>7</v>
       </c>
       <c r="C662" t="s">
-        <v>1681</v>
+        <v>1658</v>
       </c>
       <c r="D662" t="s">
-        <v>113</v>
+        <v>1211</v>
       </c>
       <c r="E662" t="s">
-        <v>1686</v>
+        <v>1664</v>
       </c>
       <c r="F662" t="s">
-        <v>1687</v>
+        <v>1665</v>
       </c>
       <c r="G662" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H662" s="1">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="I662" s="1">
+        <v>6</v>
+      </c>
+      <c r="J662" s="1">
+        <v>0</v>
+      </c>
+      <c r="K662" t="s">
+        <v>46</v>
+      </c>
+      <c r="L662" t="s">
+        <v>22</v>
+      </c>
+      <c r="M662" s="1">
+        <v>0</v>
+      </c>
+      <c r="N662" s="1">
         <v>20</v>
       </c>
-      <c r="J662" s="1">
-[...13 lines deleted...]
-      </c>
       <c r="O662" s="1">
-        <v>50</v>
-[...8 lines deleted...]
-    <row r="663" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="663" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A663">
         <v>662</v>
       </c>
-      <c r="B663">
+      <c r="B663" s="1">
         <v>7</v>
       </c>
       <c r="C663" t="s">
-        <v>1681</v>
+        <v>1666</v>
       </c>
       <c r="D663" t="s">
-        <v>113</v>
+        <v>1667</v>
       </c>
       <c r="E663" t="s">
-        <v>1688</v>
+        <v>1668</v>
       </c>
       <c r="F663" t="s">
-        <v>1689</v>
+        <v>1669</v>
       </c>
       <c r="G663" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H663" s="1">
-        <v>189</v>
+        <v>176</v>
       </c>
       <c r="I663" s="1">
-        <v>21</v>
+        <v>44</v>
       </c>
       <c r="J663" s="1">
         <v>0</v>
       </c>
       <c r="K663" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L663" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M663" s="1">
         <v>0</v>
       </c>
       <c r="N663" s="1">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="O663" s="1">
-        <v>135</v>
-[...8 lines deleted...]
-    <row r="664" spans="1:17" x14ac:dyDescent="0.2">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="664" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A664">
         <v>663</v>
       </c>
-      <c r="B664">
+      <c r="B664" s="1">
         <v>7</v>
       </c>
       <c r="C664" t="s">
-        <v>1690</v>
+        <v>1666</v>
       </c>
       <c r="D664" t="s">
-        <v>1691</v>
+        <v>829</v>
       </c>
       <c r="E664" t="s">
-        <v>1692</v>
+        <v>1670</v>
       </c>
       <c r="F664" t="s">
-        <v>1693</v>
+        <v>1671</v>
       </c>
       <c r="G664" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H664" s="1">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="I664" s="1">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="J664" s="1">
         <v>0</v>
       </c>
       <c r="K664" t="s">
-        <v>6</v>
+        <v>299</v>
       </c>
       <c r="L664" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="M664" s="1">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="N664" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="O664" s="1">
         <v>100</v>
       </c>
-      <c r="P664" t="s">
-[...6 lines deleted...]
-    <row r="665" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="665" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A665">
         <v>664</v>
       </c>
-      <c r="B665">
+      <c r="B665" s="1">
         <v>7</v>
       </c>
       <c r="C665" t="s">
-        <v>1690</v>
+        <v>1672</v>
       </c>
       <c r="D665" t="s">
-        <v>1662</v>
+        <v>308</v>
       </c>
       <c r="E665" t="s">
-        <v>1694</v>
+        <v>1673</v>
       </c>
       <c r="F665" t="s">
-        <v>1695</v>
+        <v>1674</v>
       </c>
       <c r="G665" t="s">
         <v>5</v>
       </c>
       <c r="H665" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="I665" s="1">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="J665" s="1">
         <v>0</v>
       </c>
       <c r="K665" t="s">
         <v>6</v>
       </c>
       <c r="L665" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M665" s="1">
-        <v>466</v>
+        <v>0</v>
       </c>
       <c r="N665" s="1">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="O665" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="666" spans="1:17" x14ac:dyDescent="0.2">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="666" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A666">
         <v>665</v>
       </c>
-      <c r="B666">
+      <c r="B666" s="1">
         <v>7</v>
       </c>
       <c r="C666" t="s">
-        <v>1690</v>
+        <v>1672</v>
       </c>
       <c r="D666" t="s">
-        <v>1662</v>
+        <v>1675</v>
       </c>
       <c r="E666" t="s">
-        <v>1696</v>
+        <v>1676</v>
       </c>
       <c r="F666" t="s">
-        <v>1697</v>
+        <v>1677</v>
       </c>
       <c r="G666" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H666" s="1">
-        <v>232</v>
+        <v>400</v>
       </c>
       <c r="I666" s="1">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="J666" s="1">
         <v>0</v>
       </c>
       <c r="K666" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L666" t="s">
-        <v>24</v>
+        <v>126</v>
       </c>
       <c r="M666" s="1">
-        <v>0</v>
+        <v>1005</v>
       </c>
       <c r="N666" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="O666" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="667" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="667" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A667">
         <v>666</v>
       </c>
-      <c r="B667">
+      <c r="B667" s="1">
         <v>7</v>
       </c>
       <c r="C667" t="s">
-        <v>1690</v>
+        <v>1678</v>
       </c>
       <c r="D667" t="s">
-        <v>1382</v>
+        <v>487</v>
       </c>
       <c r="E667" t="s">
-        <v>1698</v>
+        <v>1679</v>
       </c>
       <c r="F667" t="s">
-        <v>1699</v>
+        <v>1680</v>
       </c>
       <c r="G667" t="s">
         <v>5</v>
       </c>
       <c r="H667" s="1">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="I667" s="1">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="J667" s="1">
         <v>0</v>
       </c>
       <c r="K667" t="s">
         <v>6</v>
       </c>
       <c r="L667" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M667" s="1">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="N667" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O667" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="668" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="668" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A668">
         <v>667</v>
       </c>
-      <c r="B668">
+      <c r="B668" s="1">
         <v>7</v>
       </c>
       <c r="C668" t="s">
-        <v>1690</v>
+        <v>1678</v>
       </c>
       <c r="D668" t="s">
-        <v>1700</v>
+        <v>709</v>
       </c>
       <c r="E668" t="s">
-        <v>1701</v>
+        <v>1681</v>
       </c>
       <c r="F668" t="s">
-        <v>1702</v>
+        <v>1682</v>
       </c>
       <c r="G668" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H668" s="1">
-        <v>180</v>
+        <v>88</v>
       </c>
       <c r="I668" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="J668" s="1">
         <v>0</v>
       </c>
       <c r="K668" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L668" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M668" s="1">
         <v>0</v>
       </c>
       <c r="N668" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
       <c r="O668" s="1">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="669" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="669" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A669">
         <v>668</v>
       </c>
-      <c r="B669">
+      <c r="B669" s="1">
         <v>7</v>
       </c>
       <c r="C669" t="s">
-        <v>1703</v>
+        <v>1678</v>
       </c>
       <c r="D669" t="s">
-        <v>1704</v>
+        <v>110</v>
       </c>
       <c r="E669" t="s">
-        <v>1705</v>
+        <v>1683</v>
       </c>
       <c r="F669" t="s">
-        <v>1706</v>
+        <v>1684</v>
       </c>
       <c r="G669" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H669" s="1">
-        <v>232</v>
+        <v>80</v>
       </c>
       <c r="I669" s="1">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="J669" s="1">
         <v>0</v>
       </c>
       <c r="K669" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L669" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="M669" s="1">
-        <v>0</v>
+        <v>150</v>
       </c>
       <c r="N669" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="O669" s="1">
-        <v>270</v>
-[...8 lines deleted...]
-    <row r="670" spans="1:17" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="670" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A670">
         <v>669</v>
       </c>
-      <c r="B670">
+      <c r="B670" s="1">
         <v>7</v>
       </c>
       <c r="C670" t="s">
-        <v>1703</v>
+        <v>1678</v>
       </c>
       <c r="D670" t="s">
-        <v>1704</v>
+        <v>110</v>
       </c>
       <c r="E670" t="s">
-        <v>1707</v>
+        <v>1685</v>
       </c>
       <c r="F670" t="s">
-        <v>1708</v>
+        <v>1686</v>
       </c>
       <c r="G670" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H670" s="1">
-        <v>24</v>
+        <v>189</v>
       </c>
       <c r="I670" s="1">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="J670" s="1">
         <v>0</v>
       </c>
       <c r="K670" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L670" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M670" s="1">
         <v>0</v>
       </c>
       <c r="N670" s="1">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="O670" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="671" spans="1:17" x14ac:dyDescent="0.2">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="671" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A671">
         <v>670</v>
       </c>
-      <c r="B671">
+      <c r="B671" s="1">
         <v>7</v>
       </c>
       <c r="C671" t="s">
-        <v>1709</v>
+        <v>1687</v>
       </c>
       <c r="D671" t="s">
-        <v>970</v>
+        <v>1688</v>
       </c>
       <c r="E671" t="s">
-        <v>1710</v>
+        <v>1689</v>
       </c>
       <c r="F671" t="s">
-        <v>1711</v>
+        <v>1690</v>
       </c>
       <c r="G671" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H671" s="1">
-        <v>306</v>
+        <v>96</v>
       </c>
       <c r="I671" s="1">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="J671" s="1">
         <v>0</v>
       </c>
       <c r="K671" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L671" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="M671" s="1">
         <v>0</v>
       </c>
       <c r="N671" s="1">
         <v>20</v>
       </c>
       <c r="O671" s="1">
-        <v>320</v>
-[...8 lines deleted...]
-    <row r="672" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="672" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A672">
         <v>671</v>
       </c>
-      <c r="B672">
+      <c r="B672" s="1">
         <v>7</v>
       </c>
       <c r="C672" t="s">
-        <v>1712</v>
+        <v>1687</v>
       </c>
       <c r="D672" t="s">
-        <v>1713</v>
+        <v>1659</v>
       </c>
       <c r="E672" t="s">
-        <v>1714</v>
+        <v>1691</v>
       </c>
       <c r="F672" t="s">
-        <v>1715</v>
+        <v>1692</v>
       </c>
       <c r="G672" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H672" s="1">
-        <v>396</v>
+        <v>120</v>
       </c>
       <c r="I672" s="1">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="J672" s="1">
         <v>0</v>
       </c>
       <c r="K672" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L672" t="s">
-        <v>79</v>
+        <v>22</v>
       </c>
       <c r="M672" s="1">
-        <v>0</v>
+        <v>466</v>
       </c>
       <c r="N672" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="O672" s="1">
-        <v>420</v>
-[...8 lines deleted...]
-    <row r="673" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="673" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A673">
         <v>672</v>
       </c>
-      <c r="B673">
+      <c r="B673" s="1">
         <v>7</v>
       </c>
       <c r="C673" t="s">
-        <v>1712</v>
+        <v>1687</v>
       </c>
       <c r="D673" t="s">
-        <v>1716</v>
+        <v>1659</v>
       </c>
       <c r="E673" t="s">
-        <v>1717</v>
+        <v>1693</v>
       </c>
       <c r="F673" t="s">
-        <v>1718</v>
+        <v>1694</v>
       </c>
       <c r="G673" t="s">
         <v>5</v>
       </c>
       <c r="H673" s="1">
-        <v>96</v>
+        <v>232</v>
       </c>
       <c r="I673" s="1">
-        <v>24</v>
+        <v>58</v>
       </c>
       <c r="J673" s="1">
         <v>0</v>
       </c>
       <c r="K673" t="s">
         <v>6</v>
       </c>
       <c r="L673" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M673" s="1">
         <v>0</v>
       </c>
       <c r="N673" s="1">
-        <v>30</v>
+        <v>90</v>
       </c>
       <c r="O673" s="1">
-        <v>90</v>
-[...8 lines deleted...]
-    <row r="674" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="674" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A674">
         <v>673</v>
       </c>
-      <c r="B674">
+      <c r="B674" s="1">
         <v>7</v>
       </c>
       <c r="C674" t="s">
-        <v>1712</v>
+        <v>1687</v>
       </c>
       <c r="D674" t="s">
-        <v>1678</v>
+        <v>1379</v>
       </c>
       <c r="E674" t="s">
-        <v>1719</v>
+        <v>1695</v>
       </c>
       <c r="F674" t="s">
-        <v>1720</v>
+        <v>1696</v>
       </c>
       <c r="G674" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H674" s="1">
-        <v>120</v>
+        <v>16</v>
       </c>
       <c r="I674" s="1">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="J674" s="1">
         <v>0</v>
       </c>
       <c r="K674" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L674" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M674" s="1">
-        <v>0</v>
+        <v>70</v>
       </c>
       <c r="N674" s="1">
-        <v>50</v>
+        <v>10</v>
       </c>
       <c r="O674" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="675" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="675" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A675">
         <v>674</v>
       </c>
-      <c r="B675">
+      <c r="B675" s="1">
         <v>7</v>
       </c>
       <c r="C675" t="s">
-        <v>1712</v>
+        <v>1687</v>
       </c>
       <c r="D675" t="s">
-        <v>177</v>
+        <v>1697</v>
       </c>
       <c r="E675" t="s">
-        <v>1721</v>
+        <v>1698</v>
       </c>
       <c r="F675" t="s">
-        <v>1722</v>
+        <v>1699</v>
       </c>
       <c r="G675" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H675" s="1">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="I675" s="1">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="J675" s="1">
         <v>0</v>
       </c>
       <c r="K675" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L675" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M675" s="1">
         <v>0</v>
       </c>
       <c r="N675" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
       <c r="O675" s="1">
-        <v>210</v>
-[...8 lines deleted...]
-    <row r="676" spans="1:17" x14ac:dyDescent="0.2">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="676" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A676">
         <v>675</v>
       </c>
-      <c r="B676">
+      <c r="B676" s="1">
         <v>7</v>
       </c>
       <c r="C676" t="s">
-        <v>1723</v>
+        <v>1700</v>
       </c>
       <c r="D676" t="s">
-        <v>1628</v>
+        <v>1701</v>
       </c>
       <c r="E676" t="s">
-        <v>1724</v>
+        <v>1702</v>
       </c>
       <c r="F676" t="s">
-        <v>1725</v>
+        <v>1703</v>
       </c>
       <c r="G676" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H676" s="1">
-        <v>272</v>
+        <v>232</v>
       </c>
       <c r="I676" s="1">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="J676" s="1">
         <v>0</v>
       </c>
       <c r="K676" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L676" t="s">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="M676" s="1">
         <v>0</v>
       </c>
       <c r="N676" s="1">
         <v>20</v>
       </c>
       <c r="O676" s="1">
-        <v>320</v>
-[...8 lines deleted...]
-    <row r="677" spans="1:17" x14ac:dyDescent="0.2">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="677" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A677">
         <v>676</v>
       </c>
-      <c r="B677">
+      <c r="B677" s="1">
         <v>7</v>
       </c>
       <c r="C677" t="s">
-        <v>1723</v>
+        <v>1700</v>
       </c>
       <c r="D677" t="s">
-        <v>1726</v>
+        <v>1701</v>
       </c>
       <c r="E677" t="s">
-        <v>1727</v>
+        <v>1704</v>
       </c>
       <c r="F677" t="s">
-        <v>1728</v>
+        <v>1705</v>
       </c>
       <c r="G677" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H677" s="1">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I677" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J677" s="1">
         <v>0</v>
       </c>
       <c r="K677" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L677" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M677" s="1">
         <v>0</v>
       </c>
       <c r="N677" s="1">
         <v>10</v>
       </c>
       <c r="O677" s="1">
         <v>20</v>
       </c>
-      <c r="P677" t="s">
-[...6 lines deleted...]
-    <row r="678" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="678" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A678">
         <v>677</v>
       </c>
-      <c r="B678">
+      <c r="B678" s="1">
         <v>7</v>
       </c>
       <c r="C678" t="s">
-        <v>1729</v>
+        <v>1706</v>
       </c>
       <c r="D678" t="s">
-        <v>1662</v>
+        <v>967</v>
       </c>
       <c r="E678" t="s">
-        <v>1730</v>
+        <v>1707</v>
       </c>
       <c r="F678" t="s">
-        <v>1731</v>
+        <v>1708</v>
       </c>
       <c r="G678" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H678" s="1">
-        <v>54</v>
+        <v>306</v>
       </c>
       <c r="I678" s="1">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="J678" s="1">
         <v>0</v>
       </c>
       <c r="K678" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="L678" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="M678" s="1">
         <v>0</v>
       </c>
       <c r="N678" s="1">
         <v>20</v>
       </c>
       <c r="O678" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="679" spans="1:17" x14ac:dyDescent="0.2">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="679" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A679">
         <v>678</v>
       </c>
-      <c r="B679">
+      <c r="B679" s="1">
         <v>7</v>
       </c>
       <c r="C679" t="s">
-        <v>1729</v>
+        <v>1709</v>
       </c>
       <c r="D679" t="s">
-        <v>1662</v>
+        <v>1710</v>
       </c>
       <c r="E679" t="s">
-        <v>1732</v>
+        <v>1711</v>
       </c>
       <c r="F679" t="s">
-        <v>1733</v>
+        <v>1712</v>
       </c>
       <c r="G679" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H679" s="1">
+        <v>396</v>
+      </c>
+      <c r="I679" s="1">
         <v>44</v>
       </c>
-      <c r="I679" s="1">
-[...1 lines deleted...]
-      </c>
       <c r="J679" s="1">
         <v>0</v>
       </c>
       <c r="K679" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L679" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="M679" s="1">
         <v>0</v>
       </c>
       <c r="N679" s="1">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="O679" s="1">
-        <v>50</v>
-[...8 lines deleted...]
-    <row r="680" spans="1:17" x14ac:dyDescent="0.2">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="680" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A680">
         <v>679</v>
       </c>
-      <c r="B680">
+      <c r="B680" s="1">
         <v>7</v>
       </c>
       <c r="C680" t="s">
-        <v>1729</v>
+        <v>1709</v>
       </c>
       <c r="D680" t="s">
-        <v>440</v>
+        <v>1713</v>
       </c>
       <c r="E680" t="s">
-        <v>1734</v>
+        <v>1714</v>
       </c>
       <c r="F680" t="s">
-        <v>1735</v>
+        <v>1715</v>
       </c>
       <c r="G680" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H680" s="1">
-        <v>54</v>
+        <v>96</v>
       </c>
       <c r="I680" s="1">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="J680" s="1">
         <v>0</v>
       </c>
       <c r="K680" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L680" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M680" s="1">
         <v>0</v>
       </c>
       <c r="N680" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="O680" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="681" spans="1:17" x14ac:dyDescent="0.2">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="681" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A681">
         <v>680</v>
       </c>
-      <c r="B681">
+      <c r="B681" s="1">
         <v>7</v>
       </c>
       <c r="C681" t="s">
-        <v>1736</v>
+        <v>1709</v>
       </c>
       <c r="D681" t="s">
-        <v>1662</v>
+        <v>1675</v>
       </c>
       <c r="E681" t="s">
-        <v>1737</v>
+        <v>1716</v>
       </c>
       <c r="F681" t="s">
-        <v>1738</v>
+        <v>1717</v>
       </c>
       <c r="G681" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H681" s="1">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="I681" s="1">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="J681" s="1">
         <v>0</v>
       </c>
       <c r="K681" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L681" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M681" s="1">
         <v>0</v>
       </c>
       <c r="N681" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="O681" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="682" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="682" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A682">
         <v>681</v>
       </c>
-      <c r="B682">
+      <c r="B682" s="1">
         <v>7</v>
       </c>
       <c r="C682" t="s">
-        <v>1739</v>
+        <v>1709</v>
       </c>
       <c r="D682" t="s">
-        <v>1740</v>
+        <v>174</v>
       </c>
       <c r="E682" t="s">
-        <v>1741</v>
+        <v>1718</v>
       </c>
       <c r="F682" t="s">
-        <v>1742</v>
+        <v>1719</v>
       </c>
       <c r="G682" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H682" s="1">
-        <v>216</v>
+        <v>176</v>
       </c>
       <c r="I682" s="1">
-        <v>24</v>
+        <v>44</v>
       </c>
       <c r="J682" s="1">
         <v>0</v>
       </c>
       <c r="K682" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L682" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M682" s="1">
         <v>0</v>
       </c>
       <c r="N682" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="O682" s="1">
-        <v>220</v>
-[...8 lines deleted...]
-    <row r="683" spans="1:17" x14ac:dyDescent="0.2">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="683" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A683">
         <v>682</v>
       </c>
-      <c r="B683">
+      <c r="B683" s="1">
         <v>7</v>
       </c>
       <c r="C683" t="s">
-        <v>1739</v>
+        <v>1720</v>
       </c>
       <c r="D683" t="s">
-        <v>344</v>
+        <v>1625</v>
       </c>
       <c r="E683" t="s">
-        <v>1743</v>
+        <v>1721</v>
       </c>
       <c r="F683" t="s">
-        <v>1744</v>
+        <v>1722</v>
       </c>
       <c r="G683" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H683" s="1">
-        <v>24</v>
+        <v>272</v>
       </c>
       <c r="I683" s="1">
-        <v>6</v>
+        <v>68</v>
       </c>
       <c r="J683" s="1">
         <v>0</v>
       </c>
       <c r="K683" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L683" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="M683" s="1">
         <v>0</v>
       </c>
       <c r="N683" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O683" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="684" spans="1:17" x14ac:dyDescent="0.2">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="684" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A684">
         <v>683</v>
       </c>
-      <c r="B684">
+      <c r="B684" s="1">
         <v>7</v>
       </c>
       <c r="C684" t="s">
-        <v>1745</v>
+        <v>1720</v>
       </c>
       <c r="D684" t="s">
-        <v>1746</v>
+        <v>1723</v>
       </c>
       <c r="E684" t="s">
-        <v>1747</v>
+        <v>1724</v>
       </c>
       <c r="F684" t="s">
-        <v>1748</v>
+        <v>1725</v>
       </c>
       <c r="G684" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H684" s="1">
-        <v>307</v>
+        <v>27</v>
       </c>
       <c r="I684" s="1">
-        <v>77</v>
+        <v>3</v>
       </c>
       <c r="J684" s="1">
         <v>0</v>
       </c>
       <c r="K684" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L684" t="s">
-        <v>7</v>
+        <v>72</v>
       </c>
       <c r="M684" s="1">
-        <v>1720</v>
+        <v>0</v>
       </c>
       <c r="N684" s="1">
-        <v>84</v>
+        <v>10</v>
       </c>
       <c r="O684" s="1">
-        <v>300</v>
-[...8 lines deleted...]
-    <row r="685" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="685" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A685">
         <v>684</v>
       </c>
-      <c r="B685">
+      <c r="B685" s="1">
         <v>7</v>
       </c>
       <c r="C685" t="s">
-        <v>1745</v>
+        <v>1726</v>
       </c>
       <c r="D685" t="s">
-        <v>1214</v>
+        <v>1659</v>
       </c>
       <c r="E685" t="s">
-        <v>1749</v>
+        <v>1727</v>
       </c>
       <c r="F685" t="s">
-        <v>1750</v>
+        <v>1728</v>
       </c>
       <c r="G685" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H685" s="1">
-        <v>24</v>
+        <v>54</v>
       </c>
       <c r="I685" s="1">
         <v>6</v>
       </c>
       <c r="J685" s="1">
         <v>0</v>
       </c>
       <c r="K685" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L685" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M685" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N685" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O685" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="686" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="686" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A686">
         <v>685</v>
       </c>
-      <c r="B686">
+      <c r="B686" s="1">
         <v>7</v>
       </c>
       <c r="C686" t="s">
-        <v>1745</v>
+        <v>1726</v>
       </c>
       <c r="D686" t="s">
-        <v>1214</v>
+        <v>1659</v>
       </c>
       <c r="E686" t="s">
-        <v>1751</v>
+        <v>1729</v>
       </c>
       <c r="F686" t="s">
-        <v>1752</v>
+        <v>1730</v>
       </c>
       <c r="G686" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H686" s="1">
-        <v>80</v>
+        <v>44</v>
       </c>
       <c r="I686" s="1">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="J686" s="1">
         <v>0</v>
       </c>
       <c r="K686" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L686" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M686" s="1">
         <v>0</v>
       </c>
       <c r="N686" s="1">
-        <v>25</v>
+        <v>5</v>
       </c>
       <c r="O686" s="1">
-        <v>75</v>
-[...8 lines deleted...]
-    <row r="687" spans="1:17" x14ac:dyDescent="0.2">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="687" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A687">
         <v>686</v>
       </c>
-      <c r="B687">
+      <c r="B687" s="1">
         <v>7</v>
       </c>
       <c r="C687" t="s">
-        <v>1753</v>
+        <v>1726</v>
       </c>
       <c r="D687" t="s">
-        <v>1382</v>
+        <v>437</v>
       </c>
       <c r="E687" t="s">
-        <v>1754</v>
+        <v>1731</v>
       </c>
       <c r="F687" t="s">
-        <v>1755</v>
+        <v>1732</v>
       </c>
       <c r="G687" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H687" s="1">
-        <v>160</v>
+        <v>54</v>
       </c>
       <c r="I687" s="1">
+        <v>6</v>
+      </c>
+      <c r="J687" s="1">
+        <v>0</v>
+      </c>
+      <c r="K687" t="s">
+        <v>46</v>
+      </c>
+      <c r="L687" t="s">
+        <v>22</v>
+      </c>
+      <c r="M687" s="1">
+        <v>0</v>
+      </c>
+      <c r="N687" s="1">
+        <v>20</v>
+      </c>
+      <c r="O687" s="1">
         <v>40</v>
       </c>
-      <c r="J687" s="1">
-[...24 lines deleted...]
-    <row r="688" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="688" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A688">
         <v>687</v>
       </c>
-      <c r="B688">
+      <c r="B688" s="1">
         <v>7</v>
       </c>
       <c r="C688" t="s">
-        <v>1753</v>
+        <v>1733</v>
       </c>
       <c r="D688" t="s">
-        <v>1756</v>
+        <v>1659</v>
       </c>
       <c r="E688" t="s">
-        <v>1757</v>
+        <v>1734</v>
       </c>
       <c r="F688" t="s">
-        <v>1758</v>
+        <v>1735</v>
       </c>
       <c r="G688" t="s">
         <v>5</v>
       </c>
       <c r="H688" s="1">
         <v>48</v>
       </c>
       <c r="I688" s="1">
         <v>12</v>
       </c>
       <c r="J688" s="1">
         <v>0</v>
       </c>
       <c r="K688" t="s">
         <v>6</v>
       </c>
       <c r="L688" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M688" s="1">
         <v>0</v>
       </c>
       <c r="N688" s="1">
         <v>20</v>
       </c>
       <c r="O688" s="1">
         <v>40</v>
       </c>
-      <c r="P688" t="s">
-[...6 lines deleted...]
-    <row r="689" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="689" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A689">
         <v>688</v>
       </c>
-      <c r="B689">
+      <c r="B689" s="1">
         <v>7</v>
       </c>
       <c r="C689" t="s">
-        <v>1753</v>
+        <v>1736</v>
       </c>
       <c r="D689" t="s">
-        <v>1636</v>
+        <v>1737</v>
       </c>
       <c r="E689" t="s">
-        <v>1759</v>
+        <v>1738</v>
       </c>
       <c r="F689" t="s">
-        <v>1760</v>
+        <v>1739</v>
       </c>
       <c r="G689" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H689" s="1">
-        <v>72</v>
+        <v>216</v>
       </c>
       <c r="I689" s="1">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="J689" s="1">
         <v>0</v>
       </c>
       <c r="K689" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L689" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="M689" s="1">
         <v>0</v>
       </c>
       <c r="N689" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="O689" s="1">
-        <v>80</v>
-[...8 lines deleted...]
-    <row r="690" spans="1:17" x14ac:dyDescent="0.2">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="690" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A690">
         <v>689</v>
       </c>
-      <c r="B690">
+      <c r="B690" s="1">
         <v>7</v>
       </c>
       <c r="C690" t="s">
-        <v>1753</v>
+        <v>1736</v>
       </c>
       <c r="D690" t="s">
-        <v>57</v>
+        <v>341</v>
       </c>
       <c r="E690" t="s">
-        <v>1761</v>
+        <v>1740</v>
       </c>
       <c r="F690" t="s">
-        <v>1762</v>
+        <v>1741</v>
       </c>
       <c r="G690" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H690" s="1">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="I690" s="1">
         <v>6</v>
       </c>
       <c r="J690" s="1">
         <v>0</v>
       </c>
       <c r="K690" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L690" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M690" s="1">
         <v>0</v>
       </c>
       <c r="N690" s="1">
+        <v>10</v>
+      </c>
+      <c r="O690" s="1">
         <v>20</v>
       </c>
-      <c r="O690" s="1">
-[...9 lines deleted...]
-    <row r="691" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="691" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A691">
         <v>690</v>
       </c>
-      <c r="B691">
+      <c r="B691" s="1">
         <v>7</v>
       </c>
       <c r="C691" t="s">
-        <v>1753</v>
+        <v>1742</v>
       </c>
       <c r="D691" t="s">
-        <v>1763</v>
+        <v>1743</v>
       </c>
       <c r="E691" t="s">
-        <v>1764</v>
+        <v>1744</v>
       </c>
       <c r="F691" t="s">
-        <v>1765</v>
+        <v>1745</v>
       </c>
       <c r="G691" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H691" s="1">
-        <v>1575</v>
+        <v>307</v>
       </c>
       <c r="I691" s="1">
-        <v>175</v>
+        <v>77</v>
       </c>
       <c r="J691" s="1">
         <v>0</v>
       </c>
       <c r="K691" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L691" t="s">
-        <v>19</v>
+        <v>7</v>
       </c>
       <c r="M691" s="1">
-        <v>125</v>
+        <v>1720</v>
       </c>
       <c r="N691" s="1">
-        <v>250</v>
+        <v>84</v>
       </c>
       <c r="O691" s="1">
-        <v>1500</v>
-[...8 lines deleted...]
-    <row r="692" spans="1:17" x14ac:dyDescent="0.2">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="692" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A692">
         <v>691</v>
       </c>
-      <c r="B692">
+      <c r="B692" s="1">
         <v>7</v>
       </c>
       <c r="C692" t="s">
-        <v>1766</v>
+        <v>1742</v>
       </c>
       <c r="D692" t="s">
-        <v>1382</v>
+        <v>1211</v>
       </c>
       <c r="E692" t="s">
-        <v>1767</v>
+        <v>1746</v>
       </c>
       <c r="F692" t="s">
-        <v>1645</v>
+        <v>1747</v>
       </c>
       <c r="G692" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H692" s="1">
         <v>24</v>
       </c>
       <c r="I692" s="1">
         <v>6</v>
       </c>
       <c r="J692" s="1">
         <v>0</v>
       </c>
       <c r="K692" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L692" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="M692" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="N692" s="1">
         <v>10</v>
       </c>
       <c r="O692" s="1">
         <v>20</v>
       </c>
-      <c r="P692" t="s">
-[...6 lines deleted...]
-    <row r="693" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="693" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A693">
         <v>692</v>
       </c>
-      <c r="B693">
+      <c r="B693" s="1">
         <v>7</v>
       </c>
       <c r="C693" t="s">
-        <v>1768</v>
+        <v>1742</v>
       </c>
       <c r="D693" t="s">
-        <v>1351</v>
+        <v>1211</v>
       </c>
       <c r="E693" t="s">
-        <v>1769</v>
+        <v>1748</v>
       </c>
       <c r="F693" t="s">
-        <v>1770</v>
+        <v>1749</v>
       </c>
       <c r="G693" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H693" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
       <c r="I693" s="1">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="J693" s="1">
         <v>0</v>
       </c>
       <c r="K693" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L693" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M693" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N693" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="O693" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="694" spans="1:17" x14ac:dyDescent="0.2">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="694" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A694">
         <v>693</v>
       </c>
-      <c r="B694">
+      <c r="B694" s="1">
         <v>7</v>
       </c>
       <c r="C694" t="s">
-        <v>1768</v>
+        <v>1750</v>
       </c>
       <c r="D694" t="s">
-        <v>1771</v>
+        <v>1379</v>
       </c>
       <c r="E694" t="s">
-        <v>1772</v>
+        <v>1751</v>
       </c>
       <c r="F694" t="s">
-        <v>1773</v>
+        <v>1752</v>
       </c>
       <c r="G694" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H694" s="1">
-        <v>12</v>
+        <v>160</v>
       </c>
       <c r="I694" s="1">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="J694" s="1">
         <v>0</v>
       </c>
       <c r="K694" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L694" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="M694" s="1">
-        <v>0</v>
+        <v>950</v>
       </c>
       <c r="N694" s="1">
-        <v>5</v>
+        <v>100</v>
       </c>
       <c r="O694" s="1">
-        <v>10</v>
-[...8 lines deleted...]
-    <row r="695" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="695" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A695">
         <v>694</v>
       </c>
-      <c r="B695">
+      <c r="B695" s="1">
         <v>7</v>
       </c>
       <c r="C695" t="s">
-        <v>1768</v>
+        <v>1750</v>
       </c>
       <c r="D695" t="s">
-        <v>1214</v>
+        <v>1753</v>
       </c>
       <c r="E695" t="s">
-        <v>1774</v>
+        <v>1754</v>
       </c>
       <c r="F695" t="s">
-        <v>1775</v>
+        <v>1755</v>
       </c>
       <c r="G695" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H695" s="1">
-        <v>560</v>
+        <v>48</v>
       </c>
       <c r="I695" s="1">
-        <v>140</v>
+        <v>12</v>
       </c>
       <c r="J695" s="1">
         <v>0</v>
       </c>
       <c r="K695" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L695" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M695" s="1">
-        <v>900</v>
+        <v>0</v>
       </c>
       <c r="N695" s="1">
-        <v>300</v>
+        <v>20</v>
       </c>
       <c r="O695" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="696" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="696" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A696">
         <v>695</v>
       </c>
-      <c r="B696">
+      <c r="B696" s="1">
         <v>7</v>
       </c>
       <c r="C696" t="s">
-        <v>1411</v>
+        <v>1750</v>
       </c>
       <c r="D696" t="s">
-        <v>1404</v>
+        <v>1633</v>
       </c>
       <c r="E696" t="s">
-        <v>1776</v>
+        <v>1756</v>
       </c>
       <c r="F696" t="s">
-        <v>1777</v>
+        <v>1757</v>
       </c>
       <c r="G696" t="s">
         <v>5</v>
       </c>
       <c r="H696" s="1">
-        <v>152</v>
+        <v>72</v>
       </c>
       <c r="I696" s="1">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="J696" s="1">
         <v>0</v>
       </c>
       <c r="K696" t="s">
         <v>6</v>
       </c>
       <c r="L696" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M696" s="1">
         <v>0</v>
       </c>
       <c r="N696" s="1">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="O696" s="1">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="697" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="697" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A697">
         <v>696</v>
       </c>
-      <c r="B697">
+      <c r="B697" s="1">
         <v>7</v>
       </c>
       <c r="C697" t="s">
-        <v>1778</v>
+        <v>1750</v>
       </c>
       <c r="D697" t="s">
-        <v>913</v>
+        <v>55</v>
       </c>
       <c r="E697" t="s">
-        <v>1779</v>
+        <v>1758</v>
       </c>
       <c r="F697" t="s">
-        <v>1780</v>
+        <v>1759</v>
       </c>
       <c r="G697" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H697" s="1">
-        <v>240</v>
+        <v>54</v>
       </c>
       <c r="I697" s="1">
-        <v>60</v>
+        <v>6</v>
       </c>
       <c r="J697" s="1">
         <v>0</v>
       </c>
       <c r="K697" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L697" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="M697" s="1">
         <v>0</v>
       </c>
       <c r="N697" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
       <c r="O697" s="1">
-        <v>200</v>
-[...8 lines deleted...]
-    <row r="698" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="698" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A698">
         <v>697</v>
       </c>
-      <c r="B698">
+      <c r="B698" s="1">
         <v>7</v>
       </c>
       <c r="C698" t="s">
-        <v>1778</v>
+        <v>1750</v>
       </c>
       <c r="D698" t="s">
-        <v>913</v>
+        <v>1760</v>
       </c>
       <c r="E698" t="s">
-        <v>1781</v>
+        <v>1761</v>
       </c>
       <c r="F698" t="s">
-        <v>1782</v>
+        <v>1762</v>
       </c>
       <c r="G698" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H698" s="1">
-        <v>336</v>
+        <v>1575</v>
       </c>
       <c r="I698" s="1">
-        <v>84</v>
+        <v>175</v>
       </c>
       <c r="J698" s="1">
         <v>0</v>
       </c>
       <c r="K698" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L698" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="M698" s="1">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="N698" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
       <c r="O698" s="1">
-        <v>320</v>
-[...8 lines deleted...]
-    <row r="699" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="699" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A699">
         <v>698</v>
       </c>
-      <c r="B699">
+      <c r="B699" s="1">
         <v>7</v>
       </c>
       <c r="C699" t="s">
-        <v>1778</v>
+        <v>1763</v>
       </c>
       <c r="D699" t="s">
-        <v>1214</v>
+        <v>1379</v>
       </c>
       <c r="E699" t="s">
-        <v>1783</v>
+        <v>1764</v>
       </c>
       <c r="F699" t="s">
-        <v>1784</v>
+        <v>1642</v>
       </c>
       <c r="G699" t="s">
         <v>5</v>
       </c>
       <c r="H699" s="1">
-        <v>204</v>
+        <v>24</v>
       </c>
       <c r="I699" s="1">
-        <v>51</v>
+        <v>6</v>
       </c>
       <c r="J699" s="1">
         <v>0</v>
       </c>
       <c r="K699" t="s">
         <v>6</v>
       </c>
       <c r="L699" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="M699" s="1">
         <v>0</v>
       </c>
       <c r="N699" s="1">
         <v>10</v>
       </c>
       <c r="O699" s="1">
-        <v>245</v>
-[...8 lines deleted...]
-    <row r="700" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="700" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A700">
         <v>699</v>
       </c>
-      <c r="B700">
+      <c r="B700" s="1">
         <v>7</v>
       </c>
       <c r="C700" t="s">
-        <v>1778</v>
+        <v>1765</v>
       </c>
       <c r="D700" t="s">
-        <v>113</v>
+        <v>1348</v>
       </c>
       <c r="E700" t="s">
-        <v>1785</v>
+        <v>1766</v>
       </c>
       <c r="F700" t="s">
-        <v>1786</v>
+        <v>1767</v>
       </c>
       <c r="G700" t="s">
         <v>5</v>
       </c>
       <c r="H700" s="1">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="I700" s="1">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J700" s="1">
         <v>0</v>
       </c>
       <c r="K700" t="s">
-        <v>128</v>
+        <v>6</v>
       </c>
       <c r="L700" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M700" s="1">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="N700" s="1">
         <v>10</v>
       </c>
       <c r="O700" s="1">
-        <v>20</v>
-[...8 lines deleted...]
-    <row r="701" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="701" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A701">
         <v>700</v>
       </c>
-      <c r="B701">
+      <c r="B701" s="1">
         <v>7</v>
       </c>
       <c r="C701" t="s">
-        <v>1778</v>
+        <v>1765</v>
       </c>
       <c r="D701" t="s">
-        <v>113</v>
+        <v>1768</v>
       </c>
       <c r="E701" t="s">
-        <v>1787</v>
+        <v>1769</v>
       </c>
       <c r="F701" t="s">
-        <v>1788</v>
+        <v>1770</v>
       </c>
       <c r="G701" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H701" s="1">
-        <v>560</v>
+        <v>12</v>
       </c>
       <c r="I701" s="1">
-        <v>140</v>
+        <v>3</v>
       </c>
       <c r="J701" s="1">
         <v>0</v>
       </c>
       <c r="K701" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="L701" t="s">
-        <v>7</v>
+        <v>29</v>
       </c>
       <c r="M701" s="1">
         <v>0</v>
       </c>
       <c r="N701" s="1">
-        <v>300</v>
+        <v>5</v>
       </c>
       <c r="O701" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="702" spans="1:17" x14ac:dyDescent="0.2">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="702" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A702">
         <v>701</v>
       </c>
-      <c r="B702">
+      <c r="B702" s="1">
         <v>7</v>
       </c>
       <c r="C702" t="s">
-        <v>95</v>
+        <v>1765</v>
       </c>
       <c r="D702" t="s">
-        <v>96</v>
+        <v>1211</v>
       </c>
       <c r="E702" t="s">
-        <v>1789</v>
+        <v>1771</v>
       </c>
       <c r="F702" t="s">
-        <v>1790</v>
+        <v>1772</v>
       </c>
       <c r="G702" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H702" s="1">
-        <v>400</v>
+        <v>560</v>
       </c>
       <c r="I702" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="J702" s="1">
         <v>0</v>
       </c>
       <c r="K702" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L702" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="M702" s="1">
-        <v>201</v>
+        <v>900</v>
       </c>
       <c r="N702" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="O702" s="1">
         <v>400</v>
       </c>
-      <c r="P702" t="s">
-[...6 lines deleted...]
-    <row r="703" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="703" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A703">
         <v>702</v>
       </c>
-      <c r="B703">
+      <c r="B703" s="1">
         <v>7</v>
       </c>
       <c r="C703" t="s">
-        <v>95</v>
+        <v>1408</v>
       </c>
       <c r="D703" t="s">
-        <v>96</v>
+        <v>1401</v>
       </c>
       <c r="E703" t="s">
-        <v>1791</v>
+        <v>1773</v>
       </c>
       <c r="F703" t="s">
-        <v>1792</v>
+        <v>1774</v>
       </c>
       <c r="G703" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H703" s="1">
-        <v>0</v>
+        <v>152</v>
       </c>
       <c r="I703" s="1">
+        <v>38</v>
+      </c>
+      <c r="J703" s="1">
+        <v>0</v>
+      </c>
+      <c r="K703" t="s">
+        <v>6</v>
+      </c>
+      <c r="L703" t="s">
+        <v>22</v>
+      </c>
+      <c r="M703" s="1">
+        <v>0</v>
+      </c>
+      <c r="N703" s="1">
+        <v>40</v>
+      </c>
+      <c r="O703" s="1">
         <v>150</v>
       </c>
-      <c r="J703" s="1">
-[...24 lines deleted...]
-    <row r="704" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="704" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A704">
         <v>703</v>
       </c>
-      <c r="B704">
+      <c r="B704" s="1">
         <v>7</v>
       </c>
       <c r="C704" t="s">
-        <v>1793</v>
+        <v>1775</v>
       </c>
       <c r="D704" t="s">
-        <v>1700</v>
+        <v>910</v>
       </c>
       <c r="E704" t="s">
-        <v>1794</v>
+        <v>1776</v>
       </c>
       <c r="F704" t="s">
-        <v>1795</v>
+        <v>1777</v>
       </c>
       <c r="G704" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H704" s="1">
-        <v>54</v>
+        <v>240</v>
       </c>
       <c r="I704" s="1">
-        <v>6</v>
+        <v>60</v>
       </c>
       <c r="J704" s="1">
         <v>0</v>
       </c>
       <c r="K704" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L704" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="M704" s="1">
         <v>0</v>
       </c>
       <c r="N704" s="1">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="O704" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="705" spans="1:17" x14ac:dyDescent="0.2">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="705" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A705">
         <v>704</v>
       </c>
-      <c r="B705">
+      <c r="B705" s="1">
         <v>7</v>
       </c>
       <c r="C705" t="s">
-        <v>1793</v>
+        <v>1775</v>
       </c>
       <c r="D705" t="s">
-        <v>1796</v>
+        <v>910</v>
       </c>
       <c r="E705" t="s">
-        <v>1797</v>
+        <v>1778</v>
       </c>
       <c r="F705" t="s">
-        <v>1798</v>
+        <v>1779</v>
       </c>
       <c r="G705" t="s">
         <v>5</v>
       </c>
       <c r="H705" s="1">
-        <v>112</v>
+        <v>336</v>
       </c>
       <c r="I705" s="1">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="J705" s="1">
         <v>0</v>
       </c>
       <c r="K705" t="s">
         <v>6</v>
       </c>
       <c r="L705" t="s">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="M705" s="1">
         <v>0</v>
       </c>
       <c r="N705" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
       <c r="O705" s="1">
-        <v>100</v>
-[...8 lines deleted...]
-    <row r="706" spans="1:17" x14ac:dyDescent="0.2">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="706" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A706">
         <v>705</v>
       </c>
-      <c r="B706">
+      <c r="B706" s="1">
         <v>7</v>
       </c>
       <c r="C706" t="s">
-        <v>1468</v>
+        <v>1775</v>
       </c>
       <c r="D706" t="s">
-        <v>261</v>
+        <v>1211</v>
       </c>
       <c r="E706" t="s">
-        <v>1799</v>
+        <v>1780</v>
       </c>
       <c r="F706" t="s">
-        <v>1800</v>
+        <v>1781</v>
       </c>
       <c r="G706" t="s">
         <v>5</v>
       </c>
       <c r="H706" s="1">
-        <v>48</v>
+        <v>204</v>
       </c>
       <c r="I706" s="1">
-        <v>12</v>
+        <v>51</v>
       </c>
       <c r="J706" s="1">
         <v>0</v>
       </c>
       <c r="K706" t="s">
         <v>6</v>
       </c>
       <c r="L706" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="M706" s="1">
         <v>0</v>
       </c>
       <c r="N706" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="O706" s="1">
-        <v>40</v>
-[...8 lines deleted...]
-    <row r="707" spans="1:17" x14ac:dyDescent="0.2">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="707" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A707">
         <v>706</v>
       </c>
-      <c r="B707">
+      <c r="B707" s="1">
         <v>7</v>
       </c>
       <c r="C707" t="s">
-        <v>1801</v>
+        <v>1775</v>
       </c>
       <c r="D707" t="s">
-        <v>832</v>
+        <v>110</v>
       </c>
       <c r="E707" t="s">
-        <v>1802</v>
+        <v>1782</v>
       </c>
       <c r="F707" t="s">
-        <v>1803</v>
+        <v>1783</v>
       </c>
       <c r="G707" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H707" s="1">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="I707" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J707" s="1">
         <v>0</v>
       </c>
       <c r="K707" t="s">
-        <v>48</v>
+        <v>125</v>
       </c>
       <c r="L707" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="M707" s="1">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="N707" s="1">
         <v>10</v>
       </c>
       <c r="O707" s="1">
         <v>20</v>
       </c>
-      <c r="P707" t="s">
-[...6 lines deleted...]
-    <row r="708" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="708" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A708">
         <v>707</v>
       </c>
-      <c r="B708">
+      <c r="B708" s="1">
         <v>7</v>
       </c>
       <c r="C708" t="s">
-        <v>1801</v>
+        <v>1775</v>
       </c>
       <c r="D708" t="s">
-        <v>166</v>
+        <v>110</v>
       </c>
       <c r="E708" t="s">
-        <v>1804</v>
+        <v>1784</v>
       </c>
       <c r="F708" t="s">
-        <v>1805</v>
+        <v>1785</v>
       </c>
       <c r="G708" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H708" s="1">
-        <v>88</v>
+        <v>560</v>
       </c>
       <c r="I708" s="1">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="J708" s="1">
         <v>0</v>
       </c>
       <c r="K708" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="L708" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="M708" s="1">
         <v>0</v>
       </c>
       <c r="N708" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
       <c r="O708" s="1">
-        <v>80</v>
-[...8 lines deleted...]
-    <row r="709" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="709" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A709">
         <v>708</v>
       </c>
-      <c r="B709">
-        <v>99</v>
+      <c r="B709" s="1">
+        <v>7</v>
       </c>
       <c r="C709" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D709" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E709" t="s">
-        <v>1806</v>
+        <v>1786</v>
       </c>
       <c r="F709" t="s">
-        <v>1807</v>
+        <v>1787</v>
       </c>
       <c r="G709" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H709" s="1">
-        <v>675</v>
+        <v>400</v>
       </c>
       <c r="I709" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="J709" s="1">
         <v>0</v>
       </c>
       <c r="K709" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L709" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M709" s="1">
-        <v>600</v>
+        <v>201</v>
       </c>
       <c r="N709" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
       <c r="O709" s="1">
-        <v>500</v>
-[...8 lines deleted...]
-    <row r="710" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="710" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A710">
         <v>709</v>
       </c>
-      <c r="B710">
-        <v>99</v>
+      <c r="B710" s="1">
+        <v>7</v>
       </c>
       <c r="C710" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D710" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E710" t="s">
-        <v>1808</v>
+        <v>1788</v>
       </c>
       <c r="F710" t="s">
-        <v>1807</v>
+        <v>1789</v>
       </c>
       <c r="G710" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H710" s="1">
-        <v>1080</v>
+        <v>0</v>
       </c>
       <c r="I710" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="J710" s="1">
         <v>0</v>
       </c>
       <c r="K710" t="s">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="L710" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="M710" s="1">
-        <v>1600</v>
+        <v>300</v>
       </c>
       <c r="N710" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
       <c r="O710" s="1">
-        <v>800</v>
-[...8 lines deleted...]
-    <row r="711" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="711" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A711">
         <v>710</v>
       </c>
-      <c r="B711">
-        <v>99</v>
+      <c r="B711" s="1">
+        <v>7</v>
       </c>
       <c r="C711" t="s">
-        <v>95</v>
+        <v>1790</v>
       </c>
       <c r="D711" t="s">
-        <v>96</v>
+        <v>1697</v>
       </c>
       <c r="E711" t="s">
-        <v>1809</v>
+        <v>1791</v>
       </c>
       <c r="F711" t="s">
-        <v>1810</v>
+        <v>1792</v>
       </c>
       <c r="G711" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H711" s="1">
-        <v>640</v>
+        <v>54</v>
       </c>
       <c r="I711" s="1">
-        <v>160</v>
+        <v>6</v>
       </c>
       <c r="J711" s="1">
         <v>0</v>
       </c>
       <c r="K711" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L711" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="M711" s="1">
-        <v>821</v>
+        <v>0</v>
       </c>
       <c r="N711" s="1">
-        <v>400</v>
+        <v>20</v>
       </c>
       <c r="O711" s="1">
-        <v>400</v>
-[...8 lines deleted...]
-    <row r="712" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="712" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A712">
         <v>711</v>
       </c>
-      <c r="B712">
-        <v>99</v>
+      <c r="B712" s="1">
+        <v>7</v>
       </c>
       <c r="C712" t="s">
-        <v>95</v>
+        <v>1790</v>
       </c>
       <c r="D712" t="s">
-        <v>96</v>
+        <v>1793</v>
       </c>
       <c r="E712" t="s">
-        <v>1811</v>
+        <v>1794</v>
       </c>
       <c r="F712" t="s">
-        <v>1812</v>
+        <v>1795</v>
       </c>
       <c r="G712" t="s">
         <v>5</v>
       </c>
       <c r="H712" s="1">
-        <v>6400</v>
+        <v>112</v>
       </c>
       <c r="I712" s="1">
-        <v>1600</v>
+        <v>28</v>
       </c>
       <c r="J712" s="1">
         <v>0</v>
       </c>
       <c r="K712" t="s">
         <v>6</v>
       </c>
       <c r="L712" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M712" s="1">
-        <v>12000</v>
+        <v>0</v>
       </c>
       <c r="N712" s="1">
-        <v>6000</v>
+        <v>40</v>
       </c>
       <c r="O712" s="1">
-        <v>2000</v>
-[...8 lines deleted...]
-    <row r="713" spans="1:17" x14ac:dyDescent="0.2">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="713" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A713">
         <v>712</v>
       </c>
-      <c r="B713">
-        <v>99</v>
+      <c r="B713" s="1">
+        <v>7</v>
       </c>
       <c r="C713" t="s">
-        <v>95</v>
+        <v>1465</v>
       </c>
       <c r="D713" t="s">
-        <v>96</v>
+        <v>258</v>
       </c>
       <c r="E713" t="s">
-        <v>1813</v>
+        <v>1796</v>
       </c>
       <c r="F713" t="s">
-        <v>1814</v>
+        <v>1797</v>
       </c>
       <c r="G713" t="s">
         <v>5</v>
       </c>
       <c r="H713" s="1">
-        <v>12000</v>
+        <v>48</v>
       </c>
       <c r="I713" s="1">
-        <v>3000</v>
+        <v>12</v>
       </c>
       <c r="J713" s="1">
         <v>0</v>
       </c>
       <c r="K713" t="s">
         <v>6</v>
       </c>
       <c r="L713" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="M713" s="1">
-        <v>6000</v>
+        <v>0</v>
       </c>
       <c r="N713" s="1">
-        <v>3000</v>
+        <v>20</v>
       </c>
       <c r="O713" s="1">
-        <v>12000</v>
-[...8 lines deleted...]
-    <row r="714" spans="1:17" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="714" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A714">
         <v>713</v>
       </c>
-      <c r="B714">
-        <v>99</v>
+      <c r="B714" s="1">
+        <v>7</v>
       </c>
       <c r="C714" t="s">
-        <v>95</v>
+        <v>1798</v>
       </c>
       <c r="D714" t="s">
-        <v>96</v>
+        <v>829</v>
       </c>
       <c r="E714" t="s">
-        <v>1815</v>
+        <v>1799</v>
       </c>
       <c r="F714" t="s">
-        <v>1816</v>
+        <v>1800</v>
       </c>
       <c r="G714" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H714" s="1">
-        <v>800</v>
+        <v>27</v>
       </c>
       <c r="I714" s="1">
-        <v>200</v>
+        <v>3</v>
       </c>
       <c r="J714" s="1">
         <v>0</v>
       </c>
       <c r="K714" t="s">
-        <v>6</v>
+        <v>46</v>
       </c>
       <c r="L714" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="M714" s="1">
-        <v>800</v>
+        <v>10</v>
       </c>
       <c r="N714" s="1">
-        <v>1000</v>
+        <v>10</v>
       </c>
       <c r="O714" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="715" spans="1:17" x14ac:dyDescent="0.2">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="715" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A715">
         <v>714</v>
       </c>
-      <c r="B715">
-        <v>99</v>
+      <c r="B715" s="1">
+        <v>7</v>
       </c>
       <c r="C715" t="s">
-        <v>95</v>
+        <v>1798</v>
       </c>
       <c r="D715" t="s">
-        <v>96</v>
+        <v>163</v>
       </c>
       <c r="E715" t="s">
-        <v>1817</v>
+        <v>1801</v>
       </c>
       <c r="F715" t="s">
-        <v>1818</v>
+        <v>1802</v>
       </c>
       <c r="G715" t="s">
         <v>5</v>
       </c>
       <c r="H715" s="1">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="I715" s="1">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="J715" s="1">
         <v>0</v>
       </c>
       <c r="K715" t="s">
         <v>6</v>
       </c>
       <c r="L715" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="M715" s="1">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="N715" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="O715" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="716" spans="1:17" x14ac:dyDescent="0.2">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="716" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A716">
         <v>715</v>
       </c>
-      <c r="B716">
+      <c r="B716" s="1">
         <v>99</v>
       </c>
       <c r="C716" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D716" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E716" t="s">
-        <v>1819</v>
+        <v>1803</v>
       </c>
       <c r="F716" t="s">
-        <v>1820</v>
+        <v>1804</v>
       </c>
       <c r="G716" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H716" s="1">
-        <v>0</v>
+        <v>675</v>
       </c>
       <c r="I716" s="1">
-        <v>5</v>
+        <v>75</v>
       </c>
       <c r="J716" s="1">
         <v>0</v>
       </c>
       <c r="K716" t="s">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="L716" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M716" s="1">
-        <v>5</v>
+        <v>600</v>
       </c>
       <c r="N716" s="1">
-        <v>5</v>
+        <v>250</v>
       </c>
       <c r="O716" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="717" spans="1:17" x14ac:dyDescent="0.2">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="717" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A717">
         <v>716</v>
       </c>
-      <c r="B717">
+      <c r="B717" s="1">
         <v>99</v>
       </c>
       <c r="C717" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D717" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E717" t="s">
-        <v>1821</v>
+        <v>1805</v>
       </c>
       <c r="F717" t="s">
-        <v>1822</v>
+        <v>1804</v>
       </c>
       <c r="G717" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H717" s="1">
-        <v>0</v>
+        <v>1080</v>
       </c>
       <c r="I717" s="1">
-        <v>5</v>
+        <v>120</v>
       </c>
       <c r="J717" s="1">
         <v>0</v>
       </c>
       <c r="K717" t="s">
-        <v>0</v>
+        <v>46</v>
       </c>
       <c r="L717" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M717" s="1">
-        <v>5</v>
+        <v>1600</v>
       </c>
       <c r="N717" s="1">
-        <v>5</v>
+        <v>400</v>
       </c>
       <c r="O717" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="718" spans="1:17" x14ac:dyDescent="0.2">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="718" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A718">
         <v>717</v>
       </c>
-      <c r="B718">
+      <c r="B718" s="1">
         <v>99</v>
       </c>
       <c r="C718" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D718" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E718" t="s">
-        <v>1823</v>
+        <v>1806</v>
       </c>
       <c r="F718" t="s">
-        <v>1818</v>
+        <v>1807</v>
       </c>
       <c r="G718" t="s">
         <v>5</v>
       </c>
       <c r="H718" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
       <c r="I718" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="J718" s="1">
         <v>0</v>
       </c>
       <c r="K718" t="s">
         <v>6</v>
       </c>
       <c r="L718" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M718" s="1">
-        <v>0</v>
+        <v>821</v>
       </c>
       <c r="N718" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
       <c r="O718" s="1">
-        <v>170</v>
-[...8 lines deleted...]
-    <row r="719" spans="1:17" x14ac:dyDescent="0.2">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="719" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A719">
         <v>718</v>
       </c>
-      <c r="B719">
+      <c r="B719" s="1">
         <v>99</v>
       </c>
       <c r="C719" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D719" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E719" t="s">
-        <v>1824</v>
+        <v>1808</v>
       </c>
       <c r="F719" t="s">
-        <v>1825</v>
+        <v>1809</v>
       </c>
       <c r="G719" t="s">
         <v>5</v>
       </c>
       <c r="H719" s="1">
-        <v>400</v>
+        <v>6400</v>
       </c>
       <c r="I719" s="1">
-        <v>100</v>
+        <v>1600</v>
       </c>
       <c r="J719" s="1">
         <v>0</v>
       </c>
       <c r="K719" t="s">
         <v>6</v>
       </c>
       <c r="L719" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M719" s="1">
-        <v>500</v>
+        <v>12000</v>
       </c>
       <c r="N719" s="1">
-        <v>500</v>
+        <v>6000</v>
       </c>
       <c r="O719" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="720" spans="1:17" x14ac:dyDescent="0.2">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="720" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A720">
         <v>719</v>
       </c>
-      <c r="B720">
+      <c r="B720" s="1">
         <v>99</v>
       </c>
       <c r="C720" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D720" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E720" t="s">
-        <v>1826</v>
+        <v>1810</v>
       </c>
       <c r="F720" t="s">
-        <v>1827</v>
+        <v>1811</v>
       </c>
       <c r="G720" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H720" s="1">
-        <v>450</v>
+        <v>12000</v>
       </c>
       <c r="I720" s="1">
-        <v>50</v>
+        <v>3000</v>
       </c>
       <c r="J720" s="1">
         <v>0</v>
       </c>
       <c r="K720" t="s">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="L720" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M720" s="1">
-        <v>500</v>
+        <v>6000</v>
       </c>
       <c r="N720" s="1">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="O720" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="721" spans="1:17" x14ac:dyDescent="0.2">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="721" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A721">
         <v>720</v>
       </c>
-      <c r="B721">
+      <c r="B721" s="1">
         <v>99</v>
       </c>
       <c r="C721" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D721" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E721" t="s">
-        <v>1828</v>
+        <v>1812</v>
       </c>
       <c r="F721" t="s">
-        <v>1829</v>
+        <v>1813</v>
       </c>
       <c r="G721" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H721" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
       <c r="I721" s="1">
-        <v>0</v>
+        <v>200</v>
       </c>
       <c r="J721" s="1">
         <v>0</v>
       </c>
       <c r="K721" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="L721" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M721" s="1">
-        <v>0</v>
+        <v>800</v>
       </c>
       <c r="N721" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
       <c r="O721" s="1">
         <v>0</v>
       </c>
-      <c r="P721" t="s">
-[...6 lines deleted...]
-    <row r="722" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="722" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A722">
         <v>721</v>
       </c>
-      <c r="B722">
+      <c r="B722" s="1">
         <v>99</v>
       </c>
       <c r="C722" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D722" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E722" t="s">
-        <v>1830</v>
+        <v>1814</v>
       </c>
       <c r="F722" t="s">
-        <v>1831</v>
+        <v>1815</v>
       </c>
       <c r="G722" t="s">
         <v>5</v>
       </c>
       <c r="H722" s="1">
-        <v>120</v>
+        <v>28</v>
       </c>
       <c r="I722" s="1">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="J722" s="1">
         <v>0</v>
       </c>
       <c r="K722" t="s">
         <v>6</v>
       </c>
       <c r="L722" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M722" s="1">
-        <v>0</v>
+        <v>115</v>
       </c>
       <c r="N722" s="1">
-        <v>150</v>
+        <v>35</v>
       </c>
       <c r="O722" s="1">
         <v>0</v>
       </c>
-      <c r="P722" t="s">
-[...6 lines deleted...]
-    <row r="723" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="723" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A723">
         <v>722</v>
       </c>
-      <c r="B723">
+      <c r="B723" s="1">
         <v>99</v>
       </c>
       <c r="C723" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D723" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E723" t="s">
-        <v>1832</v>
+        <v>1816</v>
       </c>
       <c r="F723" t="s">
-        <v>1833</v>
+        <v>1817</v>
       </c>
       <c r="G723" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H723" s="1">
         <v>0</v>
       </c>
       <c r="I723" s="1">
-        <v>1125</v>
+        <v>5</v>
       </c>
       <c r="J723" s="1">
         <v>0</v>
       </c>
       <c r="K723" t="s">
         <v>0</v>
       </c>
       <c r="L723" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M723" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="N723" s="1">
-        <v>125</v>
+        <v>5</v>
       </c>
       <c r="O723" s="1">
-        <v>1125</v>
-[...8 lines deleted...]
-    <row r="724" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="724" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A724">
         <v>723</v>
       </c>
-      <c r="B724">
+      <c r="B724" s="1">
         <v>99</v>
       </c>
       <c r="C724" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D724" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E724" t="s">
-        <v>1834</v>
+        <v>1818</v>
       </c>
       <c r="F724" t="s">
-        <v>1835</v>
+        <v>1819</v>
       </c>
       <c r="G724" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H724" s="1">
-        <v>148</v>
+        <v>0</v>
       </c>
       <c r="I724" s="1">
-        <v>37</v>
+        <v>5</v>
       </c>
       <c r="J724" s="1">
         <v>0</v>
       </c>
       <c r="K724" t="s">
-        <v>302</v>
+        <v>0</v>
       </c>
       <c r="L724" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M724" s="1">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="N724" s="1">
-        <v>185</v>
+        <v>5</v>
       </c>
       <c r="O724" s="1">
         <v>0</v>
       </c>
-      <c r="P724" t="s">
-[...6 lines deleted...]
-    <row r="725" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="725" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A725">
         <v>724</v>
       </c>
-      <c r="B725">
+      <c r="B725" s="1">
         <v>99</v>
       </c>
       <c r="C725" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D725" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E725" t="s">
-        <v>1836</v>
+        <v>1820</v>
       </c>
       <c r="F725" t="s">
-        <v>1837</v>
+        <v>1815</v>
       </c>
       <c r="G725" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H725" s="1">
-        <v>154</v>
+        <v>200</v>
       </c>
       <c r="I725" s="1">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="J725" s="1">
         <v>0</v>
       </c>
       <c r="K725" t="s">
-        <v>302</v>
+        <v>6</v>
       </c>
       <c r="L725" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M725" s="1">
         <v>0</v>
       </c>
       <c r="N725" s="1">
-        <v>154</v>
+        <v>80</v>
       </c>
       <c r="O725" s="1">
-        <v>38</v>
-[...8 lines deleted...]
-    <row r="726" spans="1:17" x14ac:dyDescent="0.2">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="726" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A726">
         <v>725</v>
       </c>
-      <c r="B726">
+      <c r="B726" s="1">
         <v>99</v>
       </c>
       <c r="C726" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D726" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E726" t="s">
-        <v>1838</v>
+        <v>1821</v>
       </c>
       <c r="F726" t="s">
-        <v>1839</v>
+        <v>1822</v>
       </c>
       <c r="G726" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H726" s="1">
-        <v>0</v>
+        <v>400</v>
       </c>
       <c r="I726" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
       <c r="J726" s="1">
         <v>0</v>
       </c>
       <c r="K726" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="L726" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M726" s="1">
-        <v>0</v>
+        <v>500</v>
       </c>
       <c r="N726" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
       <c r="O726" s="1">
-        <v>150</v>
-[...8 lines deleted...]
-    <row r="727" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="727" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A727">
         <v>726</v>
       </c>
-      <c r="B727">
+      <c r="B727" s="1">
         <v>99</v>
       </c>
       <c r="C727" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D727" t="s">
-        <v>1840</v>
+        <v>94</v>
       </c>
       <c r="E727" t="s">
-        <v>1841</v>
+        <v>1823</v>
       </c>
       <c r="F727" t="s">
-        <v>1842</v>
+        <v>1824</v>
       </c>
       <c r="G727" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H727" s="1">
-        <v>16000</v>
+        <v>450</v>
       </c>
       <c r="I727" s="1">
-        <v>4000</v>
+        <v>50</v>
       </c>
       <c r="J727" s="1">
         <v>0</v>
       </c>
       <c r="K727" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L727" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M727" s="1">
-        <v>6500</v>
+        <v>500</v>
       </c>
       <c r="N727" s="1">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="O727" s="1">
-        <v>15000</v>
-[...8 lines deleted...]
-    <row r="728" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="728" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A728">
         <v>727</v>
       </c>
-      <c r="B728">
+      <c r="B728" s="1">
         <v>99</v>
       </c>
       <c r="C728" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D728" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E728" t="s">
-        <v>1843</v>
+        <v>1825</v>
       </c>
       <c r="F728" t="s">
-        <v>1844</v>
+        <v>1826</v>
       </c>
       <c r="G728" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H728" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
       <c r="I728" s="1">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="J728" s="1">
         <v>0</v>
       </c>
       <c r="K728" t="s">
-        <v>6</v>
+        <v>36</v>
       </c>
       <c r="L728" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M728" s="1">
-        <v>500</v>
+        <v>0</v>
       </c>
       <c r="N728" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
       <c r="O728" s="1">
         <v>0</v>
       </c>
-      <c r="P728" t="s">
-[...6 lines deleted...]
-    <row r="729" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="729" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A729">
         <v>728</v>
       </c>
-      <c r="B729">
+      <c r="B729" s="1">
         <v>99</v>
       </c>
       <c r="C729" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D729" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E729" t="s">
-        <v>1845</v>
+        <v>1827</v>
       </c>
       <c r="F729" t="s">
-        <v>1846</v>
+        <v>1828</v>
       </c>
       <c r="G729" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="H729" s="1">
-        <v>0</v>
+        <v>120</v>
       </c>
       <c r="I729" s="1">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="J729" s="1">
         <v>0</v>
       </c>
       <c r="K729" t="s">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="L729" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M729" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N729" s="1">
-        <v>5</v>
+        <v>150</v>
       </c>
       <c r="O729" s="1">
         <v>0</v>
       </c>
-      <c r="P729" t="s">
-[...6 lines deleted...]
-    <row r="730" spans="1:17" x14ac:dyDescent="0.2">
+    </row>
+    <row r="730" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A730">
         <v>729</v>
       </c>
-      <c r="B730">
+      <c r="B730" s="1">
         <v>99</v>
       </c>
       <c r="C730" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D730" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E730" t="s">
-        <v>1847</v>
+        <v>1829</v>
       </c>
       <c r="F730" t="s">
-        <v>1848</v>
+        <v>1830</v>
       </c>
       <c r="G730" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H730" s="1">
         <v>0</v>
       </c>
       <c r="I730" s="1">
-        <v>5</v>
+        <v>1125</v>
       </c>
       <c r="J730" s="1">
         <v>0</v>
       </c>
       <c r="K730" t="s">
         <v>0</v>
       </c>
       <c r="L730" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M730" s="1">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="N730" s="1">
-        <v>5</v>
+        <v>125</v>
       </c>
       <c r="O730" s="1">
-        <v>0</v>
-[...8 lines deleted...]
-    <row r="731" spans="1:17" x14ac:dyDescent="0.2">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="731" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A731">
         <v>730</v>
       </c>
-      <c r="B731">
+      <c r="B731" s="1">
         <v>99</v>
       </c>
       <c r="C731" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D731" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E731" t="s">
-        <v>1849</v>
+        <v>1831</v>
       </c>
       <c r="F731" t="s">
-        <v>1850</v>
+        <v>1832</v>
       </c>
       <c r="G731" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="H731" s="1">
-        <v>320</v>
+        <v>148</v>
       </c>
       <c r="I731" s="1">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="J731" s="1">
         <v>0</v>
       </c>
       <c r="K731" t="s">
-        <v>6</v>
+        <v>299</v>
       </c>
       <c r="L731" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M731" s="1">
         <v>0</v>
       </c>
       <c r="N731" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
       <c r="O731" s="1">
-        <v>300</v>
-[...8 lines deleted...]
-    <row r="732" spans="1:17" x14ac:dyDescent="0.2">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="732" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A732">
         <v>731</v>
       </c>
-      <c r="B732">
+      <c r="B732" s="1">
         <v>99</v>
       </c>
       <c r="C732" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D732" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="E732" t="s">
-        <v>1851</v>
+        <v>1833</v>
       </c>
       <c r="F732" t="s">
-        <v>1852</v>
+        <v>1834</v>
       </c>
       <c r="G732" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H732" s="1">
-        <v>0</v>
+        <v>154</v>
       </c>
       <c r="I732" s="1">
+        <v>38</v>
+      </c>
+      <c r="J732" s="1">
+        <v>0</v>
+      </c>
+      <c r="K732" t="s">
+        <v>299</v>
+      </c>
+      <c r="L732" t="s">
+        <v>42</v>
+      </c>
+      <c r="M732" s="1">
+        <v>0</v>
+      </c>
+      <c r="N732" s="1">
+        <v>154</v>
+      </c>
+      <c r="O732" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="733" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A733">
+        <v>732</v>
+      </c>
+      <c r="B733" s="1">
+        <v>99</v>
+      </c>
+      <c r="C733" t="s">
+        <v>93</v>
+      </c>
+      <c r="D733" t="s">
+        <v>94</v>
+      </c>
+      <c r="E733" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F733" t="s">
+        <v>1836</v>
+      </c>
+      <c r="G733" t="s">
+        <v>12</v>
+      </c>
+      <c r="H733" s="1">
+        <v>0</v>
+      </c>
+      <c r="I733" s="1">
+        <v>225</v>
+      </c>
+      <c r="J733" s="1">
+        <v>0</v>
+      </c>
+      <c r="K733" t="s">
+        <v>0</v>
+      </c>
+      <c r="L733" t="s">
+        <v>42</v>
+      </c>
+      <c r="M733" s="1">
+        <v>0</v>
+      </c>
+      <c r="N733" s="1">
+        <v>75</v>
+      </c>
+      <c r="O733" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="734" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A734">
+        <v>733</v>
+      </c>
+      <c r="B734" s="1">
+        <v>99</v>
+      </c>
+      <c r="C734" t="s">
+        <v>93</v>
+      </c>
+      <c r="D734" t="s">
+        <v>1837</v>
+      </c>
+      <c r="E734" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F734" t="s">
+        <v>1839</v>
+      </c>
+      <c r="G734" t="s">
+        <v>12</v>
+      </c>
+      <c r="H734" s="1">
+        <v>16000</v>
+      </c>
+      <c r="I734" s="1">
+        <v>4000</v>
+      </c>
+      <c r="J734" s="1">
+        <v>0</v>
+      </c>
+      <c r="K734" t="s">
+        <v>13</v>
+      </c>
+      <c r="L734" t="s">
+        <v>42</v>
+      </c>
+      <c r="M734" s="1">
+        <v>6500</v>
+      </c>
+      <c r="N734" s="1">
+        <v>5000</v>
+      </c>
+      <c r="O734" s="1">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="735" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A735">
+        <v>734</v>
+      </c>
+      <c r="B735" s="1">
+        <v>99</v>
+      </c>
+      <c r="C735" t="s">
+        <v>93</v>
+      </c>
+      <c r="D735" t="s">
+        <v>94</v>
+      </c>
+      <c r="E735" t="s">
+        <v>1840</v>
+      </c>
+      <c r="F735" t="s">
+        <v>1841</v>
+      </c>
+      <c r="G735" t="s">
+        <v>5</v>
+      </c>
+      <c r="H735" s="1">
+        <v>400</v>
+      </c>
+      <c r="I735" s="1">
+        <v>100</v>
+      </c>
+      <c r="J735" s="1">
+        <v>0</v>
+      </c>
+      <c r="K735" t="s">
+        <v>6</v>
+      </c>
+      <c r="L735" t="s">
+        <v>42</v>
+      </c>
+      <c r="M735" s="1">
+        <v>500</v>
+      </c>
+      <c r="N735" s="1">
+        <v>500</v>
+      </c>
+      <c r="O735" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="736" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A736">
+        <v>735</v>
+      </c>
+      <c r="B736" s="1">
+        <v>99</v>
+      </c>
+      <c r="C736" t="s">
+        <v>93</v>
+      </c>
+      <c r="D736" t="s">
+        <v>94</v>
+      </c>
+      <c r="E736" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F736" t="s">
+        <v>1843</v>
+      </c>
+      <c r="G736" t="s">
+        <v>12</v>
+      </c>
+      <c r="H736" s="1">
+        <v>0</v>
+      </c>
+      <c r="I736" s="1">
+        <v>5</v>
+      </c>
+      <c r="J736" s="1">
+        <v>0</v>
+      </c>
+      <c r="K736" t="s">
+        <v>0</v>
+      </c>
+      <c r="L736" t="s">
+        <v>42</v>
+      </c>
+      <c r="M736" s="1">
+        <v>5</v>
+      </c>
+      <c r="N736" s="1">
+        <v>5</v>
+      </c>
+      <c r="O736" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="737" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A737">
+        <v>736</v>
+      </c>
+      <c r="B737" s="1">
+        <v>99</v>
+      </c>
+      <c r="C737" t="s">
+        <v>93</v>
+      </c>
+      <c r="D737" t="s">
+        <v>94</v>
+      </c>
+      <c r="E737" t="s">
+        <v>1844</v>
+      </c>
+      <c r="F737" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G737" t="s">
+        <v>12</v>
+      </c>
+      <c r="H737" s="1">
+        <v>0</v>
+      </c>
+      <c r="I737" s="1">
+        <v>5</v>
+      </c>
+      <c r="J737" s="1">
+        <v>0</v>
+      </c>
+      <c r="K737" t="s">
+        <v>0</v>
+      </c>
+      <c r="L737" t="s">
+        <v>42</v>
+      </c>
+      <c r="M737" s="1">
+        <v>5</v>
+      </c>
+      <c r="N737" s="1">
+        <v>5</v>
+      </c>
+      <c r="O737" s="1">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="738" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A738">
+        <v>737</v>
+      </c>
+      <c r="B738" s="1">
+        <v>99</v>
+      </c>
+      <c r="C738" t="s">
+        <v>93</v>
+      </c>
+      <c r="D738" t="s">
+        <v>94</v>
+      </c>
+      <c r="E738" t="s">
+        <v>1846</v>
+      </c>
+      <c r="F738" t="s">
+        <v>1847</v>
+      </c>
+      <c r="G738" t="s">
+        <v>5</v>
+      </c>
+      <c r="H738" s="1">
+        <v>320</v>
+      </c>
+      <c r="I738" s="1">
+        <v>80</v>
+      </c>
+      <c r="J738" s="1">
+        <v>0</v>
+      </c>
+      <c r="K738" t="s">
+        <v>6</v>
+      </c>
+      <c r="L738" t="s">
+        <v>42</v>
+      </c>
+      <c r="M738" s="1">
+        <v>0</v>
+      </c>
+      <c r="N738" s="1">
+        <v>100</v>
+      </c>
+      <c r="O738" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="739" spans="1:15" x14ac:dyDescent="0.2">
+      <c r="A739">
+        <v>738</v>
+      </c>
+      <c r="B739" s="1">
+        <v>99</v>
+      </c>
+      <c r="C739" t="s">
+        <v>93</v>
+      </c>
+      <c r="D739" t="s">
+        <v>94</v>
+      </c>
+      <c r="E739" t="s">
+        <v>1848</v>
+      </c>
+      <c r="F739" t="s">
+        <v>1849</v>
+      </c>
+      <c r="G739" t="s">
+        <v>12</v>
+      </c>
+      <c r="H739" s="1">
+        <v>0</v>
+      </c>
+      <c r="I739" s="1">
         <v>4700</v>
       </c>
-      <c r="J732" s="1">
-[...11 lines deleted...]
-      <c r="N732" s="1">
+      <c r="J739" s="1">
+        <v>0</v>
+      </c>
+      <c r="K739" t="s">
+        <v>0</v>
+      </c>
+      <c r="L739" t="s">
+        <v>42</v>
+      </c>
+      <c r="M739" s="1">
+        <v>0</v>
+      </c>
+      <c r="N739" s="1">
         <v>200</v>
       </c>
-      <c r="O732" s="1">
+      <c r="O739" s="1">
         <v>4500</v>
       </c>
-      <c r="P732" t="s">
-[...12 lines deleted...]
-      <c r="O733" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DC989784A22ADD40BA4EC6498F7B6E2A" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e2d96d8c4fe28365475568d13f5ff63f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="66448557-bdb6-475b-a3d5-8a4df9ecf2c1" xmlns:ns3="c021ea0d-00b4-449f-9d7c-46b53cd92566" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c8e5844738d36eeea5f91daf6dec860e" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="66448557-bdb6-475b-a3d5-8a4df9ecf2c1"/>
     <xsd:import namespace="c021ea0d-00b4-449f-9d7c-46b53cd92566"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
@@ -45110,107 +41090,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <StillCurrent xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1">false</StillCurrent>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <ResponsibleTeam xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1" xsi:nil="true"/>
     <TaxCatchAll xmlns="c021ea0d-00b4-449f-9d7c-46b53cd92566" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <EffectiveYear xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1">2023</EffectiveYear>
     <UsedIn_x002f_Purpose xmlns="66448557-bdb6-475b-a3d5-8a4df9ecf2c1" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18AF4465-8FE7-40CF-A8B6-8BEDB0AC3C19}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CE69211-0845-445C-BE9B-DF95A518AE16}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CE69211-0845-445C-BE9B-DF95A518AE16}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18AF4465-8FE7-40CF-A8B6-8BEDB0AC3C19}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="66448557-bdb6-475b-a3d5-8a4df9ecf2c1"/>
+    <ds:schemaRef ds:uri="c021ea0d-00b4-449f-9d7c-46b53cd92566"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2021E45F-4255-47E9-9B5E-9F4171BC2B24}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2021E45F-4255-47E9-9B5E-9F4171BC2B24}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="66448557-bdb6-475b-a3d5-8a4df9ecf2c1"/>
+    <ds:schemaRef ds:uri="c021ea0d-00b4-449f-9d7c-46b53cd92566"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>02-04-2026</vt:lpstr>
+      <vt:lpstr>03-04-2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IBM Incorporated</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mackenzie Hudson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DC989784A22ADD40BA4EC6498F7B6E2A</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>