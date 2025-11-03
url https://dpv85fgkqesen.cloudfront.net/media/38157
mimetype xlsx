--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -9,102 +9,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="26731"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://modotgov.sharepoint.com/sites/CO_HR-Compensation/Shared Documents/Compensation/Compensation/Compensation Calculator/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://modotgov-my.sharepoint.com/personal/jessica_kallenbach_modot_mo_gov/Documents/Documents/SharePoint Updated Links/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F770D53B-C0E3-4659-9081-DBF4DB53904B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{467A70E7-6FD1-4BA1-938F-3F2F914053AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="25080" yWindow="-120" windowWidth="25440" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="19080" yWindow="-120" windowWidth="21840" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="CALCULATOR" sheetId="1" r:id="rId1"/>
     <sheet name="LEGEND" sheetId="2" r:id="rId2"/>
     <sheet name="EXAMPLES" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="Contribution">CALCULATOR!$B$42</definedName>
     <definedName name="medical">CALCULATOR!$B$40</definedName>
     <definedName name="Medical_Insurance____208_the_state_pays">LEGEND!$A$2</definedName>
     <definedName name="Medical_Insurance___414_the_state_pays">LEGEND!$A$2</definedName>
     <definedName name="Pension">LEGEND!$A$16</definedName>
     <definedName name="Retirement">CALCULATOR!$B$42</definedName>
     <definedName name="SocSec">LEGEND!$A$20</definedName>
     <definedName name="SS">CALCULATOR!$C$42</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D9" i="1" l="1"/>
-  <c r="B9" i="1"/>
+  <c r="B2" i="2" l="1"/>
+  <c r="B40" i="1"/>
+  <c r="J9" i="1"/>
+  <c r="D43" i="1" s="1"/>
+  <c r="B9" i="1" l="1"/>
   <c r="C9" i="1"/>
-  <c r="C3" i="3"/>
+  <c r="C3" i="3" l="1"/>
   <c r="D3" i="3"/>
   <c r="E3" i="3"/>
   <c r="F3" i="3"/>
   <c r="G3" i="3"/>
   <c r="H3" i="3"/>
   <c r="C6" i="3"/>
   <c r="D6" i="3"/>
   <c r="E6" i="3"/>
   <c r="F6" i="3"/>
   <c r="G6" i="3"/>
   <c r="H6" i="3"/>
   <c r="H10" i="3" s="1"/>
   <c r="H11" i="3" s="1"/>
   <c r="C7" i="3"/>
   <c r="D7" i="3"/>
   <c r="E7" i="3"/>
   <c r="F7" i="3"/>
   <c r="G7" i="3"/>
   <c r="H7" i="3"/>
   <c r="C8" i="3"/>
   <c r="D8" i="3"/>
   <c r="E8" i="3"/>
   <c r="E10" i="3" s="1"/>
   <c r="E11" i="3" s="1"/>
   <c r="F8" i="3"/>
@@ -189,191 +192,170 @@
   <c r="G10" i="3" l="1"/>
   <c r="G11" i="3" s="1"/>
   <c r="G20" i="3"/>
   <c r="G21" i="3" s="1"/>
   <c r="H30" i="3"/>
   <c r="H31" i="3" s="1"/>
   <c r="F20" i="3"/>
   <c r="F21" i="3" s="1"/>
   <c r="F10" i="3"/>
   <c r="F11" i="3" s="1"/>
   <c r="D10" i="3"/>
   <c r="D11" i="3" s="1"/>
   <c r="F30" i="3"/>
   <c r="F31" i="3" s="1"/>
   <c r="D30" i="3"/>
   <c r="D31" i="3" s="1"/>
   <c r="E30" i="3"/>
   <c r="E31" i="3" s="1"/>
   <c r="G30" i="3"/>
   <c r="G31" i="3" s="1"/>
   <c r="C30" i="3"/>
   <c r="C31" i="3" s="1"/>
   <c r="F23" i="1"/>
   <c r="B37" i="1" l="1"/>
   <c r="A2" i="2"/>
-  <c r="D43" i="1" l="1"/>
   <c r="A18" i="2" l="1"/>
   <c r="A20" i="2" s="1"/>
   <c r="A4" i="2" s="1"/>
   <c r="A14" i="2"/>
   <c r="A16" i="2" s="1"/>
   <c r="A3" i="2" s="1"/>
   <c r="B45" i="1"/>
   <c r="C45" i="1" l="1"/>
   <c r="D45" i="1"/>
   <c r="C43" i="1" l="1"/>
   <c r="B4" i="2" s="1"/>
   <c r="C40" i="1"/>
   <c r="B43" i="1"/>
   <c r="B3" i="2" s="1"/>
   <c r="B1" i="2"/>
   <c r="D40" i="1"/>
   <c r="F24" i="1" l="1"/>
+  <c r="D9" i="1" s="1"/>
   <c r="B5" i="2"/>
   <c r="C11" i="2" l="1"/>
   <c r="C10" i="2"/>
   <c r="B10" i="2"/>
   <c r="C5" i="2" s="1"/>
   <c r="C12" i="2" l="1"/>
   <c r="C1" i="2"/>
   <c r="C2" i="2"/>
   <c r="C3" i="2"/>
   <c r="C4" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="58">
   <si>
     <t>Missouri Department of Transportation</t>
   </si>
   <si>
     <t xml:space="preserve"> Total Compensation and the State's Investment in Employee Benefits</t>
   </si>
   <si>
     <t xml:space="preserve">Your total compensation is more than the dollars you receive in your paycheck. The information below reflects the amount the state pays each pay period for a potential full-time employee with this salary in order to provide these valuable benefits. This calculator assumes semi-monthly pay periods. </t>
   </si>
   <si>
     <t>Calculated Total Compensation</t>
-  </si>
-[...1 lines deleted...]
-    <t>Enter Compensation Here</t>
   </si>
   <si>
     <t xml:space="preserve">Deferred Compensation Contribution </t>
   </si>
   <si>
     <t>Paid Time Off Hours
 Per Pay Period</t>
   </si>
   <si>
     <t>Your
 Hourly Rate:</t>
   </si>
   <si>
     <t>Your
 Annual Pay:</t>
   </si>
   <si>
     <t>Annual State Investment
 in Your Pay &amp; Benefits:</t>
   </si>
   <si>
-    <t>Semi-Monthly
-[...7 lines deleted...]
-  <si>
     <t>Vacation</t>
   </si>
   <si>
     <t>Sick Leave</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Enter your potential semi-monthly salary above to calculate your total compensation.</t>
   </si>
   <si>
     <t>Enter your potential MONTHLY contribution to MO Deferred Comp to calculate the employer match. This is renewed each year.</t>
   </si>
   <si>
     <t>Wages (per pay period):</t>
   </si>
   <si>
     <t xml:space="preserve">  Benefits (per pay period):</t>
   </si>
   <si>
     <t>All figures are an average, and may not apply for every employee. Your Annual Benefit Statement will contain more individualized information based on your situation. Where indicated, some costs are a percentage of pay while others are a flat rate. MoDOT offers 13 paid state holidays that are included in the base salary cost.</t>
   </si>
   <si>
-    <t>* For 2024, there is a salary cap of $168,600 for social security. The 6.2% is not paid on any base salary above that amount.</t>
-[...1 lines deleted...]
-  <si>
     <t>**Employees can earn a dollar for dollar MO Deferred Comp Match from $25-$75 per month. Employees can contribute up to the annual maximum allowed by the IRS. This is renewed annually.</t>
   </si>
   <si>
     <t>Total compensation also includes training opportunities, work environment, flexible schedules, etc., which are not reflected here.</t>
   </si>
   <si>
     <t xml:space="preserve">Basic Life Insurance </t>
   </si>
   <si>
     <t>4.5 cents for every $1,000</t>
   </si>
   <si>
     <t>Medical Insurance</t>
   </si>
   <si>
     <t xml:space="preserve">Medicare                                         </t>
   </si>
   <si>
     <t xml:space="preserve">Long-Term Disability                </t>
   </si>
   <si>
     <t>Retirement</t>
   </si>
   <si>
     <t>Social Security**</t>
   </si>
   <si>
-    <t>Deferred Compensation</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Annual Leave Earnings                </t>
   </si>
   <si>
     <t>Sick Leave Earnings</t>
-  </si>
-[...1 lines deleted...]
-    <t>Holiday Earnings***</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <r>
       <t>Salary (Includes</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> 5 hours vacation</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> and </t>
     </r>
@@ -416,73 +398,113 @@
   <si>
     <t>--</t>
   </si>
   <si>
     <t xml:space="preserve">Hourly Rate-of-Pay </t>
   </si>
   <si>
     <t>Annual Salary</t>
   </si>
   <si>
     <t>LTD</t>
   </si>
   <si>
     <t>Basic Life Insurance</t>
   </si>
   <si>
     <t>OASI/Medicare</t>
   </si>
   <si>
     <t>Maintenance Worker</t>
   </si>
   <si>
     <t>Mid Level Engineer</t>
   </si>
   <si>
-    <t xml:space="preserve">Effective 01/25 </t>
-[...1 lines deleted...]
-  <si>
     <t>Enter your personal information in the yellow highlighted areas below.</t>
   </si>
   <si>
-    <t>Paid time off is included in salary value in chart.</t>
+    <t>Paid time off is included 
+in salary value in chart.</t>
+  </si>
+  <si>
+    <t>Deferred Compensation Match by MoDOT</t>
+  </si>
+  <si>
+    <t>`</t>
+  </si>
+  <si>
+    <t>Semi-Monthly 
+Pay Period Salary</t>
+  </si>
+  <si>
+    <t>Employees can earn a dollar for dollar 
+MO Deferred Comp Match 
+from $25-$75 per month.**</t>
+  </si>
+  <si>
+    <t>Enter your MONTHLY 
+contribution to MO Deferred Compensation</t>
+  </si>
+  <si>
+    <t>Enter your Semi-Monthly
+Pay Period Salary
+(Before deductions)</t>
+  </si>
+  <si>
+    <t>* For 2025, there is a salary cap of $176,100 for social security. The 6.2% is not paid on any base salary above that amount.</t>
+  </si>
+  <si>
+    <t>Effective 10/2025</t>
+  </si>
+  <si>
+    <t>Holiday Earnings</t>
+  </si>
+  <si>
+    <t>Deferred Compensation**</t>
+  </si>
+  <si>
+    <t>SEMI-MONTHLY BENEFIT CALCULATIONS</t>
+  </si>
+  <si>
+    <t>MONTHLY MODOT match according to your contribution to MO Deferred Compensation**</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$$-409]#,##0.00_);\([$$-409]#,##0.00\)"/>
     <numFmt numFmtId="165" formatCode="0.000%"/>
     <numFmt numFmtId="166" formatCode="0.0000000"/>
     <numFmt numFmtId="167" formatCode="#,##0.0000"/>
     <numFmt numFmtId="168" formatCode="0.000;[Red]0.000"/>
   </numFmts>
-  <fonts count="43" x14ac:knownFonts="1">
+  <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -550,50 +572,57 @@
       <color theme="0"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1" tint="0.14999847407452621"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF006394"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <sz val="16"/>
+      <color theme="5"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
@@ -606,50 +635,56 @@
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FF006394"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="0" tint="-0.249977111117893"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="28"/>
@@ -727,62 +762,71 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="72"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
+      <b/>
+      <sz val="13"/>
       <name val="Segoe UI"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="12"/>
-      <name val="Calibri"/>
+      <b/>
+      <sz val="13"/>
+      <color theme="1" tint="0.14999847407452621"/>
+      <name val="Segoe UI"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="16">
+  <fills count="15">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.14999847407452621"/>
@@ -818,56 +862,50 @@
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.79998168889431442"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
@@ -1054,399 +1092,386 @@
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="122">
+  <cellXfs count="117">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="23" fillId="9" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="24" fillId="9" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="7" fontId="15" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="12" fillId="11" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="12" fillId="11" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="12" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="7" fontId="28" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="7" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="7" fontId="15" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="16" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="7" fontId="30" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="32" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="7" fontId="26" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="28" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="11" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="8" borderId="13" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="7" fontId="26" fillId="10" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="28" fillId="10" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="7" fontId="14" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="11" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="10" fontId="12" fillId="11" borderId="16" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="10" fontId="33" fillId="11" borderId="16" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="10" fontId="35" fillId="11" borderId="16" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="6" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="30" fillId="11" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="38" fillId="0" borderId="17" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="38" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="166" fontId="30" fillId="11" borderId="16" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="28" fillId="11" borderId="9" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="30" fillId="11" borderId="9" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...14 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="10" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="8" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="8" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="6" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="21" fillId="0" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="21" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="21" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="9" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...49 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="33" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="7" fontId="26" fillId="10" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="7" fontId="28" fillId="10" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="167" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="41" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="39" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="167" fontId="42" fillId="14" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="167" fontId="42" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="41" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="165" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="42" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="167" fontId="42" fillId="11" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="7" fontId="26" fillId="10" borderId="15" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="6" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="7" fontId="14" fillId="8" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="7" fontId="14" fillId="0" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="7" fontId="28" fillId="10" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="7" borderId="9" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="7" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="0" xfId="3" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="5" xfId="10" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="6" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="9" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="5" xfId="10" applyFont="1" applyAlignment="1" applyProtection="1">
-[...23 lines deleted...]
-    <xf numFmtId="165" fontId="32" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="11">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Explanatory Text" xfId="9" builtinId="53"/>
     <cellStyle name="Heading 1" xfId="4" builtinId="16"/>
     <cellStyle name="Heading 3" xfId="5" builtinId="18"/>
     <cellStyle name="Heading 4" xfId="6" builtinId="19"/>
     <cellStyle name="Input" xfId="7" builtinId="20"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Output" xfId="8" builtinId="21"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Title" xfId="3" builtinId="15"/>
     <cellStyle name="Total" xfId="10" builtinId="25"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF005986"/>
       <color rgb="FF5AC412"/>
       <color rgb="FF09ABA7"/>
       <color rgb="FFDBDB0B"/>
       <color rgb="FF5FCF13"/>
@@ -1753,75 +1778,75 @@
                 </a:pPr>
                 <a:endParaRPr lang="en-US"/>
               </a:p>
             </c:txPr>
             <c:dLblPos val="bestFit"/>
             <c:showLegendKey val="0"/>
             <c:showVal val="0"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="1"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="1"/>
             <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>LEGEND!$A$1:$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>Salary (Includes 5 hours vacation and 5 hours sick leave)</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>Medical Insurance ($529 the state pays)</c:v>
+                  <c:v>Medical Insurance ($264.5 the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Retirement (10.075% the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Social Security* (6.2% the state pays)</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Other** (Basic Life, Medicare and Deferred Compensation)</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>LEGEND!$B$1:$B$5</c:f>
               <c:numCache>
                 <c:formatCode>"$"#,##0.00_);\("$"#,##0.00\)</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>478</c:v>
+                  <c:v>264.5</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{0000000B-C1BD-4B1F-94A1-61E55368A6AC}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
@@ -1968,108 +1993,102 @@
           <a:cs typeface="Arial"/>
         </a:defRPr>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter alignWithMargins="0"/>
     <c:pageMargins b="1" l="0.75" r="0.75" t="1" header="0.5" footer="0.5"/>
     <c:pageSetup orientation="landscape"/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="absolute">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>476249</xdr:colOff>
       <xdr:row>8</xdr:row>
-      <xdr:rowOff>336551</xdr:rowOff>
+      <xdr:rowOff>363765</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>544285</xdr:colOff>
       <xdr:row>22</xdr:row>
-      <xdr:rowOff>299359</xdr:rowOff>
+      <xdr:rowOff>136072</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Chart 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
-            </a:ext>
-[...1 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>1333502</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>1249590</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>7</xdr:col>
       <xdr:colOff>3077485</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1395956</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="5" name="Picture 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D53549D-4D57-4121-BD57-FCA669DE4F81}"/>
-            </a:ext>
-[...1 lines deleted...]
-              <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill rotWithShape="1">
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2"/>
         <a:srcRect l="634" t="2215" r="64" b="2215"/>
         <a:stretch/>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4122966" y="1249590"/>
           <a:ext cx="11622769" cy="1398223"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
@@ -2315,2155 +2334,2222 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modeferredcomp.org/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BG49"/>
+  <dimension ref="A1:BI49"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="F9" sqref="F9"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="C1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="48"/>
-[...11 lines deleted...]
-    <col min="17" max="16384" width="9.140625" style="29"/>
+    <col min="1" max="1" width="9.140625" style="90"/>
+    <col min="2" max="2" width="32.7109375" style="85" customWidth="1"/>
+    <col min="3" max="3" width="53.28515625" style="85" customWidth="1"/>
+    <col min="4" max="4" width="31.85546875" style="85" customWidth="1"/>
+    <col min="5" max="5" width="4" style="85" customWidth="1"/>
+    <col min="6" max="6" width="53.42578125" style="85" customWidth="1"/>
+    <col min="7" max="7" width="5.42578125" style="85" customWidth="1"/>
+    <col min="8" max="8" width="47.42578125" style="85" customWidth="1"/>
+    <col min="9" max="9" width="5.140625" style="85" customWidth="1"/>
+    <col min="10" max="10" width="46.28515625" style="85" customWidth="1"/>
+    <col min="11" max="11" width="4.85546875" style="85" customWidth="1"/>
+    <col min="12" max="12" width="23" style="85" customWidth="1"/>
+    <col min="13" max="13" width="22" style="85" customWidth="1"/>
+    <col min="14" max="18" width="15.7109375" style="85" bestFit="1" customWidth="1"/>
+    <col min="19" max="16384" width="9.140625" style="85"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:59" ht="99" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B1" s="115" t="s">
+    <row r="1" spans="1:61" ht="99" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1" s="106" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="115"/>
-[...24 lines deleted...]
-      <c r="B3" s="118" t="s">
+      <c r="C1" s="106"/>
+      <c r="D1" s="106"/>
+      <c r="E1" s="106"/>
+      <c r="F1" s="106"/>
+      <c r="G1" s="106"/>
+      <c r="H1" s="106"/>
+      <c r="I1" s="106"/>
+      <c r="J1" s="106"/>
+      <c r="K1" s="106"/>
+      <c r="L1" s="106"/>
+      <c r="M1" s="106"/>
+    </row>
+    <row r="2" spans="1:61" s="43" customFormat="1" ht="111" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A2" s="41"/>
+      <c r="B2" s="42"/>
+      <c r="C2" s="42"/>
+      <c r="D2" s="42"/>
+      <c r="E2" s="42"/>
+      <c r="F2" s="42"/>
+      <c r="G2" s="42"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="42"/>
+      <c r="J2" s="42"/>
+      <c r="K2" s="42"/>
+      <c r="L2" s="42"/>
+      <c r="M2" s="42"/>
+    </row>
+    <row r="3" spans="1:61" s="43" customFormat="1" ht="49.9" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A3" s="41"/>
+      <c r="B3" s="109" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="118"/>
-[...12 lines deleted...]
-      <c r="B4" s="117" t="s">
+      <c r="C3" s="109"/>
+      <c r="D3" s="109"/>
+      <c r="E3" s="109"/>
+      <c r="F3" s="109"/>
+      <c r="G3" s="109"/>
+      <c r="H3" s="109"/>
+      <c r="I3" s="109"/>
+      <c r="J3" s="109"/>
+      <c r="K3" s="109"/>
+      <c r="L3" s="109"/>
+      <c r="M3" s="109"/>
+      <c r="N3" s="85"/>
+    </row>
+    <row r="4" spans="1:61" s="43" customFormat="1" ht="51.75" customHeight="1" x14ac:dyDescent="0.7">
+      <c r="A4" s="41"/>
+      <c r="B4" s="108" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="117"/>
-[...17 lines deleted...]
-      <c r="B5" s="116" t="s">
+      <c r="C4" s="108"/>
+      <c r="D4" s="108"/>
+      <c r="E4" s="108"/>
+      <c r="F4" s="108"/>
+      <c r="G4" s="108"/>
+      <c r="H4" s="108"/>
+      <c r="I4" s="108"/>
+      <c r="J4" s="108"/>
+      <c r="K4" s="108"/>
+      <c r="L4" s="108"/>
+      <c r="M4" s="108"/>
+      <c r="N4" s="44"/>
+      <c r="O4" s="44"/>
+      <c r="P4" s="44"/>
+      <c r="Q4" s="44"/>
+      <c r="R4" s="44"/>
+      <c r="S4" s="44"/>
+    </row>
+    <row r="5" spans="1:61" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="107" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" s="107"/>
+      <c r="D5" s="107"/>
+      <c r="E5" s="107"/>
+      <c r="F5" s="107"/>
+      <c r="G5" s="107"/>
+      <c r="H5" s="107"/>
+      <c r="I5" s="107"/>
+      <c r="J5" s="107"/>
+      <c r="K5" s="107"/>
+      <c r="L5" s="107"/>
+      <c r="M5" s="107"/>
+    </row>
+    <row r="6" spans="1:61" s="90" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="45"/>
+      <c r="C6" s="45"/>
+      <c r="D6" s="45"/>
+      <c r="E6" s="45"/>
+      <c r="F6" s="45"/>
+      <c r="G6" s="45"/>
+      <c r="H6" s="45"/>
+      <c r="I6" s="45"/>
+      <c r="J6" s="45"/>
+      <c r="K6" s="45"/>
+      <c r="L6" s="45"/>
+      <c r="N6" s="85"/>
+      <c r="O6" s="85"/>
+      <c r="P6" s="85"/>
+      <c r="Q6" s="85"/>
+      <c r="R6" s="85"/>
+      <c r="S6" s="85"/>
+    </row>
+    <row r="7" spans="1:61" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="104" t="s">
+        <v>3</v>
+      </c>
+      <c r="C7" s="105"/>
+      <c r="D7" s="105"/>
+      <c r="E7" s="45"/>
+      <c r="F7" s="58" t="s">
+        <v>48</v>
+      </c>
+      <c r="G7" s="57"/>
+      <c r="H7" s="58" t="s">
+        <v>4</v>
+      </c>
+      <c r="I7" s="74"/>
+      <c r="J7" s="58" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" s="74"/>
+      <c r="L7" s="102" t="s">
+        <v>5</v>
+      </c>
+      <c r="M7" s="102"/>
+    </row>
+    <row r="8" spans="1:61" s="48" customFormat="1" ht="60.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="46"/>
+      <c r="B8" s="28" t="s">
+        <v>6</v>
+      </c>
+      <c r="C8" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="D8" s="28" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8" s="16"/>
+      <c r="F8" s="16" t="s">
         <v>51</v>
       </c>
-      <c r="C5" s="116"/>
-[...67 lines deleted...]
-      <c r="D8" s="33" t="s">
+      <c r="G8" s="17"/>
+      <c r="H8" s="16" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" s="28"/>
+      <c r="J8" s="16" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" s="17"/>
+      <c r="L8" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="E8" s="20"/>
-      <c r="F8" s="20" t="s">
+      <c r="M8" s="19" t="s">
         <v>10</v>
       </c>
-      <c r="G8" s="21"/>
-      <c r="H8" s="33" t="s">
+      <c r="N8" s="47"/>
+      <c r="O8" s="85" t="s">
         <v>11</v>
       </c>
-      <c r="I8" s="21"/>
-[...53 lines deleted...]
-      <c r="B9" s="27">
+      <c r="P8" s="114"/>
+      <c r="Q8" s="114"/>
+      <c r="R8" s="85"/>
+      <c r="S8" s="85"/>
+      <c r="T8" s="85"/>
+      <c r="U8" s="85"/>
+      <c r="V8" s="85"/>
+      <c r="W8" s="85"/>
+      <c r="X8" s="85"/>
+      <c r="Y8" s="85"/>
+      <c r="Z8" s="85"/>
+      <c r="AA8" s="85"/>
+      <c r="AB8" s="85"/>
+      <c r="AC8" s="85"/>
+      <c r="AD8" s="85"/>
+      <c r="AE8" s="85"/>
+      <c r="AF8" s="85"/>
+      <c r="AG8" s="85"/>
+      <c r="AH8" s="85"/>
+      <c r="AI8" s="85"/>
+      <c r="AJ8" s="85"/>
+      <c r="AK8" s="85"/>
+      <c r="AL8" s="85"/>
+      <c r="AM8" s="85"/>
+      <c r="AN8" s="85"/>
+      <c r="AO8" s="85"/>
+      <c r="AP8" s="85"/>
+      <c r="AQ8" s="85"/>
+      <c r="AR8" s="85"/>
+      <c r="AS8" s="85"/>
+      <c r="AT8" s="85"/>
+      <c r="AU8" s="85"/>
+      <c r="AV8" s="85"/>
+      <c r="AW8" s="85"/>
+      <c r="AX8" s="85"/>
+      <c r="AY8" s="85"/>
+      <c r="AZ8" s="85"/>
+      <c r="BA8" s="85"/>
+      <c r="BB8" s="85"/>
+      <c r="BC8" s="85"/>
+    </row>
+    <row r="9" spans="1:61" s="51" customFormat="1" ht="41.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="49"/>
+      <c r="B9" s="11">
         <f>(F9*24)/2080</f>
         <v>0</v>
       </c>
-      <c r="C9" s="27">
+      <c r="C9" s="11">
         <f>F9*24</f>
         <v>0</v>
       </c>
-      <c r="D9" s="27">
+      <c r="D9" s="11">
         <f>SUM(F9*24)+(F24*24)</f>
-        <v>12696</v>
-[...2 lines deleted...]
-      <c r="F9" s="22">
+        <v>6348</v>
+      </c>
+      <c r="E9" s="20"/>
+      <c r="F9" s="18">
         <v>0</v>
       </c>
-      <c r="G9" s="25"/>
-      <c r="H9" s="22">
+      <c r="G9" s="21"/>
+      <c r="H9" s="18">
         <v>0</v>
       </c>
-      <c r="I9" s="25"/>
-      <c r="J9" s="30">
+      <c r="I9" s="21"/>
+      <c r="J9" s="84">
+        <f>IF(H9&lt;25, 0, IF(H9&gt;75, 75, H9))</f>
+        <v>0</v>
+      </c>
+      <c r="K9" s="101"/>
+      <c r="L9" s="25">
         <v>5</v>
       </c>
-      <c r="K9" s="31">
+      <c r="M9" s="26">
         <v>5</v>
       </c>
-      <c r="L9" s="26"/>
-[...118 lines deleted...]
-      <c r="A11" s="57"/>
+      <c r="N9" s="22"/>
+      <c r="O9" s="85"/>
+      <c r="P9" s="23"/>
+      <c r="Q9" s="23"/>
+      <c r="R9" s="50"/>
+      <c r="S9" s="50"/>
+      <c r="T9" s="50"/>
+      <c r="U9" s="50"/>
+      <c r="V9" s="50"/>
+      <c r="W9" s="50"/>
+      <c r="X9" s="50"/>
+      <c r="Y9" s="50"/>
+      <c r="Z9" s="50"/>
+      <c r="AA9" s="50"/>
+      <c r="AB9" s="50"/>
+      <c r="AC9" s="50"/>
+      <c r="AD9" s="50"/>
+      <c r="AE9" s="50"/>
+      <c r="AF9" s="50"/>
+      <c r="AG9" s="50"/>
+      <c r="AH9" s="50"/>
+      <c r="AI9" s="50"/>
+      <c r="AJ9" s="50"/>
+      <c r="AK9" s="50"/>
+      <c r="AL9" s="50"/>
+      <c r="AM9" s="50"/>
+      <c r="AN9" s="50"/>
+      <c r="AO9" s="50"/>
+      <c r="AP9" s="50"/>
+      <c r="AQ9" s="50"/>
+      <c r="AR9" s="50"/>
+      <c r="AS9" s="50"/>
+      <c r="AT9" s="50"/>
+      <c r="AU9" s="50"/>
+      <c r="AV9" s="50"/>
+      <c r="AW9" s="50"/>
+      <c r="AX9" s="50"/>
+      <c r="AY9" s="50"/>
+      <c r="AZ9" s="50"/>
+      <c r="BA9" s="50"/>
+      <c r="BB9" s="50"/>
+      <c r="BC9" s="50"/>
+      <c r="BD9" s="50"/>
+      <c r="BE9" s="50"/>
+      <c r="BF9" s="50"/>
+      <c r="BG9" s="50"/>
+      <c r="BH9" s="50"/>
+      <c r="BI9" s="50"/>
+    </row>
+    <row r="10" spans="1:61" s="51" customFormat="1" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="49"/>
+      <c r="B10" s="50"/>
+      <c r="C10" s="50"/>
+      <c r="D10" s="50"/>
+      <c r="E10" s="20"/>
+      <c r="F10" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="24"/>
+      <c r="H10" s="27" t="s">
+        <v>13</v>
+      </c>
+      <c r="I10" s="24"/>
+      <c r="J10" s="27" t="s">
+        <v>49</v>
+      </c>
+      <c r="K10" s="24"/>
+      <c r="L10" s="103" t="s">
+        <v>45</v>
+      </c>
+      <c r="M10" s="103"/>
+      <c r="N10" s="22"/>
+      <c r="O10" s="85"/>
+      <c r="P10" s="50"/>
+      <c r="Q10" s="50"/>
+      <c r="R10" s="50"/>
+      <c r="S10" s="50"/>
+      <c r="T10" s="50"/>
+      <c r="U10" s="50"/>
+      <c r="V10" s="50"/>
+      <c r="W10" s="50"/>
+      <c r="X10" s="50"/>
+      <c r="Y10" s="50"/>
+      <c r="Z10" s="50"/>
+      <c r="AA10" s="50"/>
+      <c r="AB10" s="50"/>
+      <c r="AC10" s="50"/>
+      <c r="AD10" s="50"/>
+      <c r="AE10" s="50"/>
+      <c r="AF10" s="50"/>
+      <c r="AG10" s="50"/>
+      <c r="AH10" s="50"/>
+      <c r="AI10" s="50"/>
+      <c r="AJ10" s="50"/>
+      <c r="AK10" s="50"/>
+      <c r="AL10" s="50"/>
+      <c r="AM10" s="50"/>
+      <c r="AN10" s="50"/>
+      <c r="AO10" s="50"/>
+      <c r="AP10" s="50"/>
+      <c r="AQ10" s="50"/>
+      <c r="AR10" s="50"/>
+      <c r="AS10" s="50"/>
+      <c r="AT10" s="50"/>
+      <c r="AU10" s="50"/>
+      <c r="AV10" s="50"/>
+      <c r="AW10" s="50"/>
+      <c r="AX10" s="50"/>
+      <c r="AY10" s="50"/>
+      <c r="AZ10" s="50"/>
+      <c r="BA10" s="50"/>
+      <c r="BB10" s="50"/>
+      <c r="BC10" s="50"/>
+      <c r="BD10" s="50"/>
+      <c r="BE10" s="50"/>
+      <c r="BF10" s="50"/>
+      <c r="BG10" s="50"/>
+      <c r="BH10" s="50"/>
+      <c r="BI10" s="50"/>
+    </row>
+    <row r="11" spans="1:61" s="48" customFormat="1" ht="41.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="46"/>
       <c r="E11" s="2"/>
-      <c r="J11" s="29"/>
-[...55 lines deleted...]
-      <c r="F12" s="64" t="s">
+      <c r="L11" s="85"/>
+      <c r="M11" s="85"/>
+      <c r="N11" s="85"/>
+      <c r="O11" s="85"/>
+      <c r="P11" s="52"/>
+      <c r="Q11" s="52"/>
+      <c r="R11" s="52"/>
+      <c r="S11" s="52"/>
+      <c r="T11" s="52"/>
+      <c r="U11" s="52"/>
+      <c r="V11" s="52"/>
+      <c r="W11" s="52"/>
+      <c r="X11" s="52"/>
+      <c r="Y11" s="52"/>
+      <c r="Z11" s="52"/>
+      <c r="AA11" s="52"/>
+      <c r="AB11" s="52"/>
+      <c r="AC11" s="52"/>
+      <c r="AD11" s="52"/>
+      <c r="AE11" s="52"/>
+      <c r="AF11" s="52"/>
+      <c r="AG11" s="52"/>
+      <c r="AH11" s="52"/>
+      <c r="AI11" s="52"/>
+      <c r="AJ11" s="52"/>
+      <c r="AK11" s="52"/>
+      <c r="AL11" s="52"/>
+      <c r="AM11" s="52"/>
+      <c r="AN11" s="52"/>
+      <c r="AO11" s="52"/>
+      <c r="AP11" s="52"/>
+      <c r="AQ11" s="52"/>
+      <c r="AR11" s="52"/>
+      <c r="AS11" s="52"/>
+      <c r="AT11" s="52"/>
+      <c r="AU11" s="52"/>
+      <c r="AV11" s="52"/>
+      <c r="AW11" s="52"/>
+      <c r="AX11" s="52"/>
+      <c r="AY11" s="52"/>
+      <c r="AZ11" s="52"/>
+      <c r="BA11" s="52"/>
+      <c r="BB11" s="52"/>
+      <c r="BC11" s="52"/>
+      <c r="BD11" s="52"/>
+      <c r="BE11" s="52"/>
+      <c r="BF11" s="52"/>
+      <c r="BG11" s="52"/>
+      <c r="BH11" s="52"/>
+    </row>
+    <row r="12" spans="1:61" s="51" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="49"/>
+      <c r="B12" s="85"/>
+      <c r="C12" s="85"/>
+      <c r="D12" s="85"/>
+      <c r="E12" s="86"/>
+      <c r="F12" s="87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" s="87"/>
+      <c r="H12" s="87"/>
+      <c r="I12" s="87"/>
+      <c r="J12" s="87" t="s">
+        <v>47</v>
+      </c>
+      <c r="K12" s="87"/>
+      <c r="L12" s="85"/>
+      <c r="M12" s="85" t="s">
+        <v>11</v>
+      </c>
+      <c r="N12" s="85"/>
+      <c r="O12" s="85"/>
+      <c r="P12" s="50"/>
+      <c r="Q12" s="50"/>
+      <c r="R12" s="50"/>
+      <c r="S12" s="50"/>
+      <c r="T12" s="50"/>
+      <c r="U12" s="50"/>
+      <c r="V12" s="50"/>
+      <c r="W12" s="50"/>
+      <c r="X12" s="50"/>
+      <c r="Y12" s="50"/>
+      <c r="Z12" s="50"/>
+      <c r="AA12" s="50"/>
+      <c r="AB12" s="50"/>
+      <c r="AC12" s="50"/>
+      <c r="AD12" s="50"/>
+      <c r="AE12" s="50"/>
+      <c r="AF12" s="50"/>
+      <c r="AG12" s="50"/>
+      <c r="AH12" s="50"/>
+      <c r="AI12" s="50"/>
+      <c r="AJ12" s="50"/>
+      <c r="AK12" s="50"/>
+      <c r="AL12" s="50"/>
+      <c r="AM12" s="50"/>
+      <c r="AN12" s="50"/>
+      <c r="AO12" s="50"/>
+      <c r="AP12" s="50"/>
+      <c r="AQ12" s="50"/>
+      <c r="AR12" s="50"/>
+      <c r="AS12" s="50"/>
+      <c r="AT12" s="50"/>
+      <c r="AU12" s="50"/>
+      <c r="AV12" s="50"/>
+      <c r="AW12" s="50"/>
+      <c r="AX12" s="50"/>
+      <c r="AY12" s="50"/>
+      <c r="AZ12" s="50"/>
+      <c r="BA12" s="50"/>
+      <c r="BB12" s="50"/>
+      <c r="BC12" s="50"/>
+      <c r="BD12" s="50"/>
+      <c r="BE12" s="50"/>
+      <c r="BF12" s="50"/>
+      <c r="BG12" s="50"/>
+      <c r="BH12" s="50"/>
+    </row>
+    <row r="13" spans="1:61" s="48" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="46"/>
+      <c r="B13" s="52"/>
+      <c r="C13" s="52"/>
+      <c r="D13" s="52"/>
+      <c r="E13" s="86"/>
+      <c r="F13" s="85"/>
+      <c r="G13" s="85"/>
+      <c r="H13" s="85"/>
+      <c r="I13" s="85"/>
+      <c r="J13" s="85"/>
+      <c r="K13" s="85"/>
+      <c r="L13" s="85"/>
+      <c r="M13" s="85"/>
+      <c r="N13" s="85"/>
+      <c r="O13" s="85"/>
+      <c r="P13" s="113"/>
+      <c r="Q13" s="113"/>
+      <c r="R13" s="113"/>
+      <c r="S13" s="113"/>
+      <c r="T13" s="113"/>
+      <c r="U13" s="113"/>
+      <c r="V13" s="113"/>
+      <c r="W13" s="113"/>
+      <c r="X13" s="113"/>
+      <c r="Y13" s="113"/>
+      <c r="Z13" s="113"/>
+      <c r="AA13" s="52"/>
+      <c r="AB13" s="52"/>
+      <c r="AC13" s="52"/>
+      <c r="AD13" s="52"/>
+      <c r="AE13" s="52"/>
+      <c r="AF13" s="52"/>
+      <c r="AG13" s="52"/>
+      <c r="AH13" s="52"/>
+      <c r="AI13" s="52"/>
+      <c r="AJ13" s="52"/>
+      <c r="AK13" s="52"/>
+      <c r="AL13" s="52"/>
+      <c r="AM13" s="52"/>
+      <c r="AN13" s="52"/>
+      <c r="AO13" s="52"/>
+      <c r="AP13" s="52"/>
+      <c r="AQ13" s="52"/>
+      <c r="AR13" s="52"/>
+      <c r="AS13" s="52"/>
+      <c r="AT13" s="52"/>
+      <c r="AU13" s="52"/>
+      <c r="AV13" s="52"/>
+      <c r="AW13" s="52"/>
+      <c r="AX13" s="52"/>
+      <c r="AY13" s="52"/>
+      <c r="AZ13" s="52"/>
+      <c r="BA13" s="52"/>
+      <c r="BB13" s="52"/>
+      <c r="BC13" s="52"/>
+      <c r="BD13" s="52"/>
+      <c r="BE13" s="52"/>
+      <c r="BF13" s="52"/>
+      <c r="BG13" s="52"/>
+      <c r="BH13" s="52"/>
+    </row>
+    <row r="14" spans="1:61" s="51" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="49"/>
+      <c r="B14" s="50"/>
+      <c r="C14" s="50"/>
+      <c r="D14" s="50"/>
+      <c r="E14" s="86"/>
+      <c r="F14" s="85"/>
+      <c r="G14" s="85"/>
+      <c r="H14" s="85"/>
+      <c r="I14" s="85"/>
+      <c r="J14" s="85"/>
+      <c r="K14" s="85"/>
+      <c r="L14" s="85"/>
+      <c r="M14" s="85"/>
+      <c r="N14" s="85"/>
+      <c r="O14" s="85"/>
+      <c r="P14" s="50"/>
+      <c r="Q14" s="50"/>
+      <c r="R14" s="50"/>
+      <c r="S14" s="50"/>
+      <c r="T14" s="50"/>
+      <c r="U14" s="50"/>
+      <c r="V14" s="50"/>
+      <c r="W14" s="50"/>
+      <c r="X14" s="50"/>
+      <c r="Y14" s="50"/>
+      <c r="Z14" s="50"/>
+      <c r="AA14" s="50"/>
+      <c r="AB14" s="50"/>
+      <c r="AC14" s="50"/>
+      <c r="AD14" s="50"/>
+      <c r="AE14" s="50"/>
+      <c r="AF14" s="50"/>
+      <c r="AG14" s="50"/>
+      <c r="AH14" s="50"/>
+      <c r="AI14" s="50"/>
+      <c r="AJ14" s="50"/>
+      <c r="AK14" s="50"/>
+      <c r="AL14" s="50"/>
+      <c r="AM14" s="50"/>
+      <c r="AN14" s="50"/>
+      <c r="AO14" s="50"/>
+      <c r="AP14" s="50"/>
+      <c r="AQ14" s="50"/>
+      <c r="AR14" s="50"/>
+      <c r="AS14" s="50"/>
+      <c r="AT14" s="50"/>
+      <c r="AU14" s="50"/>
+      <c r="AV14" s="50"/>
+      <c r="AW14" s="50"/>
+      <c r="AX14" s="50"/>
+      <c r="AY14" s="50"/>
+      <c r="AZ14" s="50"/>
+      <c r="BA14" s="50"/>
+      <c r="BB14" s="50"/>
+      <c r="BC14" s="50"/>
+      <c r="BD14" s="50"/>
+      <c r="BE14" s="50"/>
+      <c r="BF14" s="50"/>
+      <c r="BG14" s="50"/>
+      <c r="BH14" s="50"/>
+    </row>
+    <row r="15" spans="1:61" s="48" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="46"/>
+      <c r="B15" s="52"/>
+      <c r="C15" s="52"/>
+      <c r="D15" s="52"/>
+      <c r="E15" s="86"/>
+      <c r="F15" s="85"/>
+      <c r="G15" s="85"/>
+      <c r="H15" s="85"/>
+      <c r="I15" s="85"/>
+      <c r="J15" s="85"/>
+      <c r="K15" s="85"/>
+      <c r="L15" s="85"/>
+      <c r="M15" s="85"/>
+      <c r="N15" s="85"/>
+      <c r="O15" s="85"/>
+      <c r="P15" s="52"/>
+      <c r="Q15" s="52"/>
+      <c r="R15" s="52"/>
+      <c r="S15" s="52"/>
+      <c r="T15" s="52"/>
+      <c r="U15" s="52"/>
+      <c r="V15" s="52"/>
+      <c r="W15" s="52"/>
+      <c r="X15" s="52"/>
+      <c r="Y15" s="52"/>
+      <c r="Z15" s="52"/>
+      <c r="AA15" s="52"/>
+      <c r="AB15" s="52"/>
+      <c r="AC15" s="52"/>
+      <c r="AD15" s="52"/>
+      <c r="AE15" s="52"/>
+      <c r="AF15" s="52"/>
+      <c r="AG15" s="52"/>
+      <c r="AH15" s="52"/>
+      <c r="AI15" s="52"/>
+      <c r="AJ15" s="52"/>
+      <c r="AK15" s="52"/>
+      <c r="AL15" s="52"/>
+      <c r="AM15" s="52"/>
+      <c r="AN15" s="52"/>
+      <c r="AO15" s="52"/>
+      <c r="AP15" s="52"/>
+      <c r="AQ15" s="52"/>
+      <c r="AR15" s="52"/>
+      <c r="AS15" s="52"/>
+      <c r="AT15" s="52"/>
+      <c r="AU15" s="52"/>
+      <c r="AV15" s="52"/>
+      <c r="AW15" s="52"/>
+      <c r="AX15" s="52"/>
+      <c r="AY15" s="52"/>
+      <c r="AZ15" s="52"/>
+      <c r="BA15" s="52"/>
+      <c r="BB15" s="52"/>
+      <c r="BC15" s="52"/>
+      <c r="BD15" s="52"/>
+      <c r="BE15" s="52"/>
+      <c r="BF15" s="52"/>
+      <c r="BG15" s="52"/>
+      <c r="BH15" s="52"/>
+    </row>
+    <row r="16" spans="1:61" s="51" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="49"/>
+      <c r="B16" s="50"/>
+      <c r="C16" s="50"/>
+      <c r="D16" s="50"/>
+      <c r="E16" s="86"/>
+      <c r="F16" s="85"/>
+      <c r="G16" s="85"/>
+      <c r="H16" s="88"/>
+      <c r="I16" s="88"/>
+      <c r="J16" s="85"/>
+      <c r="K16" s="85"/>
+      <c r="L16" s="85"/>
+      <c r="M16" s="85"/>
+      <c r="N16" s="85"/>
+      <c r="O16" s="85"/>
+      <c r="P16" s="50"/>
+      <c r="Q16" s="50"/>
+      <c r="R16" s="50"/>
+      <c r="S16" s="50"/>
+      <c r="T16" s="50"/>
+      <c r="U16" s="50"/>
+      <c r="V16" s="50"/>
+      <c r="W16" s="50"/>
+      <c r="X16" s="50"/>
+      <c r="Y16" s="50"/>
+      <c r="Z16" s="50"/>
+      <c r="AA16" s="50"/>
+      <c r="AB16" s="50"/>
+      <c r="AC16" s="50"/>
+      <c r="AD16" s="50"/>
+      <c r="AE16" s="50"/>
+      <c r="AF16" s="50"/>
+      <c r="AG16" s="50"/>
+      <c r="AH16" s="50"/>
+      <c r="AI16" s="50"/>
+      <c r="AJ16" s="50"/>
+      <c r="AK16" s="50"/>
+      <c r="AL16" s="50"/>
+      <c r="AM16" s="50"/>
+      <c r="AN16" s="50"/>
+      <c r="AO16" s="50"/>
+      <c r="AP16" s="50"/>
+      <c r="AQ16" s="50"/>
+      <c r="AR16" s="50"/>
+      <c r="AS16" s="50"/>
+      <c r="AT16" s="50"/>
+      <c r="AU16" s="50"/>
+      <c r="AV16" s="50"/>
+      <c r="AW16" s="50"/>
+      <c r="AX16" s="50"/>
+      <c r="AY16" s="50"/>
+      <c r="AZ16" s="50"/>
+      <c r="BA16" s="50"/>
+      <c r="BB16" s="50"/>
+      <c r="BC16" s="50"/>
+      <c r="BD16" s="50"/>
+      <c r="BE16" s="50"/>
+      <c r="BF16" s="50"/>
+      <c r="BG16" s="50"/>
+      <c r="BH16" s="50"/>
+    </row>
+    <row r="17" spans="1:60" s="51" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="49"/>
+      <c r="B17" s="50"/>
+      <c r="C17" s="50"/>
+      <c r="D17" s="50"/>
+      <c r="E17" s="86"/>
+      <c r="F17" s="85"/>
+      <c r="G17" s="85"/>
+      <c r="H17" s="89"/>
+      <c r="I17" s="89"/>
+      <c r="J17" s="85"/>
+      <c r="K17" s="85"/>
+      <c r="L17" s="85"/>
+      <c r="M17" s="85"/>
+      <c r="N17" s="85"/>
+      <c r="O17" s="85"/>
+      <c r="P17" s="50"/>
+      <c r="Q17" s="50"/>
+      <c r="R17" s="50"/>
+      <c r="S17" s="50"/>
+      <c r="T17" s="50"/>
+      <c r="U17" s="50"/>
+      <c r="V17" s="50"/>
+      <c r="W17" s="50"/>
+      <c r="X17" s="50"/>
+      <c r="Y17" s="50"/>
+      <c r="Z17" s="50"/>
+      <c r="AA17" s="50"/>
+      <c r="AB17" s="50"/>
+      <c r="AC17" s="50"/>
+      <c r="AD17" s="50"/>
+      <c r="AE17" s="50"/>
+      <c r="AF17" s="50"/>
+      <c r="AG17" s="50"/>
+      <c r="AH17" s="50"/>
+      <c r="AI17" s="50"/>
+      <c r="AJ17" s="50"/>
+      <c r="AK17" s="50"/>
+      <c r="AL17" s="50"/>
+      <c r="AM17" s="50"/>
+      <c r="AN17" s="50"/>
+      <c r="AO17" s="50"/>
+      <c r="AP17" s="50"/>
+      <c r="AQ17" s="50"/>
+      <c r="AR17" s="50"/>
+      <c r="AS17" s="50"/>
+      <c r="AT17" s="50"/>
+      <c r="AU17" s="50"/>
+      <c r="AV17" s="50"/>
+      <c r="AW17" s="50"/>
+      <c r="AX17" s="50"/>
+      <c r="AY17" s="50"/>
+      <c r="AZ17" s="50"/>
+      <c r="BA17" s="50"/>
+      <c r="BB17" s="50"/>
+      <c r="BC17" s="50"/>
+      <c r="BD17" s="50"/>
+      <c r="BE17" s="50"/>
+      <c r="BF17" s="50"/>
+      <c r="BG17" s="50"/>
+      <c r="BH17" s="50"/>
+    </row>
+    <row r="18" spans="1:60" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E18" s="91"/>
+      <c r="H18" s="89"/>
+      <c r="I18" s="89"/>
+    </row>
+    <row r="19" spans="1:60" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E19" s="90"/>
+      <c r="H19" s="92"/>
+      <c r="I19" s="92"/>
+    </row>
+    <row r="20" spans="1:60" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E20" s="90"/>
+      <c r="H20" s="93"/>
+      <c r="I20" s="93"/>
+    </row>
+    <row r="21" spans="1:60" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E21" s="90"/>
+    </row>
+    <row r="22" spans="1:60" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E22" s="90"/>
+    </row>
+    <row r="23" spans="1:60" ht="27" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="D23" s="111" t="s">
         <v>14</v>
       </c>
-      <c r="G12" s="64"/>
-[...377 lines deleted...]
-      <c r="F23" s="71">
+      <c r="E23" s="111"/>
+      <c r="F23" s="53">
         <f>F9</f>
         <v>0</v>
       </c>
-      <c r="G23" s="72"/>
-[...4 lines deleted...]
-      <c r="D24" s="114" t="s">
+      <c r="G23" s="54"/>
+      <c r="H23" s="54"/>
+      <c r="I23" s="54"/>
+      <c r="J23" s="54"/>
+      <c r="K23" s="54"/>
+    </row>
+    <row r="24" spans="1:60" ht="27.75" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="D24" s="112" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="112"/>
+      <c r="F24" s="55">
+        <f>B37+B40+C40+B43+C43+D43+D40</f>
+        <v>264.5</v>
+      </c>
+      <c r="G24" s="54"/>
+      <c r="H24" s="54"/>
+      <c r="I24" s="54"/>
+      <c r="J24" s="54"/>
+      <c r="K24" s="54"/>
+    </row>
+    <row r="25" spans="1:60" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E25" s="56"/>
+    </row>
+    <row r="26" spans="1:60" s="95" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="94"/>
+      <c r="B26" s="115" t="s">
+        <v>16</v>
+      </c>
+      <c r="C26" s="115"/>
+      <c r="D26" s="115"/>
+      <c r="E26" s="115"/>
+      <c r="F26" s="115"/>
+      <c r="G26" s="115"/>
+      <c r="H26" s="115"/>
+      <c r="I26" s="115"/>
+      <c r="J26" s="115"/>
+      <c r="K26" s="115"/>
+      <c r="L26" s="115"/>
+      <c r="M26" s="115"/>
+    </row>
+    <row r="27" spans="1:60" s="95" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="94"/>
+      <c r="B27" s="113" t="s">
+        <v>52</v>
+      </c>
+      <c r="C27" s="113"/>
+      <c r="D27" s="113"/>
+      <c r="E27" s="113"/>
+      <c r="F27" s="113"/>
+      <c r="G27" s="113"/>
+      <c r="H27" s="113"/>
+      <c r="I27" s="113"/>
+      <c r="J27" s="113"/>
+      <c r="K27" s="113"/>
+      <c r="L27" s="113"/>
+      <c r="M27" s="113"/>
+    </row>
+    <row r="28" spans="1:60" s="95" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="94"/>
+      <c r="B28" s="113" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" s="113"/>
+      <c r="D28" s="113"/>
+      <c r="E28" s="113"/>
+      <c r="F28" s="113"/>
+      <c r="G28" s="113"/>
+      <c r="H28" s="113"/>
+      <c r="I28" s="113"/>
+      <c r="J28" s="113"/>
+      <c r="K28" s="113"/>
+      <c r="L28" s="113"/>
+    </row>
+    <row r="29" spans="1:60" s="95" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="94"/>
+      <c r="B29" s="110" t="s">
         <v>18</v>
       </c>
-      <c r="E24" s="114"/>
-[...13 lines deleted...]
-      <c r="B26" s="120" t="s">
+      <c r="C29" s="110"/>
+      <c r="D29" s="110"/>
+      <c r="E29" s="110"/>
+      <c r="F29" s="110"/>
+      <c r="G29" s="110"/>
+      <c r="H29" s="110"/>
+      <c r="I29" s="110"/>
+      <c r="J29" s="110"/>
+      <c r="K29" s="110"/>
+      <c r="L29" s="110"/>
+    </row>
+    <row r="30" spans="1:60" s="95" customFormat="1" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A30" s="94"/>
+      <c r="B30" s="96" t="s">
+        <v>53</v>
+      </c>
+      <c r="E30" s="94"/>
+    </row>
+    <row r="31" spans="1:60" x14ac:dyDescent="0.25">
+      <c r="E31" s="90"/>
+    </row>
+    <row r="32" spans="1:60" x14ac:dyDescent="0.25">
+      <c r="E32" s="90"/>
+    </row>
+    <row r="33" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E33" s="90"/>
+    </row>
+    <row r="34" spans="1:13" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="C34" s="97" t="s">
+        <v>56</v>
+      </c>
+      <c r="E34" s="90"/>
+    </row>
+    <row r="35" spans="1:13" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="B35" s="76" t="s">
         <v>19</v>
       </c>
-      <c r="C26" s="120"/>
-[...11 lines deleted...]
-      <c r="B27" s="119" t="s">
+      <c r="C35" s="1"/>
+      <c r="D35" s="31"/>
+      <c r="E35" s="90"/>
+    </row>
+    <row r="36" spans="1:13" ht="40.5" x14ac:dyDescent="0.35">
+      <c r="B36" s="35" t="s">
         <v>20</v>
       </c>
-      <c r="C27" s="119"/>
-[...76 lines deleted...]
-      <c r="B37" s="44">
+      <c r="C36" s="14"/>
+      <c r="D36" s="32"/>
+      <c r="E36" s="90"/>
+      <c r="F36" s="98"/>
+    </row>
+    <row r="37" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B37" s="37">
         <f>(C9/1000)*0.045</f>
         <v>0</v>
       </c>
       <c r="C37" s="4"/>
-      <c r="D37" s="34"/>
-[...16 lines deleted...]
-      <c r="C39" s="19">
+      <c r="D37" s="29"/>
+      <c r="E37" s="90"/>
+    </row>
+    <row r="38" spans="1:13" ht="18.75" x14ac:dyDescent="0.35">
+      <c r="B38" s="77" t="s">
+        <v>21</v>
+      </c>
+      <c r="C38" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="D38" s="79" t="s">
+        <v>23</v>
+      </c>
+      <c r="E38" s="90"/>
+    </row>
+    <row r="39" spans="1:13" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="B39" s="30"/>
+      <c r="C39" s="15">
         <v>1.4500000000000001E-2</v>
       </c>
-      <c r="D39" s="46">
+      <c r="D39" s="39">
         <v>4.7499999999999999E-3</v>
       </c>
-      <c r="E39" s="68"/>
-[...4 lines deleted...]
-        <v>529</v>
+      <c r="E39" s="90"/>
+      <c r="F39" s="88"/>
+    </row>
+    <row r="40" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B40" s="37">
+        <f>529/2</f>
+        <v>264.5</v>
       </c>
       <c r="C40" s="4">
         <f>F9*C39</f>
         <v>0</v>
       </c>
-      <c r="D40" s="43">
+      <c r="D40" s="36">
         <f>F9*D39</f>
         <v>0</v>
       </c>
-      <c r="E40" s="68"/>
-[...15 lines deleted...]
-      <c r="B42" s="47">
+      <c r="E40" s="90"/>
+    </row>
+    <row r="41" spans="1:13" s="100" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="99"/>
+      <c r="B41" s="80" t="s">
+        <v>24</v>
+      </c>
+      <c r="C41" s="81" t="s">
+        <v>25</v>
+      </c>
+      <c r="D41" s="75" t="s">
+        <v>55</v>
+      </c>
+      <c r="E41" s="99"/>
+    </row>
+    <row r="42" spans="1:13" ht="20.25" x14ac:dyDescent="0.35">
+      <c r="B42" s="40">
         <v>0.10075000000000001</v>
       </c>
-      <c r="C42" s="19">
+      <c r="C42" s="15">
         <v>6.2E-2</v>
       </c>
-      <c r="D42" s="38"/>
-[...3 lines deleted...]
-      <c r="B43" s="9">
+      <c r="D42" s="33"/>
+      <c r="E42" s="90"/>
+    </row>
+    <row r="43" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B43" s="5">
         <f>F9*B42</f>
         <v>0</v>
       </c>
-      <c r="C43" s="10">
+      <c r="C43" s="6">
         <f>F9*C42</f>
         <v>0</v>
       </c>
-      <c r="D43" s="43">
-        <f>H9</f>
+      <c r="D43" s="36">
+        <f>J9/2</f>
         <v>0</v>
       </c>
-      <c r="E43" s="68"/>
-[...13 lines deleted...]
-    <row r="45" spans="1:11" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E43" s="90"/>
+    </row>
+    <row r="44" spans="1:13" ht="18.75" x14ac:dyDescent="0.35">
+      <c r="B44" s="82" t="s">
+        <v>26</v>
+      </c>
+      <c r="C44" s="81" t="s">
+        <v>27</v>
+      </c>
+      <c r="D44" s="83" t="s">
+        <v>54</v>
+      </c>
+      <c r="E44" s="90"/>
+    </row>
+    <row r="45" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
       <c r="B45" s="3">
         <f>B9*5</f>
         <v>0</v>
       </c>
       <c r="C45" s="4">
         <f>B9*5</f>
         <v>0</v>
       </c>
-      <c r="D45" s="43">
+      <c r="D45" s="36">
         <f>B9*4.33</f>
         <v>0</v>
       </c>
-      <c r="E45" s="68"/>
-[...11 lines deleted...]
-      <c r="E48" s="68"/>
+      <c r="E45" s="90"/>
+    </row>
+    <row r="46" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E46" s="90"/>
+      <c r="M46" s="87" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E47" s="90"/>
+    </row>
+    <row r="48" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="E48" s="90"/>
     </row>
     <row r="49" spans="5:5" x14ac:dyDescent="0.25">
-      <c r="E49" s="68"/>
+      <c r="E49" s="90"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" selectLockedCells="1"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="F10" name="Range1"/>
   </protectedRanges>
-  <mergeCells count="13">
-[...10 lines deleted...]
-    <mergeCell ref="B29:J29"/>
+  <mergeCells count="15">
+    <mergeCell ref="B29:L29"/>
     <mergeCell ref="D23:E23"/>
     <mergeCell ref="D24:E24"/>
+    <mergeCell ref="P13:Z13"/>
+    <mergeCell ref="P8:Q8"/>
+    <mergeCell ref="B28:L28"/>
+    <mergeCell ref="B26:M26"/>
+    <mergeCell ref="B27:M27"/>
+    <mergeCell ref="L7:M7"/>
+    <mergeCell ref="L10:M10"/>
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B1:M1"/>
+    <mergeCell ref="B5:M5"/>
+    <mergeCell ref="B4:M4"/>
+    <mergeCell ref="B3:M3"/>
   </mergeCells>
-  <hyperlinks>
-[...1 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="33" fitToWidth="0" orientation="landscape" r:id="rId2"/>
-  <drawing r:id="rId3"/>
+  <pageSetup scale="33" fitToWidth="0" orientation="landscape" r:id="rId1"/>
+  <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A5" sqref="A5"/>
+      <selection activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="62.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="10.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.140625" customWidth="1"/>
     <col min="4" max="7" width="9.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A1" s="11" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="16">
+      <c r="A1" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B1" s="8">
         <f>CALCULATOR!F9</f>
         <v>0</v>
       </c>
-      <c r="C1" s="17">
+      <c r="C1" s="13">
         <f>B1/$B$10</f>
         <v>0</v>
       </c>
-      <c r="D1" s="15"/>
+      <c r="D1" s="12"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A2" s="45" t="str">
+      <c r="A2" s="38" t="str">
         <f>"Medical Insurance ($"&amp;medical&amp;" the state pays)"</f>
-        <v>Medical Insurance ($529 the state pays)</v>
-[...4 lines deleted...]
-      <c r="C2" s="17">
+        <v>Medical Insurance ($264.5 the state pays)</v>
+      </c>
+      <c r="B2" s="8">
+        <f>CALCULATOR!B40</f>
+        <v>264.5</v>
+      </c>
+      <c r="C2" s="13">
         <f>B2/$B$10</f>
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A3" s="45" t="str">
+      <c r="A3" s="38" t="str">
         <f>"Retirement ("&amp;Pension&amp;"% the state pays)"</f>
         <v>Retirement (10.075% the state pays)</v>
       </c>
-      <c r="B3" s="16">
+      <c r="B3" s="8">
         <f>CALCULATOR!B43</f>
         <v>0</v>
       </c>
-      <c r="C3" s="17">
+      <c r="C3" s="13">
         <f>B3/$B$10</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A4" s="45" t="str">
+      <c r="A4" s="38" t="str">
         <f>"Social Security* ("&amp;SocSec&amp;"% the state pays)"</f>
         <v>Social Security* (6.2% the state pays)</v>
       </c>
-      <c r="B4" s="16">
+      <c r="B4" s="8">
         <f>CALCULATOR!C43</f>
         <v>0</v>
       </c>
-      <c r="C4" s="17">
+      <c r="C4" s="13">
         <f>B4/$B$10</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="45" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="16">
+      <c r="A5" s="38" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" s="8">
         <f>CALCULATOR!B37+CALCULATOR!C37+CALCULATOR!C40+CALCULATOR!D40+CALCULATOR!D37+CALCULATOR!D43</f>
         <v>0</v>
       </c>
-      <c r="C5" s="17">
+      <c r="C5" s="13">
         <f>B5/$B$10</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A6" s="11"/>
-[...1 lines deleted...]
-      <c r="C6" s="12"/>
+      <c r="A6" s="7"/>
+      <c r="B6" s="8"/>
+      <c r="C6" s="8"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="C7" s="12"/>
+      <c r="C7" s="8"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A8" s="39"/>
-[...1 lines deleted...]
-      <c r="C8" s="12"/>
+      <c r="A8" s="34"/>
+      <c r="B8" s="8"/>
+      <c r="C8" s="8"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="B10" s="12">
+      <c r="B10" s="8">
         <f>SUM(B1:B8)</f>
-        <v>478</v>
-[...1 lines deleted...]
-      <c r="C10" s="12">
+        <v>264.5</v>
+      </c>
+      <c r="C10" s="8">
         <f>SUM(B2:B6)</f>
-        <v>478</v>
+        <v>264.5</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="C11" s="16">
+      <c r="C11" s="8">
         <f>CALCULATOR!F24</f>
-        <v>529</v>
-[...1 lines deleted...]
-      <c r="D11" s="12"/>
+        <v>264.5</v>
+      </c>
+      <c r="D11" s="8"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="C12" s="16">
+      <c r="C12" s="8">
         <f>SUM(C11-C10)</f>
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-      <c r="E13" s="13"/>
+        <v>32</v>
+      </c>
+      <c r="C13" s="8"/>
+      <c r="E13" s="9"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14">
         <f>Retirement</f>
         <v>0.10075000000000001</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16">
         <f>A14*A15</f>
         <v>10.075000000000001</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A18">
         <f>SS</f>
         <v>6.2E-2</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A19">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.25">
       <c r="A20">
         <f>A18*A19</f>
         <v>6.2</v>
       </c>
     </row>
     <row r="21" spans="1:1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A21" s="14"/>
+      <c r="A21" s="10"/>
     </row>
     <row r="22" spans="1:1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A22" s="14"/>
+      <c r="A22" s="10"/>
     </row>
     <row r="23" spans="1:1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A23" s="14"/>
+      <c r="A23" s="10"/>
     </row>
     <row r="24" spans="1:1" ht="18" x14ac:dyDescent="0.25">
-      <c r="A24" s="14"/>
+      <c r="A24" s="10"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{780BD032-1E7A-40FA-8D60-64620F4466E9}">
   <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="23.28515625" style="93" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="92"/>
+    <col min="1" max="1" width="23.28515625" style="62" customWidth="1"/>
+    <col min="2" max="2" width="20.7109375" style="62" customWidth="1"/>
+    <col min="3" max="8" width="16.28515625" style="60" customWidth="1"/>
+    <col min="9" max="9" width="13.28515625" style="60" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.140625" style="60" bestFit="1" customWidth="1"/>
+    <col min="11" max="13" width="9.140625" style="60"/>
+    <col min="14" max="16384" width="9.140625" style="61"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A1" s="121" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="121"/>
+      <c r="A1" s="116" t="s">
+        <v>34</v>
+      </c>
+      <c r="B1" s="116"/>
+      <c r="C1" s="116"/>
+      <c r="D1" s="116"/>
+      <c r="E1" s="116"/>
+      <c r="F1" s="116"/>
+      <c r="G1" s="116"/>
+      <c r="H1" s="116"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A2" s="96" t="s">
-[...8 lines deleted...]
-      <c r="H2" s="92"/>
+      <c r="A2" s="68" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" s="68"/>
+      <c r="C2" s="61"/>
+      <c r="D2" s="61"/>
+      <c r="E2" s="61"/>
+      <c r="F2" s="61"/>
+      <c r="G2" s="61"/>
+      <c r="H2" s="61"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="97" t="s">
-[...5 lines deleted...]
-      <c r="C3" s="101">
+      <c r="A3" s="69" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" s="70" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" s="63">
         <f t="shared" ref="C3:H3" si="0">C4/2080</f>
         <v>16.10576923076923</v>
       </c>
-      <c r="D3" s="101">
+      <c r="D3" s="63">
         <f t="shared" si="0"/>
         <v>19.23076923076923</v>
       </c>
-      <c r="E3" s="101">
+      <c r="E3" s="63">
         <f t="shared" si="0"/>
         <v>21.634615384615383</v>
       </c>
-      <c r="F3" s="101">
+      <c r="F3" s="63">
         <f t="shared" si="0"/>
         <v>24.03846153846154</v>
       </c>
-      <c r="G3" s="101">
+      <c r="G3" s="63">
         <f t="shared" si="0"/>
         <v>28.846153846153847</v>
       </c>
-      <c r="H3" s="101">
+      <c r="H3" s="63">
         <f t="shared" si="0"/>
         <v>33.653846153846153</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A4" s="97" t="s">
-[...5 lines deleted...]
-      <c r="C4" s="105">
+      <c r="A4" s="69" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" s="70" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" s="64">
         <v>33500</v>
       </c>
-      <c r="D4" s="105">
+      <c r="D4" s="64">
         <v>40000</v>
       </c>
-      <c r="E4" s="105">
+      <c r="E4" s="64">
         <v>45000</v>
       </c>
-      <c r="F4" s="105">
+      <c r="F4" s="64">
         <v>50000</v>
       </c>
-      <c r="G4" s="105">
+      <c r="G4" s="64">
         <v>60000</v>
       </c>
-      <c r="H4" s="105">
+      <c r="H4" s="64">
         <v>70000</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="92" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="102">
+      <c r="A5" s="61" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" s="71">
         <v>4.7499999999999999E-3</v>
       </c>
-      <c r="C5" s="101">
+      <c r="C5" s="63">
         <v>11472</v>
       </c>
-      <c r="D5" s="101">
+      <c r="D5" s="63">
         <v>11472</v>
       </c>
-      <c r="E5" s="101">
+      <c r="E5" s="63">
         <v>11472</v>
       </c>
-      <c r="F5" s="101">
+      <c r="F5" s="63">
         <v>11472</v>
       </c>
-      <c r="G5" s="101">
+      <c r="G5" s="63">
         <v>11472</v>
       </c>
-      <c r="H5" s="101">
+      <c r="H5" s="63">
         <v>11472</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A6" s="92" t="s">
-[...5 lines deleted...]
-      <c r="C6" s="91">
+      <c r="A6" s="61" t="s">
+        <v>40</v>
+      </c>
+      <c r="B6" s="72">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="C6" s="60">
         <f t="shared" ref="C6:H6" si="1">C4*$B$5</f>
         <v>159.125</v>
       </c>
-      <c r="D6" s="91">
+      <c r="D6" s="60">
         <f t="shared" si="1"/>
         <v>190</v>
       </c>
-      <c r="E6" s="91">
+      <c r="E6" s="60">
         <f t="shared" si="1"/>
         <v>213.75</v>
       </c>
-      <c r="F6" s="91">
+      <c r="F6" s="60">
         <f t="shared" si="1"/>
         <v>237.5</v>
       </c>
-      <c r="G6" s="91">
+      <c r="G6" s="60">
         <f t="shared" si="1"/>
         <v>285</v>
       </c>
-      <c r="H6" s="91">
+      <c r="H6" s="60">
         <f t="shared" si="1"/>
         <v>332.5</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A7" s="99" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="102">
+      <c r="A7" s="73" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" s="71">
         <v>7.6499999999999999E-2</v>
       </c>
-      <c r="C7" s="91">
+      <c r="C7" s="60">
         <f t="shared" ref="C7:H7" si="2">((C4/1000)*$B$6)*24</f>
-        <v>0.36180000000000001</v>
-[...1 lines deleted...]
-      <c r="D7" s="91">
+        <v>36.179999999999993</v>
+      </c>
+      <c r="D7" s="60">
         <f t="shared" si="2"/>
-        <v>0.43199999999999994</v>
-[...1 lines deleted...]
-      <c r="E7" s="91">
+        <v>43.199999999999996</v>
+      </c>
+      <c r="E7" s="60">
         <f t="shared" si="2"/>
-        <v>0.48599999999999999</v>
-[...1 lines deleted...]
-      <c r="F7" s="91">
+        <v>48.599999999999994</v>
+      </c>
+      <c r="F7" s="60">
         <f t="shared" si="2"/>
-        <v>0.54</v>
-[...1 lines deleted...]
-      <c r="G7" s="91">
+        <v>54</v>
+      </c>
+      <c r="G7" s="60">
         <f t="shared" si="2"/>
-        <v>0.64800000000000002</v>
-[...1 lines deleted...]
-      <c r="H7" s="91">
+        <v>64.8</v>
+      </c>
+      <c r="H7" s="60">
         <f t="shared" si="2"/>
-        <v>0.75600000000000001</v>
+        <v>75.599999999999994</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A8" s="92" t="s">
-[...2 lines deleted...]
-      <c r="B8" s="102">
+      <c r="A8" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" s="71">
         <v>0.10935</v>
       </c>
-      <c r="C8" s="91">
+      <c r="C8" s="60">
         <f t="shared" ref="C8:H8" si="3">C4*$B$7</f>
         <v>2562.75</v>
       </c>
-      <c r="D8" s="91">
+      <c r="D8" s="60">
         <f t="shared" si="3"/>
         <v>3060</v>
       </c>
-      <c r="E8" s="91">
+      <c r="E8" s="60">
         <f t="shared" si="3"/>
         <v>3442.5</v>
       </c>
-      <c r="F8" s="91">
+      <c r="F8" s="60">
         <f t="shared" si="3"/>
         <v>3825</v>
       </c>
-      <c r="G8" s="91">
+      <c r="G8" s="60">
         <f t="shared" si="3"/>
         <v>4590</v>
       </c>
-      <c r="H8" s="91">
+      <c r="H8" s="60">
         <f t="shared" si="3"/>
         <v>5355</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C9" s="91">
+      <c r="C9" s="60">
         <f t="shared" ref="C9:H9" si="4">C4*$B$8</f>
         <v>3663.2249999999999</v>
       </c>
-      <c r="D9" s="91">
+      <c r="D9" s="60">
         <f t="shared" si="4"/>
         <v>4374</v>
       </c>
-      <c r="E9" s="91">
+      <c r="E9" s="60">
         <f t="shared" si="4"/>
         <v>4920.75</v>
       </c>
-      <c r="F9" s="91">
+      <c r="F9" s="60">
         <f t="shared" si="4"/>
         <v>5467.5</v>
       </c>
-      <c r="G9" s="91">
+      <c r="G9" s="60">
         <f t="shared" si="4"/>
         <v>6561</v>
       </c>
-      <c r="H9" s="91">
+      <c r="H9" s="60">
         <f t="shared" si="4"/>
         <v>7654.5</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C10" s="101">
+      <c r="C10" s="63">
         <f t="shared" ref="C10:H10" si="5">SUM(C4:C9)</f>
-        <v>51357.461799999997</v>
-[...1 lines deleted...]
-      <c r="D10" s="101">
+        <v>51393.279999999999</v>
+      </c>
+      <c r="D10" s="63">
         <f t="shared" si="5"/>
-        <v>59096.432000000001</v>
-[...1 lines deleted...]
-      <c r="E10" s="101">
+        <v>59139.199999999997</v>
+      </c>
+      <c r="E10" s="63">
         <f t="shared" si="5"/>
-        <v>65049.485999999997</v>
-[...1 lines deleted...]
-      <c r="F10" s="101">
+        <v>65097.599999999999</v>
+      </c>
+      <c r="F10" s="63">
         <f t="shared" si="5"/>
-        <v>71002.540000000008</v>
-[...1 lines deleted...]
-      <c r="G10" s="101">
+        <v>71056</v>
+      </c>
+      <c r="G10" s="63">
         <f t="shared" si="5"/>
-        <v>82908.648000000001</v>
-[...1 lines deleted...]
-      <c r="H10" s="101">
+        <v>82972.800000000003</v>
+      </c>
+      <c r="H10" s="63">
         <f t="shared" si="5"/>
-        <v>94814.755999999994</v>
+        <v>94889.600000000006</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C11" s="104">
+      <c r="C11" s="67">
         <f t="shared" ref="C11:H11" si="6">C10/2080</f>
-        <v>24.691087403846154</v>
-[...1 lines deleted...]
-      <c r="D11" s="104">
+        <v>24.708307692307692</v>
+      </c>
+      <c r="D11" s="67">
         <f t="shared" si="6"/>
-        <v>28.411746153846153</v>
-[...1 lines deleted...]
-      <c r="E11" s="104">
+        <v>28.432307692307692</v>
+      </c>
+      <c r="E11" s="67">
         <f t="shared" si="6"/>
-        <v>31.273791346153846</v>
-[...1 lines deleted...]
-      <c r="F11" s="104">
+        <v>31.296923076923076</v>
+      </c>
+      <c r="F11" s="67">
         <f t="shared" si="6"/>
-        <v>34.13583653846154</v>
-[...1 lines deleted...]
-      <c r="G11" s="104">
+        <v>34.161538461538463</v>
+      </c>
+      <c r="G11" s="67">
         <f t="shared" si="6"/>
-        <v>39.859926923076927</v>
-[...1 lines deleted...]
-      <c r="H11" s="104">
+        <v>39.89076923076923</v>
+      </c>
+      <c r="H11" s="67">
         <f t="shared" si="6"/>
-        <v>45.584017307692307</v>
+        <v>45.620000000000005</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A12" s="96" t="s">
-[...2 lines deleted...]
-      <c r="B12" s="96"/>
+      <c r="A12" s="68" t="s">
+        <v>42</v>
+      </c>
+      <c r="B12" s="68"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C13" s="101">
+      <c r="C13" s="63">
         <f t="shared" ref="C13:H13" si="7">C14/2080</f>
         <v>19.076423076923078</v>
       </c>
-      <c r="D13" s="101">
+      <c r="D13" s="63">
         <f t="shared" si="7"/>
         <v>20.602499999999999</v>
       </c>
-      <c r="E13" s="101">
+      <c r="E13" s="63">
         <f t="shared" si="7"/>
         <v>22.25076923076923</v>
       </c>
-      <c r="F13" s="101">
+      <c r="F13" s="63">
         <f t="shared" si="7"/>
         <v>24.030807692307693</v>
       </c>
-      <c r="G13" s="101">
+      <c r="G13" s="63">
         <f t="shared" si="7"/>
         <v>24.475846153846156</v>
       </c>
-      <c r="H13" s="101">
+      <c r="H13" s="63">
         <f t="shared" si="7"/>
         <v>26.433923076923076</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C14" s="105">
+      <c r="C14" s="64">
         <v>39678.959999999999</v>
       </c>
-      <c r="D14" s="105">
+      <c r="D14" s="64">
         <v>42853.2</v>
       </c>
-      <c r="E14" s="105">
+      <c r="E14" s="64">
         <v>46281.599999999999</v>
       </c>
-      <c r="F14" s="105">
+      <c r="F14" s="64">
         <v>49984.08</v>
       </c>
-      <c r="G14" s="105">
+      <c r="G14" s="64">
         <v>50909.760000000002</v>
       </c>
-      <c r="H14" s="105">
+      <c r="H14" s="64">
         <v>54982.559999999998</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A15" s="103">
+      <c r="A15" s="65">
         <v>4.7499999999999999E-3</v>
       </c>
-      <c r="B15" s="94"/>
-      <c r="C15" s="101">
+      <c r="B15" s="65"/>
+      <c r="C15" s="63">
         <v>11472</v>
       </c>
-      <c r="D15" s="101">
+      <c r="D15" s="63">
         <v>11472</v>
       </c>
-      <c r="E15" s="101">
+      <c r="E15" s="63">
         <v>11472</v>
       </c>
-      <c r="F15" s="101">
+      <c r="F15" s="63">
         <v>11472</v>
       </c>
-      <c r="G15" s="101">
+      <c r="G15" s="63">
         <v>11472</v>
       </c>
-      <c r="H15" s="101">
+      <c r="H15" s="63">
         <v>11472</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A16" s="103">
-[...3 lines deleted...]
-      <c r="C16" s="91">
+      <c r="A16" s="66">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="B16" s="66"/>
+      <c r="C16" s="60">
         <f t="shared" ref="C16:H16" si="8">C14*$B$5</f>
         <v>188.47505999999998</v>
       </c>
-      <c r="D16" s="91">
+      <c r="D16" s="60">
         <f t="shared" si="8"/>
         <v>203.55269999999999</v>
       </c>
-      <c r="E16" s="91">
+      <c r="E16" s="60">
         <f t="shared" si="8"/>
         <v>219.83759999999998</v>
       </c>
-      <c r="F16" s="91">
+      <c r="F16" s="60">
         <f t="shared" si="8"/>
         <v>237.42438000000001</v>
       </c>
-      <c r="G16" s="91">
+      <c r="G16" s="60">
         <f t="shared" si="8"/>
         <v>241.82136</v>
       </c>
-      <c r="H16" s="91">
+      <c r="H16" s="60">
         <f t="shared" si="8"/>
         <v>261.16715999999997</v>
       </c>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="103">
+      <c r="A17" s="65">
         <v>7.6499999999999999E-2</v>
       </c>
-      <c r="B17" s="94"/>
-      <c r="C17" s="91">
+      <c r="B17" s="65"/>
+      <c r="C17" s="60">
         <f t="shared" ref="C17:H17" si="9">((C14/1000)*$B$6)*24</f>
-        <v>0.42853276799999995</v>
-[...1 lines deleted...]
-      <c r="D17" s="91">
+        <v>42.853276799999996</v>
+      </c>
+      <c r="D17" s="60">
         <f t="shared" si="9"/>
-        <v>0.46281455999999987</v>
-[...1 lines deleted...]
-      <c r="E17" s="91">
+        <v>46.281455999999991</v>
+      </c>
+      <c r="E17" s="60">
         <f t="shared" si="9"/>
-        <v>0.49984128</v>
-[...1 lines deleted...]
-      <c r="F17" s="91">
+        <v>49.984127999999991</v>
+      </c>
+      <c r="F17" s="60">
         <f t="shared" si="9"/>
-        <v>0.53982806399999994</v>
-[...1 lines deleted...]
-      <c r="G17" s="91">
+        <v>53.982806400000001</v>
+      </c>
+      <c r="G17" s="60">
         <f t="shared" si="9"/>
-        <v>0.5498254079999999</v>
-[...1 lines deleted...]
-      <c r="H17" s="91">
+        <v>54.982540799999995</v>
+      </c>
+      <c r="H17" s="60">
         <f t="shared" si="9"/>
-        <v>0.59381164799999997</v>
+        <v>59.381164799999993</v>
       </c>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A18" s="103">
+      <c r="A18" s="65">
         <v>0.10935</v>
       </c>
-      <c r="B18" s="94"/>
-      <c r="C18" s="91">
+      <c r="B18" s="65"/>
+      <c r="C18" s="60">
         <f t="shared" ref="C18:H18" si="10">C14*$B$7</f>
         <v>3035.4404399999999</v>
       </c>
-      <c r="D18" s="91">
+      <c r="D18" s="60">
         <f t="shared" si="10"/>
         <v>3278.2697999999996</v>
       </c>
-      <c r="E18" s="91">
+      <c r="E18" s="60">
         <f t="shared" si="10"/>
         <v>3540.5423999999998</v>
       </c>
-      <c r="F18" s="91">
+      <c r="F18" s="60">
         <f t="shared" si="10"/>
         <v>3823.7821199999998</v>
       </c>
-      <c r="G18" s="91">
+      <c r="G18" s="60">
         <f t="shared" si="10"/>
         <v>3894.5966400000002</v>
       </c>
-      <c r="H18" s="91">
+      <c r="H18" s="60">
         <f t="shared" si="10"/>
         <v>4206.1658399999997</v>
       </c>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C19" s="91">
+      <c r="C19" s="60">
         <f t="shared" ref="C19:H19" si="11">C14*$B$8</f>
         <v>4338.894276</v>
       </c>
-      <c r="D19" s="91">
+      <c r="D19" s="60">
         <f t="shared" si="11"/>
         <v>4685.9974199999997</v>
       </c>
-      <c r="E19" s="91">
+      <c r="E19" s="60">
         <f t="shared" si="11"/>
         <v>5060.8929600000001</v>
       </c>
-      <c r="F19" s="91">
+      <c r="F19" s="60">
         <f t="shared" si="11"/>
         <v>5465.7591480000001</v>
       </c>
-      <c r="G19" s="91">
+      <c r="G19" s="60">
         <f t="shared" si="11"/>
         <v>5566.9822560000002</v>
       </c>
-      <c r="H19" s="91">
+      <c r="H19" s="60">
         <f t="shared" si="11"/>
         <v>6012.342936</v>
       </c>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C20" s="101">
+      <c r="C20" s="63">
         <f t="shared" ref="C20:H20" si="12">SUM(C14:C19)</f>
-        <v>58714.198308767991</v>
-[...1 lines deleted...]
-      <c r="D20" s="101">
+        <v>58756.623052799994</v>
+      </c>
+      <c r="D20" s="63">
         <f t="shared" si="12"/>
-        <v>62493.482734559999</v>
-[...1 lines deleted...]
-      <c r="E20" s="101">
+        <v>62539.301375999996</v>
+      </c>
+      <c r="E20" s="63">
         <f t="shared" si="12"/>
-        <v>66575.372801279998</v>
-[...1 lines deleted...]
-      <c r="F20" s="101">
+        <v>66624.85708799999</v>
+      </c>
+      <c r="F20" s="63">
         <f t="shared" si="12"/>
-        <v>70983.585476063992</v>
-[...1 lines deleted...]
-      <c r="G20" s="101">
+        <v>71037.028454400002</v>
+      </c>
+      <c r="G20" s="63">
         <f t="shared" si="12"/>
-        <v>72085.710081408004</v>
-[...1 lines deleted...]
-      <c r="H20" s="101">
+        <v>72140.142796800006</v>
+      </c>
+      <c r="H20" s="63">
         <f t="shared" si="12"/>
-        <v>76934.829747647993</v>
+        <v>76993.617100799995</v>
       </c>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C21" s="104">
+      <c r="C21" s="67">
         <f t="shared" ref="C21:H21" si="13">C20/2080</f>
-        <v>28.227979956138459</v>
-[...1 lines deleted...]
-      <c r="D21" s="104">
+        <v>28.248376467692307</v>
+      </c>
+      <c r="D21" s="67">
         <f t="shared" si="13"/>
-        <v>30.044943622384615</v>
-[...1 lines deleted...]
-      <c r="E21" s="104">
+        <v>30.066971815384612</v>
+      </c>
+      <c r="E21" s="67">
         <f t="shared" si="13"/>
-        <v>32.007390769846154</v>
-[...1 lines deleted...]
-      <c r="F21" s="104">
+        <v>32.031181292307686</v>
+      </c>
+      <c r="F21" s="67">
         <f t="shared" si="13"/>
-        <v>34.126723786569229</v>
-[...1 lines deleted...]
-      <c r="G21" s="104">
+        <v>34.152417526153847</v>
+      </c>
+      <c r="G21" s="67">
         <f t="shared" si="13"/>
-        <v>34.656591385292309</v>
-[...1 lines deleted...]
-      <c r="H21" s="104">
+        <v>34.682760960000003</v>
+      </c>
+      <c r="H21" s="67">
         <f t="shared" si="13"/>
-        <v>36.987898917138459</v>
+        <v>37.016162067692306</v>
       </c>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="96" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="96"/>
+      <c r="A22" s="68" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" s="68"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C23" s="101">
+      <c r="C23" s="63">
         <f t="shared" ref="C23:H23" si="14">C24/2080</f>
         <v>30.437307692307691</v>
       </c>
-      <c r="D23" s="101">
+      <c r="D23" s="63">
         <f t="shared" si="14"/>
         <v>32.872269230769234</v>
       </c>
-      <c r="E23" s="101">
+      <c r="E23" s="63">
         <f t="shared" si="14"/>
         <v>35.502000000000002</v>
       </c>
-      <c r="F23" s="101">
+      <c r="F23" s="63">
         <f t="shared" si="14"/>
         <v>38.342192307692308</v>
       </c>
-      <c r="G23" s="101">
+      <c r="G23" s="63">
         <f t="shared" si="14"/>
         <v>41.409576923076919</v>
       </c>
-      <c r="H23" s="101">
+      <c r="H23" s="63">
         <f t="shared" si="14"/>
         <v>44.722384615384613</v>
       </c>
     </row>
     <row r="24" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C24" s="106">
+      <c r="C24" s="63">
         <v>63309.599999999999</v>
       </c>
-      <c r="D24" s="106">
+      <c r="D24" s="63">
         <v>68374.320000000007</v>
       </c>
-      <c r="E24" s="106">
+      <c r="E24" s="63">
         <v>73844.160000000003</v>
       </c>
-      <c r="F24" s="106">
+      <c r="F24" s="63">
         <v>79751.759999999995</v>
       </c>
-      <c r="G24" s="106">
+      <c r="G24" s="63">
         <v>86131.92</v>
       </c>
-      <c r="H24" s="106">
+      <c r="H24" s="63">
         <v>93022.56</v>
       </c>
     </row>
     <row r="25" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A25" s="103">
+      <c r="A25" s="65">
         <v>4.7499999999999999E-3</v>
       </c>
-      <c r="B25" s="94"/>
-      <c r="C25" s="101">
+      <c r="B25" s="65"/>
+      <c r="C25" s="63">
         <v>11472</v>
       </c>
-      <c r="D25" s="101">
+      <c r="D25" s="63">
         <v>11472</v>
       </c>
-      <c r="E25" s="101">
+      <c r="E25" s="63">
         <v>11472</v>
       </c>
-      <c r="F25" s="101">
+      <c r="F25" s="63">
         <v>11472</v>
       </c>
-      <c r="G25" s="101">
+      <c r="G25" s="63">
         <v>11472</v>
       </c>
-      <c r="H25" s="101">
+      <c r="H25" s="63">
         <v>11472</v>
       </c>
     </row>
     <row r="26" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A26" s="103">
-[...3 lines deleted...]
-      <c r="C26" s="91">
+      <c r="A26" s="66">
+        <v>4.4999999999999998E-2</v>
+      </c>
+      <c r="B26" s="66"/>
+      <c r="C26" s="60">
         <f t="shared" ref="C26:H26" si="15">C24*$B$5</f>
         <v>300.72059999999999</v>
       </c>
-      <c r="D26" s="91">
+      <c r="D26" s="60">
         <f t="shared" si="15"/>
         <v>324.77802000000003</v>
       </c>
-      <c r="E26" s="91">
+      <c r="E26" s="60">
         <f t="shared" si="15"/>
         <v>350.75976000000003</v>
       </c>
-      <c r="F26" s="91">
+      <c r="F26" s="60">
         <f t="shared" si="15"/>
         <v>378.82085999999998</v>
       </c>
-      <c r="G26" s="91">
+      <c r="G26" s="60">
         <f t="shared" si="15"/>
         <v>409.12662</v>
       </c>
-      <c r="H26" s="91">
+      <c r="H26" s="60">
         <f t="shared" si="15"/>
         <v>441.85715999999996</v>
       </c>
     </row>
     <row r="27" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A27" s="103">
+      <c r="A27" s="65">
         <v>7.6499999999999999E-2</v>
       </c>
-      <c r="B27" s="94"/>
-      <c r="C27" s="91">
+      <c r="B27" s="65"/>
+      <c r="C27" s="60">
         <f t="shared" ref="C27:H27" si="16">((C24/1000)*$B$6)*24</f>
-        <v>0.68374367999999996</v>
-[...1 lines deleted...]
-      <c r="D27" s="91">
+        <v>68.37436799999999</v>
+      </c>
+      <c r="D27" s="60">
         <f t="shared" si="16"/>
-        <v>0.73844265600000014</v>
-[...1 lines deleted...]
-      <c r="E27" s="91">
+        <v>73.844265600000014</v>
+      </c>
+      <c r="E27" s="60">
         <f t="shared" si="16"/>
-        <v>0.79751692800000007</v>
-[...1 lines deleted...]
-      <c r="F27" s="91">
+        <v>79.751692800000001</v>
+      </c>
+      <c r="F27" s="60">
         <f t="shared" si="16"/>
-        <v>0.86131900799999994</v>
-[...1 lines deleted...]
-      <c r="G27" s="91">
+        <v>86.131900799999983</v>
+      </c>
+      <c r="G27" s="60">
         <f t="shared" si="16"/>
-        <v>0.930224736</v>
-[...1 lines deleted...]
-      <c r="H27" s="91">
+        <v>93.022473599999984</v>
+      </c>
+      <c r="H27" s="60">
         <f t="shared" si="16"/>
-        <v>1.0046436480000001</v>
+        <v>100.4643648</v>
       </c>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="103">
+      <c r="A28" s="65">
         <v>0.10935</v>
       </c>
-      <c r="B28" s="94"/>
-      <c r="C28" s="91">
+      <c r="B28" s="65"/>
+      <c r="C28" s="60">
         <f t="shared" ref="C28:H28" si="17">C24*$B$7</f>
         <v>4843.1844000000001</v>
       </c>
-      <c r="D28" s="91">
+      <c r="D28" s="60">
         <f t="shared" si="17"/>
         <v>5230.6354800000008</v>
       </c>
-      <c r="E28" s="91">
+      <c r="E28" s="60">
         <f t="shared" si="17"/>
         <v>5649.0782399999998</v>
       </c>
-      <c r="F28" s="91">
+      <c r="F28" s="60">
         <f t="shared" si="17"/>
         <v>6101.0096399999993</v>
       </c>
-      <c r="G28" s="91">
+      <c r="G28" s="60">
         <f t="shared" si="17"/>
         <v>6589.0918799999999</v>
       </c>
-      <c r="H28" s="91">
+      <c r="H28" s="60">
         <f t="shared" si="17"/>
         <v>7116.2258400000001</v>
       </c>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C29" s="91">
+      <c r="C29" s="60">
         <f t="shared" ref="C29:H29" si="18">C24*$B$8</f>
         <v>6922.9047600000004</v>
       </c>
-      <c r="D29" s="91">
+      <c r="D29" s="60">
         <f t="shared" si="18"/>
         <v>7476.7318920000007</v>
       </c>
-      <c r="E29" s="91">
+      <c r="E29" s="60">
         <f t="shared" si="18"/>
         <v>8074.8588960000006</v>
       </c>
-      <c r="F29" s="91">
+      <c r="F29" s="60">
         <f t="shared" si="18"/>
         <v>8720.8549559999992</v>
       </c>
-      <c r="G29" s="91">
+      <c r="G29" s="60">
         <f t="shared" si="18"/>
         <v>9418.5254519999999</v>
       </c>
-      <c r="H29" s="91">
+      <c r="H29" s="60">
         <f t="shared" si="18"/>
         <v>10172.016936</v>
       </c>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C30" s="101">
+      <c r="C30" s="63">
         <f t="shared" ref="C30:H30" si="19">SUM(C24:C29)</f>
-        <v>86849.093503680007</v>
-[...1 lines deleted...]
-      <c r="D30" s="101">
+        <v>86916.784128000014</v>
+      </c>
+      <c r="D30" s="63">
         <f t="shared" si="19"/>
-        <v>92879.203834656</v>
-[...1 lines deleted...]
-      <c r="E30" s="101">
+        <v>92952.309657599995</v>
+      </c>
+      <c r="E30" s="63">
         <f t="shared" si="19"/>
-        <v>99391.654412928008</v>
-[...1 lines deleted...]
-      <c r="F30" s="101">
+        <v>99470.608588800009</v>
+      </c>
+      <c r="F30" s="63">
         <f t="shared" si="19"/>
-        <v>106425.30677500801</v>
-[...1 lines deleted...]
-      <c r="G30" s="101">
+        <v>106510.5773568</v>
+      </c>
+      <c r="G30" s="63">
         <f t="shared" si="19"/>
-        <v>114021.59417673599</v>
-[...1 lines deleted...]
-      <c r="H30" s="101">
+        <v>114113.6864256</v>
+      </c>
+      <c r="H30" s="63">
         <f t="shared" si="19"/>
-        <v>122225.664579648</v>
+        <v>122325.1243008</v>
       </c>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="C31" s="104">
+      <c r="C31" s="67">
         <f t="shared" ref="C31:H31" si="20">C30/2080</f>
-        <v>41.754371876769234</v>
-[...1 lines deleted...]
-      <c r="D31" s="104">
+        <v>41.786915446153856</v>
+      </c>
+      <c r="D31" s="67">
         <f t="shared" si="20"/>
-        <v>44.653463382046155</v>
-[...1 lines deleted...]
-      <c r="E31" s="104">
+        <v>44.688610412307689</v>
+      </c>
+      <c r="E31" s="67">
         <f t="shared" si="20"/>
-        <v>47.784449236984621</v>
-[...1 lines deleted...]
-      <c r="F31" s="104">
+        <v>47.822407975384621</v>
+      </c>
+      <c r="F31" s="67">
         <f t="shared" si="20"/>
-        <v>51.166012872600007</v>
-[...1 lines deleted...]
-      <c r="G31" s="104">
+        <v>51.207008344615382</v>
+      </c>
+      <c r="G31" s="67">
         <f t="shared" si="20"/>
-        <v>54.818074123430762</v>
-[...1 lines deleted...]
-      <c r="H31" s="104">
+        <v>54.86234924307692</v>
+      </c>
+      <c r="H31" s="67">
         <f t="shared" si="20"/>
-        <v>58.762338740215384</v>
+        <v>58.810155913846152</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="86db4b18-1080-4135-b7eb-ef8c332503aa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b5af493d464401214e3cd10f0212ba0d" ns1:_="" ns2:_="">
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B I D A A B Q S w M E F A A C A A g A c m c J V 9 h e i d O i A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L X U x 5 F E H V 0 l M i M a 1 K R U a 4 W F o s f y b g 5 / k L 4 h R 1 M 3 x n n u G e + / X G 6 z G t o k u p n e 2 w 4 w k l J P I o O 5 K i 1 V G B n + M l 2 Q l Y a v 0 S V U m m m R 0 6 e j K j N T e n 1 P G Q g g 0 L G j X V 0 x w n r B D v i l 0 b V p F P r L 9 L 8 c W n V e o D Z G w f 4 2 R g i Z c U M G n T c B m C L n F r y C m 7 t n + Q F g P j R 9 6 I w 3 G u w L Y H I G 9 P 8 g H U E s D B B Q A A g A I A H J n C V c P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B y Z w l X K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A B y Z w l X 2 F 6 J 0 6 I A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A c m c J V w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 7 g A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A B y Z w l X K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D f A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 6 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A E x O F g 0 c m d 0 O o A G E 6 m o A Q A w A A A A A C A A A A A A A D Z g A A w A A A A B A A A A B P N I U J q 7 Z I a l 0 7 b t 1 c 9 A i f A A A A A A S A A A C g A A A A E A A A A G X E w W / n M W D W o R n h k + 3 M Q j B Q A A A A 6 X k 9 9 6 e s o k x B t P x p Q T Y X 4 W u M A / I c h 9 D k x j w j q 8 q M 7 C f U J W d z O V q 9 4 + p 4 B g 1 H z R 4 W e k 3 H T D U d k f 0 y 7 W c D D o Z H W O O Z s i 3 t w d 6 n H C Z K d Z 0 n j 5 Q U A A A A K 3 I U A W e b D M b H g 9 K m g J M 7 l M b N y 6 w = < / D a t a M a s h u p > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006FF72A108D9D03499E06840599D137B5" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="607cb1957f06f8df66b9d72ddda2074a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="86db4b18-1080-4135-b7eb-ef8c332503aa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f68a6bd946d6f8d2c43c00d12e262c94" ns1:_="" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="86db4b18-1080-4135-b7eb-ef8c332503aa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -4622,112 +4708,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A63301D-AE67-4AEA-AB9A-9EB4BDAAD006}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB314C80-FC81-4B98-8349-5D4C022EE4B2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="86db4b18-1080-4135-b7eb-ef8c332503aa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A B I D A A B Q S w M E F A A C A A g A c m c J V 9 h e i d O i A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y + x D o I w F E V / h X S n L X U x 5 F E H V 0 l M i M a 1 K R U a 4 W F o s f y b g 5 / k L 4 h R 1 M 3 x n n u G e + / X G 6 z G t o k u p n e 2 w 4 w k l J P I o O 5 K i 1 V G B n + M l 2 Q l Y a v 0 S V U m m m R 0 6 e j K j N T e n 1 P G Q g g 0 L G j X V 0 x w n r B D v i l 0 b V p F P r L 9 L 8 c W n V e o D Z G w f 4 2 R g i Z c U M G n T c B m C L n F r y C m 7 t n + Q F g P j R 9 6 I w 3 G u w L Y H I G 9 P 8 g H U E s D B B Q A A g A I A H J n C V c P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B y Z w l X K I p H u A 4 A A A A R A A A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A K 0 5 N L s n M z 1 M I h t C G 1 g B Q S w E C L Q A U A A I A C A B y Z w l X 2 F 6 J 0 6 I A A A D 2 A A A A E g A A A A A A A A A A A A A A A A A A A A A A Q 2 9 u Z m l n L 1 B h Y 2 t h Z 2 U u e G 1 s U E s B A i 0 A F A A C A A g A c m c J V w / K 6 a u k A A A A 6 Q A A A B M A A A A A A A A A A A A A A A A A 7 g A A A F t D b 2 5 0 Z W 5 0 X 1 R 5 c G V z X S 5 4 b W x Q S w E C L Q A U A A I A C A B y Z w l X K I p H u A 4 A A A A R A A A A E w A A A A A A A A A A A A A A A A D f A Q A A R m 9 y b X V s Y X M v U 2 V j d G l v b j E u b V B L B Q Y A A A A A A w A D A M I A A A A 6 A g A A A A A Q A Q A A 7 7 u / P D 9 4 b W w g d m V y c 2 l v b j 0 i M S 4 w I i B l b m N v Z G l u Z z 0 i d X R m L T g i P z 4 8 U G V y b W l z c 2 l v b k x p c 3 Q g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + Z m F s c 2 U 8 L 0 N h b k V 2 Y W x 1 Y X R l R n V 0 d X J l U G F j a 2 F n Z X M + P E Z p c m V 3 Y W x s R W 5 h Y m x l Z D 5 0 c n V l P C 9 G a X J l d 2 F s b E V u Y W J s Z W Q + P C 9 Q Z X J t a X N z a W 9 u T G l z d D 6 X A Q A A A A A A A H U B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U g e G 1 s b n M 6 e H N k P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S I g e G 1 s b n M 6 e H N p P S J o d H R w O i 8 v d 3 d 3 L n c z L m 9 y Z y 8 y M D A x L 1 h N T F N j a G V t Y S 1 p b n N 0 Y W 5 j Z S I + P E l 0 Z W 1 z P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k F s b E Z v c m 1 1 b G F z P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g g L z 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w c y I g V m F s d W U 9 I n N B Q U F B Q U E 9 P S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j w v S X R l b X M + P C 9 M b 2 N h b F B h Y 2 t h Z 2 V N Z X R h Z G F 0 Y U Z p b G U + F g A A A F B L B Q Y A A A A A A A A A A A A A A A A A A A A A A A D a A A A A A Q A A A N C M n d 8 B F d E R j H o A w E / C l + s B A A A A E x O F g 0 c m d 0 O o A G E 6 m o A Q A w A A A A A C A A A A A A A D Z g A A w A A A A B A A A A B P N I U J q 7 Z I a l 0 7 b t 1 c 9 A i f A A A A A A S A A A C g A A A A E A A A A G X E w W / n M W D W o R n h k + 3 M Q j B Q A A A A 6 X k 9 9 6 e s o k x B t P x p Q T Y X 4 W u M A / I c h 9 D k x j w j q 8 q M 7 C f U J W d z O V q 9 4 + p 4 B g 1 H z R 4 W e k 3 H T D U d k f 0 y 7 W c D D o Z H W O O Z s i 3 t w d 6 n H C Z K d Z 0 n j 5 Q U A A A A K 3 I U A W e b D M b H g 9 K m g J M 7 l M b N y 6 w = < / D a t a M a s h u p > 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A0B6FBEE-1D42-4E8F-B7C4-9713AE920FAF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EE427892-A916-442C-9683-526C4D31C8AE}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EC41ADD-9A95-498E-AC63-BC76FFDE8137}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="86db4b18-1080-4135-b7eb-ef8c332503aa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -4743,39 +4815,40 @@
       <vt:lpstr>Pension</vt:lpstr>
       <vt:lpstr>Retirement</vt:lpstr>
       <vt:lpstr>SocSec</vt:lpstr>
       <vt:lpstr>SS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lisa Verslues</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101006FF72A108D9D03499E06840599D137B5</vt:lpwstr>
   </property>
 </Properties>
 </file>